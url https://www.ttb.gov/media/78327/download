--- v0 (2025-10-03)
+++ v1 (2025-12-07)
@@ -7,97 +7,97 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
-  <workbookPr defaultThemeVersion="202300"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ttbcloud-my.sharepoint.com/personal/qsmason_ad_ttb_gov/Documents/FOIA Stuff/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\qsmason\OneDrive - TTB\FOIA Stuff\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{F1846AB8-D070-4E48-A993-2D0E086101E9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{130DE7E5-4908-44EE-B880-50274E581F1B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="21780" windowHeight="11520" xr2:uid="{8DDD8AFD-0C5F-43B4-B41D-8E08A7D80B8F}"/>
+    <workbookView xWindow="2205" yWindow="2205" windowWidth="21600" windowHeight="11295" xr2:uid="{E36AEA98-1761-44D4-8217-B0AC422EB719}"/>
   </bookViews>
   <sheets>
     <sheet name="Notes" sheetId="1" r:id="rId1"/>
     <sheet name="FAET_Q_pub" sheetId="2" r:id="rId2"/>
     <sheet name="FAET_A_pub" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="TableName">"Dummy"</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="A7" i="1" l="1"/>
   <c r="B2" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="150">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="155" uniqueCount="151">
   <si>
     <t>Notes:
 Federal Firearms and Ammunition Excise Tax (FAET)
 on handguns, long guns/other firearms, and ammunition (calculated)</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">The reported figures comprise data from line 16 of TTB F. 5300.26, the Federal Firearms and Ammunition Quarterly Excise Tax Return. The numbers reveal the total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="12"/>
         <rFont val="Perpetua"/>
         <family val="1"/>
       </rPr>
       <t>calculated</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Perpetua"/>
         <family val="1"/>
       </rPr>
@@ -570,50 +570,53 @@
     <t>Apr.- Jun. 2023</t>
   </si>
   <si>
     <t>Jul.- Sep. 2023</t>
   </si>
   <si>
     <t>Oct.- Dec. 2023</t>
   </si>
   <si>
     <t>Jan.- Mar. 2024</t>
   </si>
   <si>
     <t>Apr.- Jun. 2024</t>
   </si>
   <si>
     <t>Jul.- Sep. 2024</t>
   </si>
   <si>
     <t>Oct.- Dec. 2024</t>
   </si>
   <si>
     <t>Jan.- Mar. 2025</t>
   </si>
   <si>
     <t>Apr.- Jun. 2025</t>
+  </si>
+  <si>
+    <t>Jul.- Sep. 2025</t>
   </si>
   <si>
     <t>Fiscal Year</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Perpetua"/>
       <family val="1"/>
     </font>
     <font>
@@ -830,184 +833,150 @@
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -1025,65 +994,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...5 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -1104,162 +1073,144 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...19 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{41A1970F-D0CD-4B9A-98BB-FA7778A8C006}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2893F95B-C440-412C-8968-BDBEBAFF56EC}">
   <sheetPr>
     <tabColor theme="0" tint="-0.249977111117893"/>
   </sheetPr>
   <dimension ref="A1:C7"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="B1" sqref="B1"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="16.5" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="100.7109375" style="8" customWidth="1"/>
     <col min="2" max="2" width="10.7109375" style="3" customWidth="1"/>
     <col min="3" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="50.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2">
-        <v>45902</v>
+        <v>45992</v>
       </c>
     </row>
     <row r="2" spans="1:3" ht="75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2">
         <f>EDATE($B$1,-5)</f>
-        <v>45749</v>
+        <v>45839</v>
       </c>
       <c r="C2" s="5"/>
     </row>
     <row r="3" spans="1:3" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A6" s="6"/>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A7" s="7" t="str">
         <f>CONCATENATE("Query run on ",TEXT($B$1,"mmmm d, yyyy"))</f>
-        <v>Query run on September 2, 2025</v>
+        <v>Query run on December 1, 2025</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{04B07506-C618-441B-A30D-BAFFD90230F9}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{476F04AB-2B88-4C58-A569-ACE5D203B18E}">
   <sheetPr>
     <tabColor rgb="FFFFE696"/>
   </sheetPr>
-  <dimension ref="A1:E140"/>
+  <dimension ref="A1:E141"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="16.5" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="20.7109375" style="16" customWidth="1"/>
     <col min="2" max="3" width="20.7109375" style="17" customWidth="1"/>
     <col min="4" max="5" width="20.7109375" style="18" customWidth="1"/>
     <col min="6" max="16384" width="9.140625" style="16"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" s="11" customFormat="1" ht="12" x14ac:dyDescent="0.2">
       <c r="A1" s="9" t="s">
         <v>5</v>
       </c>
       <c r="B1" s="9" t="s">
         <v>6</v>
       </c>
       <c r="C1" s="9" t="s">
         <v>7</v>
       </c>
       <c r="D1" s="10" t="s">
@@ -3003,77 +2954,77 @@
         <v>77302168.849999905</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A104" s="12" t="s">
         <v>112</v>
       </c>
       <c r="B104" s="13">
         <v>214583946.04000002</v>
       </c>
       <c r="C104" s="14">
         <v>69859874.620000005</v>
       </c>
       <c r="D104" s="14">
         <v>71691781.620000005</v>
       </c>
       <c r="E104" s="14">
         <v>73032289.799999997</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A105" s="12" t="s">
         <v>113</v>
       </c>
       <c r="B105" s="13">
-        <v>225273706.12000012</v>
+        <v>225273706.12</v>
       </c>
       <c r="C105" s="14">
         <v>70051653.920000002</v>
       </c>
       <c r="D105" s="14">
         <v>73935410.510000005</v>
       </c>
       <c r="E105" s="14">
-        <v>81286641.690000102</v>
+        <v>81286641.689999998</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A106" s="12" t="s">
         <v>114</v>
       </c>
       <c r="B106" s="13">
-        <v>224372756.51000002</v>
+        <v>224372756.51000017</v>
       </c>
       <c r="C106" s="14">
         <v>71324598.629999995</v>
       </c>
       <c r="D106" s="14">
-        <v>77034986.230000004</v>
+        <v>77034986.230000094</v>
       </c>
       <c r="E106" s="14">
-        <v>76013171.650000006</v>
+        <v>76013171.650000095</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A107" s="12" t="s">
         <v>115</v>
       </c>
       <c r="B107" s="13">
         <v>184548786.69999999</v>
       </c>
       <c r="C107" s="14">
         <v>65720837.270000003</v>
       </c>
       <c r="D107" s="14">
         <v>60125767.859999999</v>
       </c>
       <c r="E107" s="14">
         <v>58702181.57</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A108" s="12" t="s">
         <v>116</v>
       </c>
       <c r="B108" s="13">
         <v>162361828.50999999</v>
@@ -3241,111 +3192,111 @@
         <v>54782430.390000001</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A118" s="12" t="s">
         <v>126</v>
       </c>
       <c r="B118" s="13">
         <v>168916570.92999989</v>
       </c>
       <c r="C118" s="14">
         <v>54202408.609999999</v>
       </c>
       <c r="D118" s="14">
         <v>52568267.439999998</v>
       </c>
       <c r="E118" s="14">
         <v>62145894.879999898</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A119" s="12" t="s">
         <v>127</v>
       </c>
       <c r="B119" s="13">
-        <v>190277362.22999999</v>
+        <v>190277642.18000001</v>
       </c>
       <c r="C119" s="14">
         <v>63660617.670000002</v>
       </c>
       <c r="D119" s="14">
         <v>60403187.020000003</v>
       </c>
       <c r="E119" s="14">
-        <v>66213557.539999999</v>
+        <v>66213837.490000002</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A120" s="12" t="s">
         <v>128</v>
       </c>
       <c r="B120" s="13">
-        <v>207535495.61000001</v>
+        <v>207536587.24000001</v>
       </c>
       <c r="C120" s="14">
         <v>82968917.780000001</v>
       </c>
       <c r="D120" s="14">
         <v>57538143.189999998</v>
       </c>
       <c r="E120" s="14">
-        <v>67028434.640000001</v>
+        <v>67029526.270000003</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A121" s="12" t="s">
         <v>129</v>
       </c>
       <c r="B121" s="13">
-        <v>254116632.86000001</v>
+        <v>254180005.5</v>
       </c>
       <c r="C121" s="14">
         <v>89251304.680000007</v>
       </c>
       <c r="D121" s="14">
         <v>79367702.780000001</v>
       </c>
       <c r="E121" s="14">
-        <v>85497625.400000006</v>
+        <v>85560998.040000007</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A122" s="12" t="s">
         <v>130</v>
       </c>
       <c r="B122" s="13">
-        <v>272728755.55000007</v>
+        <v>272818462.34000009</v>
       </c>
       <c r="C122" s="14">
         <v>99904153.549999997</v>
       </c>
       <c r="D122" s="14">
         <v>88291945.890000001</v>
       </c>
       <c r="E122" s="14">
-        <v>84532656.110000104</v>
+        <v>84622362.900000095</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A123" s="12" t="s">
         <v>131</v>
       </c>
       <c r="B123" s="13">
         <v>303267208.31000018</v>
       </c>
       <c r="C123" s="14">
         <v>111837384.29000001</v>
       </c>
       <c r="D123" s="14">
         <v>98371686.030000195</v>
       </c>
       <c r="E123" s="14">
         <v>93058137.989999995</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A124" s="12" t="s">
         <v>132</v>
       </c>
       <c r="B124" s="13">
         <v>331225845.93000001</v>
@@ -3360,329 +3311,346 @@
         <v>109422878.09</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A125" s="12" t="s">
         <v>133</v>
       </c>
       <c r="B125" s="13">
         <v>306958810.15000004</v>
       </c>
       <c r="C125" s="14">
         <v>101384764.66</v>
       </c>
       <c r="D125" s="14">
         <v>91987752.450000003</v>
       </c>
       <c r="E125" s="14">
         <v>113586293.04000001</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A126" s="12" t="s">
         <v>134</v>
       </c>
       <c r="B126" s="13">
-        <v>304963613.28000003</v>
+        <v>304991440.31</v>
       </c>
       <c r="C126" s="14">
         <v>103427135.41</v>
       </c>
       <c r="D126" s="14">
         <v>84482831.700000003</v>
       </c>
       <c r="E126" s="14">
-        <v>117053646.17</v>
+        <v>117081473.2</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A127" s="12" t="s">
         <v>135</v>
       </c>
       <c r="B127" s="13">
-        <v>307374359.36999989</v>
+        <v>307380251.20999992</v>
       </c>
       <c r="C127" s="14">
         <v>103536909.09999999</v>
       </c>
       <c r="D127" s="14">
         <v>90961064.689999893</v>
       </c>
       <c r="E127" s="14">
-        <v>112876385.58</v>
+        <v>112882277.42</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A128" s="12" t="s">
         <v>136</v>
       </c>
       <c r="B128" s="13">
-        <v>303702682.83000004</v>
+        <v>303707406.91000003</v>
       </c>
       <c r="C128" s="14">
         <v>97902392.870000005</v>
       </c>
       <c r="D128" s="14">
         <v>84888265.170000002</v>
       </c>
       <c r="E128" s="14">
-        <v>120912024.79000001</v>
+        <v>120916748.87</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A129" s="12" t="s">
         <v>137</v>
       </c>
       <c r="B129" s="13">
         <v>267177377.67000002</v>
       </c>
       <c r="C129" s="14">
         <v>82097432.400000006</v>
       </c>
       <c r="D129" s="14">
         <v>81848610.890000001</v>
       </c>
       <c r="E129" s="14">
         <v>103231334.38</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A130" s="12" t="s">
         <v>138</v>
       </c>
       <c r="B130" s="13">
-        <v>238853131.56</v>
+        <v>239101498.93000001</v>
       </c>
       <c r="C130" s="14">
-        <v>79348891.750000104</v>
+        <v>79357308.650000095</v>
       </c>
       <c r="D130" s="14">
-        <v>75687266.279999897</v>
+        <v>75696191.290000007</v>
       </c>
       <c r="E130" s="14">
-        <v>83816973.530000001</v>
+        <v>84047998.989999905</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A131" s="12" t="s">
         <v>139</v>
       </c>
       <c r="B131" s="13">
-        <v>249389977.42999998</v>
+        <v>249400570.3499999</v>
       </c>
       <c r="C131" s="14">
-        <v>79577592.450000003</v>
+        <v>79586308.780000001</v>
       </c>
       <c r="D131" s="14">
-        <v>83685122.569999993</v>
+        <v>83686999.159999907</v>
       </c>
       <c r="E131" s="14">
         <v>86127262.409999996</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A132" s="12" t="s">
         <v>140</v>
       </c>
       <c r="B132" s="13">
-        <v>247447341.73000008</v>
+        <v>247454570.06000012</v>
       </c>
       <c r="C132" s="14">
-        <v>79547092.849999994</v>
+        <v>79552732.890000001</v>
       </c>
       <c r="D132" s="14">
-        <v>79359352.300000101</v>
+        <v>79360653.490000099</v>
       </c>
       <c r="E132" s="14">
-        <v>88540896.579999998</v>
+        <v>88541183.680000007</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A133" s="12" t="s">
         <v>141</v>
       </c>
       <c r="B133" s="13">
-        <v>208281230.11000001</v>
+        <v>208290344.10000008</v>
       </c>
       <c r="C133" s="14">
-        <v>62156844.340000004</v>
+        <v>62162003.399999999</v>
       </c>
       <c r="D133" s="14">
-        <v>69901420.069999993</v>
+        <v>69903397.469999999</v>
       </c>
       <c r="E133" s="14">
-        <v>76222965.700000003</v>
+        <v>76224943.230000094</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A134" s="12" t="s">
         <v>142</v>
       </c>
       <c r="B134" s="13">
-        <v>234218663.1099999</v>
+        <v>234359787.6399999</v>
       </c>
       <c r="C134" s="14">
-        <v>66506722.880000003</v>
+        <v>66512087.850000001</v>
       </c>
       <c r="D134" s="14">
-        <v>76417409.109999999</v>
+        <v>76438837.939999998</v>
       </c>
       <c r="E134" s="14">
-        <v>91294531.1199999</v>
+        <v>91408861.849999905</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A135" s="12" t="s">
         <v>143</v>
       </c>
       <c r="B135" s="13">
-        <v>247802272.1999999</v>
+        <v>248102639.95000002</v>
       </c>
       <c r="C135" s="14">
-        <v>80342352.029999897</v>
+        <v>80342352.030000001</v>
       </c>
       <c r="D135" s="14">
-        <v>79827010.079999998</v>
+        <v>79837935.760000005</v>
       </c>
       <c r="E135" s="14">
-        <v>87632910.090000004</v>
+        <v>87922352.159999996</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A136" s="12" t="s">
         <v>144</v>
       </c>
       <c r="B136" s="13">
-        <v>235389768.44</v>
+        <v>235548656.23000002</v>
       </c>
       <c r="C136" s="14">
         <v>72132313.579999998</v>
       </c>
       <c r="D136" s="14">
-        <v>70158931.959999993</v>
+        <v>70165695.469999999</v>
       </c>
       <c r="E136" s="14">
-        <v>93098522.900000006</v>
+        <v>93250647.180000007</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A137" s="12" t="s">
         <v>145</v>
       </c>
       <c r="B137" s="13">
-        <v>221398554.76000002</v>
+        <v>221945787.1800001</v>
       </c>
       <c r="C137" s="14">
-        <v>65742789.340000004</v>
+        <v>65945167.960000001</v>
       </c>
       <c r="D137" s="14">
-        <v>72680700.260000005</v>
+        <v>72937052.250000104</v>
       </c>
       <c r="E137" s="14">
-        <v>82975065.159999996</v>
+        <v>83063566.969999999</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A138" s="12" t="s">
         <v>146</v>
       </c>
       <c r="B138" s="13">
-        <v>215223443.6399999</v>
+        <v>215466166.32999989</v>
       </c>
       <c r="C138" s="14">
-        <v>68785885.939999998</v>
+        <v>68808315.829999998</v>
       </c>
       <c r="D138" s="14">
-        <v>70975531.530000001</v>
+        <v>70992382.769999996</v>
       </c>
       <c r="E138" s="14">
-        <v>75462026.169999897</v>
+        <v>75665467.7299999</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A139" s="12" t="s">
         <v>147</v>
       </c>
       <c r="B139" s="13">
-        <v>208041080.52000001</v>
+        <v>208222797.20000002</v>
       </c>
       <c r="C139" s="14">
-        <v>72582079.760000005</v>
+        <v>72592776.109999999</v>
       </c>
       <c r="D139" s="14">
-        <v>67579576.950000003</v>
+        <v>67653828.870000005</v>
       </c>
       <c r="E139" s="14">
-        <v>67879423.810000002</v>
+        <v>67976192.219999999</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A140" s="12" t="s">
         <v>148</v>
       </c>
       <c r="B140" s="13">
-        <v>188019009.94999999</v>
+        <v>189306427.49999991</v>
       </c>
       <c r="C140" s="14">
-        <v>65753076.130000003</v>
+        <v>65825837.259999901</v>
       </c>
       <c r="D140" s="14">
-        <v>62239171.850000001</v>
+        <v>62571573.5</v>
       </c>
       <c r="E140" s="14">
-        <v>60026761.969999999</v>
+        <v>60909016.740000002</v>
+      </c>
+    </row>
+    <row r="141" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A141" s="12" t="s">
+        <v>149</v>
+      </c>
+      <c r="B141" s="13">
+        <v>194468200.85999998</v>
+      </c>
+      <c r="C141" s="14">
+        <v>70611026.920000002</v>
+      </c>
+      <c r="D141" s="14">
+        <v>63548392.649999999</v>
+      </c>
+      <c r="E141" s="14">
+        <v>60308781.289999999</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6EE9F380-4C1E-4401-B665-2F6589D85563}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{01EB094A-1E54-4183-ADA8-CF9C112A53CC}">
   <sheetPr>
     <tabColor rgb="FFFFE696"/>
   </sheetPr>
-  <dimension ref="A1:E35"/>
+  <dimension ref="A1:E36"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="16.5" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="20.7109375" style="16" customWidth="1"/>
     <col min="2" max="3" width="20.7109375" style="17" customWidth="1"/>
     <col min="4" max="5" width="20.7109375" style="18" customWidth="1"/>
     <col min="6" max="16384" width="9.140625" style="16"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" s="11" customFormat="1" ht="12" x14ac:dyDescent="0.2">
       <c r="A1" s="9" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B1" s="9" t="s">
         <v>6</v>
       </c>
       <c r="C1" s="9" t="s">
         <v>7</v>
       </c>
       <c r="D1" s="10" t="s">
         <v>8</v>
       </c>
       <c r="E1" s="10" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A2" s="12">
         <v>1991</v>
       </c>
       <c r="B2" s="13">
         <v>102220316.18000001</v>
       </c>
       <c r="C2" s="14">
         <v>29351323.969999999</v>
       </c>
       <c r="D2" s="14">
@@ -4083,196 +4051,213 @@
         <v>313524171.84000003</v>
       </c>
     </row>
     <row r="26" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A26" s="12">
         <v>2015</v>
       </c>
       <c r="B26" s="13">
         <v>691685541.19000018</v>
       </c>
       <c r="C26" s="14">
         <v>205394115.84000009</v>
       </c>
       <c r="D26" s="14">
         <v>214430338.32999998</v>
       </c>
       <c r="E26" s="14">
         <v>271861087.0200001</v>
       </c>
     </row>
     <row r="27" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A27" s="12">
         <v>2016</v>
       </c>
       <c r="B27" s="13">
-        <v>847343750.7700001</v>
+        <v>847343750.76999998</v>
       </c>
       <c r="C27" s="14">
         <v>270951042.13999999</v>
       </c>
       <c r="D27" s="14">
         <v>274251706.04000002</v>
       </c>
       <c r="E27" s="14">
-        <v>302141002.59000003</v>
+        <v>302141002.58999991</v>
       </c>
     </row>
     <row r="28" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A28" s="12">
         <v>2017</v>
       </c>
       <c r="B28" s="13">
-        <v>727430632.21000004</v>
+        <v>727430632.21000016</v>
       </c>
       <c r="C28" s="14">
         <v>239333947.91</v>
       </c>
       <c r="D28" s="14">
-        <v>236667671.65000001</v>
+        <v>236667671.6500001</v>
       </c>
       <c r="E28" s="14">
-        <v>251429012.64999998</v>
+        <v>251429012.6500001</v>
       </c>
     </row>
     <row r="29" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A29" s="12">
         <v>2018</v>
       </c>
       <c r="B29" s="13">
         <v>661818069.19000006</v>
       </c>
       <c r="C29" s="14">
         <v>216486228.62</v>
       </c>
       <c r="D29" s="14">
         <v>225264308.72999999</v>
       </c>
       <c r="E29" s="14">
         <v>220067531.84</v>
       </c>
     </row>
     <row r="30" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A30" s="12">
         <v>2019</v>
       </c>
       <c r="B30" s="13">
         <v>613048907.11000001</v>
       </c>
       <c r="C30" s="14">
         <v>209359311.36000001</v>
       </c>
       <c r="D30" s="14">
         <v>199889584.75999999</v>
       </c>
       <c r="E30" s="14">
         <v>203800010.99000001</v>
       </c>
     </row>
     <row r="31" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A31" s="12">
         <v>2020</v>
       </c>
       <c r="B31" s="13">
-        <v>820846061.63</v>
+        <v>820910805.8499999</v>
       </c>
       <c r="C31" s="14">
         <v>290083248.74000001</v>
       </c>
       <c r="D31" s="14">
         <v>249877300.43000001</v>
       </c>
       <c r="E31" s="14">
-        <v>280885512.45999992</v>
+        <v>280950256.67999989</v>
       </c>
     </row>
     <row r="32" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A32" s="12">
         <v>2021</v>
       </c>
       <c r="B32" s="13">
-        <v>1214180619.9400003</v>
+        <v>1214270326.7300003</v>
       </c>
       <c r="C32" s="14">
         <v>432896102.66999996</v>
       </c>
       <c r="D32" s="14">
         <v>380684552.0400002</v>
       </c>
       <c r="E32" s="14">
-        <v>400599965.23000008</v>
+        <v>400689672.02000016</v>
       </c>
     </row>
     <row r="33" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A33" s="12">
         <v>2022</v>
       </c>
       <c r="B33" s="13">
-        <v>1183218033.1499999</v>
+        <v>1183256476.0999999</v>
       </c>
       <c r="C33" s="14">
         <v>386963869.77999997</v>
       </c>
       <c r="D33" s="14">
         <v>342180772.44999987</v>
       </c>
       <c r="E33" s="14">
-        <v>454073390.92000002</v>
+        <v>454111833.87</v>
       </c>
     </row>
     <row r="34" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A34" s="12">
         <v>2023</v>
       </c>
       <c r="B34" s="13">
-        <v>943971680.83000016</v>
+        <v>944246983.44000006</v>
       </c>
       <c r="C34" s="14">
-        <v>300630421.3900001</v>
+        <v>300658353.72000009</v>
       </c>
       <c r="D34" s="14">
-        <v>308633161.22000003</v>
+        <v>308647241.41000003</v>
       </c>
       <c r="E34" s="14">
-        <v>334708098.21999997</v>
+        <v>334941388.31</v>
       </c>
     </row>
     <row r="35" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A35" s="12">
         <v>2024</v>
       </c>
       <c r="B35" s="13">
-        <v>938809258.50999975</v>
+        <v>939956871</v>
       </c>
       <c r="C35" s="14">
-        <v>284724177.82999992</v>
+        <v>284931921.41999996</v>
       </c>
       <c r="D35" s="14">
-        <v>299084051.40999997</v>
+        <v>299379521.42000008</v>
       </c>
       <c r="E35" s="14">
-        <v>355001029.26999986</v>
+        <v>355645428.15999997</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="12">
+        <v>2025</v>
+      </c>
+      <c r="B36" s="13">
+        <v>807463591.88999975</v>
+      </c>
+      <c r="C36" s="14">
+        <v>277837956.11999989</v>
+      </c>
+      <c r="D36" s="14">
+        <v>264766177.78999999</v>
+      </c>
+      <c r="E36" s="14">
+        <v>264859457.9799999</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -4467,110 +4452,110 @@
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <dir xmlns="02617c3e-573d-4b6e-8178-608e9b4df8d5" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{261865FC-8533-45E1-89CE-464DBFB11D34}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0CE4DB65-711C-4D27-8F5B-2329067E6EA6}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BCBED13B-B805-4C70-9DA8-7BAFBFC9ADF1}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{73965ADF-9561-4B5D-9DEB-173543F25370}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3EA44A26-6253-4573-AD87-674339A63266}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB4BAE2A-4E3D-44A4-9E0B-3031175AE2D1}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BB47B21F-4404-4FAE-BD5D-35CB04589CB7}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{003F526B-B61D-447C-BB32-24E16359DFBE}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Notes</vt:lpstr>
       <vt:lpstr>FAET_Q_pub</vt:lpstr>
       <vt:lpstr>FAET_A_pub</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>TTB</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_c9a1b251-8b9e-4059-8b96-32f7259f1931_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_c9a1b251-8b9e-4059-8b96-32f7259f1931_SetDate">
-    <vt:lpwstr>2025-09-02T12:40:25Z</vt:lpwstr>
+    <vt:lpwstr>2025-12-01T13:53:23Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_c9a1b251-8b9e-4059-8b96-32f7259f1931_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_c9a1b251-8b9e-4059-8b96-32f7259f1931_Name">
     <vt:lpwstr>CUI Basic</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_c9a1b251-8b9e-4059-8b96-32f7259f1931_SiteId">
     <vt:lpwstr>ab5eeca9-2540-4909-a9ee-17cb3edf5cec</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_c9a1b251-8b9e-4059-8b96-32f7259f1931_ActionId">
-    <vt:lpwstr>461765dd-793d-4f80-9b5f-4df7941518b1</vt:lpwstr>
+    <vt:lpwstr>93ad0c45-7d3d-4351-b646-f7248876d41d</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_c9a1b251-8b9e-4059-8b96-32f7259f1931_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_c9a1b251-8b9e-4059-8b96-32f7259f1931_Tag">
     <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
     <vt:lpwstr>0x010100877596E8082AD04F937B3D89B29D5484</vt:lpwstr>
   </property>
 </Properties>
 </file>