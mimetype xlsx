--- v0 (2025-10-17)
+++ v1 (2026-02-22)
@@ -46,127 +46,160 @@
   <workbookPr showInkAnnotation="0" autoCompressPictures="0"/>
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="1" r:id="rId1"/>
     <sheet name="2024" sheetId="2" r:id="rId2"/>
     <sheet name="2023" sheetId="3" r:id="rId3"/>
     <sheet name="2022" sheetId="4" r:id="rId4"/>
     <sheet name="2021" sheetId="5" r:id="rId5"/>
     <sheet name="2020" sheetId="6" r:id="rId6"/>
     <sheet name="2019" sheetId="7" r:id="rId7"/>
     <sheet name="2018" sheetId="8" r:id="rId8"/>
     <sheet name="2017" sheetId="9" r:id="rId9"/>
     <sheet name="2016" sheetId="10" r:id="rId10"/>
     <sheet name="2015" sheetId="11" r:id="rId11"/>
     <sheet name="2014" sheetId="12" r:id="rId12"/>
     <sheet name="2013" sheetId="13" r:id="rId13"/>
     <sheet name="2012" sheetId="14" r:id="rId14"/>
   </sheets>
   <calcPr calcId="0" concurrentCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1669" uniqueCount="232">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1692" uniqueCount="236">
   <si>
     <t>U.S. DEPARTMENT OF THE TREASURY</t>
   </si>
   <si>
     <t>ALCOHOL AND TOBACCO TAX AND TRADE BUREAU</t>
   </si>
   <si>
     <t>2025 MONTHLY NATIONAL STATISTICAL REPORT - Tobacco Products</t>
   </si>
   <si>
     <t> </t>
   </si>
   <si>
-    <t>Report Date: 18-SEP-2025</t>
+    <t>Report Date: 22-JAN-2026</t>
   </si>
   <si>
     <t>Report Symbol: TTB-S-5210-2025</t>
   </si>
   <si>
     <t xml:space="preserve">January 
  2025</t>
   </si>
   <si>
     <t xml:space="preserve">February 
  2025</t>
   </si>
   <si>
     <t xml:space="preserve">March 
  2025</t>
   </si>
   <si>
     <t xml:space="preserve">April 
  2025</t>
   </si>
   <si>
     <t xml:space="preserve">May 
  2025</t>
   </si>
   <si>
     <t xml:space="preserve">June 
+ 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">July 
+ 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">August 
+ 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">September 
+ 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">October 
  2025</t>
   </si>
   <si>
     <r>
       <t>Number of Industry Members</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9.5"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t>c</t>
     </r>
   </si>
   <si>
     <t>Manufactured Domestically or Received from Puerto Rico</t>
   </si>
   <si>
     <t>                </t>
   </si>
   <si>
     <t>    Tobacco Products (by Number)</t>
   </si>
   <si>
     <t>        Cigarettes</t>
   </si>
   <si>
     <t>        Cigars</t>
   </si>
   <si>
     <t>    Tobacco Products (in Pounds)</t>
   </si>
   <si>
     <t>        Chewing Tobacco</t>
+  </si>
+  <si>
+    <r>
+      <t>     </t>
+    </r>
+    <r>
+      <t>-</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9.5"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>b</t>
+    </r>
   </si>
   <si>
     <t>        Pipe Tobacco</t>
   </si>
   <si>
     <t>        Roll-Your-Own Tobacco</t>
   </si>
   <si>
     <t>        Snuff Tobacco</t>
   </si>
   <si>
     <t>Taxable Removals Including from Puerto Rico</t>
   </si>
   <si>
     <t>        Large Cigars &lt;= $763.222 and Small Cigars</t>
   </si>
   <si>
     <t>        Large Cigars &gt; $763.222</t>
   </si>
   <si>
     <t>Tax Exempt Exports</t>
   </si>
   <si>
     <t>        Cigarettes and Cigars (by Number)</t>
   </si>
@@ -261,67 +294,50 @@
  2024</t>
   </si>
   <si>
     <t xml:space="preserve">August 
  2024</t>
   </si>
   <si>
     <t xml:space="preserve">September 
  2024</t>
   </si>
   <si>
     <t xml:space="preserve">October 
  2024</t>
   </si>
   <si>
     <t xml:space="preserve">November 
  2024</t>
   </si>
   <si>
     <t xml:space="preserve">December 
  2024</t>
   </si>
   <si>
     <t xml:space="preserve">Annual Total 
  2024</t>
-  </si>
-[...15 lines deleted...]
-    </r>
   </si>
   <si>
     <t>2023 MONTHLY NATIONAL STATISTICAL REPORT - Tobacco Products</t>
   </si>
   <si>
     <t>Report Symbol: TTB-S-5210-2023</t>
   </si>
   <si>
     <t xml:space="preserve">January 
  2023</t>
   </si>
   <si>
     <t xml:space="preserve">February 
  2023</t>
   </si>
   <si>
     <t xml:space="preserve">March 
  2023</t>
   </si>
   <si>
     <t xml:space="preserve">April 
  2023</t>
   </si>
   <si>
     <t xml:space="preserve">May 
@@ -1138,61 +1154,61 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="4" borderId="2" xfId="0" applyNumberFormat="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="right" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleMedium4"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="ODS Theme">
   <a:themeElements>
     <a:clrScheme name="ODS Theme">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1352,64 +1368,68 @@
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr filterMode="0" enableFormatConditionsCalculation="0">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G47"/>
+  <dimension ref="A1:K47"/>
   <sheetViews>
     <sheetView zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0">
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12" customHeight="1" x14ac:dyDescent="0"/>
   <cols>
     <col min="1" max="1" width="50.00" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="15.71" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="15.71" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
@@ -1419,869 +1439,1289 @@
       <c r="A6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s"/>
       <c r="B8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>7</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>8</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>9</v>
       </c>
       <c r="F8" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G8" s="6" t="s">
         <v>11</v>
       </c>
+      <c r="H8" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="I8" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="J8" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="K8" s="6" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="B9" s="8">
+        <v>150</v>
+      </c>
+      <c r="C9" s="8">
+        <v>148</v>
+      </c>
+      <c r="D9" s="8">
+        <v>150</v>
+      </c>
+      <c r="E9" s="8">
+        <v>150</v>
+      </c>
+      <c r="F9" s="8">
         <v>149</v>
       </c>
-      <c r="C9" s="8">
+      <c r="G9" s="8">
         <v>147</v>
       </c>
-      <c r="D9" s="8">
-[...9 lines deleted...]
-        <v>146</v>
+      <c r="H9" s="8">
+        <v>143</v>
+      </c>
+      <c r="I9" s="8">
+        <v>141</v>
+      </c>
+      <c r="J9" s="8">
+        <v>143</v>
+      </c>
+      <c r="K9" s="8">
+        <v>135</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="B10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
+      </c>
+      <c r="H10" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="I10" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="J10" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="K10" s="8" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B11" s="8">
-        <v>12246293523</v>
+        <v>12246294623</v>
       </c>
       <c r="C11" s="8">
-        <v>13060646044</v>
+        <v>13060647044</v>
       </c>
       <c r="D11" s="8">
-        <v>14700965555</v>
+        <v>14700966605</v>
       </c>
       <c r="E11" s="8">
-        <v>14736806976</v>
+        <v>14736808076</v>
       </c>
       <c r="F11" s="8">
-        <v>13069413607</v>
+        <v>13069414707</v>
       </c>
       <c r="G11" s="8">
-        <v>14422636837</v>
+        <v>14422637887</v>
+      </c>
+      <c r="H11" s="8">
+        <v>13223651666</v>
+      </c>
+      <c r="I11" s="8">
+        <v>14105000913</v>
+      </c>
+      <c r="J11" s="8">
+        <v>14074236070</v>
+      </c>
+      <c r="K11" s="8">
+        <v>15863704819</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B12" s="8">
         <v>12066628520</v>
       </c>
       <c r="C12" s="8">
         <v>12864328122</v>
       </c>
       <c r="D12" s="8">
         <v>14492452632</v>
       </c>
       <c r="E12" s="8">
         <v>14561464516</v>
       </c>
       <c r="F12" s="8">
         <v>12895983780</v>
       </c>
       <c r="G12" s="8">
         <v>14237888321</v>
       </c>
+      <c r="H12" s="8">
+        <v>13040943009</v>
+      </c>
+      <c r="I12" s="8">
+        <v>13930500282</v>
+      </c>
+      <c r="J12" s="8">
+        <v>13907258137</v>
+      </c>
+      <c r="K12" s="8">
+        <v>15663585656</v>
+      </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B13" s="8">
-        <v>179665003</v>
+        <v>179666103</v>
       </c>
       <c r="C13" s="8">
-        <v>196317922</v>
+        <v>196318922</v>
       </c>
       <c r="D13" s="8">
-        <v>208512923</v>
+        <v>208513973</v>
       </c>
       <c r="E13" s="8">
-        <v>175342460</v>
+        <v>175343560</v>
       </c>
       <c r="F13" s="8">
-        <v>173429827</v>
+        <v>173430927</v>
       </c>
       <c r="G13" s="8">
-        <v>184748516</v>
+        <v>184749566</v>
+      </c>
+      <c r="H13" s="8">
+        <v>182708657</v>
+      </c>
+      <c r="I13" s="8">
+        <v>174500631</v>
+      </c>
+      <c r="J13" s="8">
+        <v>166977933</v>
+      </c>
+      <c r="K13" s="8">
+        <v>200119163</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>10228605</v>
       </c>
       <c r="C14" s="8">
         <v>9490073</v>
       </c>
       <c r="D14" s="8">
         <v>10329918</v>
       </c>
       <c r="E14" s="8">
         <v>10028984</v>
       </c>
       <c r="F14" s="8">
         <v>9361459</v>
       </c>
       <c r="G14" s="8">
         <v>9728552</v>
       </c>
+      <c r="H14" s="8">
+        <v>9979073</v>
+      </c>
+      <c r="I14" s="8">
+        <v>9367818</v>
+      </c>
+      <c r="J14" s="8">
+        <v>10021527</v>
+      </c>
+      <c r="K14" s="8">
+        <v>10453796</v>
+      </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B15" s="8">
         <v>925796</v>
       </c>
       <c r="C15" s="8">
         <v>776212</v>
       </c>
       <c r="D15" s="8">
         <v>843756</v>
       </c>
       <c r="E15" s="8">
         <v>680268</v>
       </c>
       <c r="F15" s="8">
         <v>859636</v>
       </c>
       <c r="G15" s="8">
         <v>857347</v>
       </c>
+      <c r="H15" s="8">
+        <v>975177</v>
+      </c>
+      <c r="I15" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="J15" s="8">
+        <v>910391</v>
+      </c>
+      <c r="K15" s="8">
+        <v>1092272</v>
+      </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B16" s="8">
         <v>1710249</v>
       </c>
       <c r="C16" s="8">
         <v>1726674</v>
       </c>
       <c r="D16" s="8">
         <v>1701086</v>
       </c>
       <c r="E16" s="8">
         <v>1635521</v>
       </c>
       <c r="F16" s="8">
         <v>1578142</v>
       </c>
       <c r="G16" s="8">
         <v>1405267</v>
       </c>
+      <c r="H16" s="8">
+        <v>1761224</v>
+      </c>
+      <c r="I16" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="J16" s="8">
+        <v>1692882</v>
+      </c>
+      <c r="K16" s="8">
+        <v>1803960</v>
+      </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B17" s="8">
         <v>86548</v>
       </c>
       <c r="C17" s="8">
         <v>80287</v>
       </c>
       <c r="D17" s="8">
         <v>68555</v>
       </c>
       <c r="E17" s="8">
         <v>79796</v>
       </c>
       <c r="F17" s="8">
         <v>68279</v>
       </c>
       <c r="G17" s="8">
         <v>180689</v>
       </c>
+      <c r="H17" s="8">
+        <v>90751</v>
+      </c>
+      <c r="I17" s="8">
+        <v>100055</v>
+      </c>
+      <c r="J17" s="8">
+        <v>116946</v>
+      </c>
+      <c r="K17" s="8">
+        <v>90762</v>
+      </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B18" s="8">
         <v>7506012</v>
       </c>
       <c r="C18" s="8">
         <v>6906900</v>
       </c>
       <c r="D18" s="8">
         <v>7716521</v>
       </c>
       <c r="E18" s="8">
         <v>7633399</v>
       </c>
       <c r="F18" s="8">
         <v>6855403</v>
       </c>
       <c r="G18" s="8">
         <v>7285249</v>
       </c>
+      <c r="H18" s="8">
+        <v>7151921</v>
+      </c>
+      <c r="I18" s="8">
+        <v>6859072</v>
+      </c>
+      <c r="J18" s="8">
+        <v>7301308</v>
+      </c>
+      <c r="K18" s="8">
+        <v>7466803</v>
+      </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
+      </c>
+      <c r="H19" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="I19" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="J19" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="K19" s="8" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B20" s="8">
-        <v>11089806002</v>
+        <v>11089806416</v>
       </c>
       <c r="C20" s="8">
-        <v>10146790612</v>
+        <v>10146790914</v>
       </c>
       <c r="D20" s="8">
-        <v>12317370972</v>
+        <v>12317371524</v>
       </c>
       <c r="E20" s="8">
-        <v>11907577281</v>
+        <v>11907577979</v>
       </c>
       <c r="F20" s="8">
-        <v>10805388171</v>
+        <v>10805389672</v>
       </c>
       <c r="G20" s="8">
-        <v>12243187175</v>
+        <v>12243188401</v>
+      </c>
+      <c r="H20" s="8">
+        <v>13171456344</v>
+      </c>
+      <c r="I20" s="8">
+        <v>11278326302</v>
+      </c>
+      <c r="J20" s="8">
+        <v>11839908870</v>
+      </c>
+      <c r="K20" s="8">
+        <v>11210339637</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B21" s="8">
         <v>10921004616</v>
       </c>
       <c r="C21" s="8">
         <v>9972182112</v>
       </c>
       <c r="D21" s="8">
         <v>12136934520</v>
       </c>
       <c r="E21" s="8">
         <v>11732384322</v>
       </c>
       <c r="F21" s="8">
         <v>10631104160</v>
       </c>
       <c r="G21" s="8">
         <v>12053833780</v>
       </c>
+      <c r="H21" s="8">
+        <v>12995116000</v>
+      </c>
+      <c r="I21" s="8">
+        <v>11105832097</v>
+      </c>
+      <c r="J21" s="8">
+        <v>11662233296</v>
+      </c>
+      <c r="K21" s="8">
+        <v>11025205795</v>
+      </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="B22" s="8">
         <v>168689864</v>
       </c>
       <c r="C22" s="8">
         <v>174446421</v>
       </c>
       <c r="D22" s="8">
         <v>180183673</v>
       </c>
       <c r="E22" s="8">
         <v>174913949</v>
       </c>
       <c r="F22" s="8">
         <v>173933050</v>
       </c>
       <c r="G22" s="8">
         <v>189046556</v>
       </c>
+      <c r="H22" s="8">
+        <v>176053466</v>
+      </c>
+      <c r="I22" s="8">
+        <v>172170826</v>
+      </c>
+      <c r="J22" s="8">
+        <v>177364211</v>
+      </c>
+      <c r="K22" s="8">
+        <v>184756413</v>
+      </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B23" s="8">
-        <v>111522</v>
+        <v>111936</v>
       </c>
       <c r="C23" s="8">
-        <v>162079</v>
+        <v>162381</v>
       </c>
       <c r="D23" s="8">
-        <v>252779</v>
+        <v>253331</v>
       </c>
       <c r="E23" s="8">
-        <v>279010</v>
+        <v>279708</v>
       </c>
       <c r="F23" s="8">
-        <v>350961</v>
+        <v>352462</v>
       </c>
       <c r="G23" s="8">
-        <v>306839</v>
+        <v>308065</v>
+      </c>
+      <c r="H23" s="8">
+        <v>286878</v>
+      </c>
+      <c r="I23" s="8">
+        <v>323379</v>
+      </c>
+      <c r="J23" s="8">
+        <v>311363</v>
+      </c>
+      <c r="K23" s="8">
+        <v>377429</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B24" s="8">
         <v>9060343</v>
       </c>
       <c r="C24" s="8">
         <v>9044943</v>
       </c>
       <c r="D24" s="8">
         <v>9266314</v>
       </c>
       <c r="E24" s="8">
         <v>10385918</v>
       </c>
       <c r="F24" s="8">
         <v>9311505</v>
       </c>
       <c r="G24" s="8">
         <v>9658927</v>
       </c>
+      <c r="H24" s="8">
+        <v>10271228</v>
+      </c>
+      <c r="I24" s="8">
+        <v>9131910</v>
+      </c>
+      <c r="J24" s="8">
+        <v>9163863</v>
+      </c>
+      <c r="K24" s="8">
+        <v>10407212</v>
+      </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B25" s="8">
         <v>792134</v>
       </c>
       <c r="C25" s="8">
         <v>717987</v>
       </c>
       <c r="D25" s="8">
         <v>803329</v>
       </c>
       <c r="E25" s="8">
         <v>799161</v>
       </c>
       <c r="F25" s="8">
         <v>857016</v>
       </c>
       <c r="G25" s="8">
         <v>757164</v>
       </c>
+      <c r="H25" s="8">
+        <v>1033418</v>
+      </c>
+      <c r="I25" s="8">
+        <v>910023</v>
+      </c>
+      <c r="J25" s="8">
+        <v>911338</v>
+      </c>
+      <c r="K25" s="8">
+        <v>1134081</v>
+      </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B26" s="8">
         <v>1660593</v>
       </c>
       <c r="C26" s="8">
         <v>1581758</v>
       </c>
       <c r="D26" s="8">
         <v>1527975</v>
       </c>
       <c r="E26" s="8">
         <v>1557544</v>
       </c>
       <c r="F26" s="8">
         <v>1509775</v>
       </c>
       <c r="G26" s="8">
         <v>1488978</v>
       </c>
+      <c r="H26" s="8">
+        <v>1827141</v>
+      </c>
+      <c r="I26" s="8">
+        <v>1470753</v>
+      </c>
+      <c r="J26" s="8">
+        <v>1612081</v>
+      </c>
+      <c r="K26" s="8">
+        <v>1628750</v>
+      </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B27" s="8">
         <v>67636</v>
       </c>
       <c r="C27" s="8">
         <v>53668</v>
       </c>
       <c r="D27" s="8">
         <v>69806</v>
       </c>
       <c r="E27" s="8">
         <v>58323</v>
       </c>
       <c r="F27" s="8">
         <v>69857</v>
       </c>
       <c r="G27" s="8">
         <v>74206</v>
       </c>
+      <c r="H27" s="8">
+        <v>82976</v>
+      </c>
+      <c r="I27" s="8">
+        <v>47381</v>
+      </c>
+      <c r="J27" s="8">
+        <v>74518</v>
+      </c>
+      <c r="K27" s="8">
+        <v>61768</v>
+      </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B28" s="8">
         <v>6539979</v>
       </c>
       <c r="C28" s="8">
         <v>6691531</v>
       </c>
       <c r="D28" s="8">
         <v>6865204</v>
       </c>
       <c r="E28" s="8">
         <v>7970890</v>
       </c>
       <c r="F28" s="8">
         <v>6874857</v>
       </c>
       <c r="G28" s="8">
         <v>7338579</v>
       </c>
+      <c r="H28" s="8">
+        <v>7327693</v>
+      </c>
+      <c r="I28" s="8">
+        <v>6703752</v>
+      </c>
+      <c r="J28" s="8">
+        <v>6565926</v>
+      </c>
+      <c r="K28" s="8">
+        <v>7582614</v>
+      </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="B29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
+      </c>
+      <c r="H29" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="I29" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="J29" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="K29" s="8" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B30" s="8">
         <v>1160418900</v>
       </c>
       <c r="C30" s="8">
         <v>1240064200</v>
       </c>
       <c r="D30" s="8">
         <v>1498050400</v>
       </c>
       <c r="E30" s="8">
         <v>2307942300</v>
       </c>
       <c r="F30" s="8">
         <v>1830579470</v>
       </c>
       <c r="G30" s="8">
         <v>2526236790</v>
       </c>
+      <c r="H30" s="8">
+        <v>2219046060</v>
+      </c>
+      <c r="I30" s="8">
+        <v>2401178700</v>
+      </c>
+      <c r="J30" s="8">
+        <v>2634889900</v>
+      </c>
+      <c r="K30" s="8">
+        <v>3149420500</v>
+      </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="B31" s="8">
         <v>133090</v>
       </c>
       <c r="C31" s="8">
         <v>172826</v>
       </c>
       <c r="D31" s="8">
         <v>118681</v>
       </c>
       <c r="E31" s="8">
         <v>190340</v>
       </c>
       <c r="F31" s="8">
         <v>138191</v>
       </c>
       <c r="G31" s="8">
         <v>114860</v>
       </c>
+      <c r="H31" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I31" s="8">
+        <v>70238</v>
+      </c>
+      <c r="J31" s="8">
+        <v>65106</v>
+      </c>
+      <c r="K31" s="8">
+        <v>166256</v>
+      </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="B32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
+      </c>
+      <c r="H32" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="I32" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="J32" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="K32" s="8" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B33" s="8">
-        <v>12070682915</v>
+        <v>12070683990</v>
       </c>
       <c r="C33" s="8">
-        <v>14157855276</v>
+        <v>14157857049</v>
       </c>
       <c r="D33" s="8">
-        <v>15173053629</v>
+        <v>15173055900</v>
       </c>
       <c r="E33" s="8">
-        <v>15956658590</v>
+        <v>15956661163</v>
       </c>
       <c r="F33" s="8">
-        <v>16395516921</v>
+        <v>16395519093</v>
       </c>
       <c r="G33" s="8">
-        <v>16059250278</v>
+        <v>16059253274</v>
+      </c>
+      <c r="H33" s="8">
+        <v>14046875078</v>
+      </c>
+      <c r="I33" s="8">
+        <v>14592308036</v>
+      </c>
+      <c r="J33" s="8">
+        <v>14313433159</v>
+      </c>
+      <c r="K33" s="8">
+        <v>16010012941</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B34" s="8">
         <v>11931184788</v>
       </c>
       <c r="C34" s="8">
         <v>13999260160</v>
       </c>
       <c r="D34" s="8">
         <v>14986520996</v>
       </c>
       <c r="E34" s="8">
         <v>15771243504</v>
       </c>
       <c r="F34" s="8">
         <v>16210964847</v>
       </c>
       <c r="G34" s="8">
         <v>15881676587</v>
       </c>
+      <c r="H34" s="8">
+        <v>13869504569</v>
+      </c>
+      <c r="I34" s="8">
+        <v>14413409769</v>
+      </c>
+      <c r="J34" s="8">
+        <v>14147534322</v>
+      </c>
+      <c r="K34" s="8">
+        <v>15831839813</v>
+      </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B35" s="8">
-        <v>139498127</v>
+        <v>139499202</v>
       </c>
       <c r="C35" s="8">
-        <v>158595116</v>
+        <v>158596889</v>
       </c>
       <c r="D35" s="8">
-        <v>186532633</v>
+        <v>186534904</v>
       </c>
       <c r="E35" s="8">
-        <v>185415086</v>
+        <v>185417659</v>
       </c>
       <c r="F35" s="8">
-        <v>184552074</v>
+        <v>184554246</v>
       </c>
       <c r="G35" s="8">
-        <v>177573691</v>
+        <v>177576687</v>
+      </c>
+      <c r="H35" s="8">
+        <v>177370509</v>
+      </c>
+      <c r="I35" s="8">
+        <v>178898267</v>
+      </c>
+      <c r="J35" s="8">
+        <v>165898837</v>
+      </c>
+      <c r="K35" s="8">
+        <v>178173128</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B36" s="8">
         <v>3807514</v>
       </c>
       <c r="C36" s="8">
         <v>4077545</v>
       </c>
       <c r="D36" s="8">
         <v>4992754</v>
       </c>
       <c r="E36" s="8">
         <v>4434753</v>
       </c>
       <c r="F36" s="8">
         <v>4327739</v>
       </c>
       <c r="G36" s="8">
         <v>4268464</v>
       </c>
+      <c r="H36" s="8">
+        <v>3761753</v>
+      </c>
+      <c r="I36" s="8">
+        <v>3962723</v>
+      </c>
+      <c r="J36" s="8">
+        <v>4783399</v>
+      </c>
+      <c r="K36" s="8">
+        <v>4643070</v>
+      </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B37" s="8">
         <v>463675</v>
       </c>
       <c r="C37" s="8">
         <v>524594</v>
       </c>
       <c r="D37" s="8">
         <v>568027</v>
       </c>
       <c r="E37" s="8">
         <v>440801</v>
       </c>
       <c r="F37" s="8">
         <v>444304</v>
       </c>
       <c r="G37" s="8">
         <v>543331</v>
       </c>
+      <c r="H37" s="8">
+        <v>475740</v>
+      </c>
+      <c r="I37" s="8">
+        <v>474539</v>
+      </c>
+      <c r="J37" s="8">
+        <v>498879</v>
+      </c>
+      <c r="K37" s="8">
+        <v>459416</v>
+      </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B38" s="8">
         <v>977734</v>
       </c>
       <c r="C38" s="8">
         <v>1018658</v>
       </c>
       <c r="D38" s="8">
         <v>1112057</v>
       </c>
       <c r="E38" s="8">
         <v>1066229</v>
       </c>
       <c r="F38" s="8">
         <v>1061878</v>
       </c>
       <c r="G38" s="8">
         <v>944246</v>
       </c>
+      <c r="H38" s="8">
+        <v>785571</v>
+      </c>
+      <c r="I38" s="8">
+        <v>814169</v>
+      </c>
+      <c r="J38" s="8">
+        <v>881521</v>
+      </c>
+      <c r="K38" s="8">
+        <v>953806</v>
+      </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B39" s="8">
         <v>54663</v>
       </c>
       <c r="C39" s="8">
         <v>64232</v>
       </c>
       <c r="D39" s="8">
         <v>52093</v>
       </c>
       <c r="E39" s="8">
         <v>62900</v>
       </c>
       <c r="F39" s="8">
         <v>41428</v>
       </c>
       <c r="G39" s="8">
         <v>86972</v>
       </c>
+      <c r="H39" s="8">
+        <v>43509</v>
+      </c>
+      <c r="I39" s="8">
+        <v>55337</v>
+      </c>
+      <c r="J39" s="8">
+        <v>77895</v>
+      </c>
+      <c r="K39" s="8">
+        <v>75651</v>
+      </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B40" s="8">
         <v>2311442</v>
       </c>
       <c r="C40" s="8">
         <v>2470060</v>
       </c>
       <c r="D40" s="8">
         <v>3260577</v>
       </c>
       <c r="E40" s="8">
         <v>2864822</v>
       </c>
       <c r="F40" s="8">
         <v>2780128</v>
       </c>
       <c r="G40" s="8">
         <v>2693915</v>
       </c>
+      <c r="H40" s="8">
+        <v>2456934</v>
+      </c>
+      <c r="I40" s="8">
+        <v>2618677</v>
+      </c>
+      <c r="J40" s="8">
+        <v>3325104</v>
+      </c>
+      <c r="K40" s="8">
+        <v>3154196</v>
+      </c>
     </row>
     <row r="41" ht="12" customHeight="1"/>
     <row r="42" ht="14" customHeight="1">
-      <c r="A42" s="9" t="s">
-[...7 lines deleted...]
-      <c r="G42" s="9"/>
+      <c r="A42" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B42" s="10"/>
+      <c r="C42" s="10"/>
+      <c r="D42" s="10"/>
+      <c r="E42" s="10"/>
+      <c r="F42" s="10"/>
+      <c r="G42" s="10"/>
+      <c r="H42" s="10"/>
+      <c r="I42" s="10"/>
+      <c r="J42" s="10"/>
+      <c r="K42" s="10"/>
     </row>
     <row r="43" ht="14" customHeight="1">
-      <c r="A43" s="10" t="s">
-[...7 lines deleted...]
-      <c r="G43" s="10"/>
+      <c r="A43" s="11" t="s">
+        <v>36</v>
+      </c>
+      <c r="B43" s="11"/>
+      <c r="C43" s="11"/>
+      <c r="D43" s="11"/>
+      <c r="E43" s="11"/>
+      <c r="F43" s="11"/>
+      <c r="G43" s="11"/>
+      <c r="H43" s="11"/>
+      <c r="I43" s="11"/>
+      <c r="J43" s="11"/>
+      <c r="K43" s="11"/>
     </row>
     <row r="44" ht="43" customHeight="1">
-      <c r="A44" s="10" t="s">
-[...7 lines deleted...]
-      <c r="G44" s="10"/>
+      <c r="A44" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="B44" s="11"/>
+      <c r="C44" s="11"/>
+      <c r="D44" s="11"/>
+      <c r="E44" s="11"/>
+      <c r="F44" s="11"/>
+      <c r="G44" s="11"/>
+      <c r="H44" s="11"/>
+      <c r="I44" s="11"/>
+      <c r="J44" s="11"/>
+      <c r="K44" s="11"/>
     </row>
     <row r="45" ht="14" customHeight="1">
-      <c r="A45" s="10" t="s">
-[...7 lines deleted...]
-      <c r="G45" s="10"/>
+      <c r="A45" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="B45" s="11"/>
+      <c r="C45" s="11"/>
+      <c r="D45" s="11"/>
+      <c r="E45" s="11"/>
+      <c r="F45" s="11"/>
+      <c r="G45" s="11"/>
+      <c r="H45" s="11"/>
+      <c r="I45" s="11"/>
+      <c r="J45" s="11"/>
+      <c r="K45" s="11"/>
     </row>
     <row r="46" ht="14" customHeight="1">
-      <c r="A46" s="10" t="s">
-[...7 lines deleted...]
-      <c r="G46" s="10"/>
+      <c r="A46" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="B46" s="11"/>
+      <c r="C46" s="11"/>
+      <c r="D46" s="11"/>
+      <c r="E46" s="11"/>
+      <c r="F46" s="11"/>
+      <c r="G46" s="11"/>
+      <c r="H46" s="11"/>
+      <c r="I46" s="11"/>
+      <c r="J46" s="11"/>
+      <c r="K46" s="11"/>
     </row>
     <row r="47" ht="12" customHeight="1">
-      <c r="A47" s="11" t="s">
-[...7 lines deleted...]
-      <c r="G47" s="11"/>
+      <c r="A47" s="12" t="s">
+        <v>40</v>
+      </c>
+      <c r="B47" s="12"/>
+      <c r="C47" s="12"/>
+      <c r="D47" s="12"/>
+      <c r="E47" s="12"/>
+      <c r="F47" s="12"/>
+      <c r="G47" s="12"/>
+      <c r="H47" s="12"/>
+      <c r="I47" s="12"/>
+      <c r="J47" s="12"/>
+      <c r="K47" s="12"/>
     </row>
     <row r="48" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="12">
-    <mergeCell ref="A1:G1"/>
-[...10 lines deleted...]
-    <mergeCell ref="A47:G47"/>
+    <mergeCell ref="A1:K1"/>
+    <mergeCell ref="A2:K2"/>
+    <mergeCell ref="A3:K3"/>
+    <mergeCell ref="A4:K4"/>
+    <mergeCell ref="A5:K5"/>
+    <mergeCell ref="A6:K6"/>
+    <mergeCell ref="A42:K42"/>
+    <mergeCell ref="A43:K43"/>
+    <mergeCell ref="A44:K44"/>
+    <mergeCell ref="A45:K45"/>
+    <mergeCell ref="A46:K46"/>
+    <mergeCell ref="A47:K47"/>
   </mergeCells>
   <printOptions headings="0" horizontalCentered="0" verticalCentered="0" gridLines="0"/>
   <pageMargins left="0.05" right="0.05" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup paperSize="1" fitToWidth="1" fitToHeight="1" scale="100" orientation="landscape" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter>
     <oddHeader/>
     <oddFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr filterMode="0" enableFormatConditionsCalculation="0">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:N47"/>
   <sheetViews>
     <sheetView zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0">
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12" customHeight="1" x14ac:dyDescent="0"/>
   <cols>
     <col min="1" max="1" width="50.00" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="15.71" bestFit="1" customWidth="1"/>
@@ -2289,1627 +2729,1627 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s"/>
       <c r="B8" s="6" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="B9" s="8">
         <v>206</v>
       </c>
       <c r="C9" s="8">
         <v>203</v>
       </c>
       <c r="D9" s="8">
         <v>207</v>
       </c>
       <c r="E9" s="8">
         <v>204</v>
       </c>
       <c r="F9" s="8">
         <v>204</v>
       </c>
       <c r="G9" s="8">
         <v>201</v>
       </c>
       <c r="H9" s="8">
         <v>199</v>
       </c>
       <c r="I9" s="8">
         <v>197</v>
       </c>
       <c r="J9" s="8">
         <v>193</v>
       </c>
       <c r="K9" s="8">
         <v>190</v>
       </c>
       <c r="L9" s="8">
         <v>193</v>
       </c>
       <c r="M9" s="8">
         <v>191</v>
       </c>
       <c r="N9" s="8">
         <v>220</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="B10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B11" s="8">
         <v>21702068629</v>
       </c>
       <c r="C11" s="8">
         <v>25540815688</v>
       </c>
       <c r="D11" s="8">
         <v>25669067916</v>
       </c>
       <c r="E11" s="8">
         <v>25058991309</v>
       </c>
       <c r="F11" s="8">
         <v>23406694376</v>
       </c>
       <c r="G11" s="8">
         <v>24883666051</v>
       </c>
       <c r="H11" s="8">
         <v>17585263975</v>
       </c>
       <c r="I11" s="8">
         <v>26038482344</v>
       </c>
       <c r="J11" s="8">
         <v>24139907212</v>
       </c>
       <c r="K11" s="8">
         <v>24775501292</v>
       </c>
       <c r="L11" s="8">
         <v>22399687146</v>
       </c>
       <c r="M11" s="8">
         <v>15506225880</v>
       </c>
       <c r="N11" s="8">
         <v>276706371818</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B12" s="8">
         <v>21172291106</v>
       </c>
       <c r="C12" s="8">
         <v>24966026028</v>
       </c>
       <c r="D12" s="8">
         <v>25094464879</v>
       </c>
       <c r="E12" s="8">
         <v>24599770401</v>
       </c>
       <c r="F12" s="8">
         <v>22840842219</v>
       </c>
       <c r="G12" s="8">
         <v>24325377686</v>
       </c>
       <c r="H12" s="8">
         <v>17111801177</v>
       </c>
       <c r="I12" s="8">
         <v>25465069562</v>
       </c>
       <c r="J12" s="8">
         <v>23542218593</v>
       </c>
       <c r="K12" s="8">
         <v>24301314211</v>
       </c>
       <c r="L12" s="8">
         <v>21824942268</v>
       </c>
       <c r="M12" s="8">
         <v>15020011207</v>
       </c>
       <c r="N12" s="8">
         <v>270264129337</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B13" s="8">
         <v>529777523</v>
       </c>
       <c r="C13" s="8">
         <v>574789660</v>
       </c>
       <c r="D13" s="8">
         <v>574603037</v>
       </c>
       <c r="E13" s="8">
         <v>459220908</v>
       </c>
       <c r="F13" s="8">
         <v>565852157</v>
       </c>
       <c r="G13" s="8">
         <v>558288365</v>
       </c>
       <c r="H13" s="8">
         <v>473462798</v>
       </c>
       <c r="I13" s="8">
         <v>573412782</v>
       </c>
       <c r="J13" s="8">
         <v>597688619</v>
       </c>
       <c r="K13" s="8">
         <v>474187081</v>
       </c>
       <c r="L13" s="8">
         <v>574744878</v>
       </c>
       <c r="M13" s="8">
         <v>486214673</v>
       </c>
       <c r="N13" s="8">
         <v>6442242481</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>13541622</v>
       </c>
       <c r="C14" s="8">
         <v>14975203</v>
       </c>
       <c r="D14" s="8">
         <v>17354606</v>
       </c>
       <c r="E14" s="8">
         <v>14726766</v>
       </c>
       <c r="F14" s="8">
         <v>14834538</v>
       </c>
       <c r="G14" s="8">
         <v>15218892</v>
       </c>
       <c r="H14" s="8">
         <v>14014276</v>
       </c>
       <c r="I14" s="8">
         <v>16067225</v>
       </c>
       <c r="J14" s="8">
         <v>15231476</v>
       </c>
       <c r="K14" s="8">
         <v>15305094</v>
       </c>
       <c r="L14" s="8">
         <v>14878913</v>
       </c>
       <c r="M14" s="8">
         <v>13106058</v>
       </c>
       <c r="N14" s="8">
         <v>179254670</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B15" s="8">
         <v>1489875</v>
       </c>
       <c r="C15" s="8">
         <v>1667548</v>
       </c>
       <c r="D15" s="8">
         <v>1558257</v>
       </c>
       <c r="E15" s="8">
         <v>1634876</v>
       </c>
       <c r="F15" s="8">
         <v>1615668</v>
       </c>
       <c r="G15" s="8">
         <v>1973471</v>
       </c>
       <c r="H15" s="8">
         <v>1076494</v>
       </c>
       <c r="I15" s="8">
         <v>1777156</v>
       </c>
       <c r="J15" s="8">
         <v>1645629</v>
       </c>
       <c r="K15" s="8">
         <v>1693582</v>
       </c>
       <c r="L15" s="8">
         <v>1616189</v>
       </c>
       <c r="M15" s="8">
         <v>1207827</v>
       </c>
       <c r="N15" s="8">
         <v>18956572</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B16" s="8">
         <v>2856791</v>
       </c>
       <c r="C16" s="8">
         <v>3175901</v>
       </c>
       <c r="D16" s="8">
         <v>4587623</v>
       </c>
       <c r="E16" s="8">
         <v>2670556</v>
       </c>
       <c r="F16" s="8">
         <v>2914473</v>
       </c>
       <c r="G16" s="8">
         <v>2982885</v>
       </c>
       <c r="H16" s="8">
         <v>2692940</v>
       </c>
       <c r="I16" s="8">
         <v>3231822</v>
       </c>
       <c r="J16" s="8">
         <v>2966561</v>
       </c>
       <c r="K16" s="8">
         <v>3163491</v>
       </c>
       <c r="L16" s="8">
         <v>2958385</v>
       </c>
       <c r="M16" s="8">
         <v>2622947</v>
       </c>
       <c r="N16" s="8">
         <v>36824376</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B17" s="8">
         <v>238520</v>
       </c>
       <c r="C17" s="8">
         <v>290660</v>
       </c>
       <c r="D17" s="8">
         <v>329265</v>
       </c>
       <c r="E17" s="8">
         <v>247446</v>
       </c>
       <c r="F17" s="8">
         <v>276201</v>
       </c>
       <c r="G17" s="8">
         <v>206126</v>
       </c>
       <c r="H17" s="8">
         <v>178522</v>
       </c>
       <c r="I17" s="8">
         <v>264121</v>
       </c>
       <c r="J17" s="8">
         <v>262256</v>
       </c>
       <c r="K17" s="8">
         <v>249170</v>
       </c>
       <c r="L17" s="8">
         <v>213851</v>
       </c>
       <c r="M17" s="8">
         <v>218820</v>
       </c>
       <c r="N17" s="8">
         <v>2974958</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B18" s="8">
         <v>8956437</v>
       </c>
       <c r="C18" s="8">
         <v>9841093</v>
       </c>
       <c r="D18" s="8">
         <v>10879461</v>
       </c>
       <c r="E18" s="8">
         <v>10173888</v>
       </c>
       <c r="F18" s="8">
         <v>10028197</v>
       </c>
       <c r="G18" s="8">
         <v>10056410</v>
       </c>
       <c r="H18" s="8">
         <v>10066321</v>
       </c>
       <c r="I18" s="8">
         <v>10794126</v>
       </c>
       <c r="J18" s="8">
         <v>10357030</v>
       </c>
       <c r="K18" s="8">
         <v>10198850</v>
       </c>
       <c r="L18" s="8">
         <v>10090488</v>
       </c>
       <c r="M18" s="8">
         <v>9056463</v>
       </c>
       <c r="N18" s="8">
         <v>120498764</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B20" s="8">
         <v>18827991392</v>
       </c>
       <c r="C20" s="8">
         <v>19480520222</v>
       </c>
       <c r="D20" s="8">
         <v>23160950305</v>
       </c>
       <c r="E20" s="8">
         <v>23249814058</v>
       </c>
       <c r="F20" s="8">
         <v>20383845344</v>
       </c>
       <c r="G20" s="8">
         <v>22984298424</v>
       </c>
       <c r="H20" s="8">
         <v>20009870586</v>
       </c>
       <c r="I20" s="8">
         <v>24560004953</v>
       </c>
       <c r="J20" s="8">
         <v>22256024790</v>
       </c>
       <c r="K20" s="8">
         <v>22821663731</v>
       </c>
       <c r="L20" s="8">
         <v>19757564012</v>
       </c>
       <c r="M20" s="8">
         <v>17864294362</v>
       </c>
       <c r="N20" s="8">
         <v>255356842179</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B21" s="8">
         <v>18390069400</v>
       </c>
       <c r="C21" s="8">
         <v>19062990274</v>
       </c>
       <c r="D21" s="8">
         <v>22618662184</v>
       </c>
       <c r="E21" s="8">
         <v>22827741491</v>
       </c>
       <c r="F21" s="8">
         <v>19877762221</v>
       </c>
       <c r="G21" s="8">
         <v>22461935164</v>
       </c>
       <c r="H21" s="8">
         <v>19606678600</v>
       </c>
       <c r="I21" s="8">
         <v>24078996063</v>
       </c>
       <c r="J21" s="8">
         <v>21754605121</v>
       </c>
       <c r="K21" s="8">
         <v>22427176040</v>
       </c>
       <c r="L21" s="8">
         <v>19292181240</v>
       </c>
       <c r="M21" s="8">
         <v>17425945998</v>
       </c>
       <c r="N21" s="8">
         <v>249824743796</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="B22" s="8">
         <v>437827819</v>
       </c>
       <c r="C22" s="8">
         <v>417441342</v>
       </c>
       <c r="D22" s="8">
         <v>542159660</v>
       </c>
       <c r="E22" s="8">
         <v>421962587</v>
       </c>
       <c r="F22" s="8">
         <v>505900919</v>
       </c>
       <c r="G22" s="8">
         <v>522154564</v>
       </c>
       <c r="H22" s="8">
         <v>403003173</v>
       </c>
       <c r="I22" s="8">
         <v>480773292</v>
       </c>
       <c r="J22" s="8">
         <v>501189214</v>
       </c>
       <c r="K22" s="8">
         <v>394318850</v>
       </c>
       <c r="L22" s="8">
         <v>465211694</v>
       </c>
       <c r="M22" s="8">
         <v>438147966</v>
       </c>
       <c r="N22" s="8">
         <v>5530091080</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B23" s="8">
         <v>94173</v>
       </c>
       <c r="C23" s="8">
         <v>88606</v>
       </c>
       <c r="D23" s="8">
         <v>128461</v>
       </c>
       <c r="E23" s="8">
         <v>109980</v>
       </c>
       <c r="F23" s="8">
         <v>182204</v>
       </c>
       <c r="G23" s="8">
         <v>208696</v>
       </c>
       <c r="H23" s="8">
         <v>188813</v>
       </c>
       <c r="I23" s="8">
         <v>235598</v>
       </c>
       <c r="J23" s="8">
         <v>230455</v>
       </c>
       <c r="K23" s="8">
         <v>168841</v>
       </c>
       <c r="L23" s="8">
         <v>171078</v>
       </c>
       <c r="M23" s="8">
         <v>200398</v>
       </c>
       <c r="N23" s="8">
         <v>2007303</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B24" s="8">
         <v>13238630</v>
       </c>
       <c r="C24" s="8">
         <v>14081027</v>
       </c>
       <c r="D24" s="8">
         <v>16430393</v>
       </c>
       <c r="E24" s="8">
         <v>14446276</v>
       </c>
       <c r="F24" s="8">
         <v>14217665</v>
       </c>
       <c r="G24" s="8">
         <v>15172147</v>
       </c>
       <c r="H24" s="8">
         <v>13400616</v>
       </c>
       <c r="I24" s="8">
         <v>16747112</v>
       </c>
       <c r="J24" s="8">
         <v>14827374</v>
       </c>
       <c r="K24" s="8">
         <v>14506497</v>
       </c>
       <c r="L24" s="8">
         <v>15166136</v>
       </c>
       <c r="M24" s="8">
         <v>12788676</v>
       </c>
       <c r="N24" s="8">
         <v>175022549</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B25" s="8">
         <v>1381822</v>
       </c>
       <c r="C25" s="8">
         <v>1475307</v>
       </c>
       <c r="D25" s="8">
         <v>1621918</v>
       </c>
       <c r="E25" s="8">
         <v>1711972</v>
       </c>
       <c r="F25" s="8">
         <v>1598218</v>
       </c>
       <c r="G25" s="8">
         <v>1815631</v>
       </c>
       <c r="H25" s="8">
         <v>1263542</v>
       </c>
       <c r="I25" s="8">
         <v>1653347</v>
       </c>
       <c r="J25" s="8">
         <v>1777868</v>
       </c>
       <c r="K25" s="8">
         <v>1588696</v>
       </c>
       <c r="L25" s="8">
         <v>1663091</v>
       </c>
       <c r="M25" s="8">
         <v>1364242</v>
       </c>
       <c r="N25" s="8">
         <v>18915654</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B26" s="8">
         <v>2995320</v>
       </c>
       <c r="C26" s="8">
         <v>3098124</v>
       </c>
       <c r="D26" s="8">
         <v>3068129</v>
       </c>
       <c r="E26" s="8">
         <v>2604782</v>
       </c>
       <c r="F26" s="8">
         <v>2866018</v>
       </c>
       <c r="G26" s="8">
         <v>2870588</v>
       </c>
       <c r="H26" s="8">
         <v>2683497</v>
       </c>
       <c r="I26" s="8">
         <v>3284772</v>
       </c>
       <c r="J26" s="8">
         <v>2905019</v>
       </c>
       <c r="K26" s="8">
         <v>2884010</v>
       </c>
       <c r="L26" s="8">
         <v>2924686</v>
       </c>
       <c r="M26" s="8">
         <v>2505888</v>
       </c>
       <c r="N26" s="8">
         <v>34690833</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B27" s="8">
         <v>222067</v>
       </c>
       <c r="C27" s="8">
         <v>234551</v>
       </c>
       <c r="D27" s="8">
         <v>309412</v>
       </c>
       <c r="E27" s="8">
         <v>233520</v>
       </c>
       <c r="F27" s="8">
         <v>265851</v>
       </c>
       <c r="G27" s="8">
         <v>222185</v>
       </c>
       <c r="H27" s="8">
         <v>212335</v>
       </c>
       <c r="I27" s="8">
         <v>294080</v>
       </c>
       <c r="J27" s="8">
         <v>249228</v>
       </c>
       <c r="K27" s="8">
         <v>196284</v>
       </c>
       <c r="L27" s="8">
         <v>243405</v>
       </c>
       <c r="M27" s="8">
         <v>255443</v>
       </c>
       <c r="N27" s="8">
         <v>2938360</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B28" s="8">
         <v>8639422</v>
       </c>
       <c r="C28" s="8">
         <v>9273046</v>
       </c>
       <c r="D28" s="8">
         <v>11430933</v>
       </c>
       <c r="E28" s="8">
         <v>9896002</v>
       </c>
       <c r="F28" s="8">
         <v>9487578</v>
       </c>
       <c r="G28" s="8">
         <v>10263743</v>
       </c>
       <c r="H28" s="8">
         <v>9241242</v>
       </c>
       <c r="I28" s="8">
         <v>11514914</v>
       </c>
       <c r="J28" s="8">
         <v>9895259</v>
       </c>
       <c r="K28" s="8">
         <v>9837507</v>
       </c>
       <c r="L28" s="8">
         <v>10334954</v>
       </c>
       <c r="M28" s="8">
         <v>8663103</v>
       </c>
       <c r="N28" s="8">
         <v>118477702</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="B29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B30" s="8">
         <v>1701807800</v>
       </c>
       <c r="C30" s="8">
         <v>1791350400</v>
       </c>
       <c r="D30" s="8">
         <v>1875614800</v>
       </c>
       <c r="E30" s="8">
         <v>1728107660</v>
       </c>
       <c r="F30" s="8">
         <v>1813502940</v>
       </c>
       <c r="G30" s="8">
         <v>1594962600</v>
       </c>
       <c r="H30" s="8">
         <v>1565882400</v>
       </c>
       <c r="I30" s="8">
         <v>1819583310</v>
       </c>
       <c r="J30" s="8">
         <v>1871343500</v>
       </c>
       <c r="K30" s="8">
         <v>1942912260</v>
       </c>
       <c r="L30" s="8">
         <v>1306408500</v>
       </c>
       <c r="M30" s="8">
         <v>994778700</v>
       </c>
       <c r="N30" s="8">
         <v>20006254870</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="B31" s="8">
         <v>162426</v>
       </c>
       <c r="C31" s="8">
         <v>188532</v>
       </c>
       <c r="D31" s="8">
         <v>203709</v>
       </c>
       <c r="E31" s="8">
         <v>175435</v>
       </c>
       <c r="F31" s="8">
         <v>185169</v>
       </c>
       <c r="G31" s="8">
         <v>156488</v>
       </c>
       <c r="H31" s="8">
         <v>93700</v>
       </c>
       <c r="I31" s="8">
         <v>197410</v>
       </c>
       <c r="J31" s="8">
         <v>164375</v>
       </c>
       <c r="K31" s="8">
         <v>173127</v>
       </c>
       <c r="L31" s="8">
         <v>158930</v>
       </c>
       <c r="M31" s="8">
         <v>227820</v>
       </c>
       <c r="N31" s="8">
         <v>2087122</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="B32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B33" s="8">
         <v>24170582529</v>
       </c>
       <c r="C33" s="8">
         <v>28115623147</v>
       </c>
       <c r="D33" s="8">
         <v>28394539991</v>
       </c>
       <c r="E33" s="8">
         <v>28219756718</v>
       </c>
       <c r="F33" s="8">
         <v>29307206342</v>
       </c>
       <c r="G33" s="8">
         <v>29308509833</v>
       </c>
       <c r="H33" s="8">
         <v>25173968885</v>
       </c>
       <c r="I33" s="8">
         <v>24666095969</v>
       </c>
       <c r="J33" s="8">
         <v>24636888586</v>
       </c>
       <c r="K33" s="8">
         <v>24594116666</v>
       </c>
       <c r="L33" s="8">
         <v>25812134520</v>
       </c>
       <c r="M33" s="8">
         <v>22424311948</v>
       </c>
       <c r="N33" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B34" s="8">
         <v>23648771296</v>
       </c>
       <c r="C34" s="8">
         <v>27583605056</v>
       </c>
       <c r="D34" s="8">
         <v>27895651312</v>
       </c>
       <c r="E34" s="8">
         <v>27718205311</v>
       </c>
       <c r="F34" s="8">
         <v>28781292250</v>
       </c>
       <c r="G34" s="8">
         <v>28833444605</v>
       </c>
       <c r="H34" s="8">
         <v>24723937908</v>
       </c>
       <c r="I34" s="8">
         <v>24196930665</v>
       </c>
       <c r="J34" s="8">
         <v>24101173948</v>
       </c>
       <c r="K34" s="8">
         <v>24020507188</v>
       </c>
       <c r="L34" s="8">
         <v>25227079856</v>
       </c>
       <c r="M34" s="8">
         <v>21877512101</v>
       </c>
       <c r="N34" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B35" s="8">
         <v>521811233</v>
       </c>
       <c r="C35" s="8">
         <v>532018091</v>
       </c>
       <c r="D35" s="8">
         <v>498888679</v>
       </c>
       <c r="E35" s="8">
         <v>501551407</v>
       </c>
       <c r="F35" s="8">
         <v>525914092</v>
       </c>
       <c r="G35" s="8">
         <v>475065228</v>
       </c>
       <c r="H35" s="8">
         <v>450030977</v>
       </c>
       <c r="I35" s="8">
         <v>469165304</v>
       </c>
       <c r="J35" s="8">
         <v>535714638</v>
       </c>
       <c r="K35" s="8">
         <v>573609478</v>
       </c>
       <c r="L35" s="8">
         <v>585054664</v>
       </c>
       <c r="M35" s="8">
         <v>546799847</v>
       </c>
       <c r="N35" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B36" s="8">
         <v>6068627</v>
       </c>
       <c r="C36" s="8">
         <v>6757913</v>
       </c>
       <c r="D36" s="8">
         <v>6089751</v>
       </c>
       <c r="E36" s="8">
         <v>6191941</v>
       </c>
       <c r="F36" s="8">
         <v>6603156</v>
       </c>
       <c r="G36" s="8">
         <v>6430920</v>
       </c>
       <c r="H36" s="8">
         <v>6845770</v>
       </c>
       <c r="I36" s="8">
         <v>6026766</v>
       </c>
       <c r="J36" s="8">
         <v>6278930</v>
       </c>
       <c r="K36" s="8">
         <v>6907191</v>
       </c>
       <c r="L36" s="8">
         <v>6441814</v>
       </c>
       <c r="M36" s="8">
         <v>6493694</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B37" s="8">
         <v>731710</v>
       </c>
       <c r="C37" s="8">
         <v>919424</v>
       </c>
       <c r="D37" s="8">
         <v>823705</v>
       </c>
       <c r="E37" s="8">
         <v>742975</v>
       </c>
       <c r="F37" s="8">
         <v>758204</v>
       </c>
       <c r="G37" s="8">
         <v>913936</v>
       </c>
       <c r="H37" s="8">
         <v>728614</v>
       </c>
       <c r="I37" s="8">
         <v>847082</v>
       </c>
       <c r="J37" s="8">
         <v>712033</v>
       </c>
       <c r="K37" s="8">
         <v>815958</v>
       </c>
       <c r="L37" s="8">
         <v>771497</v>
       </c>
       <c r="M37" s="8">
         <v>613098</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B38" s="8">
         <v>1544038</v>
       </c>
       <c r="C38" s="8">
         <v>1505936</v>
       </c>
       <c r="D38" s="8">
         <v>1629260</v>
       </c>
       <c r="E38" s="8">
         <v>1631307</v>
       </c>
       <c r="F38" s="8">
         <v>1612984</v>
       </c>
       <c r="G38" s="8">
         <v>1643842</v>
       </c>
       <c r="H38" s="8">
         <v>1538937</v>
       </c>
       <c r="I38" s="8">
         <v>1523664</v>
       </c>
       <c r="J38" s="8">
         <v>1533622</v>
       </c>
       <c r="K38" s="8">
         <v>1725851</v>
       </c>
       <c r="L38" s="8">
         <v>1700311</v>
       </c>
       <c r="M38" s="8">
         <v>1623694</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B39" s="8">
         <v>268124</v>
       </c>
       <c r="C39" s="8">
         <v>323341</v>
       </c>
       <c r="D39" s="8">
         <v>330607</v>
       </c>
       <c r="E39" s="8">
         <v>335734</v>
       </c>
       <c r="F39" s="8">
         <v>333295</v>
       </c>
       <c r="G39" s="8">
         <v>269798</v>
       </c>
       <c r="H39" s="8">
         <v>233641</v>
       </c>
       <c r="I39" s="8">
         <v>202095</v>
       </c>
       <c r="J39" s="8">
         <v>212728</v>
       </c>
       <c r="K39" s="8">
         <v>260750</v>
       </c>
       <c r="L39" s="8">
         <v>231210</v>
       </c>
       <c r="M39" s="8">
         <v>190992</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B40" s="8">
         <v>3524755</v>
       </c>
       <c r="C40" s="8">
         <v>4009213</v>
       </c>
       <c r="D40" s="8">
         <v>3306180</v>
       </c>
       <c r="E40" s="8">
         <v>3481924</v>
       </c>
       <c r="F40" s="8">
         <v>3898673</v>
       </c>
       <c r="G40" s="8">
         <v>3603342</v>
       </c>
       <c r="H40" s="8">
         <v>4344579</v>
       </c>
       <c r="I40" s="8">
         <v>3453925</v>
       </c>
       <c r="J40" s="8">
         <v>3820547</v>
       </c>
       <c r="K40" s="8">
         <v>4104631</v>
       </c>
       <c r="L40" s="8">
         <v>3738797</v>
       </c>
       <c r="M40" s="8">
         <v>4065911</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="41" ht="12" customHeight="1"/>
     <row r="42" ht="14" customHeight="1">
-      <c r="A42" s="9" t="s">
-[...14 lines deleted...]
-      <c r="N42" s="9"/>
+      <c r="A42" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B42" s="10"/>
+      <c r="C42" s="10"/>
+      <c r="D42" s="10"/>
+      <c r="E42" s="10"/>
+      <c r="F42" s="10"/>
+      <c r="G42" s="10"/>
+      <c r="H42" s="10"/>
+      <c r="I42" s="10"/>
+      <c r="J42" s="10"/>
+      <c r="K42" s="10"/>
+      <c r="L42" s="10"/>
+      <c r="M42" s="10"/>
+      <c r="N42" s="10"/>
     </row>
     <row r="43" ht="14" customHeight="1">
-      <c r="A43" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N43" s="10"/>
+      <c r="A43" s="11" t="s">
+        <v>36</v>
+      </c>
+      <c r="B43" s="11"/>
+      <c r="C43" s="11"/>
+      <c r="D43" s="11"/>
+      <c r="E43" s="11"/>
+      <c r="F43" s="11"/>
+      <c r="G43" s="11"/>
+      <c r="H43" s="11"/>
+      <c r="I43" s="11"/>
+      <c r="J43" s="11"/>
+      <c r="K43" s="11"/>
+      <c r="L43" s="11"/>
+      <c r="M43" s="11"/>
+      <c r="N43" s="11"/>
     </row>
     <row r="44" ht="43" customHeight="1">
-      <c r="A44" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N44" s="10"/>
+      <c r="A44" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="B44" s="11"/>
+      <c r="C44" s="11"/>
+      <c r="D44" s="11"/>
+      <c r="E44" s="11"/>
+      <c r="F44" s="11"/>
+      <c r="G44" s="11"/>
+      <c r="H44" s="11"/>
+      <c r="I44" s="11"/>
+      <c r="J44" s="11"/>
+      <c r="K44" s="11"/>
+      <c r="L44" s="11"/>
+      <c r="M44" s="11"/>
+      <c r="N44" s="11"/>
     </row>
     <row r="45" ht="14" customHeight="1">
-      <c r="A45" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N45" s="10"/>
+      <c r="A45" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="B45" s="11"/>
+      <c r="C45" s="11"/>
+      <c r="D45" s="11"/>
+      <c r="E45" s="11"/>
+      <c r="F45" s="11"/>
+      <c r="G45" s="11"/>
+      <c r="H45" s="11"/>
+      <c r="I45" s="11"/>
+      <c r="J45" s="11"/>
+      <c r="K45" s="11"/>
+      <c r="L45" s="11"/>
+      <c r="M45" s="11"/>
+      <c r="N45" s="11"/>
     </row>
     <row r="46" ht="14" customHeight="1">
-      <c r="A46" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N46" s="10"/>
+      <c r="A46" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="B46" s="11"/>
+      <c r="C46" s="11"/>
+      <c r="D46" s="11"/>
+      <c r="E46" s="11"/>
+      <c r="F46" s="11"/>
+      <c r="G46" s="11"/>
+      <c r="H46" s="11"/>
+      <c r="I46" s="11"/>
+      <c r="J46" s="11"/>
+      <c r="K46" s="11"/>
+      <c r="L46" s="11"/>
+      <c r="M46" s="11"/>
+      <c r="N46" s="11"/>
     </row>
     <row r="47" ht="12" customHeight="1">
-      <c r="A47" s="11" t="s">
-[...14 lines deleted...]
-      <c r="N47" s="11"/>
+      <c r="A47" s="12" t="s">
+        <v>40</v>
+      </c>
+      <c r="B47" s="12"/>
+      <c r="C47" s="12"/>
+      <c r="D47" s="12"/>
+      <c r="E47" s="12"/>
+      <c r="F47" s="12"/>
+      <c r="G47" s="12"/>
+      <c r="H47" s="12"/>
+      <c r="I47" s="12"/>
+      <c r="J47" s="12"/>
+      <c r="K47" s="12"/>
+      <c r="L47" s="12"/>
+      <c r="M47" s="12"/>
+      <c r="N47" s="12"/>
     </row>
     <row r="48" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A42:N42"/>
     <mergeCell ref="A43:N43"/>
     <mergeCell ref="A44:N44"/>
     <mergeCell ref="A45:N45"/>
     <mergeCell ref="A46:N46"/>
     <mergeCell ref="A47:N47"/>
   </mergeCells>
   <printOptions headings="0" horizontalCentered="0" verticalCentered="0" gridLines="0"/>
   <pageMargins left="0.05" right="0.05" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup paperSize="1" fitToWidth="1" fitToHeight="1" scale="100" orientation="landscape" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter>
     <oddHeader/>
     <oddFooter/>
   </headerFooter>
 </worksheet>
@@ -3933,1627 +4373,1627 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s"/>
       <c r="B8" s="6" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="B9" s="8">
         <v>208</v>
       </c>
       <c r="C9" s="8">
         <v>207</v>
       </c>
       <c r="D9" s="8">
         <v>212</v>
       </c>
       <c r="E9" s="8">
         <v>211</v>
       </c>
       <c r="F9" s="8">
         <v>206</v>
       </c>
       <c r="G9" s="8">
         <v>209</v>
       </c>
       <c r="H9" s="8">
         <v>203</v>
       </c>
       <c r="I9" s="8">
         <v>205</v>
       </c>
       <c r="J9" s="8">
         <v>202</v>
       </c>
       <c r="K9" s="8">
         <v>204</v>
       </c>
       <c r="L9" s="8">
         <v>202</v>
       </c>
       <c r="M9" s="8">
         <v>201</v>
       </c>
       <c r="N9" s="8">
         <v>230</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="B10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B11" s="8">
         <v>22815423118</v>
       </c>
       <c r="C11" s="8">
         <v>22574029752</v>
       </c>
       <c r="D11" s="8">
         <v>27066222516</v>
       </c>
       <c r="E11" s="8">
         <v>25484107534</v>
       </c>
       <c r="F11" s="8">
         <v>23619926934</v>
       </c>
       <c r="G11" s="8">
         <v>26746629405</v>
       </c>
       <c r="H11" s="8">
         <v>23496948362</v>
       </c>
       <c r="I11" s="8">
         <v>27708521644</v>
       </c>
       <c r="J11" s="8">
         <v>24126794247</v>
       </c>
       <c r="K11" s="8">
         <v>26611057859</v>
       </c>
       <c r="L11" s="8">
         <v>22960349180</v>
       </c>
       <c r="M11" s="8">
         <v>18056406792</v>
       </c>
       <c r="N11" s="8">
         <v>291266417343</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B12" s="8">
         <v>22174700137</v>
       </c>
       <c r="C12" s="8">
         <v>22033071194</v>
       </c>
       <c r="D12" s="8">
         <v>26410765500</v>
       </c>
       <c r="E12" s="8">
         <v>24934579624</v>
       </c>
       <c r="F12" s="8">
         <v>23116650209</v>
       </c>
       <c r="G12" s="8">
         <v>26184861736</v>
       </c>
       <c r="H12" s="8">
         <v>22940552178</v>
       </c>
       <c r="I12" s="8">
         <v>27126230012</v>
       </c>
       <c r="J12" s="8">
         <v>23578472355</v>
       </c>
       <c r="K12" s="8">
         <v>26000142824</v>
       </c>
       <c r="L12" s="8">
         <v>22433310275</v>
       </c>
       <c r="M12" s="8">
         <v>17553051535</v>
       </c>
       <c r="N12" s="8">
         <v>284486387579</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B13" s="8">
         <v>640722981</v>
       </c>
       <c r="C13" s="8">
         <v>540958558</v>
       </c>
       <c r="D13" s="8">
         <v>655457016</v>
       </c>
       <c r="E13" s="8">
         <v>549527910</v>
       </c>
       <c r="F13" s="8">
         <v>503276725</v>
       </c>
       <c r="G13" s="8">
         <v>561767669</v>
       </c>
       <c r="H13" s="8">
         <v>556396184</v>
       </c>
       <c r="I13" s="8">
         <v>582291632</v>
       </c>
       <c r="J13" s="8">
         <v>548321892</v>
       </c>
       <c r="K13" s="8">
         <v>610915035</v>
       </c>
       <c r="L13" s="8">
         <v>527038905</v>
       </c>
       <c r="M13" s="8">
         <v>503355257</v>
       </c>
       <c r="N13" s="8">
         <v>6780029764</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>14650253</v>
       </c>
       <c r="C14" s="8">
         <v>13475767</v>
       </c>
       <c r="D14" s="8">
         <v>15768160</v>
       </c>
       <c r="E14" s="8">
         <v>15002841</v>
       </c>
       <c r="F14" s="8">
         <v>14666907</v>
       </c>
       <c r="G14" s="8">
         <v>15518953</v>
       </c>
       <c r="H14" s="8">
         <v>15209609</v>
       </c>
       <c r="I14" s="8">
         <v>14945015</v>
       </c>
       <c r="J14" s="8">
         <v>15032081</v>
       </c>
       <c r="K14" s="8">
         <v>15136566</v>
       </c>
       <c r="L14" s="8">
         <v>14080974</v>
       </c>
       <c r="M14" s="8">
         <v>15090706</v>
       </c>
       <c r="N14" s="8">
         <v>178577832</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B15" s="8">
         <v>1713970</v>
       </c>
       <c r="C15" s="8">
         <v>1516942</v>
       </c>
       <c r="D15" s="8">
         <v>1742007</v>
       </c>
       <c r="E15" s="8">
         <v>1741401</v>
       </c>
       <c r="F15" s="8">
         <v>1647296</v>
       </c>
       <c r="G15" s="8">
         <v>1930357</v>
       </c>
       <c r="H15" s="8">
         <v>1358965</v>
       </c>
       <c r="I15" s="8">
         <v>1647092</v>
       </c>
       <c r="J15" s="8">
         <v>1617163</v>
       </c>
       <c r="K15" s="8">
         <v>1542035</v>
       </c>
       <c r="L15" s="8">
         <v>1538012</v>
       </c>
       <c r="M15" s="8">
         <v>1287768</v>
       </c>
       <c r="N15" s="8">
         <v>19283008</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B16" s="8">
         <v>3288028</v>
       </c>
       <c r="C16" s="8">
         <v>3128189</v>
       </c>
       <c r="D16" s="8">
         <v>3358284</v>
       </c>
       <c r="E16" s="8">
         <v>3020987</v>
       </c>
       <c r="F16" s="8">
         <v>2977151</v>
       </c>
       <c r="G16" s="8">
         <v>3190508</v>
       </c>
       <c r="H16" s="8">
         <v>3001968</v>
       </c>
       <c r="I16" s="8">
         <v>3064976</v>
       </c>
       <c r="J16" s="8">
         <v>3158267</v>
       </c>
       <c r="K16" s="8">
         <v>3370669</v>
       </c>
       <c r="L16" s="8">
         <v>3002181</v>
       </c>
       <c r="M16" s="8">
         <v>3039126</v>
       </c>
       <c r="N16" s="8">
         <v>37600332</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B17" s="8">
         <v>303215</v>
       </c>
       <c r="C17" s="8">
         <v>229474</v>
       </c>
       <c r="D17" s="8">
         <v>305728</v>
       </c>
       <c r="E17" s="8">
         <v>266278</v>
       </c>
       <c r="F17" s="8">
         <v>266422</v>
       </c>
       <c r="G17" s="8">
         <v>309973</v>
       </c>
       <c r="H17" s="8">
         <v>317338</v>
       </c>
       <c r="I17" s="8">
         <v>347940</v>
       </c>
       <c r="J17" s="8">
         <v>312434</v>
       </c>
       <c r="K17" s="8">
         <v>368638</v>
       </c>
       <c r="L17" s="8">
         <v>244033</v>
       </c>
       <c r="M17" s="8">
         <v>232018</v>
       </c>
       <c r="N17" s="8">
         <v>3503490</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B18" s="8">
         <v>9345040</v>
       </c>
       <c r="C18" s="8">
         <v>8601163</v>
       </c>
       <c r="D18" s="8">
         <v>10362142</v>
       </c>
       <c r="E18" s="8">
         <v>9974175</v>
       </c>
       <c r="F18" s="8">
         <v>9776038</v>
       </c>
       <c r="G18" s="8">
         <v>10088116</v>
       </c>
       <c r="H18" s="8">
         <v>10531338</v>
       </c>
       <c r="I18" s="8">
         <v>9885007</v>
       </c>
       <c r="J18" s="8">
         <v>9944217</v>
       </c>
       <c r="K18" s="8">
         <v>9855225</v>
       </c>
       <c r="L18" s="8">
         <v>9296748</v>
       </c>
       <c r="M18" s="8">
         <v>10531794</v>
       </c>
       <c r="N18" s="8">
         <v>118191001</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B20" s="8">
         <v>21080662250</v>
       </c>
       <c r="C20" s="8">
         <v>18886541378</v>
       </c>
       <c r="D20" s="8">
         <v>22951958473</v>
       </c>
       <c r="E20" s="8">
         <v>24232290221</v>
       </c>
       <c r="F20" s="8">
         <v>22271808536</v>
       </c>
       <c r="G20" s="8">
         <v>23314164397</v>
       </c>
       <c r="H20" s="8">
         <v>22295415788</v>
       </c>
       <c r="I20" s="8">
         <v>23797627225</v>
       </c>
       <c r="J20" s="8">
         <v>22788617713</v>
       </c>
       <c r="K20" s="8">
         <v>23986272370</v>
       </c>
       <c r="L20" s="8">
         <v>19781766991</v>
       </c>
       <c r="M20" s="8">
         <v>20621541705</v>
       </c>
       <c r="N20" s="8">
         <v>266008667047</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B21" s="8">
         <v>20565380920</v>
       </c>
       <c r="C21" s="8">
         <v>18377062800</v>
       </c>
       <c r="D21" s="8">
         <v>22357175726</v>
       </c>
       <c r="E21" s="8">
         <v>23730378521</v>
       </c>
       <c r="F21" s="8">
         <v>21791000261</v>
       </c>
       <c r="G21" s="8">
         <v>22761840371</v>
       </c>
       <c r="H21" s="8">
         <v>21745601570</v>
       </c>
       <c r="I21" s="8">
         <v>23255389222</v>
       </c>
       <c r="J21" s="8">
         <v>22291637473</v>
       </c>
       <c r="K21" s="8">
         <v>23454378044</v>
       </c>
       <c r="L21" s="8">
         <v>19262913382</v>
       </c>
       <c r="M21" s="8">
         <v>20127797701</v>
       </c>
       <c r="N21" s="8">
         <v>259720555991</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="B22" s="8">
         <v>515121730</v>
       </c>
       <c r="C22" s="8">
         <v>509300231</v>
       </c>
       <c r="D22" s="8">
         <v>594586553</v>
       </c>
       <c r="E22" s="8">
         <v>501735285</v>
       </c>
       <c r="F22" s="8">
         <v>480649794</v>
       </c>
       <c r="G22" s="8">
         <v>552117147</v>
       </c>
       <c r="H22" s="8">
         <v>549660178</v>
       </c>
       <c r="I22" s="8">
         <v>542105233</v>
       </c>
       <c r="J22" s="8">
         <v>496844340</v>
       </c>
       <c r="K22" s="8">
         <v>531754074</v>
       </c>
       <c r="L22" s="8">
         <v>518746279</v>
       </c>
       <c r="M22" s="8">
         <v>493612431</v>
       </c>
       <c r="N22" s="8">
         <v>6286233275</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B23" s="8">
         <v>159600</v>
       </c>
       <c r="C23" s="8">
         <v>178347</v>
       </c>
       <c r="D23" s="8">
         <v>196194</v>
       </c>
       <c r="E23" s="8">
         <v>176415</v>
       </c>
       <c r="F23" s="8">
         <v>158481</v>
       </c>
       <c r="G23" s="8">
         <v>206879</v>
       </c>
       <c r="H23" s="8">
         <v>154040</v>
       </c>
       <c r="I23" s="8">
         <v>132770</v>
       </c>
       <c r="J23" s="8">
         <v>135900</v>
       </c>
       <c r="K23" s="8">
         <v>140252</v>
       </c>
       <c r="L23" s="8">
         <v>107330</v>
       </c>
       <c r="M23" s="8">
         <v>131573</v>
       </c>
       <c r="N23" s="8">
         <v>1877781</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B24" s="8">
         <v>13731100</v>
       </c>
       <c r="C24" s="8">
         <v>13779656</v>
       </c>
       <c r="D24" s="8">
         <v>14952904</v>
       </c>
       <c r="E24" s="8">
         <v>15473938</v>
       </c>
       <c r="F24" s="8">
         <v>14272363</v>
       </c>
       <c r="G24" s="8">
         <v>15294050</v>
       </c>
       <c r="H24" s="8">
         <v>14645135</v>
       </c>
       <c r="I24" s="8">
         <v>14966611</v>
       </c>
       <c r="J24" s="8">
         <v>14874773</v>
       </c>
       <c r="K24" s="8">
         <v>14910850</v>
       </c>
       <c r="L24" s="8">
         <v>13613581</v>
       </c>
       <c r="M24" s="8">
         <v>15491935</v>
       </c>
       <c r="N24" s="8">
         <v>176006897</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B25" s="8">
         <v>1594724</v>
       </c>
       <c r="C25" s="8">
         <v>1494786</v>
       </c>
       <c r="D25" s="8">
         <v>1731533</v>
       </c>
       <c r="E25" s="8">
         <v>1709185</v>
       </c>
       <c r="F25" s="8">
         <v>1740880</v>
       </c>
       <c r="G25" s="8">
         <v>1752482</v>
       </c>
       <c r="H25" s="8">
         <v>1438980</v>
       </c>
       <c r="I25" s="8">
         <v>1573127</v>
       </c>
       <c r="J25" s="8">
         <v>1707626</v>
       </c>
       <c r="K25" s="8">
         <v>1517708</v>
       </c>
       <c r="L25" s="8">
         <v>1555263</v>
       </c>
       <c r="M25" s="8">
         <v>1536137</v>
       </c>
       <c r="N25" s="8">
         <v>19352429</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B26" s="8">
         <v>3096390</v>
       </c>
       <c r="C26" s="8">
         <v>3092650</v>
       </c>
       <c r="D26" s="8">
         <v>3150225</v>
       </c>
       <c r="E26" s="8">
         <v>2992870</v>
       </c>
       <c r="F26" s="8">
         <v>2894183</v>
       </c>
       <c r="G26" s="8">
         <v>3140159</v>
       </c>
       <c r="H26" s="8">
         <v>2902310</v>
       </c>
       <c r="I26" s="8">
         <v>2998749</v>
       </c>
       <c r="J26" s="8">
         <v>3123130</v>
       </c>
       <c r="K26" s="8">
         <v>3198985</v>
       </c>
       <c r="L26" s="8">
         <v>2544589</v>
       </c>
       <c r="M26" s="8">
         <v>3058261</v>
       </c>
       <c r="N26" s="8">
         <v>36192501</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B27" s="8">
         <v>304638</v>
       </c>
       <c r="C27" s="8">
         <v>223951</v>
       </c>
       <c r="D27" s="8">
         <v>262193</v>
       </c>
       <c r="E27" s="8">
         <v>247545</v>
       </c>
       <c r="F27" s="8">
         <v>277796</v>
       </c>
       <c r="G27" s="8">
         <v>345572</v>
       </c>
       <c r="H27" s="8">
         <v>279048</v>
       </c>
       <c r="I27" s="8">
         <v>324208</v>
       </c>
       <c r="J27" s="8">
         <v>333512</v>
       </c>
       <c r="K27" s="8">
         <v>285238</v>
       </c>
       <c r="L27" s="8">
         <v>257559</v>
       </c>
       <c r="M27" s="8">
         <v>333398</v>
       </c>
       <c r="N27" s="8">
         <v>3474658</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B28" s="8">
         <v>8735348</v>
       </c>
       <c r="C28" s="8">
         <v>8968270</v>
       </c>
       <c r="D28" s="8">
         <v>9808953</v>
       </c>
       <c r="E28" s="8">
         <v>10524338</v>
       </c>
       <c r="F28" s="8">
         <v>9359505</v>
       </c>
       <c r="G28" s="8">
         <v>10055837</v>
       </c>
       <c r="H28" s="8">
         <v>10024798</v>
       </c>
       <c r="I28" s="8">
         <v>10070527</v>
       </c>
       <c r="J28" s="8">
         <v>9710505</v>
       </c>
       <c r="K28" s="8">
         <v>9908918</v>
       </c>
       <c r="L28" s="8">
         <v>9256171</v>
       </c>
       <c r="M28" s="8">
         <v>10564141</v>
       </c>
       <c r="N28" s="8">
         <v>116987309</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="B29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B30" s="8">
         <v>1812155990</v>
       </c>
       <c r="C30" s="8">
         <v>2175304356</v>
       </c>
       <c r="D30" s="8">
         <v>2125722370</v>
       </c>
       <c r="E30" s="8">
         <v>2068182640</v>
       </c>
       <c r="F30" s="8">
         <v>1429443580</v>
       </c>
       <c r="G30" s="8">
         <v>1696432320</v>
       </c>
       <c r="H30" s="8">
         <v>1792470760</v>
       </c>
       <c r="I30" s="8">
         <v>2105944695</v>
       </c>
       <c r="J30" s="8">
         <v>2181899215</v>
       </c>
       <c r="K30" s="8">
         <v>2445685500</v>
       </c>
       <c r="L30" s="8">
         <v>1483259240</v>
       </c>
       <c r="M30" s="8">
         <v>1505369260</v>
       </c>
       <c r="N30" s="8">
         <v>22821869926</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="B31" s="8">
         <v>165353</v>
       </c>
       <c r="C31" s="8">
         <v>106920</v>
       </c>
       <c r="D31" s="8">
         <v>189134</v>
       </c>
       <c r="E31" s="8">
         <v>202637</v>
       </c>
       <c r="F31" s="8">
         <v>214384</v>
       </c>
       <c r="G31" s="8">
         <v>189717</v>
       </c>
       <c r="H31" s="8">
         <v>163147</v>
       </c>
       <c r="I31" s="8">
         <v>228604</v>
       </c>
       <c r="J31" s="8">
         <v>233223</v>
       </c>
       <c r="K31" s="8">
         <v>141710</v>
       </c>
       <c r="L31" s="8">
         <v>197504</v>
       </c>
       <c r="M31" s="8">
         <v>248719</v>
       </c>
       <c r="N31" s="8">
         <v>2281053</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="B32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B33" s="8">
         <v>22852069824</v>
       </c>
       <c r="C33" s="8">
         <v>24271284102</v>
       </c>
       <c r="D33" s="8">
         <v>26080031251</v>
       </c>
       <c r="E33" s="8">
         <v>25054639308</v>
       </c>
       <c r="F33" s="8">
         <v>24884403953</v>
       </c>
       <c r="G33" s="8">
         <v>27965679723</v>
       </c>
       <c r="H33" s="8">
         <v>25701670514</v>
       </c>
       <c r="I33" s="8">
         <v>27227999418</v>
       </c>
       <c r="J33" s="8">
         <v>25899982819</v>
       </c>
       <c r="K33" s="8">
         <v>25871173745</v>
       </c>
       <c r="L33" s="8">
         <v>27480879220</v>
       </c>
       <c r="M33" s="8">
         <v>23221309753</v>
       </c>
       <c r="N33" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B34" s="8">
         <v>22200392209</v>
       </c>
       <c r="C34" s="8">
         <v>23619665669</v>
       </c>
       <c r="D34" s="8">
         <v>25446140018</v>
       </c>
       <c r="E34" s="8">
         <v>24423100927</v>
       </c>
       <c r="F34" s="8">
         <v>24260706644</v>
       </c>
       <c r="G34" s="8">
         <v>27353628840</v>
       </c>
       <c r="H34" s="8">
         <v>25171631739</v>
       </c>
       <c r="I34" s="8">
         <v>26685061955</v>
       </c>
       <c r="J34" s="8">
         <v>25381696772</v>
       </c>
       <c r="K34" s="8">
         <v>25323241549</v>
       </c>
       <c r="L34" s="8">
         <v>26923510887</v>
       </c>
       <c r="M34" s="8">
         <v>22723492146</v>
       </c>
       <c r="N34" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B35" s="8">
         <v>651677615</v>
       </c>
       <c r="C35" s="8">
         <v>651618433</v>
       </c>
       <c r="D35" s="8">
         <v>633891233</v>
       </c>
       <c r="E35" s="8">
         <v>631538381</v>
       </c>
       <c r="F35" s="8">
         <v>623697309</v>
       </c>
       <c r="G35" s="8">
         <v>612050883</v>
       </c>
       <c r="H35" s="8">
         <v>530038775</v>
       </c>
       <c r="I35" s="8">
         <v>542937463</v>
       </c>
       <c r="J35" s="8">
         <v>518286047</v>
       </c>
       <c r="K35" s="8">
         <v>547932196</v>
       </c>
       <c r="L35" s="8">
         <v>557368333</v>
       </c>
       <c r="M35" s="8">
         <v>497817607</v>
       </c>
       <c r="N35" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B36" s="8">
         <v>7009980</v>
       </c>
       <c r="C36" s="8">
         <v>6600219</v>
       </c>
       <c r="D36" s="8">
         <v>6576605</v>
       </c>
       <c r="E36" s="8">
         <v>5894473</v>
       </c>
       <c r="F36" s="8">
         <v>6068715</v>
       </c>
       <c r="G36" s="8">
         <v>6033300</v>
       </c>
       <c r="H36" s="8">
         <v>6419382</v>
       </c>
       <c r="I36" s="8">
         <v>6053713</v>
       </c>
       <c r="J36" s="8">
         <v>5937578</v>
       </c>
       <c r="K36" s="8">
         <v>6021207</v>
       </c>
       <c r="L36" s="8">
         <v>6575408</v>
       </c>
       <c r="M36" s="8">
         <v>5947446</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B37" s="8">
         <v>836248</v>
       </c>
       <c r="C37" s="8">
         <v>859629</v>
       </c>
       <c r="D37" s="8">
         <v>872010</v>
       </c>
       <c r="E37" s="8">
         <v>901267</v>
       </c>
       <c r="F37" s="8">
         <v>805744</v>
       </c>
       <c r="G37" s="8">
         <v>981711</v>
       </c>
       <c r="H37" s="8">
         <v>892701</v>
       </c>
       <c r="I37" s="8">
         <v>964089</v>
       </c>
       <c r="J37" s="8">
         <v>874720</v>
       </c>
       <c r="K37" s="8">
         <v>897341</v>
       </c>
       <c r="L37" s="8">
         <v>877123</v>
       </c>
       <c r="M37" s="8">
         <v>628156</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B38" s="8">
         <v>2253946</v>
       </c>
       <c r="C38" s="8">
         <v>2245798</v>
       </c>
       <c r="D38" s="8">
         <v>1739778</v>
       </c>
       <c r="E38" s="8">
         <v>1667507</v>
       </c>
       <c r="F38" s="8">
         <v>1634481</v>
       </c>
       <c r="G38" s="8">
         <v>1523697</v>
       </c>
       <c r="H38" s="8">
         <v>1565684</v>
       </c>
       <c r="I38" s="8">
         <v>1436590</v>
       </c>
       <c r="J38" s="8">
         <v>1343071</v>
       </c>
       <c r="K38" s="8">
         <v>1430674</v>
       </c>
       <c r="L38" s="8">
         <v>1943473</v>
       </c>
       <c r="M38" s="8">
         <v>1761389</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B39" s="8">
         <v>120450</v>
       </c>
       <c r="C39" s="8">
         <v>124054</v>
       </c>
       <c r="D39" s="8">
         <v>153196</v>
       </c>
       <c r="E39" s="8">
         <v>169818</v>
       </c>
       <c r="F39" s="8">
         <v>156455</v>
       </c>
       <c r="G39" s="8">
         <v>145945</v>
       </c>
       <c r="H39" s="8">
         <v>181486</v>
       </c>
       <c r="I39" s="8">
         <v>207883</v>
       </c>
       <c r="J39" s="8">
         <v>170681</v>
       </c>
       <c r="K39" s="8">
         <v>250298</v>
       </c>
       <c r="L39" s="8">
         <v>353416</v>
       </c>
       <c r="M39" s="8">
         <v>255319</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B40" s="8">
         <v>3799336</v>
       </c>
       <c r="C40" s="8">
         <v>3370738</v>
       </c>
       <c r="D40" s="8">
         <v>3811620</v>
       </c>
       <c r="E40" s="8">
         <v>3155881</v>
       </c>
       <c r="F40" s="8">
         <v>3472035</v>
       </c>
       <c r="G40" s="8">
         <v>3381947</v>
       </c>
       <c r="H40" s="8">
         <v>3779511</v>
       </c>
       <c r="I40" s="8">
         <v>3445151</v>
       </c>
       <c r="J40" s="8">
         <v>3549106</v>
       </c>
       <c r="K40" s="8">
         <v>3442894</v>
       </c>
       <c r="L40" s="8">
         <v>3401396</v>
       </c>
       <c r="M40" s="8">
         <v>3302583</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="41" ht="12" customHeight="1"/>
     <row r="42" ht="14" customHeight="1">
-      <c r="A42" s="9" t="s">
-[...14 lines deleted...]
-      <c r="N42" s="9"/>
+      <c r="A42" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B42" s="10"/>
+      <c r="C42" s="10"/>
+      <c r="D42" s="10"/>
+      <c r="E42" s="10"/>
+      <c r="F42" s="10"/>
+      <c r="G42" s="10"/>
+      <c r="H42" s="10"/>
+      <c r="I42" s="10"/>
+      <c r="J42" s="10"/>
+      <c r="K42" s="10"/>
+      <c r="L42" s="10"/>
+      <c r="M42" s="10"/>
+      <c r="N42" s="10"/>
     </row>
     <row r="43" ht="14" customHeight="1">
-      <c r="A43" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N43" s="10"/>
+      <c r="A43" s="11" t="s">
+        <v>36</v>
+      </c>
+      <c r="B43" s="11"/>
+      <c r="C43" s="11"/>
+      <c r="D43" s="11"/>
+      <c r="E43" s="11"/>
+      <c r="F43" s="11"/>
+      <c r="G43" s="11"/>
+      <c r="H43" s="11"/>
+      <c r="I43" s="11"/>
+      <c r="J43" s="11"/>
+      <c r="K43" s="11"/>
+      <c r="L43" s="11"/>
+      <c r="M43" s="11"/>
+      <c r="N43" s="11"/>
     </row>
     <row r="44" ht="43" customHeight="1">
-      <c r="A44" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N44" s="10"/>
+      <c r="A44" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="B44" s="11"/>
+      <c r="C44" s="11"/>
+      <c r="D44" s="11"/>
+      <c r="E44" s="11"/>
+      <c r="F44" s="11"/>
+      <c r="G44" s="11"/>
+      <c r="H44" s="11"/>
+      <c r="I44" s="11"/>
+      <c r="J44" s="11"/>
+      <c r="K44" s="11"/>
+      <c r="L44" s="11"/>
+      <c r="M44" s="11"/>
+      <c r="N44" s="11"/>
     </row>
     <row r="45" ht="14" customHeight="1">
-      <c r="A45" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N45" s="10"/>
+      <c r="A45" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="B45" s="11"/>
+      <c r="C45" s="11"/>
+      <c r="D45" s="11"/>
+      <c r="E45" s="11"/>
+      <c r="F45" s="11"/>
+      <c r="G45" s="11"/>
+      <c r="H45" s="11"/>
+      <c r="I45" s="11"/>
+      <c r="J45" s="11"/>
+      <c r="K45" s="11"/>
+      <c r="L45" s="11"/>
+      <c r="M45" s="11"/>
+      <c r="N45" s="11"/>
     </row>
     <row r="46" ht="14" customHeight="1">
-      <c r="A46" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N46" s="10"/>
+      <c r="A46" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="B46" s="11"/>
+      <c r="C46" s="11"/>
+      <c r="D46" s="11"/>
+      <c r="E46" s="11"/>
+      <c r="F46" s="11"/>
+      <c r="G46" s="11"/>
+      <c r="H46" s="11"/>
+      <c r="I46" s="11"/>
+      <c r="J46" s="11"/>
+      <c r="K46" s="11"/>
+      <c r="L46" s="11"/>
+      <c r="M46" s="11"/>
+      <c r="N46" s="11"/>
     </row>
     <row r="47" ht="12" customHeight="1">
-      <c r="A47" s="11" t="s">
-[...14 lines deleted...]
-      <c r="N47" s="11"/>
+      <c r="A47" s="12" t="s">
+        <v>40</v>
+      </c>
+      <c r="B47" s="12"/>
+      <c r="C47" s="12"/>
+      <c r="D47" s="12"/>
+      <c r="E47" s="12"/>
+      <c r="F47" s="12"/>
+      <c r="G47" s="12"/>
+      <c r="H47" s="12"/>
+      <c r="I47" s="12"/>
+      <c r="J47" s="12"/>
+      <c r="K47" s="12"/>
+      <c r="L47" s="12"/>
+      <c r="M47" s="12"/>
+      <c r="N47" s="12"/>
     </row>
     <row r="48" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A42:N42"/>
     <mergeCell ref="A43:N43"/>
     <mergeCell ref="A44:N44"/>
     <mergeCell ref="A45:N45"/>
     <mergeCell ref="A46:N46"/>
     <mergeCell ref="A47:N47"/>
   </mergeCells>
   <printOptions headings="0" horizontalCentered="0" verticalCentered="0" gridLines="0"/>
   <pageMargins left="0.05" right="0.05" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup paperSize="1" fitToWidth="1" fitToHeight="1" scale="100" orientation="landscape" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter>
     <oddHeader/>
     <oddFooter/>
   </headerFooter>
 </worksheet>
@@ -5577,1627 +6017,1627 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s"/>
       <c r="B8" s="6" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="B9" s="8">
         <v>209</v>
       </c>
       <c r="C9" s="8">
         <v>204</v>
       </c>
       <c r="D9" s="8">
         <v>208</v>
       </c>
       <c r="E9" s="8">
         <v>209</v>
       </c>
       <c r="F9" s="8">
         <v>208</v>
       </c>
       <c r="G9" s="8">
         <v>208</v>
       </c>
       <c r="H9" s="8">
         <v>207</v>
       </c>
       <c r="I9" s="8">
         <v>213</v>
       </c>
       <c r="J9" s="8">
         <v>213</v>
       </c>
       <c r="K9" s="8">
         <v>214</v>
       </c>
       <c r="L9" s="8">
         <v>209</v>
       </c>
       <c r="M9" s="8">
         <v>210</v>
       </c>
       <c r="N9" s="8">
         <v>235</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="B10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B11" s="8">
         <v>24798943936</v>
       </c>
       <c r="C11" s="8">
         <v>21284573158</v>
       </c>
       <c r="D11" s="8">
         <v>26050047227</v>
       </c>
       <c r="E11" s="8">
         <v>25524528933</v>
       </c>
       <c r="F11" s="8">
         <v>24472011859</v>
       </c>
       <c r="G11" s="8">
         <v>24786088721</v>
       </c>
       <c r="H11" s="8">
         <v>22144817361</v>
       </c>
       <c r="I11" s="8">
         <v>24254337456</v>
       </c>
       <c r="J11" s="8">
         <v>25848086203</v>
       </c>
       <c r="K11" s="8">
         <v>27977881139</v>
       </c>
       <c r="L11" s="8">
         <v>21726559688</v>
       </c>
       <c r="M11" s="8">
         <v>17015735546</v>
       </c>
       <c r="N11" s="8">
         <v>285883611227</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B12" s="8">
         <v>24199547564</v>
       </c>
       <c r="C12" s="8">
         <v>20595978017</v>
       </c>
       <c r="D12" s="8">
         <v>25213274169</v>
       </c>
       <c r="E12" s="8">
         <v>24748520996</v>
       </c>
       <c r="F12" s="8">
         <v>23799185962</v>
       </c>
       <c r="G12" s="8">
         <v>24112583730</v>
       </c>
       <c r="H12" s="8">
         <v>21483087312</v>
       </c>
       <c r="I12" s="8">
         <v>23535893715</v>
       </c>
       <c r="J12" s="8">
         <v>25198573633</v>
       </c>
       <c r="K12" s="8">
         <v>27171333127</v>
       </c>
       <c r="L12" s="8">
         <v>21132280042</v>
       </c>
       <c r="M12" s="8">
         <v>16427139981</v>
       </c>
       <c r="N12" s="8">
         <v>277617398248</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B13" s="8">
         <v>599396372</v>
       </c>
       <c r="C13" s="8">
         <v>688595141</v>
       </c>
       <c r="D13" s="8">
         <v>836773058</v>
       </c>
       <c r="E13" s="8">
         <v>776007937</v>
       </c>
       <c r="F13" s="8">
         <v>672825897</v>
       </c>
       <c r="G13" s="8">
         <v>673504991</v>
       </c>
       <c r="H13" s="8">
         <v>661730049</v>
       </c>
       <c r="I13" s="8">
         <v>718443741</v>
       </c>
       <c r="J13" s="8">
         <v>649512570</v>
       </c>
       <c r="K13" s="8">
         <v>806548012</v>
       </c>
       <c r="L13" s="8">
         <v>594279646</v>
       </c>
       <c r="M13" s="8">
         <v>588595565</v>
       </c>
       <c r="N13" s="8">
         <v>8266212979</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>15746171</v>
       </c>
       <c r="C14" s="8">
         <v>14322282</v>
       </c>
       <c r="D14" s="8">
         <v>14805541</v>
       </c>
       <c r="E14" s="8">
         <v>15337341</v>
       </c>
       <c r="F14" s="8">
         <v>15092597</v>
       </c>
       <c r="G14" s="8">
         <v>15134507</v>
       </c>
       <c r="H14" s="8">
         <v>14971835</v>
       </c>
       <c r="I14" s="8">
         <v>14785009</v>
       </c>
       <c r="J14" s="8">
         <v>14881058</v>
       </c>
       <c r="K14" s="8">
         <v>16173271</v>
       </c>
       <c r="L14" s="8">
         <v>13117410</v>
       </c>
       <c r="M14" s="8">
         <v>13990005</v>
       </c>
       <c r="N14" s="8">
         <v>178357028</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B15" s="8">
         <v>1968598</v>
       </c>
       <c r="C15" s="8">
         <v>1792830</v>
       </c>
       <c r="D15" s="8">
         <v>1892399</v>
       </c>
       <c r="E15" s="8">
         <v>1836232</v>
       </c>
       <c r="F15" s="8">
         <v>1916881</v>
       </c>
       <c r="G15" s="8">
         <v>1855944</v>
       </c>
       <c r="H15" s="8">
         <v>1485079</v>
       </c>
       <c r="I15" s="8">
         <v>1738598</v>
       </c>
       <c r="J15" s="8">
         <v>1788952</v>
       </c>
       <c r="K15" s="8">
         <v>1986262</v>
       </c>
       <c r="L15" s="8">
         <v>1569927</v>
       </c>
       <c r="M15" s="8">
         <v>1455163</v>
       </c>
       <c r="N15" s="8">
         <v>21286866</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B16" s="8">
         <v>3370197</v>
       </c>
       <c r="C16" s="8">
         <v>3396538</v>
       </c>
       <c r="D16" s="8">
         <v>3498238</v>
       </c>
       <c r="E16" s="8">
         <v>3513797</v>
       </c>
       <c r="F16" s="8">
         <v>3022619</v>
       </c>
       <c r="G16" s="8">
         <v>3019954</v>
       </c>
       <c r="H16" s="8">
         <v>3183644</v>
       </c>
       <c r="I16" s="8">
         <v>3267750</v>
       </c>
       <c r="J16" s="8">
         <v>3286114</v>
       </c>
       <c r="K16" s="8">
         <v>3423566</v>
       </c>
       <c r="L16" s="8">
         <v>2523838</v>
       </c>
       <c r="M16" s="8">
         <v>3175405</v>
       </c>
       <c r="N16" s="8">
         <v>38681660</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B17" s="8">
         <v>318153</v>
       </c>
       <c r="C17" s="8">
         <v>275714</v>
       </c>
       <c r="D17" s="8">
         <v>341409</v>
       </c>
       <c r="E17" s="8">
         <v>295547</v>
       </c>
       <c r="F17" s="8">
         <v>373745</v>
       </c>
       <c r="G17" s="8">
         <v>293145</v>
       </c>
       <c r="H17" s="8">
         <v>227197</v>
       </c>
       <c r="I17" s="8">
         <v>240143</v>
       </c>
       <c r="J17" s="8">
         <v>231390</v>
       </c>
       <c r="K17" s="8">
         <v>218417</v>
       </c>
       <c r="L17" s="8">
         <v>204190</v>
       </c>
       <c r="M17" s="8">
         <v>170947</v>
       </c>
       <c r="N17" s="8">
         <v>3189996</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B18" s="8">
         <v>10089223</v>
       </c>
       <c r="C18" s="8">
         <v>8857200</v>
       </c>
       <c r="D18" s="8">
         <v>9073494</v>
       </c>
       <c r="E18" s="8">
         <v>9691765</v>
       </c>
       <c r="F18" s="8">
         <v>9779351</v>
       </c>
       <c r="G18" s="8">
         <v>9965464</v>
       </c>
       <c r="H18" s="8">
         <v>10075916</v>
       </c>
       <c r="I18" s="8">
         <v>9538518</v>
       </c>
       <c r="J18" s="8">
         <v>9574603</v>
       </c>
       <c r="K18" s="8">
         <v>10545026</v>
       </c>
       <c r="L18" s="8">
         <v>8819456</v>
       </c>
       <c r="M18" s="8">
         <v>9188490</v>
       </c>
       <c r="N18" s="8">
         <v>115198505</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B20" s="8">
         <v>21538066179</v>
       </c>
       <c r="C20" s="8">
         <v>19099259505</v>
       </c>
       <c r="D20" s="8">
         <v>20731502141</v>
       </c>
       <c r="E20" s="8">
         <v>24860242401</v>
       </c>
       <c r="F20" s="8">
         <v>21123049266</v>
       </c>
       <c r="G20" s="8">
         <v>22665011258</v>
       </c>
       <c r="H20" s="8">
         <v>24315958952</v>
       </c>
       <c r="I20" s="8">
         <v>22680865398</v>
       </c>
       <c r="J20" s="8">
         <v>21082118433</v>
       </c>
       <c r="K20" s="8">
         <v>26466013634</v>
       </c>
       <c r="L20" s="8">
         <v>18804604906</v>
       </c>
       <c r="M20" s="8">
         <v>18498837038</v>
       </c>
       <c r="N20" s="8">
         <v>261865529111</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B21" s="8">
         <v>20911328020</v>
       </c>
       <c r="C21" s="8">
         <v>18508458000</v>
       </c>
       <c r="D21" s="8">
         <v>20069651800</v>
       </c>
       <c r="E21" s="8">
         <v>24220153741</v>
       </c>
       <c r="F21" s="8">
         <v>20509197861</v>
       </c>
       <c r="G21" s="8">
         <v>22060173132</v>
       </c>
       <c r="H21" s="8">
         <v>23763943077</v>
       </c>
       <c r="I21" s="8">
         <v>22040656823</v>
       </c>
       <c r="J21" s="8">
         <v>20558231396</v>
       </c>
       <c r="K21" s="8">
         <v>25762393340</v>
       </c>
       <c r="L21" s="8">
         <v>18247638340</v>
       </c>
       <c r="M21" s="8">
         <v>17890218973</v>
       </c>
       <c r="N21" s="8">
         <v>254542044503</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="B22" s="8">
         <v>626473757</v>
       </c>
-      <c r="C22" s="12" t="s">
-        <v>51</v>
+      <c r="C22" s="9" t="s">
+        <v>24</v>
       </c>
       <c r="D22" s="8">
         <v>661619018</v>
       </c>
       <c r="E22" s="8">
         <v>639796828</v>
       </c>
       <c r="F22" s="8">
         <v>613592026</v>
       </c>
       <c r="G22" s="8">
         <v>604610620</v>
       </c>
       <c r="H22" s="8">
         <v>551719486</v>
       </c>
       <c r="I22" s="8">
         <v>639985307</v>
       </c>
       <c r="J22" s="8">
         <v>523649409</v>
       </c>
       <c r="K22" s="8">
         <v>703363420</v>
       </c>
       <c r="L22" s="8">
         <v>556743413</v>
       </c>
-      <c r="M22" s="12" t="s">
-        <v>51</v>
+      <c r="M22" s="9" t="s">
+        <v>24</v>
       </c>
       <c r="N22" s="8">
         <v>7318537413</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B23" s="8">
         <v>264402</v>
       </c>
-      <c r="C23" s="12" t="s">
-        <v>51</v>
+      <c r="C23" s="9" t="s">
+        <v>24</v>
       </c>
       <c r="D23" s="8">
         <v>231323</v>
       </c>
       <c r="E23" s="8">
         <v>291832</v>
       </c>
       <c r="F23" s="8">
         <v>259379</v>
       </c>
       <c r="G23" s="8">
         <v>227506</v>
       </c>
       <c r="H23" s="8">
         <v>296389</v>
       </c>
       <c r="I23" s="8">
         <v>223268</v>
       </c>
       <c r="J23" s="8">
         <v>237628</v>
       </c>
       <c r="K23" s="8">
         <v>256874</v>
       </c>
       <c r="L23" s="8">
         <v>223153</v>
       </c>
-      <c r="M23" s="12" t="s">
-        <v>51</v>
+      <c r="M23" s="9" t="s">
+        <v>24</v>
       </c>
       <c r="N23" s="8">
         <v>4947195</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B24" s="8">
         <v>14815773</v>
       </c>
       <c r="C24" s="8">
         <v>13652524</v>
       </c>
       <c r="D24" s="8">
         <v>14607827</v>
       </c>
       <c r="E24" s="8">
         <v>15279298</v>
       </c>
       <c r="F24" s="8">
         <v>14993849</v>
       </c>
       <c r="G24" s="8">
         <v>14868587</v>
       </c>
       <c r="H24" s="8">
         <v>14542669</v>
       </c>
       <c r="I24" s="8">
         <v>15067166</v>
       </c>
       <c r="J24" s="8">
         <v>14744175</v>
       </c>
       <c r="K24" s="8">
         <v>15830721</v>
       </c>
       <c r="L24" s="8">
         <v>13078533</v>
       </c>
       <c r="M24" s="8">
         <v>14360810</v>
       </c>
       <c r="N24" s="8">
         <v>175841932</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B25" s="8">
         <v>1897836</v>
       </c>
       <c r="C25" s="8">
         <v>1632826</v>
       </c>
       <c r="D25" s="8">
         <v>1892426</v>
       </c>
       <c r="E25" s="8">
         <v>1812831</v>
       </c>
       <c r="F25" s="8">
         <v>1921714</v>
       </c>
       <c r="G25" s="8">
         <v>1883335</v>
       </c>
       <c r="H25" s="8">
         <v>1557404</v>
       </c>
       <c r="I25" s="8">
         <v>1830276</v>
       </c>
       <c r="J25" s="8">
         <v>1888809</v>
       </c>
       <c r="K25" s="8">
         <v>1758750</v>
       </c>
       <c r="L25" s="8">
         <v>1522366</v>
       </c>
       <c r="M25" s="8">
         <v>1736622</v>
       </c>
       <c r="N25" s="8">
         <v>21335195</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B26" s="8">
         <v>3343632</v>
       </c>
       <c r="C26" s="8">
         <v>3205287</v>
       </c>
       <c r="D26" s="8">
         <v>3189151</v>
       </c>
       <c r="E26" s="8">
         <v>3387639</v>
       </c>
       <c r="F26" s="8">
         <v>2877764</v>
       </c>
       <c r="G26" s="8">
         <v>2907456</v>
       </c>
       <c r="H26" s="8">
         <v>3194113</v>
       </c>
       <c r="I26" s="8">
         <v>3406702</v>
       </c>
       <c r="J26" s="8">
         <v>3213336</v>
       </c>
       <c r="K26" s="8">
         <v>3408920</v>
       </c>
       <c r="L26" s="8">
         <v>2535557</v>
       </c>
       <c r="M26" s="8">
         <v>3129798</v>
       </c>
       <c r="N26" s="8">
         <v>37799354</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B27" s="8">
         <v>289193</v>
       </c>
       <c r="C27" s="8">
         <v>243856</v>
       </c>
       <c r="D27" s="8">
         <v>294772</v>
       </c>
       <c r="E27" s="8">
         <v>247789</v>
       </c>
       <c r="F27" s="8">
         <v>337900</v>
       </c>
       <c r="G27" s="8">
         <v>283080</v>
       </c>
       <c r="H27" s="8">
         <v>246106</v>
       </c>
       <c r="I27" s="8">
         <v>225282</v>
       </c>
       <c r="J27" s="8">
         <v>264439</v>
       </c>
       <c r="K27" s="8">
         <v>199660</v>
       </c>
       <c r="L27" s="8">
         <v>165757</v>
       </c>
       <c r="M27" s="8">
         <v>244699</v>
       </c>
       <c r="N27" s="8">
         <v>3042533</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B28" s="8">
         <v>9285112</v>
       </c>
       <c r="C28" s="8">
         <v>8570554</v>
       </c>
       <c r="D28" s="8">
         <v>9231478</v>
       </c>
       <c r="E28" s="8">
         <v>9831040</v>
       </c>
       <c r="F28" s="8">
         <v>9856471</v>
       </c>
       <c r="G28" s="8">
         <v>9794716</v>
       </c>
       <c r="H28" s="8">
         <v>9545046</v>
       </c>
       <c r="I28" s="8">
         <v>9604906</v>
       </c>
       <c r="J28" s="8">
         <v>9377591</v>
       </c>
       <c r="K28" s="8">
         <v>10463390</v>
       </c>
       <c r="L28" s="8">
         <v>8854853</v>
       </c>
       <c r="M28" s="8">
         <v>9249692</v>
       </c>
       <c r="N28" s="8">
         <v>113664849</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="B29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>32</v>
+      </c>
+      <c r="B30" s="9" t="s">
+        <v>24</v>
       </c>
       <c r="C30" s="8">
         <v>1486823960</v>
       </c>
       <c r="D30" s="8">
         <v>1561732410</v>
       </c>
       <c r="E30" s="8">
         <v>1617900673</v>
       </c>
       <c r="F30" s="8">
         <v>2400350390</v>
       </c>
       <c r="G30" s="8">
         <v>1994989590</v>
       </c>
       <c r="H30" s="8">
         <v>1931561250</v>
       </c>
       <c r="I30" s="8">
         <v>1607109820</v>
       </c>
       <c r="J30" s="8">
         <v>1828565305</v>
       </c>
       <c r="K30" s="8">
         <v>2361693975</v>
       </c>
       <c r="L30" s="8">
         <v>1263206972</v>
       </c>
-      <c r="M30" s="12" t="s">
-        <v>51</v>
+      <c r="M30" s="9" t="s">
+        <v>24</v>
       </c>
       <c r="N30" s="8">
         <v>22736819365</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="B31" s="8">
         <v>85272</v>
       </c>
       <c r="C31" s="8">
         <v>122633</v>
       </c>
       <c r="D31" s="8">
         <v>122388</v>
       </c>
       <c r="E31" s="8">
         <v>211694</v>
       </c>
       <c r="F31" s="8">
         <v>90261</v>
       </c>
       <c r="G31" s="8">
         <v>244988</v>
       </c>
       <c r="H31" s="8">
         <v>183427</v>
       </c>
       <c r="I31" s="8">
         <v>166031</v>
       </c>
       <c r="J31" s="8">
         <v>169782</v>
       </c>
       <c r="K31" s="8">
         <v>139595</v>
       </c>
-      <c r="L31" s="12" t="s">
-[...3 lines deleted...]
-        <v>51</v>
+      <c r="L31" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="M31" s="9" t="s">
+        <v>24</v>
       </c>
       <c r="N31" s="8">
         <v>1823376</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="B32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B33" s="8">
         <v>24693107143</v>
       </c>
       <c r="C33" s="8">
         <v>25246272993</v>
       </c>
       <c r="D33" s="8">
         <v>28880533215</v>
       </c>
       <c r="E33" s="8">
         <v>27706139046</v>
       </c>
       <c r="F33" s="8">
         <v>28307938251</v>
       </c>
       <c r="G33" s="8">
         <v>28363976698</v>
       </c>
       <c r="H33" s="8">
         <v>24069847411</v>
       </c>
       <c r="I33" s="8">
         <v>23865329178</v>
       </c>
       <c r="J33" s="8">
         <v>26700136237</v>
       </c>
       <c r="K33" s="8">
         <v>25651036494</v>
       </c>
       <c r="L33" s="8">
         <v>27231910626</v>
       </c>
       <c r="M33" s="8">
         <v>23050446139</v>
       </c>
       <c r="N33" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B34" s="8">
         <v>24125115289</v>
       </c>
       <c r="C34" s="8">
         <v>24669347599</v>
       </c>
       <c r="D34" s="8">
         <v>28220211639</v>
       </c>
       <c r="E34" s="8">
         <v>27025403339</v>
       </c>
       <c r="F34" s="8">
         <v>27678118752</v>
       </c>
       <c r="G34" s="8">
         <v>27720452599</v>
       </c>
       <c r="H34" s="8">
         <v>23391536702</v>
       </c>
       <c r="I34" s="8">
         <v>23230721442</v>
       </c>
       <c r="J34" s="8">
         <v>26052329902</v>
       </c>
       <c r="K34" s="8">
         <v>25018577292</v>
       </c>
       <c r="L34" s="8">
         <v>26616524446</v>
       </c>
       <c r="M34" s="8">
         <v>22472860648</v>
       </c>
       <c r="N34" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B35" s="8">
         <v>567991854</v>
       </c>
       <c r="C35" s="8">
         <v>576925394</v>
       </c>
       <c r="D35" s="8">
         <v>660321576</v>
       </c>
       <c r="E35" s="8">
         <v>680735707</v>
       </c>
       <c r="F35" s="8">
         <v>629819499</v>
       </c>
       <c r="G35" s="8">
         <v>643524099</v>
       </c>
       <c r="H35" s="8">
         <v>678310709</v>
       </c>
       <c r="I35" s="8">
         <v>634607736</v>
       </c>
       <c r="J35" s="8">
         <v>647806335</v>
       </c>
       <c r="K35" s="8">
         <v>632459202</v>
       </c>
       <c r="L35" s="8">
         <v>615386180</v>
       </c>
       <c r="M35" s="8">
         <v>577585491</v>
       </c>
       <c r="N35" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B36" s="8">
         <v>6801627</v>
       </c>
       <c r="C36" s="8">
         <v>7345218</v>
       </c>
       <c r="D36" s="8">
         <v>7399386</v>
       </c>
       <c r="E36" s="8">
         <v>7139682</v>
       </c>
       <c r="F36" s="8">
         <v>7151921</v>
       </c>
       <c r="G36" s="8">
         <v>6926770</v>
       </c>
       <c r="H36" s="8">
         <v>7182469</v>
       </c>
       <c r="I36" s="8">
         <v>6742307</v>
       </c>
       <c r="J36" s="8">
         <v>6749512</v>
       </c>
       <c r="K36" s="8">
         <v>6870990</v>
       </c>
       <c r="L36" s="8">
         <v>6797635</v>
       </c>
       <c r="M36" s="8">
         <v>6262449</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B37" s="8">
         <v>810360</v>
       </c>
       <c r="C37" s="8">
         <v>966239</v>
       </c>
       <c r="D37" s="8">
         <v>967334</v>
       </c>
       <c r="E37" s="8">
         <v>996127</v>
       </c>
       <c r="F37" s="8">
         <v>990934</v>
       </c>
       <c r="G37" s="8">
         <v>962545</v>
       </c>
       <c r="H37" s="8">
         <v>891728</v>
       </c>
       <c r="I37" s="8">
         <v>804267</v>
       </c>
       <c r="J37" s="8">
         <v>708754</v>
       </c>
       <c r="K37" s="8">
         <v>935784</v>
       </c>
       <c r="L37" s="8">
         <v>1001208</v>
       </c>
       <c r="M37" s="8">
         <v>717650</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B38" s="8">
         <v>1913419</v>
       </c>
       <c r="C38" s="8">
         <v>2060021</v>
       </c>
       <c r="D38" s="8">
         <v>2334445</v>
       </c>
       <c r="E38" s="8">
         <v>2365201</v>
       </c>
       <c r="F38" s="8">
         <v>2484957</v>
       </c>
       <c r="G38" s="8">
         <v>2436131</v>
       </c>
       <c r="H38" s="8">
         <v>2378164</v>
       </c>
       <c r="I38" s="8">
         <v>2176374</v>
       </c>
       <c r="J38" s="8">
         <v>2259210</v>
       </c>
       <c r="K38" s="8">
         <v>2169262</v>
       </c>
       <c r="L38" s="8">
         <v>2134635</v>
       </c>
       <c r="M38" s="8">
         <v>2142606</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B39" s="8">
         <v>174084</v>
       </c>
       <c r="C39" s="8">
         <v>202699</v>
       </c>
       <c r="D39" s="8">
         <v>247441</v>
       </c>
       <c r="E39" s="8">
         <v>169180</v>
       </c>
       <c r="F39" s="8">
         <v>204287</v>
       </c>
       <c r="G39" s="8">
         <v>210624</v>
       </c>
       <c r="H39" s="8">
         <v>190334</v>
       </c>
       <c r="I39" s="8">
         <v>200606</v>
       </c>
       <c r="J39" s="8">
         <v>164608</v>
       </c>
       <c r="K39" s="8">
         <v>182821</v>
       </c>
       <c r="L39" s="8">
         <v>213862</v>
       </c>
       <c r="M39" s="8">
         <v>139731</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B40" s="8">
         <v>3903764</v>
       </c>
       <c r="C40" s="8">
         <v>4116260</v>
       </c>
       <c r="D40" s="8">
         <v>3850166</v>
       </c>
       <c r="E40" s="8">
         <v>3609174</v>
       </c>
       <c r="F40" s="8">
         <v>3471744</v>
       </c>
       <c r="G40" s="8">
         <v>3317470</v>
       </c>
       <c r="H40" s="8">
         <v>3722243</v>
       </c>
       <c r="I40" s="8">
         <v>3561061</v>
       </c>
       <c r="J40" s="8">
         <v>3616940</v>
       </c>
       <c r="K40" s="8">
         <v>3583122</v>
       </c>
       <c r="L40" s="8">
         <v>3447930</v>
       </c>
       <c r="M40" s="8">
         <v>3262462</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="41" ht="12" customHeight="1"/>
     <row r="42" ht="14" customHeight="1">
-      <c r="A42" s="9" t="s">
-[...14 lines deleted...]
-      <c r="N42" s="9"/>
+      <c r="A42" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B42" s="10"/>
+      <c r="C42" s="10"/>
+      <c r="D42" s="10"/>
+      <c r="E42" s="10"/>
+      <c r="F42" s="10"/>
+      <c r="G42" s="10"/>
+      <c r="H42" s="10"/>
+      <c r="I42" s="10"/>
+      <c r="J42" s="10"/>
+      <c r="K42" s="10"/>
+      <c r="L42" s="10"/>
+      <c r="M42" s="10"/>
+      <c r="N42" s="10"/>
     </row>
     <row r="43" ht="14" customHeight="1">
-      <c r="A43" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N43" s="10"/>
+      <c r="A43" s="11" t="s">
+        <v>36</v>
+      </c>
+      <c r="B43" s="11"/>
+      <c r="C43" s="11"/>
+      <c r="D43" s="11"/>
+      <c r="E43" s="11"/>
+      <c r="F43" s="11"/>
+      <c r="G43" s="11"/>
+      <c r="H43" s="11"/>
+      <c r="I43" s="11"/>
+      <c r="J43" s="11"/>
+      <c r="K43" s="11"/>
+      <c r="L43" s="11"/>
+      <c r="M43" s="11"/>
+      <c r="N43" s="11"/>
     </row>
     <row r="44" ht="43" customHeight="1">
-      <c r="A44" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N44" s="10"/>
+      <c r="A44" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="B44" s="11"/>
+      <c r="C44" s="11"/>
+      <c r="D44" s="11"/>
+      <c r="E44" s="11"/>
+      <c r="F44" s="11"/>
+      <c r="G44" s="11"/>
+      <c r="H44" s="11"/>
+      <c r="I44" s="11"/>
+      <c r="J44" s="11"/>
+      <c r="K44" s="11"/>
+      <c r="L44" s="11"/>
+      <c r="M44" s="11"/>
+      <c r="N44" s="11"/>
     </row>
     <row r="45" ht="14" customHeight="1">
-      <c r="A45" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N45" s="10"/>
+      <c r="A45" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="B45" s="11"/>
+      <c r="C45" s="11"/>
+      <c r="D45" s="11"/>
+      <c r="E45" s="11"/>
+      <c r="F45" s="11"/>
+      <c r="G45" s="11"/>
+      <c r="H45" s="11"/>
+      <c r="I45" s="11"/>
+      <c r="J45" s="11"/>
+      <c r="K45" s="11"/>
+      <c r="L45" s="11"/>
+      <c r="M45" s="11"/>
+      <c r="N45" s="11"/>
     </row>
     <row r="46" ht="14" customHeight="1">
-      <c r="A46" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N46" s="10"/>
+      <c r="A46" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="B46" s="11"/>
+      <c r="C46" s="11"/>
+      <c r="D46" s="11"/>
+      <c r="E46" s="11"/>
+      <c r="F46" s="11"/>
+      <c r="G46" s="11"/>
+      <c r="H46" s="11"/>
+      <c r="I46" s="11"/>
+      <c r="J46" s="11"/>
+      <c r="K46" s="11"/>
+      <c r="L46" s="11"/>
+      <c r="M46" s="11"/>
+      <c r="N46" s="11"/>
     </row>
     <row r="47" ht="12" customHeight="1">
-      <c r="A47" s="11" t="s">
-[...14 lines deleted...]
-      <c r="N47" s="11"/>
+      <c r="A47" s="12" t="s">
+        <v>40</v>
+      </c>
+      <c r="B47" s="12"/>
+      <c r="C47" s="12"/>
+      <c r="D47" s="12"/>
+      <c r="E47" s="12"/>
+      <c r="F47" s="12"/>
+      <c r="G47" s="12"/>
+      <c r="H47" s="12"/>
+      <c r="I47" s="12"/>
+      <c r="J47" s="12"/>
+      <c r="K47" s="12"/>
+      <c r="L47" s="12"/>
+      <c r="M47" s="12"/>
+      <c r="N47" s="12"/>
     </row>
     <row r="48" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A42:N42"/>
     <mergeCell ref="A43:N43"/>
     <mergeCell ref="A44:N44"/>
     <mergeCell ref="A45:N45"/>
     <mergeCell ref="A46:N46"/>
     <mergeCell ref="A47:N47"/>
   </mergeCells>
   <printOptions headings="0" horizontalCentered="0" verticalCentered="0" gridLines="0"/>
   <pageMargins left="0.05" right="0.05" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup paperSize="1" fitToWidth="1" fitToHeight="1" scale="100" orientation="landscape" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter>
     <oddHeader/>
     <oddFooter/>
   </headerFooter>
 </worksheet>
@@ -7221,1627 +7661,1627 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s"/>
       <c r="B8" s="6" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="B9" s="8">
         <v>207</v>
       </c>
       <c r="C9" s="8">
         <v>201</v>
       </c>
       <c r="D9" s="8">
         <v>203</v>
       </c>
       <c r="E9" s="8">
         <v>204</v>
       </c>
       <c r="F9" s="8">
         <v>202</v>
       </c>
       <c r="G9" s="8">
         <v>201</v>
       </c>
       <c r="H9" s="8">
         <v>202</v>
       </c>
       <c r="I9" s="8">
         <v>201</v>
       </c>
       <c r="J9" s="8">
         <v>203</v>
       </c>
       <c r="K9" s="8">
         <v>206</v>
       </c>
       <c r="L9" s="8">
         <v>200</v>
       </c>
       <c r="M9" s="8">
         <v>206</v>
       </c>
       <c r="N9" s="8">
         <v>228</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="B10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B11" s="8">
         <v>27419634779</v>
       </c>
       <c r="C11" s="8">
         <v>26589155612</v>
       </c>
       <c r="D11" s="8">
         <v>25863637406</v>
       </c>
       <c r="E11" s="8">
         <v>25191448180</v>
       </c>
       <c r="F11" s="8">
         <v>26561191439</v>
       </c>
       <c r="G11" s="8">
         <v>26933327818</v>
       </c>
       <c r="H11" s="8">
         <v>22221242097</v>
       </c>
       <c r="I11" s="8">
         <v>26574846671</v>
       </c>
       <c r="J11" s="8">
         <v>24672851585</v>
       </c>
       <c r="K11" s="8">
         <v>28983641973</v>
       </c>
       <c r="L11" s="8">
         <v>22630849086</v>
       </c>
       <c r="M11" s="8">
         <v>17880523252</v>
       </c>
       <c r="N11" s="8">
         <v>301522349898</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B12" s="8">
         <v>26524889454</v>
       </c>
       <c r="C12" s="8">
         <v>25814764871</v>
       </c>
       <c r="D12" s="8">
         <v>25128387808</v>
       </c>
       <c r="E12" s="8">
         <v>24398250583</v>
       </c>
       <c r="F12" s="8">
         <v>25796177758</v>
       </c>
       <c r="G12" s="8">
         <v>26250625732</v>
       </c>
       <c r="H12" s="8">
         <v>21553530596</v>
       </c>
       <c r="I12" s="8">
         <v>25793229270</v>
       </c>
       <c r="J12" s="8">
         <v>23941146356</v>
       </c>
       <c r="K12" s="8">
         <v>28083309468</v>
       </c>
       <c r="L12" s="8">
         <v>21925228681</v>
       </c>
       <c r="M12" s="8">
         <v>17418686931</v>
       </c>
       <c r="N12" s="8">
         <v>292628227508</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B13" s="8">
         <v>894745325</v>
       </c>
       <c r="C13" s="8">
         <v>774390741</v>
       </c>
       <c r="D13" s="8">
         <v>735249598</v>
       </c>
       <c r="E13" s="8">
         <v>793197597</v>
       </c>
       <c r="F13" s="8">
         <v>765013681</v>
       </c>
       <c r="G13" s="8">
         <v>682702086</v>
       </c>
       <c r="H13" s="8">
         <v>667711501</v>
       </c>
       <c r="I13" s="8">
         <v>781617401</v>
       </c>
       <c r="J13" s="8">
         <v>731705229</v>
       </c>
       <c r="K13" s="8">
         <v>900332505</v>
       </c>
       <c r="L13" s="8">
         <v>705620405</v>
       </c>
       <c r="M13" s="8">
         <v>461836321</v>
       </c>
       <c r="N13" s="8">
         <v>8894122390</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>15202355</v>
       </c>
       <c r="C14" s="8">
         <v>13936904</v>
       </c>
       <c r="D14" s="8">
         <v>13914636</v>
       </c>
       <c r="E14" s="8">
         <v>15455161</v>
       </c>
       <c r="F14" s="8">
         <v>15826587</v>
       </c>
       <c r="G14" s="8">
         <v>15328004</v>
       </c>
       <c r="H14" s="8">
         <v>14224194</v>
       </c>
       <c r="I14" s="8">
         <v>15389867</v>
       </c>
       <c r="J14" s="8">
         <v>14146766</v>
       </c>
       <c r="K14" s="8">
         <v>16385596</v>
       </c>
       <c r="L14" s="8">
         <v>15154219</v>
       </c>
       <c r="M14" s="8">
         <v>14168995</v>
       </c>
       <c r="N14" s="8">
         <v>179133283</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B15" s="8">
         <v>1798943</v>
       </c>
       <c r="C15" s="8">
         <v>1766550</v>
       </c>
       <c r="D15" s="8">
         <v>1803594</v>
       </c>
       <c r="E15" s="8">
         <v>2028629</v>
       </c>
       <c r="F15" s="8">
         <v>2124638</v>
       </c>
       <c r="G15" s="8">
         <v>2028777</v>
       </c>
       <c r="H15" s="8">
         <v>1340487</v>
       </c>
       <c r="I15" s="8">
         <v>2061772</v>
       </c>
       <c r="J15" s="8">
         <v>1636290</v>
       </c>
       <c r="K15" s="8">
         <v>1989012</v>
       </c>
       <c r="L15" s="8">
         <v>2001887</v>
       </c>
       <c r="M15" s="8">
         <v>1268693</v>
       </c>
       <c r="N15" s="8">
         <v>21849271</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B16" s="8">
         <v>3655360</v>
       </c>
       <c r="C16" s="8">
         <v>3364840</v>
       </c>
       <c r="D16" s="8">
         <v>2983187</v>
       </c>
       <c r="E16" s="8">
         <v>3087335</v>
       </c>
       <c r="F16" s="8">
         <v>3091361</v>
       </c>
       <c r="G16" s="8">
         <v>2985241</v>
       </c>
       <c r="H16" s="8">
         <v>3225848</v>
       </c>
       <c r="I16" s="8">
         <v>3216139</v>
       </c>
       <c r="J16" s="8">
         <v>3252300</v>
       </c>
       <c r="K16" s="8">
         <v>3817806</v>
       </c>
       <c r="L16" s="8">
         <v>3032672</v>
       </c>
       <c r="M16" s="8">
         <v>2862126</v>
       </c>
       <c r="N16" s="8">
         <v>38574216</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B17" s="8">
         <v>349006</v>
       </c>
       <c r="C17" s="8">
         <v>316166</v>
       </c>
       <c r="D17" s="8">
         <v>301396</v>
       </c>
       <c r="E17" s="8">
         <v>336960</v>
       </c>
       <c r="F17" s="8">
         <v>309155</v>
       </c>
       <c r="G17" s="8">
         <v>276008</v>
       </c>
       <c r="H17" s="8">
         <v>287508</v>
       </c>
       <c r="I17" s="8">
         <v>249906</v>
       </c>
       <c r="J17" s="8">
         <v>285183</v>
       </c>
       <c r="K17" s="8">
         <v>326809</v>
       </c>
       <c r="L17" s="8">
         <v>264336</v>
       </c>
       <c r="M17" s="8">
         <v>244646</v>
       </c>
       <c r="N17" s="8">
         <v>3547079</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B18" s="8">
         <v>9399045</v>
       </c>
       <c r="C18" s="8">
         <v>8489348</v>
       </c>
       <c r="D18" s="8">
         <v>8826459</v>
       </c>
       <c r="E18" s="8">
         <v>10002237</v>
       </c>
       <c r="F18" s="8">
         <v>10301433</v>
       </c>
       <c r="G18" s="8">
         <v>10037979</v>
       </c>
       <c r="H18" s="8">
         <v>9370351</v>
       </c>
       <c r="I18" s="8">
         <v>9862049</v>
       </c>
       <c r="J18" s="8">
         <v>8972994</v>
       </c>
       <c r="K18" s="8">
         <v>10251968</v>
       </c>
       <c r="L18" s="8">
         <v>9855324</v>
       </c>
       <c r="M18" s="8">
         <v>9793530</v>
       </c>
       <c r="N18" s="8">
         <v>115162717</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B20" s="8">
         <v>22373117554</v>
       </c>
       <c r="C20" s="8">
         <v>20272537192</v>
       </c>
       <c r="D20" s="8">
         <v>20616332132</v>
       </c>
       <c r="E20" s="8">
         <v>25276173280</v>
       </c>
       <c r="F20" s="8">
         <v>28207389375</v>
       </c>
       <c r="G20" s="8">
         <v>20656296225</v>
       </c>
       <c r="H20" s="8">
         <v>24377963171</v>
       </c>
       <c r="I20" s="8">
         <v>25606927419</v>
       </c>
       <c r="J20" s="8">
         <v>21832275953</v>
       </c>
       <c r="K20" s="8">
         <v>25293465221</v>
       </c>
       <c r="L20" s="8">
         <v>22535136170</v>
       </c>
       <c r="M20" s="8">
         <v>17439232249</v>
       </c>
       <c r="N20" s="8">
         <v>274486845941</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B21" s="8">
         <v>21583310380</v>
       </c>
       <c r="C21" s="8">
         <v>19551361960</v>
       </c>
       <c r="D21" s="8">
         <v>19917244213</v>
       </c>
       <c r="E21" s="8">
         <v>24519677860</v>
       </c>
       <c r="F21" s="8">
         <v>27499476020</v>
       </c>
       <c r="G21" s="8">
         <v>19981560790</v>
       </c>
       <c r="H21" s="8">
         <v>23674308120</v>
       </c>
       <c r="I21" s="8">
         <v>24837849300</v>
       </c>
       <c r="J21" s="8">
         <v>21159465990</v>
       </c>
       <c r="K21" s="8">
         <v>24545503120</v>
       </c>
       <c r="L21" s="8">
         <v>21921748570</v>
       </c>
       <c r="M21" s="8">
         <v>16898442830</v>
       </c>
       <c r="N21" s="8">
         <v>266089949153</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="B22" s="8">
         <v>789468803</v>
       </c>
-      <c r="C22" s="12" t="s">
-        <v>51</v>
+      <c r="C22" s="9" t="s">
+        <v>24</v>
       </c>
       <c r="D22" s="8">
         <v>698870066</v>
       </c>
-      <c r="E22" s="12" t="s">
-        <v>51</v>
+      <c r="E22" s="9" t="s">
+        <v>24</v>
       </c>
       <c r="F22" s="8">
         <v>706762507</v>
       </c>
       <c r="G22" s="8">
         <v>673691068</v>
       </c>
       <c r="H22" s="8">
         <v>703222069</v>
       </c>
-      <c r="I22" s="12" t="s">
-[...15 lines deleted...]
-        <v>51</v>
+      <c r="I22" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="J22" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="K22" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="M22" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="N22" s="9" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B23" s="8">
         <v>338371</v>
       </c>
-      <c r="C23" s="12" t="s">
-        <v>51</v>
+      <c r="C23" s="9" t="s">
+        <v>24</v>
       </c>
       <c r="D23" s="8">
         <v>217853</v>
       </c>
-      <c r="E23" s="12" t="s">
-        <v>51</v>
+      <c r="E23" s="9" t="s">
+        <v>24</v>
       </c>
       <c r="F23" s="8">
         <v>1150848</v>
       </c>
       <c r="G23" s="8">
         <v>1044367</v>
       </c>
       <c r="H23" s="8">
         <v>432982</v>
       </c>
-      <c r="I23" s="12" t="s">
-[...15 lines deleted...]
-        <v>51</v>
+      <c r="I23" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="J23" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="K23" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="M23" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="N23" s="9" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B24" s="8">
         <v>14149211</v>
       </c>
       <c r="C24" s="8">
         <v>13820397</v>
       </c>
       <c r="D24" s="8">
         <v>13926844</v>
       </c>
       <c r="E24" s="8">
         <v>14738540</v>
       </c>
       <c r="F24" s="8">
         <v>16371469</v>
       </c>
       <c r="G24" s="8">
         <v>14630579</v>
       </c>
       <c r="H24" s="8">
         <v>15547456</v>
       </c>
       <c r="I24" s="8">
         <v>15504022</v>
       </c>
       <c r="J24" s="8">
         <v>14101000</v>
       </c>
       <c r="K24" s="8">
         <v>16290824</v>
       </c>
       <c r="L24" s="8">
         <v>14744906</v>
       </c>
       <c r="M24" s="8">
         <v>15890532</v>
       </c>
       <c r="N24" s="8">
         <v>179715780</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B25" s="8">
         <v>1694470</v>
       </c>
       <c r="C25" s="8">
         <v>1711124</v>
       </c>
       <c r="D25" s="8">
         <v>1856857</v>
       </c>
       <c r="E25" s="8">
         <v>1985930</v>
       </c>
       <c r="F25" s="8">
         <v>2173762</v>
       </c>
       <c r="G25" s="8">
         <v>1942214</v>
       </c>
       <c r="H25" s="8">
         <v>1564672</v>
       </c>
       <c r="I25" s="8">
         <v>1998110</v>
       </c>
       <c r="J25" s="8">
         <v>1715814</v>
       </c>
       <c r="K25" s="8">
         <v>1829314</v>
       </c>
       <c r="L25" s="8">
         <v>1898548</v>
       </c>
       <c r="M25" s="8">
         <v>1579171</v>
       </c>
       <c r="N25" s="8">
         <v>21949986</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B26" s="8">
         <v>3415777</v>
       </c>
       <c r="C26" s="8">
         <v>3201994</v>
       </c>
       <c r="D26" s="8">
         <v>2831401</v>
       </c>
       <c r="E26" s="8">
         <v>3033024</v>
       </c>
       <c r="F26" s="8">
         <v>3109287</v>
       </c>
       <c r="G26" s="8">
         <v>3042453</v>
       </c>
       <c r="H26" s="8">
         <v>4491136</v>
       </c>
       <c r="I26" s="8">
         <v>3308152</v>
       </c>
       <c r="J26" s="8">
         <v>3117423</v>
       </c>
       <c r="K26" s="8">
         <v>3567131</v>
       </c>
       <c r="L26" s="8">
         <v>2946245</v>
       </c>
       <c r="M26" s="8">
         <v>2979100</v>
       </c>
       <c r="N26" s="8">
         <v>39043124</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B27" s="8">
         <v>359501</v>
       </c>
       <c r="C27" s="8">
         <v>300679</v>
       </c>
       <c r="D27" s="8">
         <v>299498</v>
       </c>
       <c r="E27" s="8">
         <v>326240</v>
       </c>
       <c r="F27" s="8">
         <v>300174</v>
       </c>
       <c r="G27" s="8">
         <v>300963</v>
       </c>
       <c r="H27" s="8">
         <v>292605</v>
       </c>
       <c r="I27" s="8">
         <v>251766</v>
       </c>
       <c r="J27" s="8">
         <v>298236</v>
       </c>
       <c r="K27" s="8">
         <v>340533</v>
       </c>
       <c r="L27" s="8">
         <v>295552</v>
       </c>
       <c r="M27" s="8">
         <v>260978</v>
       </c>
       <c r="N27" s="8">
         <v>3626724</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B28" s="8">
         <v>8679464</v>
       </c>
       <c r="C28" s="8">
         <v>8606600</v>
       </c>
       <c r="D28" s="8">
         <v>8939087</v>
       </c>
       <c r="E28" s="8">
         <v>9393346</v>
       </c>
       <c r="F28" s="8">
         <v>10788247</v>
       </c>
       <c r="G28" s="8">
         <v>9344948</v>
       </c>
       <c r="H28" s="8">
         <v>9199042</v>
       </c>
       <c r="I28" s="8">
         <v>9945994</v>
       </c>
       <c r="J28" s="8">
         <v>8969526</v>
       </c>
       <c r="K28" s="8">
         <v>10553846</v>
       </c>
       <c r="L28" s="8">
         <v>9604562</v>
       </c>
       <c r="M28" s="8">
         <v>11071282</v>
       </c>
       <c r="N28" s="8">
         <v>115095946</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="B29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B30" s="8">
         <v>2372592295</v>
       </c>
       <c r="C30" s="8">
         <v>1616306353</v>
       </c>
       <c r="D30" s="8">
         <v>2105575488</v>
       </c>
       <c r="E30" s="8">
         <v>2276021245</v>
       </c>
       <c r="F30" s="8">
         <v>2205092810</v>
       </c>
       <c r="G30" s="8">
         <v>2167026759</v>
       </c>
       <c r="H30" s="8">
         <v>1504511755</v>
       </c>
       <c r="I30" s="8">
         <v>1535219950</v>
       </c>
       <c r="J30" s="8">
         <v>1750717137</v>
       </c>
       <c r="K30" s="8">
         <v>2215942800</v>
       </c>
       <c r="L30" s="8">
         <v>1450480970</v>
       </c>
       <c r="M30" s="8">
         <v>2223412250</v>
       </c>
       <c r="N30" s="8">
         <v>23422899812</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>33</v>
+      </c>
+      <c r="B31" s="9" t="s">
+        <v>24</v>
       </c>
       <c r="C31" s="8">
         <v>100902</v>
       </c>
       <c r="D31" s="8">
         <v>121913</v>
       </c>
       <c r="E31" s="8">
         <v>221137</v>
       </c>
       <c r="F31" s="8">
         <v>111678</v>
       </c>
       <c r="G31" s="8">
         <v>107878</v>
       </c>
       <c r="H31" s="8">
         <v>118620</v>
       </c>
       <c r="I31" s="8">
         <v>128020</v>
       </c>
       <c r="J31" s="8">
         <v>110935</v>
       </c>
       <c r="K31" s="8">
         <v>127376</v>
       </c>
       <c r="L31" s="8">
         <v>131438</v>
       </c>
-      <c r="M31" s="12" t="s">
-        <v>51</v>
+      <c r="M31" s="9" t="s">
+        <v>24</v>
       </c>
       <c r="N31" s="8">
         <v>1557302</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="B32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B33" s="8">
         <v>24567576054</v>
       </c>
       <c r="C33" s="8">
         <v>29014844353</v>
       </c>
       <c r="D33" s="8">
         <v>31951129125</v>
       </c>
       <c r="E33" s="8">
         <v>29351587012</v>
       </c>
       <c r="F33" s="8">
         <v>25337127732</v>
       </c>
       <c r="G33" s="8">
         <v>29277224133</v>
       </c>
       <c r="H33" s="8">
         <v>25519093880</v>
       </c>
       <c r="I33" s="8">
         <v>24816633983</v>
       </c>
       <c r="J33" s="8">
         <v>25783990161</v>
       </c>
       <c r="K33" s="8">
         <v>27127578889</v>
       </c>
       <c r="L33" s="8">
         <v>25575276565</v>
       </c>
       <c r="M33" s="8">
         <v>23668061945</v>
       </c>
       <c r="N33" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B34" s="8">
         <v>23608520155</v>
       </c>
       <c r="C34" s="8">
         <v>28081963810</v>
       </c>
       <c r="D34" s="8">
         <v>31026462897</v>
       </c>
       <c r="E34" s="8">
         <v>28454876567</v>
       </c>
       <c r="F34" s="8">
         <v>24455569889</v>
       </c>
       <c r="G34" s="8">
         <v>28424961199</v>
       </c>
       <c r="H34" s="8">
         <v>24761613223</v>
       </c>
       <c r="I34" s="8">
         <v>24126360179</v>
       </c>
       <c r="J34" s="8">
         <v>25120082253</v>
       </c>
       <c r="K34" s="8">
         <v>26400991260</v>
       </c>
       <c r="L34" s="8">
         <v>24817811639</v>
       </c>
       <c r="M34" s="8">
         <v>23039796759</v>
       </c>
       <c r="N34" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B35" s="8">
         <v>959055899</v>
       </c>
       <c r="C35" s="8">
         <v>932880543</v>
       </c>
       <c r="D35" s="8">
         <v>924666228</v>
       </c>
       <c r="E35" s="8">
         <v>896710445</v>
       </c>
       <c r="F35" s="8">
         <v>881557843</v>
       </c>
       <c r="G35" s="8">
         <v>852262934</v>
       </c>
       <c r="H35" s="8">
         <v>757480657</v>
       </c>
       <c r="I35" s="8">
         <v>690273804</v>
       </c>
       <c r="J35" s="8">
         <v>663907908</v>
       </c>
       <c r="K35" s="8">
         <v>726587629</v>
       </c>
       <c r="L35" s="8">
         <v>757464926</v>
       </c>
       <c r="M35" s="8">
         <v>628265186</v>
       </c>
       <c r="N35" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B36" s="8">
         <v>6608023</v>
       </c>
       <c r="C36" s="8">
         <v>6561792</v>
       </c>
       <c r="D36" s="8">
         <v>6433264</v>
       </c>
       <c r="E36" s="8">
         <v>6926507</v>
       </c>
       <c r="F36" s="8">
         <v>6281870</v>
       </c>
       <c r="G36" s="8">
         <v>6890135</v>
       </c>
       <c r="H36" s="8">
         <v>6785964</v>
       </c>
       <c r="I36" s="8">
         <v>6460406</v>
       </c>
       <c r="J36" s="8">
         <v>6359890</v>
       </c>
       <c r="K36" s="8">
         <v>6271565</v>
       </c>
       <c r="L36" s="8">
         <v>6545555</v>
       </c>
       <c r="M36" s="8">
         <v>6916696</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B37" s="8">
         <v>914288</v>
       </c>
       <c r="C37" s="8">
         <v>982025</v>
       </c>
       <c r="D37" s="8">
         <v>926491</v>
       </c>
       <c r="E37" s="8">
         <v>975634</v>
       </c>
       <c r="F37" s="8">
         <v>930921</v>
       </c>
       <c r="G37" s="8">
         <v>1023517</v>
       </c>
       <c r="H37" s="8">
         <v>807618</v>
       </c>
       <c r="I37" s="8">
         <v>868506</v>
       </c>
       <c r="J37" s="8">
         <v>785296</v>
       </c>
       <c r="K37" s="8">
         <v>944051</v>
       </c>
       <c r="L37" s="8">
         <v>1047261</v>
       </c>
       <c r="M37" s="8">
         <v>735342</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B38" s="8">
         <v>1837456</v>
       </c>
       <c r="C38" s="8">
         <v>1978263</v>
       </c>
       <c r="D38" s="8">
         <v>2093745</v>
       </c>
       <c r="E38" s="8">
         <v>2028948</v>
       </c>
       <c r="F38" s="8">
         <v>1980253</v>
       </c>
       <c r="G38" s="8">
         <v>1913692</v>
       </c>
       <c r="H38" s="8">
         <v>1895211</v>
       </c>
       <c r="I38" s="8">
         <v>1762631</v>
       </c>
       <c r="J38" s="8">
         <v>1852791</v>
       </c>
       <c r="K38" s="8">
         <v>2009552</v>
       </c>
       <c r="L38" s="8">
         <v>2050640</v>
       </c>
       <c r="M38" s="8">
         <v>1913264</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B39" s="8">
         <v>242739</v>
       </c>
       <c r="C39" s="8">
         <v>256694</v>
       </c>
       <c r="D39" s="8">
         <v>258471</v>
       </c>
       <c r="E39" s="8">
         <v>269008</v>
       </c>
       <c r="F39" s="8">
         <v>276615</v>
       </c>
       <c r="G39" s="8">
         <v>249140</v>
       </c>
       <c r="H39" s="8">
         <v>241893</v>
       </c>
       <c r="I39" s="8">
         <v>235582</v>
       </c>
       <c r="J39" s="8">
         <v>219982</v>
       </c>
       <c r="K39" s="8">
         <v>206347</v>
       </c>
       <c r="L39" s="8">
         <v>175309</v>
       </c>
       <c r="M39" s="8">
         <v>146868</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B40" s="8">
         <v>3613540</v>
       </c>
       <c r="C40" s="8">
         <v>3344811</v>
       </c>
       <c r="D40" s="8">
         <v>3154557</v>
       </c>
       <c r="E40" s="8">
         <v>3652917</v>
       </c>
       <c r="F40" s="8">
         <v>3094081</v>
       </c>
       <c r="G40" s="8">
         <v>3703787</v>
       </c>
       <c r="H40" s="8">
         <v>3841242</v>
       </c>
       <c r="I40" s="8">
         <v>3593686</v>
       </c>
       <c r="J40" s="8">
         <v>3501822</v>
       </c>
       <c r="K40" s="8">
         <v>3111615</v>
       </c>
       <c r="L40" s="8">
         <v>3272346</v>
       </c>
       <c r="M40" s="8">
         <v>4121222</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="41" ht="12" customHeight="1"/>
     <row r="42" ht="14" customHeight="1">
-      <c r="A42" s="9" t="s">
-[...14 lines deleted...]
-      <c r="N42" s="9"/>
+      <c r="A42" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B42" s="10"/>
+      <c r="C42" s="10"/>
+      <c r="D42" s="10"/>
+      <c r="E42" s="10"/>
+      <c r="F42" s="10"/>
+      <c r="G42" s="10"/>
+      <c r="H42" s="10"/>
+      <c r="I42" s="10"/>
+      <c r="J42" s="10"/>
+      <c r="K42" s="10"/>
+      <c r="L42" s="10"/>
+      <c r="M42" s="10"/>
+      <c r="N42" s="10"/>
     </row>
     <row r="43" ht="14" customHeight="1">
-      <c r="A43" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N43" s="10"/>
+      <c r="A43" s="11" t="s">
+        <v>36</v>
+      </c>
+      <c r="B43" s="11"/>
+      <c r="C43" s="11"/>
+      <c r="D43" s="11"/>
+      <c r="E43" s="11"/>
+      <c r="F43" s="11"/>
+      <c r="G43" s="11"/>
+      <c r="H43" s="11"/>
+      <c r="I43" s="11"/>
+      <c r="J43" s="11"/>
+      <c r="K43" s="11"/>
+      <c r="L43" s="11"/>
+      <c r="M43" s="11"/>
+      <c r="N43" s="11"/>
     </row>
     <row r="44" ht="43" customHeight="1">
-      <c r="A44" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N44" s="10"/>
+      <c r="A44" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="B44" s="11"/>
+      <c r="C44" s="11"/>
+      <c r="D44" s="11"/>
+      <c r="E44" s="11"/>
+      <c r="F44" s="11"/>
+      <c r="G44" s="11"/>
+      <c r="H44" s="11"/>
+      <c r="I44" s="11"/>
+      <c r="J44" s="11"/>
+      <c r="K44" s="11"/>
+      <c r="L44" s="11"/>
+      <c r="M44" s="11"/>
+      <c r="N44" s="11"/>
     </row>
     <row r="45" ht="14" customHeight="1">
-      <c r="A45" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N45" s="10"/>
+      <c r="A45" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="B45" s="11"/>
+      <c r="C45" s="11"/>
+      <c r="D45" s="11"/>
+      <c r="E45" s="11"/>
+      <c r="F45" s="11"/>
+      <c r="G45" s="11"/>
+      <c r="H45" s="11"/>
+      <c r="I45" s="11"/>
+      <c r="J45" s="11"/>
+      <c r="K45" s="11"/>
+      <c r="L45" s="11"/>
+      <c r="M45" s="11"/>
+      <c r="N45" s="11"/>
     </row>
     <row r="46" ht="14" customHeight="1">
-      <c r="A46" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N46" s="10"/>
+      <c r="A46" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="B46" s="11"/>
+      <c r="C46" s="11"/>
+      <c r="D46" s="11"/>
+      <c r="E46" s="11"/>
+      <c r="F46" s="11"/>
+      <c r="G46" s="11"/>
+      <c r="H46" s="11"/>
+      <c r="I46" s="11"/>
+      <c r="J46" s="11"/>
+      <c r="K46" s="11"/>
+      <c r="L46" s="11"/>
+      <c r="M46" s="11"/>
+      <c r="N46" s="11"/>
     </row>
     <row r="47" ht="12" customHeight="1">
-      <c r="A47" s="11" t="s">
-[...14 lines deleted...]
-      <c r="N47" s="11"/>
+      <c r="A47" s="12" t="s">
+        <v>40</v>
+      </c>
+      <c r="B47" s="12"/>
+      <c r="C47" s="12"/>
+      <c r="D47" s="12"/>
+      <c r="E47" s="12"/>
+      <c r="F47" s="12"/>
+      <c r="G47" s="12"/>
+      <c r="H47" s="12"/>
+      <c r="I47" s="12"/>
+      <c r="J47" s="12"/>
+      <c r="K47" s="12"/>
+      <c r="L47" s="12"/>
+      <c r="M47" s="12"/>
+      <c r="N47" s="12"/>
     </row>
     <row r="48" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A42:N42"/>
     <mergeCell ref="A43:N43"/>
     <mergeCell ref="A44:N44"/>
     <mergeCell ref="A45:N45"/>
     <mergeCell ref="A46:N46"/>
     <mergeCell ref="A47:N47"/>
   </mergeCells>
   <printOptions headings="0" horizontalCentered="0" verticalCentered="0" gridLines="0"/>
   <pageMargins left="0.05" right="0.05" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup paperSize="1" fitToWidth="1" fitToHeight="1" scale="100" orientation="landscape" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter>
     <oddHeader/>
     <oddFooter/>
   </headerFooter>
 </worksheet>
@@ -8865,1627 +9305,1627 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s"/>
       <c r="B8" s="6" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="B9" s="8">
         <v>200</v>
       </c>
       <c r="C9" s="8">
         <v>201</v>
       </c>
       <c r="D9" s="8">
         <v>198</v>
       </c>
       <c r="E9" s="8">
         <v>192</v>
       </c>
       <c r="F9" s="8">
         <v>191</v>
       </c>
       <c r="G9" s="8">
         <v>190</v>
       </c>
       <c r="H9" s="8">
         <v>195</v>
       </c>
       <c r="I9" s="8">
         <v>196</v>
       </c>
       <c r="J9" s="8">
         <v>198</v>
       </c>
       <c r="K9" s="8">
         <v>195</v>
       </c>
       <c r="L9" s="8">
         <v>202</v>
       </c>
       <c r="M9" s="8">
         <v>204</v>
       </c>
       <c r="N9" s="8">
         <v>222</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="B10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B11" s="8">
         <v>27619780877</v>
       </c>
       <c r="C11" s="8">
         <v>27102834479</v>
       </c>
       <c r="D11" s="8">
         <v>26853682356</v>
       </c>
       <c r="E11" s="8">
         <v>24733267402</v>
       </c>
       <c r="F11" s="8">
         <v>28248083315</v>
       </c>
       <c r="G11" s="8">
         <v>29249283367</v>
       </c>
       <c r="H11" s="8">
         <v>24077569319</v>
       </c>
       <c r="I11" s="8">
         <v>28968987692</v>
       </c>
       <c r="J11" s="8">
         <v>24393277900</v>
       </c>
       <c r="K11" s="8">
         <v>29449175231</v>
       </c>
       <c r="L11" s="8">
         <v>26674731445</v>
       </c>
       <c r="M11" s="8">
         <v>17963285817</v>
       </c>
       <c r="N11" s="8">
         <v>315333959200</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B12" s="8">
         <v>26735122164</v>
       </c>
       <c r="C12" s="8">
         <v>26180933360</v>
       </c>
       <c r="D12" s="8">
         <v>25795021252</v>
       </c>
       <c r="E12" s="8">
         <v>23850364563</v>
       </c>
       <c r="F12" s="8">
         <v>27084051916</v>
       </c>
       <c r="G12" s="8">
         <v>28131372309</v>
       </c>
       <c r="H12" s="8">
         <v>22969943108</v>
       </c>
       <c r="I12" s="8">
         <v>27950557414</v>
       </c>
       <c r="J12" s="8">
         <v>23555433440</v>
       </c>
       <c r="K12" s="8">
         <v>28517298741</v>
       </c>
       <c r="L12" s="8">
         <v>25923338218</v>
       </c>
       <c r="M12" s="8">
         <v>17335083799</v>
       </c>
       <c r="N12" s="8">
         <v>304028520284</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B13" s="8">
         <v>884658713</v>
       </c>
       <c r="C13" s="8">
         <v>921901119</v>
       </c>
       <c r="D13" s="8">
         <v>1058661104</v>
       </c>
       <c r="E13" s="8">
         <v>882902839</v>
       </c>
       <c r="F13" s="8">
         <v>1164031399</v>
       </c>
       <c r="G13" s="8">
         <v>1117911058</v>
       </c>
       <c r="H13" s="8">
         <v>1107626211</v>
       </c>
       <c r="I13" s="8">
         <v>1018430278</v>
       </c>
       <c r="J13" s="8">
         <v>837844460</v>
       </c>
       <c r="K13" s="8">
         <v>931876490</v>
       </c>
       <c r="L13" s="8">
         <v>751393227</v>
       </c>
       <c r="M13" s="8">
         <v>628202018</v>
       </c>
       <c r="N13" s="8">
         <v>11305438916</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>15003699</v>
       </c>
       <c r="C14" s="8">
         <v>13993549</v>
       </c>
       <c r="D14" s="8">
         <v>14879539</v>
       </c>
       <c r="E14" s="8">
         <v>14204138</v>
       </c>
       <c r="F14" s="8">
         <v>16126052</v>
       </c>
       <c r="G14" s="8">
         <v>16027689</v>
       </c>
       <c r="H14" s="8">
         <v>13295330</v>
       </c>
       <c r="I14" s="8">
         <v>15556048</v>
       </c>
       <c r="J14" s="8">
         <v>13414401</v>
       </c>
       <c r="K14" s="8">
         <v>16039985</v>
       </c>
       <c r="L14" s="8">
         <v>14508779</v>
       </c>
       <c r="M14" s="8">
         <v>12202029</v>
       </c>
       <c r="N14" s="8">
         <v>175251239</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B15" s="8">
         <v>1942171</v>
       </c>
       <c r="C15" s="8">
         <v>1951402</v>
       </c>
       <c r="D15" s="8">
         <v>2062288</v>
       </c>
       <c r="E15" s="8">
         <v>1959317</v>
       </c>
       <c r="F15" s="8">
         <v>2194898</v>
       </c>
       <c r="G15" s="8">
         <v>2128247</v>
       </c>
       <c r="H15" s="8">
         <v>1631466</v>
       </c>
       <c r="I15" s="8">
         <v>2295024</v>
       </c>
       <c r="J15" s="8">
         <v>2030781</v>
       </c>
       <c r="K15" s="8">
         <v>2222095</v>
       </c>
       <c r="L15" s="8">
         <v>1972161</v>
       </c>
       <c r="M15" s="8">
         <v>1319664</v>
       </c>
       <c r="N15" s="8">
         <v>23709516</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B16" s="8">
         <v>3322523</v>
       </c>
       <c r="C16" s="8">
         <v>3432134</v>
       </c>
       <c r="D16" s="8">
         <v>3132775</v>
       </c>
       <c r="E16" s="8">
         <v>3243225</v>
       </c>
       <c r="F16" s="8">
         <v>3643919</v>
       </c>
       <c r="G16" s="8">
         <v>3263542</v>
       </c>
       <c r="H16" s="8">
         <v>2834011</v>
       </c>
       <c r="I16" s="8">
         <v>2970398</v>
       </c>
       <c r="J16" s="8">
         <v>2845744</v>
       </c>
       <c r="K16" s="8">
         <v>3258643</v>
       </c>
       <c r="L16" s="8">
         <v>2933886</v>
       </c>
       <c r="M16" s="8">
         <v>2667150</v>
       </c>
       <c r="N16" s="8">
         <v>37547949</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B17" s="8">
         <v>353650</v>
       </c>
       <c r="C17" s="8">
         <v>384249</v>
       </c>
       <c r="D17" s="8">
         <v>412581</v>
       </c>
       <c r="E17" s="8">
         <v>314332</v>
       </c>
       <c r="F17" s="8">
         <v>421276</v>
       </c>
       <c r="G17" s="8">
         <v>457110</v>
       </c>
       <c r="H17" s="8">
         <v>386679</v>
       </c>
       <c r="I17" s="8">
         <v>446649</v>
       </c>
       <c r="J17" s="8">
         <v>281463</v>
       </c>
       <c r="K17" s="8">
         <v>290315</v>
       </c>
       <c r="L17" s="8">
         <v>301577</v>
       </c>
       <c r="M17" s="8">
         <v>240620</v>
       </c>
       <c r="N17" s="8">
         <v>4290502</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B18" s="8">
         <v>9385354</v>
       </c>
       <c r="C18" s="8">
         <v>8225764</v>
       </c>
       <c r="D18" s="8">
         <v>9271894</v>
       </c>
       <c r="E18" s="8">
         <v>8687264</v>
       </c>
       <c r="F18" s="8">
         <v>9865959</v>
       </c>
       <c r="G18" s="8">
         <v>10178790</v>
       </c>
       <c r="H18" s="8">
         <v>8443174</v>
       </c>
       <c r="I18" s="8">
         <v>9843977</v>
       </c>
       <c r="J18" s="8">
         <v>8256412</v>
       </c>
       <c r="K18" s="8">
         <v>10268933</v>
       </c>
       <c r="L18" s="8">
         <v>9301155</v>
       </c>
       <c r="M18" s="8">
         <v>7974596</v>
       </c>
       <c r="N18" s="8">
         <v>109703272</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B20" s="8">
         <v>22376933943</v>
       </c>
       <c r="C20" s="8">
         <v>23486328371</v>
       </c>
       <c r="D20" s="8">
         <v>23196698745</v>
       </c>
       <c r="E20" s="8">
         <v>25902568957</v>
       </c>
       <c r="F20" s="8">
         <v>27342916200</v>
       </c>
       <c r="G20" s="8">
         <v>23181840579</v>
       </c>
       <c r="H20" s="8">
         <v>25572068277</v>
       </c>
       <c r="I20" s="8">
         <v>25867738416</v>
       </c>
       <c r="J20" s="8">
         <v>22835530175</v>
       </c>
       <c r="K20" s="8">
         <v>26610736273</v>
       </c>
       <c r="L20" s="8">
         <v>24836116545</v>
       </c>
       <c r="M20" s="8">
         <v>19098279115</v>
       </c>
       <c r="N20" s="8">
         <v>290307755596</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B21" s="8">
         <v>21581989983</v>
       </c>
       <c r="C21" s="8">
         <v>22666517209</v>
       </c>
       <c r="D21" s="8">
         <v>22270618046</v>
       </c>
       <c r="E21" s="8">
         <v>25102047659</v>
       </c>
       <c r="F21" s="8">
         <v>26353224466</v>
       </c>
       <c r="G21" s="8">
         <v>22199106740</v>
       </c>
       <c r="H21" s="8">
         <v>24542278250</v>
       </c>
       <c r="I21" s="8">
         <v>24942576460</v>
       </c>
       <c r="J21" s="8">
         <v>22038004370</v>
       </c>
       <c r="K21" s="8">
         <v>25813041388</v>
       </c>
       <c r="L21" s="8">
         <v>24156488555</v>
       </c>
       <c r="M21" s="8">
         <v>18494250256</v>
       </c>
       <c r="N21" s="8">
         <v>280160143382</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="B22" s="8">
         <v>794765831</v>
       </c>
       <c r="C22" s="8">
         <v>819634095</v>
       </c>
       <c r="D22" s="8">
         <v>925867933</v>
       </c>
-      <c r="E22" s="12" t="s">
-        <v>51</v>
+      <c r="E22" s="9" t="s">
+        <v>24</v>
       </c>
       <c r="F22" s="8">
         <v>989459585</v>
       </c>
-      <c r="G22" s="12" t="s">
-[...3 lines deleted...]
-        <v>51</v>
+      <c r="G22" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="H22" s="9" t="s">
+        <v>24</v>
       </c>
       <c r="I22" s="8">
         <v>924938492</v>
       </c>
-      <c r="J22" s="12" t="s">
-        <v>51</v>
+      <c r="J22" s="9" t="s">
+        <v>24</v>
       </c>
       <c r="K22" s="8">
         <v>797467157</v>
       </c>
-      <c r="L22" s="12" t="s">
-[...3 lines deleted...]
-        <v>51</v>
+      <c r="L22" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="M22" s="9" t="s">
+        <v>24</v>
       </c>
       <c r="N22" s="8">
         <v>10129826106</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B23" s="8">
         <v>178129</v>
       </c>
       <c r="C23" s="8">
         <v>177067</v>
       </c>
       <c r="D23" s="8">
         <v>212766</v>
       </c>
-      <c r="E23" s="12" t="s">
-        <v>51</v>
+      <c r="E23" s="9" t="s">
+        <v>24</v>
       </c>
       <c r="F23" s="8">
         <v>232149</v>
       </c>
-      <c r="G23" s="12" t="s">
-[...3 lines deleted...]
-        <v>51</v>
+      <c r="G23" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="H23" s="9" t="s">
+        <v>24</v>
       </c>
       <c r="I23" s="8">
         <v>223464</v>
       </c>
-      <c r="J23" s="12" t="s">
-        <v>51</v>
+      <c r="J23" s="9" t="s">
+        <v>24</v>
       </c>
       <c r="K23" s="8">
         <v>227729</v>
       </c>
-      <c r="L23" s="12" t="s">
-[...3 lines deleted...]
-        <v>51</v>
+      <c r="L23" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="M23" s="9" t="s">
+        <v>24</v>
       </c>
       <c r="N23" s="8">
         <v>17786109</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B24" s="8">
         <v>13927874</v>
       </c>
       <c r="C24" s="8">
         <v>14071863</v>
       </c>
       <c r="D24" s="8">
         <v>14360187</v>
       </c>
       <c r="E24" s="8">
         <v>13859171</v>
       </c>
       <c r="F24" s="8">
         <v>16438419</v>
       </c>
       <c r="G24" s="8">
         <v>14924517</v>
       </c>
       <c r="H24" s="8">
         <v>13110609</v>
       </c>
       <c r="I24" s="8">
         <v>15248974</v>
       </c>
       <c r="J24" s="8">
         <v>13416396</v>
       </c>
       <c r="K24" s="8">
         <v>15072330</v>
       </c>
       <c r="L24" s="8">
         <v>14805557</v>
       </c>
       <c r="M24" s="8">
         <v>12903384</v>
       </c>
       <c r="N24" s="8">
         <v>172139281</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B25" s="8">
         <v>1836209</v>
       </c>
       <c r="C25" s="8">
         <v>1964575</v>
       </c>
       <c r="D25" s="8">
         <v>1956995</v>
       </c>
       <c r="E25" s="8">
         <v>2001702</v>
       </c>
       <c r="F25" s="8">
         <v>2246748</v>
       </c>
       <c r="G25" s="8">
         <v>2001178</v>
       </c>
       <c r="H25" s="8">
         <v>1916452</v>
       </c>
       <c r="I25" s="8">
         <v>2182812</v>
       </c>
       <c r="J25" s="8">
         <v>1985077</v>
       </c>
       <c r="K25" s="8">
         <v>2039205</v>
       </c>
       <c r="L25" s="8">
         <v>2077825</v>
       </c>
       <c r="M25" s="8">
         <v>1603728</v>
       </c>
       <c r="N25" s="8">
         <v>23812506</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B26" s="8">
         <v>3162024</v>
       </c>
       <c r="C26" s="8">
         <v>3415039</v>
       </c>
       <c r="D26" s="8">
         <v>2935654</v>
       </c>
       <c r="E26" s="8">
         <v>3329609</v>
       </c>
       <c r="F26" s="8">
         <v>3394612</v>
       </c>
       <c r="G26" s="8">
         <v>3048844</v>
       </c>
       <c r="H26" s="8">
         <v>2787276</v>
       </c>
       <c r="I26" s="8">
         <v>2952514</v>
       </c>
       <c r="J26" s="8">
         <v>2814570</v>
       </c>
       <c r="K26" s="8">
         <v>3020815</v>
       </c>
       <c r="L26" s="8">
         <v>2801328</v>
       </c>
       <c r="M26" s="8">
         <v>2798921</v>
       </c>
       <c r="N26" s="8">
         <v>36461205</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B27" s="8">
         <v>322287</v>
       </c>
       <c r="C27" s="8">
         <v>377429</v>
       </c>
       <c r="D27" s="8">
         <v>361959</v>
       </c>
       <c r="E27" s="8">
         <v>334936</v>
       </c>
       <c r="F27" s="8">
         <v>469452</v>
       </c>
       <c r="G27" s="8">
         <v>410705</v>
       </c>
       <c r="H27" s="8">
         <v>410363</v>
       </c>
       <c r="I27" s="8">
         <v>450038</v>
       </c>
       <c r="J27" s="8">
         <v>252199</v>
       </c>
       <c r="K27" s="8">
         <v>273511</v>
       </c>
       <c r="L27" s="8">
         <v>300320</v>
       </c>
       <c r="M27" s="8">
         <v>276270</v>
       </c>
       <c r="N27" s="8">
         <v>4239469</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B28" s="8">
         <v>8607355</v>
       </c>
       <c r="C28" s="8">
         <v>8314820</v>
       </c>
       <c r="D28" s="8">
         <v>9105579</v>
       </c>
       <c r="E28" s="8">
         <v>8192924</v>
       </c>
       <c r="F28" s="8">
         <v>10327607</v>
       </c>
       <c r="G28" s="8">
         <v>9463790</v>
       </c>
       <c r="H28" s="8">
         <v>7996517</v>
       </c>
       <c r="I28" s="8">
         <v>9663610</v>
       </c>
       <c r="J28" s="8">
         <v>8364551</v>
       </c>
       <c r="K28" s="8">
         <v>9738799</v>
       </c>
       <c r="L28" s="8">
         <v>9626083</v>
       </c>
       <c r="M28" s="8">
         <v>8224465</v>
       </c>
       <c r="N28" s="8">
         <v>107626100</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="B29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B30" s="8">
         <v>1400979030</v>
       </c>
       <c r="C30" s="8">
         <v>1890292765</v>
       </c>
       <c r="D30" s="8">
         <v>2157049892</v>
       </c>
       <c r="E30" s="8">
         <v>2123380782</v>
       </c>
       <c r="F30" s="8">
         <v>2477031088</v>
       </c>
       <c r="G30" s="8">
         <v>2197947315</v>
       </c>
       <c r="H30" s="8">
         <v>2196710477</v>
       </c>
       <c r="I30" s="8">
         <v>2203990287</v>
       </c>
       <c r="J30" s="8">
         <v>1894224486</v>
       </c>
       <c r="K30" s="8">
         <v>2169837067</v>
       </c>
       <c r="L30" s="8">
         <v>1620637158</v>
       </c>
       <c r="M30" s="8">
         <v>2055156513</v>
       </c>
       <c r="N30" s="8">
         <v>24387236860</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="B31" s="8">
         <v>133469</v>
       </c>
       <c r="C31" s="8">
         <v>151774</v>
       </c>
       <c r="D31" s="8">
         <v>149932</v>
       </c>
       <c r="E31" s="8">
         <v>133062</v>
       </c>
       <c r="F31" s="8">
         <v>177430</v>
       </c>
       <c r="G31" s="8">
         <v>157213</v>
       </c>
       <c r="H31" s="8">
         <v>138907</v>
       </c>
       <c r="I31" s="8">
         <v>131196</v>
       </c>
       <c r="J31" s="8">
         <v>106343</v>
       </c>
       <c r="K31" s="8">
         <v>135450</v>
       </c>
-      <c r="L31" s="12" t="s">
-[...3 lines deleted...]
-        <v>51</v>
+      <c r="L31" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="M31" s="9" t="s">
+        <v>24</v>
       </c>
       <c r="N31" s="8">
         <v>1614478</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="B32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B33" s="8">
         <v>27481335932</v>
       </c>
       <c r="C33" s="8">
         <v>29063236642</v>
       </c>
       <c r="D33" s="8">
         <v>30440097668</v>
       </c>
       <c r="E33" s="8">
         <v>26922534891</v>
       </c>
       <c r="F33" s="8">
         <v>25170234961</v>
       </c>
       <c r="G33" s="8">
         <v>28866881812</v>
       </c>
       <c r="H33" s="8">
         <v>25044841099</v>
       </c>
       <c r="I33" s="8">
         <v>25759238596</v>
       </c>
       <c r="J33" s="8">
         <v>25131717498</v>
       </c>
       <c r="K33" s="8">
         <v>25538543340</v>
       </c>
       <c r="L33" s="8">
         <v>25548744643</v>
       </c>
       <c r="M33" s="8">
         <v>22127910750</v>
       </c>
       <c r="N33" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B34" s="8">
         <v>26671813878</v>
       </c>
       <c r="C34" s="8">
         <v>28266292119</v>
       </c>
       <c r="D34" s="8">
         <v>29596080735</v>
       </c>
       <c r="E34" s="8">
         <v>26152389627</v>
       </c>
       <c r="F34" s="8">
         <v>24347687785</v>
       </c>
       <c r="G34" s="8">
         <v>27987111540</v>
       </c>
       <c r="H34" s="8">
         <v>24169515386</v>
       </c>
       <c r="I34" s="8">
         <v>24848627901</v>
       </c>
       <c r="J34" s="8">
         <v>24244576881</v>
       </c>
       <c r="K34" s="8">
         <v>24599903316</v>
       </c>
       <c r="L34" s="8">
         <v>24604063976</v>
       </c>
       <c r="M34" s="8">
         <v>21202963192</v>
       </c>
       <c r="N34" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B35" s="8">
         <v>809522054</v>
       </c>
       <c r="C35" s="8">
         <v>796944523</v>
       </c>
       <c r="D35" s="8">
         <v>844016933</v>
       </c>
       <c r="E35" s="8">
         <v>770145264</v>
       </c>
       <c r="F35" s="8">
         <v>822547176</v>
       </c>
       <c r="G35" s="8">
         <v>879770272</v>
       </c>
       <c r="H35" s="8">
         <v>875325713</v>
       </c>
       <c r="I35" s="8">
         <v>910610695</v>
       </c>
       <c r="J35" s="8">
         <v>887140617</v>
       </c>
       <c r="K35" s="8">
         <v>938640024</v>
       </c>
       <c r="L35" s="8">
         <v>944680667</v>
       </c>
       <c r="M35" s="8">
         <v>924947558</v>
       </c>
       <c r="N35" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B36" s="8">
         <v>6214893</v>
       </c>
       <c r="C36" s="8">
         <v>5832219</v>
       </c>
       <c r="D36" s="8">
         <v>6127574</v>
       </c>
       <c r="E36" s="8">
         <v>6079526</v>
       </c>
       <c r="F36" s="8">
         <v>5550657</v>
       </c>
       <c r="G36" s="8">
         <v>6400570</v>
       </c>
       <c r="H36" s="8">
         <v>6276565</v>
       </c>
       <c r="I36" s="8">
         <v>6326793</v>
       </c>
       <c r="J36" s="8">
         <v>6197453</v>
       </c>
       <c r="K36" s="8">
         <v>6979606</v>
       </c>
       <c r="L36" s="8">
         <v>6544702</v>
       </c>
       <c r="M36" s="8">
         <v>5676759</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B37" s="8">
         <v>1020555</v>
       </c>
       <c r="C37" s="8">
         <v>1006005</v>
       </c>
       <c r="D37" s="8">
         <v>1108034</v>
       </c>
       <c r="E37" s="8">
         <v>1072464</v>
       </c>
       <c r="F37" s="8">
         <v>1022466</v>
       </c>
       <c r="G37" s="8">
         <v>1145881</v>
       </c>
       <c r="H37" s="8">
         <v>845708</v>
       </c>
       <c r="I37" s="8">
         <v>959227</v>
       </c>
       <c r="J37" s="8">
         <v>1003957</v>
       </c>
       <c r="K37" s="8">
         <v>1188214</v>
       </c>
       <c r="L37" s="8">
         <v>1088091</v>
       </c>
       <c r="M37" s="8">
         <v>804270</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B38" s="8">
         <v>1164351</v>
       </c>
       <c r="C38" s="8">
         <v>1132132</v>
       </c>
       <c r="D38" s="8">
         <v>1299523</v>
       </c>
       <c r="E38" s="8">
         <v>1156721</v>
       </c>
       <c r="F38" s="8">
         <v>1332574</v>
       </c>
       <c r="G38" s="8">
         <v>1487559</v>
       </c>
       <c r="H38" s="8">
         <v>1472069</v>
       </c>
       <c r="I38" s="8">
         <v>1443024</v>
       </c>
       <c r="J38" s="8">
         <v>1452961</v>
       </c>
       <c r="K38" s="8">
         <v>1623965</v>
       </c>
       <c r="L38" s="8">
         <v>1755469</v>
       </c>
       <c r="M38" s="8">
         <v>1602975</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B39" s="8">
         <v>262675</v>
       </c>
       <c r="C39" s="8">
         <v>269558</v>
       </c>
       <c r="D39" s="8">
         <v>318578</v>
       </c>
       <c r="E39" s="8">
         <v>296853</v>
       </c>
       <c r="F39" s="8">
         <v>248638</v>
       </c>
       <c r="G39" s="8">
         <v>293909</v>
       </c>
       <c r="H39" s="8">
         <v>270218</v>
       </c>
       <c r="I39" s="8">
         <v>252730</v>
       </c>
       <c r="J39" s="8">
         <v>278464</v>
       </c>
       <c r="K39" s="8">
         <v>292521</v>
       </c>
       <c r="L39" s="8">
         <v>287341</v>
       </c>
       <c r="M39" s="8">
         <v>253241</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B40" s="8">
         <v>3767313</v>
       </c>
       <c r="C40" s="8">
         <v>3424524</v>
       </c>
       <c r="D40" s="8">
         <v>3401438</v>
       </c>
       <c r="E40" s="8">
         <v>3553488</v>
       </c>
       <c r="F40" s="8">
         <v>2946979</v>
       </c>
       <c r="G40" s="8">
         <v>3473221</v>
       </c>
       <c r="H40" s="8">
         <v>3688570</v>
       </c>
       <c r="I40" s="8">
         <v>3671813</v>
       </c>
       <c r="J40" s="8">
         <v>3462070</v>
       </c>
       <c r="K40" s="8">
         <v>3874906</v>
       </c>
       <c r="L40" s="8">
         <v>3413801</v>
       </c>
       <c r="M40" s="8">
         <v>3016274</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="41" ht="12" customHeight="1"/>
     <row r="42" ht="14" customHeight="1">
-      <c r="A42" s="9" t="s">
-[...14 lines deleted...]
-      <c r="N42" s="9"/>
+      <c r="A42" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B42" s="10"/>
+      <c r="C42" s="10"/>
+      <c r="D42" s="10"/>
+      <c r="E42" s="10"/>
+      <c r="F42" s="10"/>
+      <c r="G42" s="10"/>
+      <c r="H42" s="10"/>
+      <c r="I42" s="10"/>
+      <c r="J42" s="10"/>
+      <c r="K42" s="10"/>
+      <c r="L42" s="10"/>
+      <c r="M42" s="10"/>
+      <c r="N42" s="10"/>
     </row>
     <row r="43" ht="14" customHeight="1">
-      <c r="A43" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N43" s="10"/>
+      <c r="A43" s="11" t="s">
+        <v>36</v>
+      </c>
+      <c r="B43" s="11"/>
+      <c r="C43" s="11"/>
+      <c r="D43" s="11"/>
+      <c r="E43" s="11"/>
+      <c r="F43" s="11"/>
+      <c r="G43" s="11"/>
+      <c r="H43" s="11"/>
+      <c r="I43" s="11"/>
+      <c r="J43" s="11"/>
+      <c r="K43" s="11"/>
+      <c r="L43" s="11"/>
+      <c r="M43" s="11"/>
+      <c r="N43" s="11"/>
     </row>
     <row r="44" ht="43" customHeight="1">
-      <c r="A44" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N44" s="10"/>
+      <c r="A44" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="B44" s="11"/>
+      <c r="C44" s="11"/>
+      <c r="D44" s="11"/>
+      <c r="E44" s="11"/>
+      <c r="F44" s="11"/>
+      <c r="G44" s="11"/>
+      <c r="H44" s="11"/>
+      <c r="I44" s="11"/>
+      <c r="J44" s="11"/>
+      <c r="K44" s="11"/>
+      <c r="L44" s="11"/>
+      <c r="M44" s="11"/>
+      <c r="N44" s="11"/>
     </row>
     <row r="45" ht="14" customHeight="1">
-      <c r="A45" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N45" s="10"/>
+      <c r="A45" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="B45" s="11"/>
+      <c r="C45" s="11"/>
+      <c r="D45" s="11"/>
+      <c r="E45" s="11"/>
+      <c r="F45" s="11"/>
+      <c r="G45" s="11"/>
+      <c r="H45" s="11"/>
+      <c r="I45" s="11"/>
+      <c r="J45" s="11"/>
+      <c r="K45" s="11"/>
+      <c r="L45" s="11"/>
+      <c r="M45" s="11"/>
+      <c r="N45" s="11"/>
     </row>
     <row r="46" ht="14" customHeight="1">
-      <c r="A46" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N46" s="10"/>
+      <c r="A46" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="B46" s="11"/>
+      <c r="C46" s="11"/>
+      <c r="D46" s="11"/>
+      <c r="E46" s="11"/>
+      <c r="F46" s="11"/>
+      <c r="G46" s="11"/>
+      <c r="H46" s="11"/>
+      <c r="I46" s="11"/>
+      <c r="J46" s="11"/>
+      <c r="K46" s="11"/>
+      <c r="L46" s="11"/>
+      <c r="M46" s="11"/>
+      <c r="N46" s="11"/>
     </row>
     <row r="47" ht="12" customHeight="1">
-      <c r="A47" s="11" t="s">
-[...14 lines deleted...]
-      <c r="N47" s="11"/>
+      <c r="A47" s="12" t="s">
+        <v>40</v>
+      </c>
+      <c r="B47" s="12"/>
+      <c r="C47" s="12"/>
+      <c r="D47" s="12"/>
+      <c r="E47" s="12"/>
+      <c r="F47" s="12"/>
+      <c r="G47" s="12"/>
+      <c r="H47" s="12"/>
+      <c r="I47" s="12"/>
+      <c r="J47" s="12"/>
+      <c r="K47" s="12"/>
+      <c r="L47" s="12"/>
+      <c r="M47" s="12"/>
+      <c r="N47" s="12"/>
     </row>
     <row r="48" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A42:N42"/>
     <mergeCell ref="A43:N43"/>
     <mergeCell ref="A44:N44"/>
     <mergeCell ref="A45:N45"/>
     <mergeCell ref="A46:N46"/>
     <mergeCell ref="A47:N47"/>
   </mergeCells>
   <printOptions headings="0" horizontalCentered="0" verticalCentered="0" gridLines="0"/>
   <pageMargins left="0.05" right="0.05" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup paperSize="1" fitToWidth="1" fitToHeight="1" scale="100" orientation="landscape" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter>
     <oddHeader/>
     <oddFooter/>
   </headerFooter>
 </worksheet>
@@ -10509,1627 +10949,1627 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s"/>
       <c r="B8" s="6" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="B9" s="8">
         <v>165</v>
       </c>
       <c r="C9" s="8">
         <v>161</v>
       </c>
       <c r="D9" s="8">
         <v>161</v>
       </c>
       <c r="E9" s="8">
         <v>160</v>
       </c>
       <c r="F9" s="8">
         <v>156</v>
       </c>
       <c r="G9" s="8">
         <v>158</v>
       </c>
       <c r="H9" s="8">
         <v>152</v>
       </c>
       <c r="I9" s="8">
         <v>153</v>
       </c>
       <c r="J9" s="8">
         <v>153</v>
       </c>
       <c r="K9" s="8">
         <v>152</v>
       </c>
       <c r="L9" s="8">
         <v>151</v>
       </c>
       <c r="M9" s="8">
         <v>150</v>
       </c>
       <c r="N9" s="8">
         <v>171</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="B10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B11" s="8">
         <v>14226100627</v>
       </c>
       <c r="C11" s="8">
         <v>14445250800</v>
       </c>
       <c r="D11" s="8">
         <v>15014706143</v>
       </c>
       <c r="E11" s="8">
         <v>15308089515</v>
       </c>
       <c r="F11" s="8">
         <v>14729215661</v>
       </c>
       <c r="G11" s="8">
         <v>13429509727</v>
       </c>
       <c r="H11" s="8">
         <v>12688270919</v>
       </c>
       <c r="I11" s="8">
         <v>15095238660</v>
       </c>
       <c r="J11" s="8">
         <v>14069305961</v>
       </c>
       <c r="K11" s="8">
         <v>16150564301</v>
       </c>
       <c r="L11" s="8">
         <v>12989220093</v>
       </c>
       <c r="M11" s="8">
         <v>9940796954</v>
       </c>
       <c r="N11" s="8">
         <v>168086269361</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B12" s="8">
         <v>13975353328</v>
       </c>
       <c r="C12" s="8">
         <v>14184237176</v>
       </c>
       <c r="D12" s="8">
         <v>14810777934</v>
       </c>
       <c r="E12" s="8">
         <v>15049666681</v>
       </c>
       <c r="F12" s="8">
         <v>14543714984</v>
       </c>
       <c r="G12" s="8">
         <v>13255467307</v>
       </c>
       <c r="H12" s="8">
         <v>12474636501</v>
       </c>
       <c r="I12" s="8">
         <v>14898600127</v>
       </c>
       <c r="J12" s="8">
         <v>13915423731</v>
       </c>
       <c r="K12" s="8">
         <v>15947868631</v>
       </c>
       <c r="L12" s="8">
         <v>12827394562</v>
       </c>
       <c r="M12" s="8">
         <v>9817628832</v>
       </c>
       <c r="N12" s="8">
         <v>165700769794</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B13" s="8">
         <v>250747299</v>
       </c>
       <c r="C13" s="8">
         <v>261013624</v>
       </c>
       <c r="D13" s="8">
         <v>203928209</v>
       </c>
       <c r="E13" s="8">
         <v>258422834</v>
       </c>
       <c r="F13" s="8">
         <v>185500677</v>
       </c>
       <c r="G13" s="8">
         <v>174042420</v>
       </c>
       <c r="H13" s="8">
         <v>213634418</v>
       </c>
       <c r="I13" s="8">
         <v>196638533</v>
       </c>
       <c r="J13" s="8">
         <v>153882230</v>
       </c>
       <c r="K13" s="8">
         <v>202695670</v>
       </c>
       <c r="L13" s="8">
         <v>161825531</v>
       </c>
       <c r="M13" s="8">
         <v>123168122</v>
       </c>
       <c r="N13" s="8">
         <v>2385499567</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>10765898</v>
       </c>
       <c r="C14" s="8">
         <v>10904825</v>
       </c>
       <c r="D14" s="8">
         <v>10550777</v>
       </c>
       <c r="E14" s="8">
         <v>11601621</v>
       </c>
       <c r="F14" s="8">
         <v>11305100</v>
       </c>
       <c r="G14" s="8">
         <v>10094748</v>
       </c>
       <c r="H14" s="8">
         <v>10468290</v>
       </c>
       <c r="I14" s="8">
         <v>11284686</v>
       </c>
       <c r="J14" s="8">
         <v>9379298</v>
       </c>
       <c r="K14" s="8">
         <v>11255224</v>
       </c>
       <c r="L14" s="8">
         <v>9314908</v>
       </c>
       <c r="M14" s="8">
         <v>8842527</v>
       </c>
       <c r="N14" s="8">
         <v>125767901</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B15" s="8">
         <v>885095</v>
       </c>
       <c r="C15" s="8">
         <v>978096</v>
       </c>
       <c r="D15" s="8">
         <v>924599</v>
       </c>
       <c r="E15" s="8">
         <v>1054115</v>
       </c>
       <c r="F15" s="8">
         <v>1040492</v>
       </c>
       <c r="G15" s="8">
         <v>935175</v>
       </c>
       <c r="H15" s="8">
         <v>801983</v>
       </c>
       <c r="I15" s="8">
         <v>1069992</v>
       </c>
       <c r="J15" s="8">
         <v>881537</v>
       </c>
       <c r="K15" s="8">
         <v>1056283</v>
       </c>
-      <c r="L15" s="12" t="s">
-[...3 lines deleted...]
-        <v>51</v>
+      <c r="L15" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="M15" s="9" t="s">
+        <v>24</v>
       </c>
       <c r="N15" s="8">
         <v>11135803</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B16" s="8">
         <v>1896613</v>
       </c>
       <c r="C16" s="8">
         <v>2010364</v>
       </c>
       <c r="D16" s="8">
         <v>1770801</v>
       </c>
       <c r="E16" s="8">
         <v>1947829</v>
       </c>
       <c r="F16" s="8">
         <v>1810441</v>
       </c>
       <c r="G16" s="8">
         <v>1747116</v>
       </c>
       <c r="H16" s="8">
         <v>1914836</v>
       </c>
       <c r="I16" s="8">
         <v>1975889</v>
       </c>
       <c r="J16" s="8">
         <v>1709051</v>
       </c>
       <c r="K16" s="8">
         <v>2050585</v>
       </c>
-      <c r="L16" s="12" t="s">
-[...3 lines deleted...]
-        <v>51</v>
+      <c r="L16" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="M16" s="9" t="s">
+        <v>24</v>
       </c>
       <c r="N16" s="8">
         <v>22017779</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B17" s="8">
         <v>107056</v>
       </c>
       <c r="C17" s="8">
         <v>65974</v>
       </c>
       <c r="D17" s="8">
         <v>88513</v>
       </c>
       <c r="E17" s="8">
         <v>90776</v>
       </c>
       <c r="F17" s="8">
         <v>108277</v>
       </c>
       <c r="G17" s="8">
         <v>102995</v>
       </c>
       <c r="H17" s="8">
         <v>108792</v>
       </c>
       <c r="I17" s="8">
         <v>97803</v>
       </c>
       <c r="J17" s="8">
         <v>52290</v>
       </c>
       <c r="K17" s="8">
         <v>129970</v>
       </c>
       <c r="L17" s="8">
         <v>109338</v>
       </c>
       <c r="M17" s="8">
         <v>78215</v>
       </c>
       <c r="N17" s="8">
         <v>1139998</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B18" s="8">
         <v>7877133</v>
       </c>
       <c r="C18" s="8">
         <v>7850391</v>
       </c>
       <c r="D18" s="8">
         <v>7766864</v>
       </c>
       <c r="E18" s="8">
         <v>8508901</v>
       </c>
       <c r="F18" s="8">
         <v>8345890</v>
       </c>
       <c r="G18" s="8">
         <v>7309463</v>
       </c>
       <c r="H18" s="8">
         <v>7642678</v>
       </c>
       <c r="I18" s="8">
         <v>8141001</v>
       </c>
       <c r="J18" s="8">
         <v>6736420</v>
       </c>
       <c r="K18" s="8">
         <v>8018387</v>
       </c>
       <c r="L18" s="8">
         <v>6870609</v>
       </c>
       <c r="M18" s="8">
         <v>6406584</v>
       </c>
       <c r="N18" s="8">
         <v>91474321</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B20" s="8">
         <v>13180849963</v>
       </c>
       <c r="C20" s="8">
         <v>11898983434</v>
       </c>
       <c r="D20" s="8">
         <v>13245215997</v>
       </c>
       <c r="E20" s="8">
         <v>14279936611</v>
       </c>
       <c r="F20" s="8">
         <v>14595501578</v>
       </c>
       <c r="G20" s="8">
         <v>14175864681</v>
       </c>
       <c r="H20" s="8">
         <v>14466452095</v>
       </c>
       <c r="I20" s="8">
         <v>13508091788</v>
       </c>
       <c r="J20" s="8">
         <v>13904299108</v>
       </c>
       <c r="K20" s="8">
         <v>13275514792</v>
       </c>
       <c r="L20" s="8">
         <v>10266195700</v>
       </c>
       <c r="M20" s="8">
         <v>12277212923</v>
       </c>
       <c r="N20" s="8">
         <v>159074118670</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B21" s="8">
         <v>12936227237</v>
       </c>
       <c r="C21" s="8">
         <v>11662023460</v>
       </c>
       <c r="D21" s="8">
         <v>13005335241</v>
       </c>
       <c r="E21" s="8">
         <v>14031609618</v>
       </c>
       <c r="F21" s="8">
         <v>14407105745</v>
       </c>
       <c r="G21" s="8">
         <v>13962729767</v>
       </c>
       <c r="H21" s="8">
         <v>14281678313</v>
       </c>
       <c r="I21" s="8">
         <v>13321468438</v>
       </c>
       <c r="J21" s="8">
         <v>13742523243</v>
       </c>
       <c r="K21" s="8">
         <v>13059474686</v>
       </c>
       <c r="L21" s="8">
         <v>10111236428</v>
       </c>
       <c r="M21" s="8">
         <v>12127178020</v>
       </c>
       <c r="N21" s="8">
         <v>156648590196</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="B22" s="8">
         <v>244471826</v>
       </c>
       <c r="C22" s="8">
         <v>236804120</v>
       </c>
       <c r="D22" s="8">
         <v>239735334</v>
       </c>
       <c r="E22" s="8">
         <v>248083999</v>
       </c>
       <c r="F22" s="8">
         <v>188150754</v>
       </c>
       <c r="G22" s="8">
         <v>212899254</v>
       </c>
       <c r="H22" s="8">
         <v>184537013</v>
       </c>
       <c r="I22" s="8">
         <v>186371673</v>
       </c>
       <c r="J22" s="8">
         <v>161509647</v>
       </c>
       <c r="K22" s="8">
         <v>215763340</v>
       </c>
       <c r="L22" s="8">
         <v>154706598</v>
       </c>
       <c r="M22" s="8">
         <v>149722566</v>
       </c>
       <c r="N22" s="8">
         <v>2422756124</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B23" s="8">
         <v>150900</v>
       </c>
       <c r="C23" s="8">
         <v>155854</v>
       </c>
       <c r="D23" s="8">
         <v>145422</v>
       </c>
       <c r="E23" s="8">
         <v>242994</v>
       </c>
       <c r="F23" s="8">
         <v>245079</v>
       </c>
       <c r="G23" s="8">
         <v>235660</v>
       </c>
       <c r="H23" s="8">
         <v>236769</v>
       </c>
       <c r="I23" s="8">
         <v>251677</v>
       </c>
       <c r="J23" s="8">
         <v>266218</v>
       </c>
       <c r="K23" s="8">
         <v>276766</v>
       </c>
       <c r="L23" s="8">
         <v>252674</v>
       </c>
       <c r="M23" s="8">
         <v>312337</v>
       </c>
       <c r="N23" s="8">
         <v>2772350</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B24" s="8">
         <v>10024579</v>
       </c>
       <c r="C24" s="8">
         <v>10431176</v>
       </c>
       <c r="D24" s="8">
         <v>10311983</v>
       </c>
       <c r="E24" s="8">
         <v>11163937</v>
       </c>
       <c r="F24" s="8">
         <v>11126698</v>
       </c>
       <c r="G24" s="8">
         <v>10058116</v>
       </c>
       <c r="H24" s="8">
         <v>10739631</v>
       </c>
       <c r="I24" s="8">
         <v>10682825</v>
       </c>
       <c r="J24" s="8">
         <v>9158075</v>
       </c>
       <c r="K24" s="8">
         <v>11533269</v>
       </c>
       <c r="L24" s="8">
         <v>9362441</v>
       </c>
       <c r="M24" s="8">
         <v>10258628</v>
       </c>
       <c r="N24" s="8">
         <v>124851358</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B25" s="8">
         <v>847109</v>
       </c>
       <c r="C25" s="8">
         <v>884804</v>
       </c>
       <c r="D25" s="8">
         <v>1010300</v>
       </c>
       <c r="E25" s="8">
         <v>1086327</v>
       </c>
       <c r="F25" s="8">
         <v>997657</v>
       </c>
       <c r="G25" s="8">
         <v>914080</v>
       </c>
       <c r="H25" s="8">
         <v>891921</v>
       </c>
       <c r="I25" s="8">
         <v>1060909</v>
       </c>
       <c r="J25" s="8">
         <v>832349</v>
       </c>
       <c r="K25" s="8">
         <v>995125</v>
       </c>
       <c r="L25" s="8">
         <v>837292</v>
       </c>
       <c r="M25" s="8">
         <v>972781</v>
       </c>
       <c r="N25" s="8">
         <v>11330653</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B26" s="8">
         <v>1889842</v>
       </c>
       <c r="C26" s="8">
         <v>1891381</v>
       </c>
       <c r="D26" s="8">
         <v>1624650</v>
       </c>
       <c r="E26" s="8">
         <v>1782635</v>
       </c>
       <c r="F26" s="8">
         <v>1845388</v>
       </c>
       <c r="G26" s="8">
         <v>1675813</v>
       </c>
       <c r="H26" s="8">
         <v>1866512</v>
       </c>
       <c r="I26" s="8">
         <v>1758148</v>
       </c>
       <c r="J26" s="8">
         <v>1742875</v>
       </c>
       <c r="K26" s="8">
         <v>1902786</v>
       </c>
       <c r="L26" s="8">
         <v>1465838</v>
       </c>
       <c r="M26" s="8">
         <v>1665612</v>
       </c>
       <c r="N26" s="8">
         <v>21111479</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B27" s="8">
         <v>73303</v>
       </c>
       <c r="C27" s="8">
         <v>67026</v>
       </c>
       <c r="D27" s="8">
         <v>76149</v>
       </c>
       <c r="E27" s="8">
         <v>82610</v>
       </c>
       <c r="F27" s="8">
         <v>64249</v>
       </c>
       <c r="G27" s="8">
         <v>79909</v>
       </c>
       <c r="H27" s="8">
         <v>81932</v>
       </c>
       <c r="I27" s="8">
         <v>69148</v>
       </c>
       <c r="J27" s="8">
         <v>54370</v>
       </c>
       <c r="K27" s="8">
         <v>81871</v>
       </c>
       <c r="L27" s="8">
         <v>39011</v>
       </c>
       <c r="M27" s="8">
         <v>72125</v>
       </c>
       <c r="N27" s="8">
         <v>841704</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B28" s="8">
         <v>7214325</v>
       </c>
       <c r="C28" s="8">
         <v>7587966</v>
       </c>
       <c r="D28" s="8">
         <v>7600884</v>
       </c>
       <c r="E28" s="8">
         <v>8212365</v>
       </c>
       <c r="F28" s="8">
         <v>8219404</v>
       </c>
       <c r="G28" s="8">
         <v>7388314</v>
       </c>
       <c r="H28" s="8">
         <v>7899266</v>
       </c>
       <c r="I28" s="8">
         <v>7794621</v>
       </c>
       <c r="J28" s="8">
         <v>6528481</v>
       </c>
       <c r="K28" s="8">
         <v>8553488</v>
       </c>
       <c r="L28" s="8">
         <v>7020299</v>
       </c>
       <c r="M28" s="8">
         <v>7548109</v>
       </c>
       <c r="N28" s="8">
         <v>91567523</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="B29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B30" s="8">
         <v>899340586</v>
       </c>
       <c r="C30" s="8">
         <v>767242768</v>
       </c>
       <c r="D30" s="8">
         <v>727401977</v>
       </c>
       <c r="E30" s="8">
         <v>856775874</v>
       </c>
       <c r="F30" s="8">
         <v>998602399</v>
       </c>
       <c r="G30" s="8">
         <v>866225413</v>
       </c>
       <c r="H30" s="8">
         <v>908185942</v>
       </c>
       <c r="I30" s="8">
         <v>1041732224</v>
       </c>
       <c r="J30" s="8">
         <v>1056354892</v>
       </c>
       <c r="K30" s="8">
         <v>1370432703</v>
       </c>
       <c r="L30" s="8">
         <v>1442284529</v>
       </c>
       <c r="M30" s="8">
         <v>1705641700</v>
       </c>
       <c r="N30" s="8">
         <v>12640221007</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="B31" s="8">
         <v>33870</v>
       </c>
       <c r="C31" s="8">
         <v>101575</v>
       </c>
       <c r="D31" s="8">
         <v>127097</v>
       </c>
       <c r="E31" s="8">
         <v>151062</v>
       </c>
       <c r="F31" s="8">
         <v>178906</v>
       </c>
       <c r="G31" s="8">
         <v>270885</v>
       </c>
       <c r="H31" s="8">
         <v>125282</v>
       </c>
       <c r="I31" s="8">
         <v>140350</v>
       </c>
       <c r="J31" s="8">
         <v>120223</v>
       </c>
       <c r="K31" s="8">
         <v>209372</v>
       </c>
       <c r="L31" s="8">
         <v>180273</v>
       </c>
       <c r="M31" s="8">
         <v>176151</v>
       </c>
       <c r="N31" s="8">
         <v>1815047</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="B32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B33" s="8">
         <v>15731321925</v>
       </c>
       <c r="C33" s="8">
         <v>17536373943</v>
       </c>
       <c r="D33" s="8">
         <v>18576089438</v>
       </c>
       <c r="E33" s="8">
         <v>18757958985</v>
       </c>
       <c r="F33" s="8">
         <v>17986103572</v>
       </c>
       <c r="G33" s="8">
         <v>16417203131</v>
       </c>
       <c r="H33" s="8">
         <v>13773618261</v>
       </c>
       <c r="I33" s="8">
         <v>14426894216</v>
       </c>
       <c r="J33" s="8">
         <v>13639677458</v>
       </c>
       <c r="K33" s="8">
         <v>15268059247</v>
       </c>
       <c r="L33" s="8">
         <v>16562343449</v>
       </c>
       <c r="M33" s="8">
         <v>12620637921</v>
       </c>
       <c r="N33" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B34" s="8">
         <v>15482903194</v>
       </c>
       <c r="C34" s="8">
         <v>17264648098</v>
       </c>
       <c r="D34" s="8">
         <v>18342796330</v>
       </c>
       <c r="E34" s="8">
         <v>18515273311</v>
       </c>
       <c r="F34" s="8">
         <v>17744198284</v>
       </c>
       <c r="G34" s="8">
         <v>16214451932</v>
       </c>
       <c r="H34" s="8">
         <v>13542720742</v>
       </c>
       <c r="I34" s="8">
         <v>14189338989</v>
       </c>
       <c r="J34" s="8">
         <v>13413388363</v>
       </c>
       <c r="K34" s="8">
         <v>15056468853</v>
       </c>
       <c r="L34" s="8">
         <v>16373393257</v>
       </c>
       <c r="M34" s="8">
         <v>12487129924</v>
       </c>
       <c r="N34" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B35" s="8">
         <v>248418731</v>
       </c>
       <c r="C35" s="8">
         <v>271725845</v>
       </c>
       <c r="D35" s="8">
         <v>233293108</v>
       </c>
       <c r="E35" s="8">
         <v>242685674</v>
       </c>
       <c r="F35" s="8">
         <v>241905288</v>
       </c>
       <c r="G35" s="8">
         <v>202751199</v>
       </c>
       <c r="H35" s="8">
         <v>230897519</v>
       </c>
       <c r="I35" s="8">
         <v>237555227</v>
       </c>
       <c r="J35" s="8">
         <v>226289095</v>
       </c>
       <c r="K35" s="8">
         <v>211590394</v>
       </c>
       <c r="L35" s="8">
         <v>188950192</v>
       </c>
       <c r="M35" s="8">
         <v>133507997</v>
       </c>
       <c r="N35" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B36" s="8">
         <v>4486763</v>
       </c>
       <c r="C36" s="8">
         <v>4836966</v>
       </c>
       <c r="D36" s="8">
         <v>4942312</v>
       </c>
       <c r="E36" s="8">
         <v>5603955</v>
       </c>
       <c r="F36" s="8">
         <v>5261683</v>
       </c>
       <c r="G36" s="8">
         <v>4942566</v>
       </c>
       <c r="H36" s="8">
         <v>4451293</v>
       </c>
       <c r="I36" s="8">
         <v>5000760</v>
       </c>
       <c r="J36" s="8">
         <v>5111773</v>
       </c>
       <c r="K36" s="8">
         <v>4615941</v>
       </c>
       <c r="L36" s="8">
         <v>4428457</v>
       </c>
       <c r="M36" s="8">
         <v>2786857</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B37" s="8">
         <v>564048</v>
       </c>
       <c r="C37" s="8">
         <v>658968</v>
       </c>
       <c r="D37" s="8">
         <v>574246</v>
       </c>
       <c r="E37" s="8">
         <v>536029</v>
       </c>
       <c r="F37" s="8">
         <v>575795</v>
       </c>
       <c r="G37" s="8">
         <v>587874</v>
       </c>
       <c r="H37" s="8">
         <v>501918</v>
       </c>
       <c r="I37" s="8">
         <v>519700</v>
       </c>
       <c r="J37" s="8">
         <v>567364</v>
       </c>
       <c r="K37" s="8">
         <v>625128</v>
       </c>
       <c r="L37" s="8">
         <v>479895</v>
       </c>
       <c r="M37" s="8">
         <v>325685</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B38" s="8">
         <v>1309884</v>
       </c>
       <c r="C38" s="8">
         <v>1366694</v>
       </c>
       <c r="D38" s="8">
         <v>1439936</v>
       </c>
       <c r="E38" s="8">
         <v>1530642</v>
       </c>
       <c r="F38" s="8">
         <v>1337382</v>
       </c>
       <c r="G38" s="8">
         <v>1202354</v>
       </c>
       <c r="H38" s="8">
         <v>1065696</v>
       </c>
       <c r="I38" s="8">
         <v>1302698</v>
       </c>
       <c r="J38" s="8">
         <v>1209700</v>
       </c>
       <c r="K38" s="8">
         <v>1135807</v>
       </c>
       <c r="L38" s="8">
         <v>1258286</v>
       </c>
       <c r="M38" s="8">
         <v>1013319</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B39" s="8">
         <v>71482</v>
       </c>
       <c r="C39" s="8">
         <v>59895</v>
       </c>
       <c r="D39" s="8">
         <v>72252</v>
       </c>
       <c r="E39" s="8">
         <v>39659</v>
       </c>
       <c r="F39" s="8">
         <v>73009</v>
       </c>
       <c r="G39" s="8">
         <v>53885</v>
       </c>
       <c r="H39" s="8">
         <v>80809</v>
       </c>
       <c r="I39" s="8">
         <v>58754</v>
       </c>
       <c r="J39" s="8">
         <v>46377</v>
       </c>
       <c r="K39" s="8">
         <v>94372</v>
       </c>
       <c r="L39" s="8">
         <v>110939</v>
       </c>
       <c r="M39" s="8">
         <v>51830</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B40" s="8">
         <v>2541349</v>
       </c>
       <c r="C40" s="8">
         <v>2751409</v>
       </c>
       <c r="D40" s="8">
         <v>2855879</v>
       </c>
       <c r="E40" s="8">
         <v>3497626</v>
       </c>
       <c r="F40" s="8">
         <v>3275498</v>
       </c>
       <c r="G40" s="8">
         <v>3098454</v>
       </c>
       <c r="H40" s="8">
         <v>2802870</v>
       </c>
       <c r="I40" s="8">
         <v>3119608</v>
       </c>
       <c r="J40" s="8">
         <v>3288332</v>
       </c>
       <c r="K40" s="8">
         <v>2760634</v>
       </c>
       <c r="L40" s="8">
         <v>2579337</v>
       </c>
       <c r="M40" s="8">
         <v>1396023</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="41" ht="12" customHeight="1"/>
     <row r="42" ht="14" customHeight="1">
-      <c r="A42" s="9" t="s">
-[...14 lines deleted...]
-      <c r="N42" s="9"/>
+      <c r="A42" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B42" s="10"/>
+      <c r="C42" s="10"/>
+      <c r="D42" s="10"/>
+      <c r="E42" s="10"/>
+      <c r="F42" s="10"/>
+      <c r="G42" s="10"/>
+      <c r="H42" s="10"/>
+      <c r="I42" s="10"/>
+      <c r="J42" s="10"/>
+      <c r="K42" s="10"/>
+      <c r="L42" s="10"/>
+      <c r="M42" s="10"/>
+      <c r="N42" s="10"/>
     </row>
     <row r="43" ht="14" customHeight="1">
-      <c r="A43" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N43" s="10"/>
+      <c r="A43" s="11" t="s">
+        <v>36</v>
+      </c>
+      <c r="B43" s="11"/>
+      <c r="C43" s="11"/>
+      <c r="D43" s="11"/>
+      <c r="E43" s="11"/>
+      <c r="F43" s="11"/>
+      <c r="G43" s="11"/>
+      <c r="H43" s="11"/>
+      <c r="I43" s="11"/>
+      <c r="J43" s="11"/>
+      <c r="K43" s="11"/>
+      <c r="L43" s="11"/>
+      <c r="M43" s="11"/>
+      <c r="N43" s="11"/>
     </row>
     <row r="44" ht="43" customHeight="1">
-      <c r="A44" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N44" s="10"/>
+      <c r="A44" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="B44" s="11"/>
+      <c r="C44" s="11"/>
+      <c r="D44" s="11"/>
+      <c r="E44" s="11"/>
+      <c r="F44" s="11"/>
+      <c r="G44" s="11"/>
+      <c r="H44" s="11"/>
+      <c r="I44" s="11"/>
+      <c r="J44" s="11"/>
+      <c r="K44" s="11"/>
+      <c r="L44" s="11"/>
+      <c r="M44" s="11"/>
+      <c r="N44" s="11"/>
     </row>
     <row r="45" ht="14" customHeight="1">
-      <c r="A45" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N45" s="10"/>
+      <c r="A45" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="B45" s="11"/>
+      <c r="C45" s="11"/>
+      <c r="D45" s="11"/>
+      <c r="E45" s="11"/>
+      <c r="F45" s="11"/>
+      <c r="G45" s="11"/>
+      <c r="H45" s="11"/>
+      <c r="I45" s="11"/>
+      <c r="J45" s="11"/>
+      <c r="K45" s="11"/>
+      <c r="L45" s="11"/>
+      <c r="M45" s="11"/>
+      <c r="N45" s="11"/>
     </row>
     <row r="46" ht="14" customHeight="1">
-      <c r="A46" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N46" s="10"/>
+      <c r="A46" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="B46" s="11"/>
+      <c r="C46" s="11"/>
+      <c r="D46" s="11"/>
+      <c r="E46" s="11"/>
+      <c r="F46" s="11"/>
+      <c r="G46" s="11"/>
+      <c r="H46" s="11"/>
+      <c r="I46" s="11"/>
+      <c r="J46" s="11"/>
+      <c r="K46" s="11"/>
+      <c r="L46" s="11"/>
+      <c r="M46" s="11"/>
+      <c r="N46" s="11"/>
     </row>
     <row r="47" ht="12" customHeight="1">
-      <c r="A47" s="11" t="s">
-[...14 lines deleted...]
-      <c r="N47" s="11"/>
+      <c r="A47" s="12" t="s">
+        <v>40</v>
+      </c>
+      <c r="B47" s="12"/>
+      <c r="C47" s="12"/>
+      <c r="D47" s="12"/>
+      <c r="E47" s="12"/>
+      <c r="F47" s="12"/>
+      <c r="G47" s="12"/>
+      <c r="H47" s="12"/>
+      <c r="I47" s="12"/>
+      <c r="J47" s="12"/>
+      <c r="K47" s="12"/>
+      <c r="L47" s="12"/>
+      <c r="M47" s="12"/>
+      <c r="N47" s="12"/>
     </row>
     <row r="48" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A42:N42"/>
     <mergeCell ref="A43:N43"/>
     <mergeCell ref="A44:N44"/>
     <mergeCell ref="A45:N45"/>
     <mergeCell ref="A46:N46"/>
     <mergeCell ref="A47:N47"/>
   </mergeCells>
   <printOptions headings="0" horizontalCentered="0" verticalCentered="0" gridLines="0"/>
   <pageMargins left="0.05" right="0.05" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup paperSize="1" fitToWidth="1" fitToHeight="1" scale="100" orientation="landscape" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter>
     <oddHeader/>
     <oddFooter/>
   </headerFooter>
 </worksheet>
@@ -12153,1627 +12593,1627 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s"/>
       <c r="B8" s="6" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="B9" s="8">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C9" s="8">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D9" s="8">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E9" s="8">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F9" s="8">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="G9" s="8">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="H9" s="8">
         <v>166</v>
       </c>
       <c r="I9" s="8">
         <v>166</v>
       </c>
       <c r="J9" s="8">
         <v>163</v>
       </c>
       <c r="K9" s="8">
         <v>163</v>
       </c>
       <c r="L9" s="8">
         <v>164</v>
       </c>
       <c r="M9" s="8">
         <v>164</v>
       </c>
       <c r="N9" s="8">
         <v>175</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="B10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B11" s="8">
-        <v>16177497459</v>
+        <v>16177498259</v>
       </c>
       <c r="C11" s="8">
-        <v>16599632435</v>
+        <v>16599632835</v>
       </c>
       <c r="D11" s="8">
-        <v>18567865761</v>
+        <v>18567866161</v>
       </c>
       <c r="E11" s="8">
-        <v>14730523042</v>
+        <v>14730523442</v>
       </c>
       <c r="F11" s="8">
-        <v>16516847518</v>
+        <v>16516848018</v>
       </c>
       <c r="G11" s="8">
-        <v>14781069907</v>
+        <v>14781070788</v>
       </c>
       <c r="H11" s="8">
         <v>11886732963</v>
       </c>
       <c r="I11" s="8">
         <v>16474016619</v>
       </c>
       <c r="J11" s="8">
         <v>14020337014</v>
       </c>
       <c r="K11" s="8">
         <v>16883089076</v>
       </c>
       <c r="L11" s="8">
         <v>14676312180</v>
       </c>
       <c r="M11" s="8">
         <v>10449895030</v>
       </c>
       <c r="N11" s="8">
-        <v>181763819004</v>
+        <v>181763822385</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B12" s="8">
         <v>15919582994</v>
       </c>
       <c r="C12" s="8">
         <v>16366369704</v>
       </c>
       <c r="D12" s="8">
         <v>18312322583</v>
       </c>
       <c r="E12" s="8">
         <v>14550881833</v>
       </c>
       <c r="F12" s="8">
         <v>16260706670</v>
       </c>
       <c r="G12" s="8">
         <v>14499920851</v>
       </c>
       <c r="H12" s="8">
         <v>11627116705</v>
       </c>
       <c r="I12" s="8">
         <v>16186439560</v>
       </c>
       <c r="J12" s="8">
         <v>13822770076</v>
       </c>
       <c r="K12" s="8">
         <v>16571572920</v>
       </c>
       <c r="L12" s="8">
         <v>14384353263</v>
       </c>
       <c r="M12" s="8">
         <v>10240904594</v>
       </c>
       <c r="N12" s="8">
         <v>178742941753</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B13" s="8">
-        <v>257914465</v>
+        <v>257915265</v>
       </c>
       <c r="C13" s="8">
-        <v>233262731</v>
+        <v>233263131</v>
       </c>
       <c r="D13" s="8">
-        <v>255543178</v>
+        <v>255543578</v>
       </c>
       <c r="E13" s="8">
-        <v>179641209</v>
+        <v>179641609</v>
       </c>
       <c r="F13" s="8">
-        <v>256140848</v>
+        <v>256141348</v>
       </c>
       <c r="G13" s="8">
-        <v>281149056</v>
+        <v>281149937</v>
       </c>
       <c r="H13" s="8">
         <v>259616258</v>
       </c>
       <c r="I13" s="8">
         <v>287577059</v>
       </c>
       <c r="J13" s="8">
         <v>197566938</v>
       </c>
       <c r="K13" s="8">
         <v>311516156</v>
       </c>
       <c r="L13" s="8">
         <v>291958917</v>
       </c>
       <c r="M13" s="8">
         <v>208990436</v>
       </c>
       <c r="N13" s="8">
-        <v>3020877251</v>
+        <v>3020880632</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>12699751</v>
       </c>
       <c r="C14" s="8">
         <v>11031297</v>
       </c>
       <c r="D14" s="8">
         <v>12484972</v>
       </c>
       <c r="E14" s="8">
         <v>10222469</v>
       </c>
       <c r="F14" s="8">
         <v>12354508</v>
       </c>
       <c r="G14" s="8">
         <v>12044731</v>
       </c>
       <c r="H14" s="8">
         <v>9288576</v>
       </c>
       <c r="I14" s="8">
         <v>13257480</v>
       </c>
       <c r="J14" s="8">
         <v>9569925</v>
       </c>
       <c r="K14" s="8">
         <v>11649636</v>
       </c>
       <c r="L14" s="8">
         <v>10291872</v>
       </c>
       <c r="M14" s="8">
         <v>8902154</v>
       </c>
       <c r="N14" s="8">
         <v>133797371</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B15" s="8">
         <v>1176645</v>
       </c>
       <c r="C15" s="8">
         <v>1056257</v>
       </c>
       <c r="D15" s="8">
         <v>1192654</v>
       </c>
       <c r="E15" s="8">
         <v>858543</v>
       </c>
       <c r="F15" s="8">
         <v>1010013</v>
       </c>
       <c r="G15" s="8">
         <v>971836</v>
       </c>
       <c r="H15" s="8">
         <v>739611</v>
       </c>
       <c r="I15" s="8">
         <v>1062867</v>
       </c>
       <c r="J15" s="8">
         <v>966183</v>
       </c>
       <c r="K15" s="8">
         <v>957086</v>
       </c>
       <c r="L15" s="8">
         <v>868183</v>
       </c>
       <c r="M15" s="8">
         <v>960826</v>
       </c>
       <c r="N15" s="8">
         <v>11820704</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B16" s="8">
         <v>1994551</v>
       </c>
       <c r="C16" s="8">
         <v>1850281</v>
       </c>
       <c r="D16" s="8">
         <v>2072024</v>
       </c>
       <c r="E16" s="8">
         <v>1648238</v>
       </c>
       <c r="F16" s="8">
         <v>2062725</v>
       </c>
       <c r="G16" s="8">
         <v>2021514</v>
       </c>
       <c r="H16" s="8">
         <v>1721900</v>
       </c>
       <c r="I16" s="8">
         <v>2208394</v>
       </c>
       <c r="J16" s="8">
         <v>1674184</v>
       </c>
       <c r="K16" s="8">
         <v>2224672</v>
       </c>
       <c r="L16" s="8">
         <v>1927177</v>
       </c>
       <c r="M16" s="8">
         <v>1521612</v>
       </c>
       <c r="N16" s="8">
         <v>22927271</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B17" s="8">
         <v>75289</v>
       </c>
       <c r="C17" s="8">
         <v>62953</v>
       </c>
       <c r="D17" s="8">
         <v>74094</v>
       </c>
       <c r="E17" s="8">
         <v>76628</v>
       </c>
       <c r="F17" s="8">
         <v>89822</v>
       </c>
       <c r="G17" s="8">
         <v>85997</v>
       </c>
       <c r="H17" s="8">
         <v>78719</v>
       </c>
       <c r="I17" s="8">
         <v>104423</v>
       </c>
       <c r="J17" s="8">
         <v>78200</v>
       </c>
       <c r="K17" s="8">
         <v>76058</v>
       </c>
       <c r="L17" s="8">
         <v>101351</v>
       </c>
       <c r="M17" s="8">
         <v>96214</v>
       </c>
       <c r="N17" s="8">
         <v>999748</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B18" s="8">
         <v>9453267</v>
       </c>
       <c r="C18" s="8">
         <v>8061806</v>
       </c>
       <c r="D18" s="8">
         <v>9146201</v>
       </c>
       <c r="E18" s="8">
         <v>7639060</v>
       </c>
       <c r="F18" s="8">
         <v>9191947</v>
       </c>
       <c r="G18" s="8">
         <v>8965384</v>
       </c>
       <c r="H18" s="8">
         <v>6748346</v>
       </c>
       <c r="I18" s="8">
         <v>9881796</v>
       </c>
       <c r="J18" s="8">
         <v>6851358</v>
       </c>
       <c r="K18" s="8">
         <v>8391821</v>
       </c>
       <c r="L18" s="8">
         <v>7395161</v>
       </c>
       <c r="M18" s="8">
         <v>6323502</v>
       </c>
       <c r="N18" s="8">
         <v>98049648</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B20" s="8">
-        <v>14398931013</v>
+        <v>14398931909</v>
       </c>
       <c r="C20" s="8">
-        <v>12757950452</v>
+        <v>12757950816</v>
       </c>
       <c r="D20" s="8">
-        <v>16801317696</v>
+        <v>16801317963</v>
       </c>
       <c r="E20" s="8">
-        <v>13304012171</v>
+        <v>13304012349</v>
       </c>
       <c r="F20" s="8">
-        <v>15269231685</v>
+        <v>15269232434</v>
       </c>
       <c r="G20" s="8">
-        <v>17029359397</v>
+        <v>17029360345</v>
       </c>
       <c r="H20" s="8">
         <v>14157018632</v>
       </c>
       <c r="I20" s="8">
         <v>16064531028</v>
       </c>
       <c r="J20" s="8">
         <v>16013681939</v>
       </c>
       <c r="K20" s="8">
         <v>13196190728</v>
       </c>
       <c r="L20" s="8">
         <v>12185843495</v>
       </c>
       <c r="M20" s="8">
         <v>12723011109</v>
       </c>
       <c r="N20" s="8">
-        <v>173901079345</v>
+        <v>173901082747</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B21" s="8">
         <v>14156839240</v>
       </c>
       <c r="C21" s="8">
         <v>12556984240</v>
       </c>
       <c r="D21" s="8">
         <v>16544910435</v>
       </c>
       <c r="E21" s="8">
         <v>13066471003</v>
       </c>
       <c r="F21" s="8">
         <v>14979750514</v>
       </c>
       <c r="G21" s="8">
         <v>16764939058</v>
       </c>
       <c r="H21" s="8">
         <v>13893099859</v>
       </c>
       <c r="I21" s="8">
         <v>15780270972</v>
       </c>
       <c r="J21" s="8">
         <v>15788955078</v>
       </c>
       <c r="K21" s="8">
         <v>12903731071</v>
       </c>
       <c r="L21" s="8">
         <v>11908022346</v>
       </c>
       <c r="M21" s="8">
         <v>12488760860</v>
       </c>
       <c r="N21" s="8">
         <v>170832734676</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="B22" s="8">
         <v>241925988</v>
       </c>
       <c r="C22" s="8">
         <v>200812000</v>
       </c>
       <c r="D22" s="8">
         <v>256203568</v>
       </c>
       <c r="E22" s="8">
         <v>237319802</v>
       </c>
       <c r="F22" s="8">
         <v>289163009</v>
       </c>
       <c r="G22" s="8">
         <v>264162931</v>
       </c>
       <c r="H22" s="8">
         <v>263754065</v>
       </c>
       <c r="I22" s="8">
         <v>284101042</v>
       </c>
       <c r="J22" s="8">
         <v>224462472</v>
       </c>
       <c r="K22" s="8">
         <v>292187642</v>
       </c>
       <c r="L22" s="8">
         <v>277578188</v>
       </c>
       <c r="M22" s="8">
         <v>233985696</v>
       </c>
       <c r="N22" s="8">
         <v>3065656403</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B23" s="8">
-        <v>165785</v>
+        <v>166681</v>
       </c>
       <c r="C23" s="8">
-        <v>154212</v>
+        <v>154576</v>
       </c>
       <c r="D23" s="8">
-        <v>203693</v>
+        <v>203960</v>
       </c>
       <c r="E23" s="8">
-        <v>221366</v>
+        <v>221544</v>
       </c>
       <c r="F23" s="8">
-        <v>318162</v>
+        <v>318911</v>
       </c>
       <c r="G23" s="8">
-        <v>257408</v>
+        <v>258356</v>
       </c>
       <c r="H23" s="8">
         <v>164708</v>
       </c>
       <c r="I23" s="8">
         <v>159014</v>
       </c>
       <c r="J23" s="8">
         <v>264389</v>
       </c>
       <c r="K23" s="8">
         <v>272015</v>
       </c>
       <c r="L23" s="8">
         <v>242961</v>
       </c>
       <c r="M23" s="8">
         <v>264553</v>
       </c>
       <c r="N23" s="8">
-        <v>2688266</v>
+        <v>2691668</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B24" s="8">
         <v>10948443</v>
       </c>
       <c r="C24" s="8">
         <v>11177118</v>
       </c>
       <c r="D24" s="8">
         <v>12263667</v>
       </c>
       <c r="E24" s="8">
         <v>10441506</v>
       </c>
       <c r="F24" s="8">
         <v>12304046</v>
       </c>
       <c r="G24" s="8">
         <v>11694713</v>
       </c>
       <c r="H24" s="8">
         <v>9831520</v>
       </c>
       <c r="I24" s="8">
         <v>12705166</v>
       </c>
       <c r="J24" s="8">
         <v>9828827</v>
       </c>
       <c r="K24" s="8">
         <v>10857938</v>
       </c>
       <c r="L24" s="8">
         <v>10871966</v>
       </c>
       <c r="M24" s="8">
         <v>10191294</v>
       </c>
       <c r="N24" s="8">
         <v>133116204</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B25" s="8">
         <v>924391</v>
       </c>
       <c r="C25" s="8">
         <v>968165</v>
       </c>
       <c r="D25" s="8">
         <v>1180296</v>
       </c>
       <c r="E25" s="8">
         <v>918923</v>
       </c>
       <c r="F25" s="8">
         <v>1006200</v>
       </c>
       <c r="G25" s="8">
         <v>1153326</v>
       </c>
       <c r="H25" s="8">
         <v>772081</v>
       </c>
       <c r="I25" s="8">
         <v>937697</v>
       </c>
       <c r="J25" s="8">
         <v>957274</v>
       </c>
       <c r="K25" s="8">
         <v>924232</v>
       </c>
       <c r="L25" s="8">
         <v>937587</v>
       </c>
       <c r="M25" s="8">
         <v>1013870</v>
       </c>
       <c r="N25" s="8">
         <v>11694042</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B26" s="8">
         <v>1918321</v>
       </c>
       <c r="C26" s="8">
         <v>1721855</v>
       </c>
       <c r="D26" s="8">
         <v>1835018</v>
       </c>
       <c r="E26" s="8">
         <v>1639382</v>
       </c>
       <c r="F26" s="8">
         <v>2063322</v>
       </c>
       <c r="G26" s="8">
         <v>1900390</v>
       </c>
       <c r="H26" s="8">
         <v>1833418</v>
       </c>
       <c r="I26" s="8">
         <v>1968911</v>
       </c>
       <c r="J26" s="8">
         <v>1818022</v>
       </c>
       <c r="K26" s="8">
         <v>1921599</v>
       </c>
       <c r="L26" s="8">
         <v>1799513</v>
       </c>
       <c r="M26" s="8">
         <v>1716428</v>
       </c>
       <c r="N26" s="8">
         <v>22136178</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B27" s="8">
         <v>80352</v>
       </c>
       <c r="C27" s="8">
         <v>35341</v>
       </c>
       <c r="D27" s="8">
         <v>90042</v>
       </c>
       <c r="E27" s="8">
         <v>78636</v>
       </c>
       <c r="F27" s="8">
         <v>78052</v>
       </c>
       <c r="G27" s="8">
         <v>81646</v>
       </c>
       <c r="H27" s="8">
         <v>78436</v>
       </c>
       <c r="I27" s="8">
         <v>110439</v>
       </c>
       <c r="J27" s="8">
         <v>78332</v>
       </c>
       <c r="K27" s="8">
         <v>69870</v>
       </c>
       <c r="L27" s="8">
         <v>76297</v>
       </c>
       <c r="M27" s="8">
         <v>67395</v>
       </c>
       <c r="N27" s="8">
         <v>924838</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B28" s="8">
         <v>8025379</v>
       </c>
       <c r="C28" s="8">
         <v>8451757</v>
       </c>
       <c r="D28" s="8">
         <v>9158311</v>
       </c>
       <c r="E28" s="8">
         <v>7804565</v>
       </c>
       <c r="F28" s="8">
         <v>9156472</v>
       </c>
       <c r="G28" s="8">
         <v>8559351</v>
       </c>
       <c r="H28" s="8">
         <v>7147586</v>
       </c>
       <c r="I28" s="8">
         <v>9688119</v>
       </c>
       <c r="J28" s="8">
         <v>6975199</v>
       </c>
       <c r="K28" s="8">
         <v>7942238</v>
       </c>
       <c r="L28" s="8">
         <v>8058570</v>
       </c>
       <c r="M28" s="8">
         <v>7393602</v>
       </c>
       <c r="N28" s="8">
         <v>98361146</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="B29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B30" s="8">
         <v>532684382</v>
       </c>
       <c r="C30" s="8">
         <v>600317164</v>
       </c>
       <c r="D30" s="8">
         <v>663555277</v>
       </c>
       <c r="E30" s="8">
         <v>700286344</v>
       </c>
       <c r="F30" s="8">
         <v>723390582</v>
       </c>
       <c r="G30" s="8">
         <v>805696410</v>
       </c>
       <c r="H30" s="8">
         <v>726740600</v>
       </c>
       <c r="I30" s="8">
         <v>735643694</v>
       </c>
       <c r="J30" s="8">
         <v>820086258</v>
       </c>
       <c r="K30" s="8">
         <v>884854377</v>
       </c>
       <c r="L30" s="8">
         <v>902861725</v>
       </c>
       <c r="M30" s="8">
         <v>798463771</v>
       </c>
       <c r="N30" s="8">
         <v>8894580584</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="B31" s="8">
         <v>61921</v>
       </c>
       <c r="C31" s="8">
         <v>74298</v>
       </c>
       <c r="D31" s="8">
         <v>238411</v>
       </c>
       <c r="E31" s="8">
         <v>169695</v>
       </c>
       <c r="F31" s="8">
         <v>174566</v>
       </c>
       <c r="G31" s="8">
         <v>134996</v>
       </c>
       <c r="H31" s="8">
         <v>98327</v>
       </c>
       <c r="I31" s="8">
         <v>203314</v>
       </c>
       <c r="J31" s="8">
         <v>108035</v>
       </c>
       <c r="K31" s="8">
         <v>146125</v>
       </c>
       <c r="L31" s="8">
         <v>166941</v>
       </c>
       <c r="M31" s="8">
         <v>220482</v>
       </c>
       <c r="N31" s="8">
         <v>1797112</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="B32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B33" s="8">
-        <v>18217739605</v>
+        <v>18217739670</v>
       </c>
       <c r="C33" s="8">
-        <v>21323445002</v>
+        <v>21323445103</v>
       </c>
       <c r="D33" s="8">
-        <v>22438201228</v>
+        <v>22438201462</v>
       </c>
       <c r="E33" s="8">
-        <v>23132446961</v>
+        <v>23132447417</v>
       </c>
       <c r="F33" s="8">
-        <v>23613006384</v>
+        <v>23613006591</v>
       </c>
       <c r="G33" s="8">
-        <v>20537905433</v>
+        <v>20537905573</v>
       </c>
       <c r="H33" s="8">
         <v>17507446812</v>
       </c>
       <c r="I33" s="8">
         <v>17132881315</v>
       </c>
       <c r="J33" s="8">
         <v>14318293424</v>
       </c>
       <c r="K33" s="8">
         <v>17115307893</v>
       </c>
       <c r="L33" s="8">
         <v>18694486135</v>
       </c>
       <c r="M33" s="8">
         <v>15604136906</v>
       </c>
       <c r="N33" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B34" s="8">
         <v>17868946468</v>
       </c>
       <c r="C34" s="8">
         <v>20943408712</v>
       </c>
       <c r="D34" s="8">
         <v>22062678508</v>
       </c>
       <c r="E34" s="8">
         <v>22814846972</v>
       </c>
       <c r="F34" s="8">
         <v>23330063473</v>
       </c>
       <c r="G34" s="8">
         <v>20239869551</v>
       </c>
       <c r="H34" s="8">
         <v>17216209343</v>
       </c>
       <c r="I34" s="8">
         <v>16844129067</v>
       </c>
       <c r="J34" s="8">
         <v>14061751469</v>
       </c>
       <c r="K34" s="8">
         <v>16845086211</v>
       </c>
       <c r="L34" s="8">
         <v>18414383416</v>
       </c>
       <c r="M34" s="8">
         <v>15358970800</v>
       </c>
       <c r="N34" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B35" s="8">
-        <v>348793137</v>
+        <v>348793202</v>
       </c>
       <c r="C35" s="8">
-        <v>380036290</v>
+        <v>380036391</v>
       </c>
       <c r="D35" s="8">
-        <v>375522720</v>
+        <v>375522954</v>
       </c>
       <c r="E35" s="8">
-        <v>317599989</v>
+        <v>317600445</v>
       </c>
       <c r="F35" s="8">
-        <v>282942911</v>
+        <v>282943118</v>
       </c>
       <c r="G35" s="8">
-        <v>298035882</v>
+        <v>298036022</v>
       </c>
       <c r="H35" s="8">
         <v>291237469</v>
       </c>
       <c r="I35" s="8">
         <v>288752248</v>
       </c>
       <c r="J35" s="8">
         <v>256541955</v>
       </c>
       <c r="K35" s="8">
         <v>270221682</v>
       </c>
       <c r="L35" s="8">
         <v>280102719</v>
       </c>
       <c r="M35" s="8">
         <v>245166106</v>
       </c>
       <c r="N35" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B36" s="8">
         <v>6765919</v>
       </c>
       <c r="C36" s="8">
         <v>6479405</v>
       </c>
       <c r="D36" s="8">
         <v>6451459</v>
       </c>
       <c r="E36" s="8">
         <v>6050351</v>
       </c>
       <c r="F36" s="8">
         <v>5912541</v>
       </c>
       <c r="G36" s="8">
         <v>6124778</v>
       </c>
       <c r="H36" s="8">
         <v>5476197</v>
       </c>
       <c r="I36" s="8">
         <v>5803380</v>
       </c>
       <c r="J36" s="8">
         <v>5424432</v>
       </c>
       <c r="K36" s="8">
         <v>6077526</v>
       </c>
       <c r="L36" s="8">
         <v>5304122</v>
       </c>
       <c r="M36" s="8">
         <v>3786006</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B37" s="8">
         <v>669286</v>
       </c>
       <c r="C37" s="8">
         <v>755803</v>
       </c>
       <c r="D37" s="8">
         <v>770301</v>
       </c>
       <c r="E37" s="8">
         <v>710395</v>
       </c>
       <c r="F37" s="8">
         <v>712012</v>
       </c>
       <c r="G37" s="8">
         <v>528555</v>
       </c>
       <c r="H37" s="8">
         <v>497485</v>
       </c>
       <c r="I37" s="8">
         <v>619865</v>
       </c>
       <c r="J37" s="8">
         <v>623008</v>
       </c>
       <c r="K37" s="8">
         <v>650579</v>
       </c>
       <c r="L37" s="8">
         <v>578945</v>
       </c>
       <c r="M37" s="8">
         <v>524893</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B38" s="8">
         <v>1484062</v>
       </c>
       <c r="C38" s="8">
         <v>1587271</v>
       </c>
       <c r="D38" s="8">
         <v>1630910</v>
       </c>
       <c r="E38" s="8">
         <v>1543801</v>
       </c>
       <c r="F38" s="8">
         <v>1453371</v>
       </c>
       <c r="G38" s="8">
         <v>1515034</v>
       </c>
       <c r="H38" s="8">
         <v>1349760</v>
       </c>
       <c r="I38" s="8">
         <v>1479798</v>
       </c>
       <c r="J38" s="8">
         <v>1315813</v>
       </c>
       <c r="K38" s="8">
         <v>1552175</v>
       </c>
       <c r="L38" s="8">
         <v>1559410</v>
       </c>
       <c r="M38" s="8">
         <v>1311751</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B39" s="8">
         <v>33223</v>
       </c>
       <c r="C39" s="8">
         <v>60897</v>
       </c>
       <c r="D39" s="8">
         <v>44937</v>
       </c>
       <c r="E39" s="8">
         <v>43625</v>
       </c>
       <c r="F39" s="8">
         <v>56952</v>
       </c>
       <c r="G39" s="8">
         <v>60832</v>
       </c>
       <c r="H39" s="8">
         <v>64356</v>
       </c>
       <c r="I39" s="8">
         <v>59225</v>
       </c>
       <c r="J39" s="8">
         <v>39895</v>
       </c>
       <c r="K39" s="8">
         <v>46007</v>
       </c>
       <c r="L39" s="8">
         <v>71100</v>
       </c>
       <c r="M39" s="8">
         <v>48407</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B40" s="8">
         <v>4579348</v>
       </c>
       <c r="C40" s="8">
         <v>4075434</v>
       </c>
       <c r="D40" s="8">
         <v>4005310</v>
       </c>
       <c r="E40" s="8">
         <v>3752530</v>
       </c>
       <c r="F40" s="8">
         <v>3690206</v>
       </c>
       <c r="G40" s="8">
         <v>4020357</v>
       </c>
       <c r="H40" s="8">
         <v>3564596</v>
       </c>
       <c r="I40" s="8">
         <v>3644492</v>
       </c>
       <c r="J40" s="8">
         <v>3445716</v>
       </c>
       <c r="K40" s="8">
         <v>3828766</v>
       </c>
       <c r="L40" s="8">
         <v>3094667</v>
       </c>
       <c r="M40" s="8">
         <v>1900956</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="41" ht="12" customHeight="1"/>
     <row r="42" ht="14" customHeight="1">
-      <c r="A42" s="9" t="s">
-[...14 lines deleted...]
-      <c r="N42" s="9"/>
+      <c r="A42" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B42" s="10"/>
+      <c r="C42" s="10"/>
+      <c r="D42" s="10"/>
+      <c r="E42" s="10"/>
+      <c r="F42" s="10"/>
+      <c r="G42" s="10"/>
+      <c r="H42" s="10"/>
+      <c r="I42" s="10"/>
+      <c r="J42" s="10"/>
+      <c r="K42" s="10"/>
+      <c r="L42" s="10"/>
+      <c r="M42" s="10"/>
+      <c r="N42" s="10"/>
     </row>
     <row r="43" ht="14" customHeight="1">
-      <c r="A43" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N43" s="10"/>
+      <c r="A43" s="11" t="s">
+        <v>36</v>
+      </c>
+      <c r="B43" s="11"/>
+      <c r="C43" s="11"/>
+      <c r="D43" s="11"/>
+      <c r="E43" s="11"/>
+      <c r="F43" s="11"/>
+      <c r="G43" s="11"/>
+      <c r="H43" s="11"/>
+      <c r="I43" s="11"/>
+      <c r="J43" s="11"/>
+      <c r="K43" s="11"/>
+      <c r="L43" s="11"/>
+      <c r="M43" s="11"/>
+      <c r="N43" s="11"/>
     </row>
     <row r="44" ht="43" customHeight="1">
-      <c r="A44" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N44" s="10"/>
+      <c r="A44" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="B44" s="11"/>
+      <c r="C44" s="11"/>
+      <c r="D44" s="11"/>
+      <c r="E44" s="11"/>
+      <c r="F44" s="11"/>
+      <c r="G44" s="11"/>
+      <c r="H44" s="11"/>
+      <c r="I44" s="11"/>
+      <c r="J44" s="11"/>
+      <c r="K44" s="11"/>
+      <c r="L44" s="11"/>
+      <c r="M44" s="11"/>
+      <c r="N44" s="11"/>
     </row>
     <row r="45" ht="14" customHeight="1">
-      <c r="A45" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N45" s="10"/>
+      <c r="A45" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="B45" s="11"/>
+      <c r="C45" s="11"/>
+      <c r="D45" s="11"/>
+      <c r="E45" s="11"/>
+      <c r="F45" s="11"/>
+      <c r="G45" s="11"/>
+      <c r="H45" s="11"/>
+      <c r="I45" s="11"/>
+      <c r="J45" s="11"/>
+      <c r="K45" s="11"/>
+      <c r="L45" s="11"/>
+      <c r="M45" s="11"/>
+      <c r="N45" s="11"/>
     </row>
     <row r="46" ht="14" customHeight="1">
-      <c r="A46" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N46" s="10"/>
+      <c r="A46" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="B46" s="11"/>
+      <c r="C46" s="11"/>
+      <c r="D46" s="11"/>
+      <c r="E46" s="11"/>
+      <c r="F46" s="11"/>
+      <c r="G46" s="11"/>
+      <c r="H46" s="11"/>
+      <c r="I46" s="11"/>
+      <c r="J46" s="11"/>
+      <c r="K46" s="11"/>
+      <c r="L46" s="11"/>
+      <c r="M46" s="11"/>
+      <c r="N46" s="11"/>
     </row>
     <row r="47" ht="12" customHeight="1">
-      <c r="A47" s="11" t="s">
-[...14 lines deleted...]
-      <c r="N47" s="11"/>
+      <c r="A47" s="12" t="s">
+        <v>40</v>
+      </c>
+      <c r="B47" s="12"/>
+      <c r="C47" s="12"/>
+      <c r="D47" s="12"/>
+      <c r="E47" s="12"/>
+      <c r="F47" s="12"/>
+      <c r="G47" s="12"/>
+      <c r="H47" s="12"/>
+      <c r="I47" s="12"/>
+      <c r="J47" s="12"/>
+      <c r="K47" s="12"/>
+      <c r="L47" s="12"/>
+      <c r="M47" s="12"/>
+      <c r="N47" s="12"/>
     </row>
     <row r="48" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A42:N42"/>
     <mergeCell ref="A43:N43"/>
     <mergeCell ref="A44:N44"/>
     <mergeCell ref="A45:N45"/>
     <mergeCell ref="A46:N46"/>
     <mergeCell ref="A47:N47"/>
   </mergeCells>
   <printOptions headings="0" horizontalCentered="0" verticalCentered="0" gridLines="0"/>
   <pageMargins left="0.05" right="0.05" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup paperSize="1" fitToWidth="1" fitToHeight="1" scale="100" orientation="landscape" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter>
     <oddHeader/>
     <oddFooter/>
   </headerFooter>
 </worksheet>
@@ -13797,1627 +14237,1627 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s"/>
       <c r="B8" s="6" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="B9" s="8">
         <v>182</v>
       </c>
       <c r="C9" s="8">
         <v>180</v>
       </c>
       <c r="D9" s="8">
         <v>179</v>
       </c>
       <c r="E9" s="8">
         <v>179</v>
       </c>
       <c r="F9" s="8">
         <v>175</v>
       </c>
       <c r="G9" s="8">
         <v>172</v>
       </c>
       <c r="H9" s="8">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="I9" s="8">
+        <v>171</v>
+      </c>
+      <c r="J9" s="8">
+        <v>169</v>
+      </c>
+      <c r="K9" s="8">
         <v>170</v>
       </c>
-      <c r="J9" s="8">
-[...2 lines deleted...]
-      <c r="K9" s="8">
+      <c r="L9" s="8">
+        <v>170</v>
+      </c>
+      <c r="M9" s="8">
         <v>169</v>
-      </c>
-[...4 lines deleted...]
-        <v>168</v>
       </c>
       <c r="N9" s="8">
         <v>186</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="B10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B11" s="8">
         <v>16139749421</v>
       </c>
       <c r="C11" s="8">
         <v>17552956969</v>
       </c>
       <c r="D11" s="8">
         <v>20566303819</v>
       </c>
       <c r="E11" s="8">
         <v>16403353101</v>
       </c>
       <c r="F11" s="8">
         <v>16785592542</v>
       </c>
       <c r="G11" s="8">
         <v>17094819267</v>
       </c>
       <c r="H11" s="8">
-        <v>12247198316</v>
+        <v>12247199116</v>
       </c>
       <c r="I11" s="8">
-        <v>18654147855</v>
+        <v>18654148655</v>
       </c>
       <c r="J11" s="8">
-        <v>15734431172</v>
+        <v>15734431872</v>
       </c>
       <c r="K11" s="8">
-        <v>16123183378</v>
+        <v>16123184078</v>
       </c>
       <c r="L11" s="8">
-        <v>15892778417</v>
+        <v>15892778917</v>
       </c>
       <c r="M11" s="8">
-        <v>12238526725</v>
+        <v>12238527025</v>
       </c>
       <c r="N11" s="8">
-        <v>195433040982</v>
+        <v>195433044782</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B12" s="8">
         <v>15862165295</v>
       </c>
       <c r="C12" s="8">
         <v>17219663122</v>
       </c>
       <c r="D12" s="8">
         <v>20158375093</v>
       </c>
       <c r="E12" s="8">
         <v>16053209512</v>
       </c>
       <c r="F12" s="8">
         <v>16440877484</v>
       </c>
       <c r="G12" s="8">
         <v>16746018790</v>
       </c>
       <c r="H12" s="8">
         <v>11965844565</v>
       </c>
       <c r="I12" s="8">
         <v>18198733444</v>
       </c>
       <c r="J12" s="8">
         <v>15379692743</v>
       </c>
       <c r="K12" s="8">
         <v>15752458755</v>
       </c>
       <c r="L12" s="8">
         <v>15543294584</v>
       </c>
       <c r="M12" s="8">
         <v>11990340114</v>
       </c>
       <c r="N12" s="8">
         <v>191310673501</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B13" s="8">
         <v>277584126</v>
       </c>
       <c r="C13" s="8">
         <v>333293847</v>
       </c>
       <c r="D13" s="8">
         <v>407928726</v>
       </c>
       <c r="E13" s="8">
         <v>350143589</v>
       </c>
       <c r="F13" s="8">
         <v>344715058</v>
       </c>
       <c r="G13" s="8">
         <v>348800477</v>
       </c>
       <c r="H13" s="8">
-        <v>281353751</v>
+        <v>281354551</v>
       </c>
       <c r="I13" s="8">
-        <v>455414411</v>
+        <v>455415211</v>
       </c>
       <c r="J13" s="8">
-        <v>354738429</v>
+        <v>354739129</v>
       </c>
       <c r="K13" s="8">
-        <v>370724623</v>
+        <v>370725323</v>
       </c>
       <c r="L13" s="8">
-        <v>349483833</v>
+        <v>349484333</v>
       </c>
       <c r="M13" s="8">
-        <v>248186611</v>
+        <v>248186911</v>
       </c>
       <c r="N13" s="8">
-        <v>4122367481</v>
+        <v>4122371281</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>12233313</v>
       </c>
       <c r="C14" s="8">
         <v>11970187</v>
       </c>
       <c r="D14" s="8">
         <v>14157529</v>
       </c>
       <c r="E14" s="8">
         <v>12291982</v>
       </c>
       <c r="F14" s="8">
         <v>12279726</v>
       </c>
       <c r="G14" s="8">
         <v>12982682</v>
       </c>
       <c r="H14" s="8">
         <v>10027759</v>
       </c>
       <c r="I14" s="8">
         <v>13864820</v>
       </c>
       <c r="J14" s="8">
         <v>12151383</v>
       </c>
       <c r="K14" s="8">
         <v>11303633</v>
       </c>
       <c r="L14" s="8">
         <v>10737740</v>
       </c>
       <c r="M14" s="8">
         <v>10176622</v>
       </c>
       <c r="N14" s="8">
         <v>144177375</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B15" s="8">
         <v>1114591</v>
       </c>
       <c r="C15" s="8">
         <v>1037376</v>
       </c>
       <c r="D15" s="8">
         <v>1374103</v>
       </c>
       <c r="E15" s="8">
         <v>1070182</v>
       </c>
       <c r="F15" s="8">
         <v>1169623</v>
       </c>
-      <c r="G15" s="12" t="s">
-[...9 lines deleted...]
-        <v>51</v>
+      <c r="G15" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="H15" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I15" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="J15" s="9" t="s">
+        <v>24</v>
       </c>
       <c r="K15" s="8">
         <v>1009129</v>
       </c>
       <c r="L15" s="8">
         <v>941486</v>
       </c>
       <c r="M15" s="8">
         <v>743202</v>
       </c>
       <c r="N15" s="8">
         <v>12693089</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B16" s="8">
         <v>2045969</v>
       </c>
       <c r="C16" s="8">
         <v>2049844</v>
       </c>
       <c r="D16" s="8">
         <v>2384369</v>
       </c>
       <c r="E16" s="8">
         <v>1895630</v>
       </c>
       <c r="F16" s="8">
         <v>1887539</v>
       </c>
       <c r="G16" s="8">
         <v>1999785</v>
       </c>
       <c r="H16" s="8">
         <v>1904643</v>
       </c>
       <c r="I16" s="8">
         <v>2397720</v>
       </c>
       <c r="J16" s="8">
         <v>2336983</v>
       </c>
       <c r="K16" s="8">
         <v>2016761</v>
       </c>
       <c r="L16" s="8">
         <v>2119422</v>
       </c>
       <c r="M16" s="8">
         <v>1803265</v>
       </c>
       <c r="N16" s="8">
         <v>24841930</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B17" s="8">
         <v>78829</v>
       </c>
       <c r="C17" s="8">
         <v>104790</v>
       </c>
       <c r="D17" s="8">
         <v>124436</v>
       </c>
       <c r="E17" s="8">
         <v>76191</v>
       </c>
       <c r="F17" s="8">
         <v>79007</v>
       </c>
-      <c r="G17" s="12" t="s">
-[...9 lines deleted...]
-        <v>51</v>
+      <c r="G17" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="H17" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I17" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="J17" s="9" t="s">
+        <v>24</v>
       </c>
       <c r="K17" s="8">
         <v>84042</v>
       </c>
       <c r="L17" s="8">
         <v>42238</v>
       </c>
       <c r="M17" s="8">
         <v>77546</v>
       </c>
       <c r="N17" s="8">
         <v>910195</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B18" s="8">
         <v>8993924</v>
       </c>
       <c r="C18" s="8">
         <v>8778177</v>
       </c>
       <c r="D18" s="8">
         <v>10274621</v>
       </c>
       <c r="E18" s="8">
         <v>9249979</v>
       </c>
       <c r="F18" s="8">
         <v>9143557</v>
       </c>
       <c r="G18" s="8">
         <v>9626871</v>
       </c>
       <c r="H18" s="8">
         <v>7373921</v>
       </c>
       <c r="I18" s="8">
         <v>10236866</v>
       </c>
       <c r="J18" s="8">
         <v>8673341</v>
       </c>
       <c r="K18" s="8">
         <v>8193700</v>
       </c>
       <c r="L18" s="8">
         <v>7634595</v>
       </c>
       <c r="M18" s="8">
         <v>7552610</v>
       </c>
       <c r="N18" s="8">
         <v>105732162</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B20" s="8">
         <v>12923958743</v>
       </c>
       <c r="C20" s="8">
         <v>14761578847</v>
       </c>
       <c r="D20" s="8">
         <v>18747930717</v>
       </c>
       <c r="E20" s="8">
         <v>15684435920</v>
       </c>
       <c r="F20" s="8">
         <v>18200863431</v>
       </c>
       <c r="G20" s="8">
         <v>17823433060</v>
       </c>
       <c r="H20" s="8">
-        <v>13507323655</v>
+        <v>13507324446</v>
       </c>
       <c r="I20" s="8">
-        <v>18642663166</v>
+        <v>18642663887</v>
       </c>
       <c r="J20" s="8">
-        <v>16253595048</v>
+        <v>16253595683</v>
       </c>
       <c r="K20" s="8">
-        <v>14308632453</v>
+        <v>14308633314</v>
       </c>
       <c r="L20" s="8">
-        <v>15696360825</v>
+        <v>15696361246</v>
       </c>
       <c r="M20" s="8">
-        <v>14502217582</v>
+        <v>14502217837</v>
       </c>
       <c r="N20" s="8">
-        <v>191052993447</v>
+        <v>191052997131</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B21" s="8">
         <v>12669314380</v>
       </c>
       <c r="C21" s="8">
         <v>14453099020</v>
       </c>
       <c r="D21" s="8">
         <v>18374014200</v>
       </c>
       <c r="E21" s="8">
         <v>15384196675</v>
       </c>
       <c r="F21" s="8">
         <v>17848475840</v>
       </c>
       <c r="G21" s="8">
         <v>17453634659</v>
       </c>
       <c r="H21" s="8">
         <v>13206535340</v>
       </c>
       <c r="I21" s="8">
         <v>18231903091</v>
       </c>
       <c r="J21" s="8">
         <v>15924395465</v>
       </c>
       <c r="K21" s="8">
         <v>13961412197</v>
       </c>
       <c r="L21" s="8">
         <v>15370064489</v>
       </c>
       <c r="M21" s="8">
         <v>14234525451</v>
       </c>
       <c r="N21" s="8">
         <v>187111570807</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="B22" s="8">
         <v>254351670</v>
       </c>
       <c r="C22" s="8">
         <v>308239738</v>
       </c>
       <c r="D22" s="8">
         <v>373581292</v>
       </c>
       <c r="E22" s="8">
         <v>299877190</v>
       </c>
       <c r="F22" s="8">
         <v>352016202</v>
       </c>
       <c r="G22" s="8">
         <v>369346195</v>
       </c>
       <c r="H22" s="8">
         <v>300318806</v>
       </c>
       <c r="I22" s="8">
         <v>410299445</v>
       </c>
       <c r="J22" s="8">
         <v>328784671</v>
       </c>
       <c r="K22" s="8">
         <v>346815345</v>
       </c>
       <c r="L22" s="8">
         <v>326111461</v>
       </c>
       <c r="M22" s="8">
         <v>267478179</v>
       </c>
       <c r="N22" s="8">
         <v>3937220194</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B23" s="8">
         <v>292693</v>
       </c>
       <c r="C23" s="8">
         <v>240089</v>
       </c>
       <c r="D23" s="8">
         <v>335225</v>
       </c>
       <c r="E23" s="8">
         <v>362055</v>
       </c>
       <c r="F23" s="8">
         <v>371389</v>
       </c>
       <c r="G23" s="8">
         <v>452206</v>
       </c>
       <c r="H23" s="8">
-        <v>469509</v>
+        <v>470300</v>
       </c>
       <c r="I23" s="8">
-        <v>460630</v>
+        <v>461351</v>
       </c>
       <c r="J23" s="8">
-        <v>414912</v>
+        <v>415547</v>
       </c>
       <c r="K23" s="8">
-        <v>404911</v>
+        <v>405772</v>
       </c>
       <c r="L23" s="8">
-        <v>184875</v>
+        <v>185296</v>
       </c>
       <c r="M23" s="8">
-        <v>213952</v>
+        <v>214207</v>
       </c>
       <c r="N23" s="8">
-        <v>4202446</v>
+        <v>4206130</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B24" s="8">
         <v>10893478</v>
       </c>
       <c r="C24" s="8">
         <v>12303214</v>
       </c>
       <c r="D24" s="8">
         <v>13251243</v>
       </c>
       <c r="E24" s="8">
         <v>11901253</v>
       </c>
       <c r="F24" s="8">
         <v>12447513</v>
       </c>
       <c r="G24" s="8">
         <v>12730859</v>
       </c>
       <c r="H24" s="8">
         <v>10646224</v>
       </c>
       <c r="I24" s="8">
         <v>13166916</v>
       </c>
       <c r="J24" s="8">
         <v>11582100</v>
       </c>
       <c r="K24" s="8">
         <v>10950191</v>
       </c>
       <c r="L24" s="8">
         <v>10909285</v>
       </c>
       <c r="M24" s="8">
         <v>10770261</v>
       </c>
       <c r="N24" s="8">
         <v>141552538</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B25" s="8">
         <v>881854</v>
       </c>
       <c r="C25" s="8">
         <v>1168799</v>
       </c>
       <c r="D25" s="8">
         <v>1370701</v>
       </c>
       <c r="E25" s="8">
         <v>1052954</v>
       </c>
       <c r="F25" s="8">
         <v>1106204</v>
       </c>
       <c r="G25" s="8">
         <v>1186250</v>
       </c>
-      <c r="H25" s="12" t="s">
-[...9 lines deleted...]
-        <v>51</v>
+      <c r="H25" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I25" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="J25" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="K25" s="9" t="s">
+        <v>24</v>
       </c>
       <c r="L25" s="8">
         <v>914916</v>
       </c>
       <c r="M25" s="8">
         <v>1032399</v>
       </c>
       <c r="N25" s="8">
         <v>12750654</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B26" s="8">
         <v>2019287</v>
       </c>
       <c r="C26" s="8">
         <v>2017288</v>
       </c>
       <c r="D26" s="8">
         <v>1985426</v>
       </c>
       <c r="E26" s="8">
         <v>1943915</v>
       </c>
       <c r="F26" s="8">
         <v>1793949</v>
       </c>
       <c r="G26" s="8">
         <v>1966941</v>
       </c>
       <c r="H26" s="8">
         <v>1874341</v>
       </c>
       <c r="I26" s="8">
         <v>2159764</v>
       </c>
       <c r="J26" s="8">
         <v>2077868</v>
       </c>
       <c r="K26" s="8">
         <v>1940516</v>
       </c>
       <c r="L26" s="8">
         <v>2119498</v>
       </c>
       <c r="M26" s="8">
         <v>1754268</v>
       </c>
       <c r="N26" s="8">
         <v>23653060</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B27" s="8">
         <v>86608</v>
       </c>
       <c r="C27" s="8">
         <v>92578</v>
       </c>
       <c r="D27" s="8">
         <v>98427</v>
       </c>
       <c r="E27" s="8">
         <v>70301</v>
       </c>
       <c r="F27" s="8">
         <v>157197</v>
       </c>
       <c r="G27" s="8">
         <v>123906</v>
       </c>
-      <c r="H27" s="12" t="s">
-[...9 lines deleted...]
-        <v>51</v>
+      <c r="H27" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I27" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="J27" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="K27" s="9" t="s">
+        <v>24</v>
       </c>
       <c r="L27" s="8">
         <v>71233</v>
       </c>
       <c r="M27" s="8">
         <v>72691</v>
       </c>
       <c r="N27" s="8">
         <v>1007150</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B28" s="8">
         <v>7905729</v>
       </c>
       <c r="C28" s="8">
         <v>9024549</v>
       </c>
       <c r="D28" s="8">
         <v>9796690</v>
       </c>
       <c r="E28" s="8">
         <v>8834084</v>
       </c>
       <c r="F28" s="8">
         <v>9390163</v>
       </c>
       <c r="G28" s="8">
         <v>9453762</v>
       </c>
       <c r="H28" s="8">
         <v>7925508</v>
       </c>
       <c r="I28" s="8">
         <v>9784693</v>
       </c>
       <c r="J28" s="8">
         <v>8378289</v>
       </c>
       <c r="K28" s="8">
         <v>7933666</v>
       </c>
       <c r="L28" s="8">
         <v>7803638</v>
       </c>
       <c r="M28" s="8">
         <v>7910902</v>
       </c>
       <c r="N28" s="8">
         <v>104141673</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="B29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B30" s="8">
         <v>413825800</v>
       </c>
       <c r="C30" s="8">
         <v>523891500</v>
       </c>
       <c r="D30" s="8">
         <v>522326200</v>
       </c>
       <c r="E30" s="8">
         <v>531812200</v>
       </c>
       <c r="F30" s="8">
         <v>619031000</v>
       </c>
       <c r="G30" s="8">
         <v>697222011</v>
       </c>
       <c r="H30" s="8">
         <v>561564744</v>
       </c>
       <c r="I30" s="8">
         <v>845697377</v>
       </c>
       <c r="J30" s="8">
         <v>626980649</v>
       </c>
       <c r="K30" s="8">
         <v>731904415</v>
       </c>
       <c r="L30" s="8">
         <v>513258713</v>
       </c>
       <c r="M30" s="8">
         <v>684539300</v>
       </c>
       <c r="N30" s="8">
         <v>7272053909</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="B31" s="8">
         <v>79940</v>
       </c>
       <c r="C31" s="8">
         <v>79417</v>
       </c>
       <c r="D31" s="8">
         <v>130449</v>
       </c>
       <c r="E31" s="8">
         <v>83125</v>
       </c>
       <c r="F31" s="8">
         <v>110013</v>
       </c>
       <c r="G31" s="8">
         <v>186146</v>
       </c>
       <c r="H31" s="8">
         <v>145225</v>
       </c>
       <c r="I31" s="8">
         <v>241072</v>
       </c>
       <c r="J31" s="8">
         <v>241426</v>
       </c>
       <c r="K31" s="8">
         <v>77550</v>
       </c>
       <c r="L31" s="8">
         <v>122592</v>
       </c>
       <c r="M31" s="8">
         <v>125793</v>
       </c>
       <c r="N31" s="8">
         <v>1622747</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="B32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B33" s="8">
         <v>23170326076</v>
       </c>
       <c r="C33" s="8">
         <v>25372266287</v>
       </c>
       <c r="D33" s="8">
         <v>26623299321</v>
       </c>
       <c r="E33" s="8">
         <v>26803593732</v>
       </c>
       <c r="F33" s="8">
         <v>24793795082</v>
       </c>
       <c r="G33" s="8">
         <v>23315145886</v>
       </c>
       <c r="H33" s="8">
-        <v>21455274214</v>
+        <v>21455274268</v>
       </c>
       <c r="I33" s="8">
-        <v>20575635282</v>
+        <v>20575635415</v>
       </c>
       <c r="J33" s="8">
-        <v>19255672573</v>
+        <v>19255672771</v>
       </c>
       <c r="K33" s="8">
-        <v>20291191720</v>
+        <v>20291191757</v>
       </c>
       <c r="L33" s="8">
-        <v>19694625667</v>
+        <v>19694625783</v>
       </c>
       <c r="M33" s="8">
-        <v>16962743178</v>
+        <v>16962743339</v>
       </c>
       <c r="N33" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B34" s="8">
         <v>22971538486</v>
       </c>
       <c r="C34" s="8">
         <v>25144064346</v>
       </c>
       <c r="D34" s="8">
         <v>26365476548</v>
       </c>
       <c r="E34" s="8">
         <v>26497726507</v>
       </c>
       <c r="F34" s="8">
         <v>24497391387</v>
       </c>
       <c r="G34" s="8">
         <v>23039388157</v>
       </c>
       <c r="H34" s="8">
         <v>21199689321</v>
       </c>
       <c r="I34" s="8">
         <v>20279718599</v>
       </c>
       <c r="J34" s="8">
         <v>18940014801</v>
       </c>
       <c r="K34" s="8">
         <v>19957580268</v>
       </c>
       <c r="L34" s="8">
         <v>19338063251</v>
       </c>
       <c r="M34" s="8">
         <v>16627113352</v>
       </c>
       <c r="N34" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B35" s="8">
         <v>198787590</v>
       </c>
       <c r="C35" s="8">
         <v>228201941</v>
       </c>
       <c r="D35" s="8">
         <v>257822773</v>
       </c>
       <c r="E35" s="8">
         <v>305867225</v>
       </c>
       <c r="F35" s="8">
         <v>296403695</v>
       </c>
       <c r="G35" s="8">
         <v>275757729</v>
       </c>
       <c r="H35" s="8">
-        <v>255584893</v>
+        <v>255584947</v>
       </c>
       <c r="I35" s="8">
-        <v>295916683</v>
+        <v>295916816</v>
       </c>
       <c r="J35" s="8">
-        <v>315657772</v>
+        <v>315657970</v>
       </c>
       <c r="K35" s="8">
-        <v>333611452</v>
+        <v>333611489</v>
       </c>
       <c r="L35" s="8">
-        <v>356562416</v>
+        <v>356562532</v>
       </c>
       <c r="M35" s="8">
-        <v>335629826</v>
+        <v>335629987</v>
       </c>
       <c r="N35" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B36" s="8">
         <v>5567828</v>
       </c>
       <c r="C36" s="8">
         <v>5141170</v>
       </c>
       <c r="D36" s="8">
         <v>5788892</v>
       </c>
       <c r="E36" s="8">
         <v>6086803</v>
       </c>
       <c r="F36" s="8">
         <v>5882229</v>
       </c>
       <c r="G36" s="8">
         <v>5945455</v>
       </c>
       <c r="H36" s="8">
         <v>5196892</v>
       </c>
       <c r="I36" s="8">
         <v>5649994</v>
       </c>
       <c r="J36" s="8">
         <v>5881333</v>
       </c>
       <c r="K36" s="8">
         <v>6154077</v>
       </c>
       <c r="L36" s="8">
         <v>5841264</v>
       </c>
       <c r="M36" s="8">
         <v>5101771</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B37" s="8">
         <v>721690</v>
       </c>
       <c r="C37" s="8">
         <v>590476</v>
       </c>
       <c r="D37" s="8">
         <v>595294</v>
       </c>
       <c r="E37" s="8">
         <v>613808</v>
       </c>
       <c r="F37" s="8">
         <v>673637</v>
       </c>
       <c r="G37" s="8">
         <v>788853</v>
       </c>
       <c r="H37" s="8">
         <v>692349</v>
       </c>
       <c r="I37" s="8">
         <v>690069</v>
       </c>
       <c r="J37" s="8">
         <v>700345</v>
       </c>
       <c r="K37" s="8">
         <v>692490</v>
       </c>
       <c r="L37" s="8">
         <v>715300</v>
       </c>
       <c r="M37" s="8">
         <v>427220</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B38" s="8">
         <v>1155219</v>
       </c>
       <c r="C38" s="8">
         <v>1151930</v>
       </c>
       <c r="D38" s="8">
         <v>1443112</v>
       </c>
       <c r="E38" s="8">
         <v>1378505</v>
       </c>
       <c r="F38" s="8">
         <v>1441759</v>
       </c>
       <c r="G38" s="8">
         <v>1366680</v>
       </c>
       <c r="H38" s="8">
         <v>1357971</v>
       </c>
       <c r="I38" s="8">
         <v>1404716</v>
       </c>
       <c r="J38" s="8">
         <v>1448779</v>
       </c>
       <c r="K38" s="8">
         <v>1485330</v>
       </c>
       <c r="L38" s="8">
         <v>1416960</v>
       </c>
       <c r="M38" s="8">
         <v>1424943</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B39" s="8">
         <v>124468</v>
       </c>
       <c r="C39" s="8">
         <v>136192</v>
       </c>
       <c r="D39" s="8">
         <v>162164</v>
       </c>
       <c r="E39" s="8">
         <v>172715</v>
       </c>
       <c r="F39" s="8">
         <v>93537</v>
       </c>
       <c r="G39" s="8">
         <v>24928</v>
       </c>
       <c r="H39" s="8">
         <v>25105</v>
       </c>
       <c r="I39" s="8">
         <v>34045</v>
       </c>
       <c r="J39" s="8">
         <v>33849</v>
       </c>
       <c r="K39" s="8">
         <v>62100</v>
       </c>
       <c r="L39" s="8">
         <v>33458</v>
       </c>
       <c r="M39" s="8">
         <v>38308</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B40" s="8">
         <v>3566451</v>
       </c>
       <c r="C40" s="8">
         <v>3262573</v>
       </c>
       <c r="D40" s="8">
         <v>3588322</v>
       </c>
       <c r="E40" s="8">
         <v>3921775</v>
       </c>
       <c r="F40" s="8">
         <v>3673297</v>
       </c>
       <c r="G40" s="8">
         <v>3764994</v>
       </c>
       <c r="H40" s="8">
         <v>3121466</v>
       </c>
       <c r="I40" s="8">
         <v>3521164</v>
       </c>
       <c r="J40" s="8">
         <v>3698359</v>
       </c>
       <c r="K40" s="8">
         <v>3914157</v>
       </c>
       <c r="L40" s="8">
         <v>3675547</v>
       </c>
       <c r="M40" s="8">
         <v>3211301</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="41" ht="12" customHeight="1"/>
     <row r="42" ht="14" customHeight="1">
-      <c r="A42" s="9" t="s">
-[...14 lines deleted...]
-      <c r="N42" s="9"/>
+      <c r="A42" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B42" s="10"/>
+      <c r="C42" s="10"/>
+      <c r="D42" s="10"/>
+      <c r="E42" s="10"/>
+      <c r="F42" s="10"/>
+      <c r="G42" s="10"/>
+      <c r="H42" s="10"/>
+      <c r="I42" s="10"/>
+      <c r="J42" s="10"/>
+      <c r="K42" s="10"/>
+      <c r="L42" s="10"/>
+      <c r="M42" s="10"/>
+      <c r="N42" s="10"/>
     </row>
     <row r="43" ht="14" customHeight="1">
-      <c r="A43" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N43" s="10"/>
+      <c r="A43" s="11" t="s">
+        <v>36</v>
+      </c>
+      <c r="B43" s="11"/>
+      <c r="C43" s="11"/>
+      <c r="D43" s="11"/>
+      <c r="E43" s="11"/>
+      <c r="F43" s="11"/>
+      <c r="G43" s="11"/>
+      <c r="H43" s="11"/>
+      <c r="I43" s="11"/>
+      <c r="J43" s="11"/>
+      <c r="K43" s="11"/>
+      <c r="L43" s="11"/>
+      <c r="M43" s="11"/>
+      <c r="N43" s="11"/>
     </row>
     <row r="44" ht="43" customHeight="1">
-      <c r="A44" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N44" s="10"/>
+      <c r="A44" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="B44" s="11"/>
+      <c r="C44" s="11"/>
+      <c r="D44" s="11"/>
+      <c r="E44" s="11"/>
+      <c r="F44" s="11"/>
+      <c r="G44" s="11"/>
+      <c r="H44" s="11"/>
+      <c r="I44" s="11"/>
+      <c r="J44" s="11"/>
+      <c r="K44" s="11"/>
+      <c r="L44" s="11"/>
+      <c r="M44" s="11"/>
+      <c r="N44" s="11"/>
     </row>
     <row r="45" ht="14" customHeight="1">
-      <c r="A45" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N45" s="10"/>
+      <c r="A45" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="B45" s="11"/>
+      <c r="C45" s="11"/>
+      <c r="D45" s="11"/>
+      <c r="E45" s="11"/>
+      <c r="F45" s="11"/>
+      <c r="G45" s="11"/>
+      <c r="H45" s="11"/>
+      <c r="I45" s="11"/>
+      <c r="J45" s="11"/>
+      <c r="K45" s="11"/>
+      <c r="L45" s="11"/>
+      <c r="M45" s="11"/>
+      <c r="N45" s="11"/>
     </row>
     <row r="46" ht="14" customHeight="1">
-      <c r="A46" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N46" s="10"/>
+      <c r="A46" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="B46" s="11"/>
+      <c r="C46" s="11"/>
+      <c r="D46" s="11"/>
+      <c r="E46" s="11"/>
+      <c r="F46" s="11"/>
+      <c r="G46" s="11"/>
+      <c r="H46" s="11"/>
+      <c r="I46" s="11"/>
+      <c r="J46" s="11"/>
+      <c r="K46" s="11"/>
+      <c r="L46" s="11"/>
+      <c r="M46" s="11"/>
+      <c r="N46" s="11"/>
     </row>
     <row r="47" ht="12" customHeight="1">
-      <c r="A47" s="11" t="s">
-[...14 lines deleted...]
-      <c r="N47" s="11"/>
+      <c r="A47" s="12" t="s">
+        <v>40</v>
+      </c>
+      <c r="B47" s="12"/>
+      <c r="C47" s="12"/>
+      <c r="D47" s="12"/>
+      <c r="E47" s="12"/>
+      <c r="F47" s="12"/>
+      <c r="G47" s="12"/>
+      <c r="H47" s="12"/>
+      <c r="I47" s="12"/>
+      <c r="J47" s="12"/>
+      <c r="K47" s="12"/>
+      <c r="L47" s="12"/>
+      <c r="M47" s="12"/>
+      <c r="N47" s="12"/>
     </row>
     <row r="48" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A42:N42"/>
     <mergeCell ref="A43:N43"/>
     <mergeCell ref="A44:N44"/>
     <mergeCell ref="A45:N45"/>
     <mergeCell ref="A46:N46"/>
     <mergeCell ref="A47:N47"/>
   </mergeCells>
   <printOptions headings="0" horizontalCentered="0" verticalCentered="0" gridLines="0"/>
   <pageMargins left="0.05" right="0.05" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup paperSize="1" fitToWidth="1" fitToHeight="1" scale="100" orientation="landscape" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter>
     <oddHeader/>
     <oddFooter/>
   </headerFooter>
 </worksheet>
@@ -15441,1627 +15881,1627 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s"/>
       <c r="B8" s="6" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="B9" s="8">
         <v>181</v>
       </c>
       <c r="C9" s="8">
         <v>183</v>
       </c>
       <c r="D9" s="8">
         <v>182</v>
       </c>
       <c r="E9" s="8">
         <v>181</v>
       </c>
       <c r="F9" s="8">
         <v>181</v>
       </c>
       <c r="G9" s="8">
         <v>180</v>
       </c>
       <c r="H9" s="8">
         <v>179</v>
       </c>
       <c r="I9" s="8">
         <v>177</v>
       </c>
       <c r="J9" s="8">
         <v>179</v>
       </c>
       <c r="K9" s="8">
         <v>175</v>
       </c>
       <c r="L9" s="8">
         <v>176</v>
       </c>
       <c r="M9" s="8">
         <v>181</v>
       </c>
       <c r="N9" s="8">
         <v>197</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="B10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B11" s="8">
         <v>18450486272</v>
       </c>
       <c r="C11" s="8">
         <v>17429093128</v>
       </c>
       <c r="D11" s="8">
         <v>21610904948</v>
       </c>
       <c r="E11" s="8">
         <v>17910340613</v>
       </c>
       <c r="F11" s="8">
         <v>17179101474</v>
       </c>
       <c r="G11" s="8">
         <v>19598887585</v>
       </c>
       <c r="H11" s="8">
         <v>17187649776</v>
       </c>
       <c r="I11" s="8">
         <v>19310397169</v>
       </c>
       <c r="J11" s="8">
         <v>17759070167</v>
       </c>
       <c r="K11" s="8">
         <v>18110831358</v>
       </c>
       <c r="L11" s="8">
         <v>16914288020</v>
       </c>
       <c r="M11" s="8">
         <v>12494620422</v>
       </c>
       <c r="N11" s="8">
         <v>213955670932</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B12" s="8">
         <v>18130795759</v>
       </c>
       <c r="C12" s="8">
         <v>17037169840</v>
       </c>
       <c r="D12" s="8">
         <v>21180869076</v>
       </c>
       <c r="E12" s="8">
         <v>17479877009</v>
       </c>
       <c r="F12" s="8">
         <v>16821729209</v>
       </c>
       <c r="G12" s="8">
         <v>19186098834</v>
       </c>
       <c r="H12" s="8">
         <v>16832632487</v>
       </c>
       <c r="I12" s="8">
         <v>18970773144</v>
       </c>
       <c r="J12" s="8">
         <v>17406599632</v>
       </c>
       <c r="K12" s="8">
         <v>17790340236</v>
       </c>
       <c r="L12" s="8">
         <v>16624026811</v>
       </c>
       <c r="M12" s="8">
         <v>12190607573</v>
       </c>
       <c r="N12" s="8">
         <v>209651519610</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B13" s="8">
         <v>319690513</v>
       </c>
       <c r="C13" s="8">
         <v>391923288</v>
       </c>
       <c r="D13" s="8">
         <v>430035872</v>
       </c>
       <c r="E13" s="8">
         <v>430463604</v>
       </c>
       <c r="F13" s="8">
         <v>357372265</v>
       </c>
       <c r="G13" s="8">
         <v>412788751</v>
       </c>
       <c r="H13" s="8">
         <v>355017289</v>
       </c>
       <c r="I13" s="8">
         <v>339624025</v>
       </c>
       <c r="J13" s="8">
         <v>352470535</v>
       </c>
       <c r="K13" s="8">
         <v>320491122</v>
       </c>
       <c r="L13" s="8">
         <v>290261209</v>
       </c>
       <c r="M13" s="8">
         <v>304012849</v>
       </c>
       <c r="N13" s="8">
         <v>4304151322</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>12855146</v>
       </c>
       <c r="C14" s="8">
         <v>11220084</v>
       </c>
       <c r="D14" s="8">
         <v>14906034</v>
       </c>
       <c r="E14" s="8">
         <v>13892279</v>
       </c>
       <c r="F14" s="8">
         <v>13113641</v>
       </c>
       <c r="G14" s="8">
         <v>14753650</v>
       </c>
       <c r="H14" s="8">
         <v>11561859</v>
       </c>
       <c r="I14" s="8">
         <v>12642812</v>
       </c>
       <c r="J14" s="8">
         <v>12760209</v>
       </c>
       <c r="K14" s="8">
         <v>11841272</v>
       </c>
       <c r="L14" s="8">
         <v>12037142</v>
       </c>
       <c r="M14" s="8">
         <v>10320582</v>
       </c>
       <c r="N14" s="8">
         <v>151904709</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B15" s="8">
         <v>1245236</v>
       </c>
       <c r="C15" s="8">
         <v>1090620</v>
       </c>
       <c r="D15" s="8">
         <v>1430556</v>
       </c>
       <c r="E15" s="8">
         <v>1252556</v>
       </c>
       <c r="F15" s="8">
         <v>1233881</v>
       </c>
       <c r="G15" s="8">
         <v>1501393</v>
       </c>
       <c r="H15" s="8">
         <v>935105</v>
       </c>
       <c r="I15" s="8">
         <v>1211348</v>
       </c>
       <c r="J15" s="8">
         <v>1238103</v>
       </c>
       <c r="K15" s="8">
         <v>1102914</v>
       </c>
       <c r="L15" s="8">
         <v>1064134</v>
       </c>
       <c r="M15" s="8">
         <v>729342</v>
       </c>
       <c r="N15" s="8">
         <v>14035189</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B16" s="8">
         <v>2155362</v>
       </c>
       <c r="C16" s="8">
         <v>2323415</v>
       </c>
       <c r="D16" s="8">
         <v>2351613</v>
       </c>
       <c r="E16" s="8">
         <v>2177656</v>
       </c>
       <c r="F16" s="8">
         <v>1895340</v>
       </c>
       <c r="G16" s="8">
         <v>2095763</v>
       </c>
       <c r="H16" s="8">
         <v>2093463</v>
       </c>
       <c r="I16" s="8">
         <v>2190934</v>
       </c>
       <c r="J16" s="8">
         <v>2100072</v>
       </c>
       <c r="K16" s="8">
         <v>1937611</v>
       </c>
       <c r="L16" s="8">
         <v>2055213</v>
       </c>
       <c r="M16" s="8">
         <v>2013443</v>
       </c>
       <c r="N16" s="8">
         <v>25389885</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B17" s="8">
         <v>72990</v>
       </c>
       <c r="C17" s="8">
         <v>101227</v>
       </c>
       <c r="D17" s="8">
         <v>101405</v>
       </c>
       <c r="E17" s="8">
         <v>100185</v>
       </c>
       <c r="F17" s="8">
         <v>98450</v>
       </c>
       <c r="G17" s="8">
         <v>104730</v>
       </c>
       <c r="H17" s="8">
         <v>106020</v>
       </c>
       <c r="I17" s="8">
         <v>102988</v>
       </c>
       <c r="J17" s="8">
         <v>104169</v>
       </c>
       <c r="K17" s="8">
         <v>93521</v>
       </c>
       <c r="L17" s="8">
         <v>100931</v>
       </c>
       <c r="M17" s="8">
         <v>115648</v>
       </c>
       <c r="N17" s="8">
         <v>1202264</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B18" s="8">
         <v>9381558</v>
       </c>
       <c r="C18" s="8">
         <v>7704822</v>
       </c>
       <c r="D18" s="8">
         <v>11022459</v>
       </c>
       <c r="E18" s="8">
         <v>10361881</v>
       </c>
       <c r="F18" s="8">
         <v>9885970</v>
       </c>
       <c r="G18" s="8">
         <v>11051764</v>
       </c>
       <c r="H18" s="8">
         <v>8427271</v>
       </c>
       <c r="I18" s="8">
         <v>9137542</v>
       </c>
       <c r="J18" s="8">
         <v>9317866</v>
       </c>
       <c r="K18" s="8">
         <v>8707227</v>
       </c>
       <c r="L18" s="8">
         <v>8816863</v>
       </c>
       <c r="M18" s="8">
         <v>7462149</v>
       </c>
       <c r="N18" s="8">
         <v>111277371</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B20" s="8">
         <v>15410346368</v>
       </c>
       <c r="C20" s="8">
         <v>14578439896</v>
       </c>
       <c r="D20" s="8">
         <v>19387378347</v>
       </c>
       <c r="E20" s="8">
         <v>18088666535</v>
       </c>
       <c r="F20" s="8">
         <v>17119383560</v>
       </c>
       <c r="G20" s="8">
         <v>20175959264</v>
       </c>
       <c r="H20" s="8">
         <v>16931395216</v>
       </c>
       <c r="I20" s="8">
         <v>18702712883</v>
       </c>
       <c r="J20" s="8">
         <v>17941632031</v>
       </c>
       <c r="K20" s="8">
         <v>15117245107</v>
       </c>
       <c r="L20" s="8">
         <v>17014575935</v>
       </c>
       <c r="M20" s="8">
         <v>17463715695</v>
       </c>
       <c r="N20" s="8">
         <v>207931450837</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B21" s="8">
         <v>15073613090</v>
       </c>
       <c r="C21" s="8">
         <v>14227492940</v>
       </c>
       <c r="D21" s="8">
         <v>18960149820</v>
       </c>
       <c r="E21" s="8">
         <v>17695397060</v>
       </c>
       <c r="F21" s="8">
         <v>16747025390</v>
       </c>
       <c r="G21" s="8">
         <v>19746176170</v>
       </c>
       <c r="H21" s="8">
         <v>16547164380</v>
       </c>
       <c r="I21" s="8">
         <v>18371289600</v>
       </c>
       <c r="J21" s="8">
         <v>17613984780</v>
       </c>
       <c r="K21" s="8">
         <v>14795567270</v>
       </c>
       <c r="L21" s="8">
         <v>16703199274</v>
       </c>
       <c r="M21" s="8">
         <v>17118217880</v>
       </c>
       <c r="N21" s="8">
         <v>203599277654</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="B22" s="8">
         <v>336560613</v>
       </c>
       <c r="C22" s="8">
         <v>350759412</v>
       </c>
       <c r="D22" s="8">
         <v>427041375</v>
       </c>
       <c r="E22" s="8">
         <v>392921051</v>
       </c>
       <c r="F22" s="8">
         <v>372029908</v>
       </c>
       <c r="G22" s="8">
         <v>429321095</v>
       </c>
       <c r="H22" s="8">
         <v>383734896</v>
       </c>
       <c r="I22" s="8">
         <v>330862406</v>
       </c>
       <c r="J22" s="8">
         <v>327199385</v>
       </c>
       <c r="K22" s="8">
         <v>321174623</v>
       </c>
       <c r="L22" s="8">
         <v>311010872</v>
       </c>
       <c r="M22" s="8">
         <v>345119804</v>
       </c>
       <c r="N22" s="8">
         <v>4327735440</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B23" s="8">
         <v>172665</v>
       </c>
       <c r="C23" s="8">
         <v>187544</v>
       </c>
       <c r="D23" s="8">
         <v>187152</v>
       </c>
       <c r="E23" s="8">
         <v>348424</v>
       </c>
       <c r="F23" s="8">
         <v>328262</v>
       </c>
       <c r="G23" s="8">
         <v>461999</v>
       </c>
       <c r="H23" s="8">
         <v>495940</v>
       </c>
       <c r="I23" s="8">
         <v>560877</v>
       </c>
       <c r="J23" s="8">
         <v>447866</v>
       </c>
       <c r="K23" s="8">
         <v>503214</v>
       </c>
       <c r="L23" s="8">
         <v>365789</v>
       </c>
       <c r="M23" s="8">
         <v>378011</v>
       </c>
       <c r="N23" s="8">
         <v>4437743</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B24" s="8">
         <v>11900571</v>
       </c>
       <c r="C24" s="8">
         <v>10666188</v>
       </c>
       <c r="D24" s="8">
         <v>15004777</v>
       </c>
       <c r="E24" s="8">
         <v>12945008</v>
       </c>
       <c r="F24" s="8">
         <v>13225079</v>
       </c>
       <c r="G24" s="8">
         <v>14183357</v>
       </c>
       <c r="H24" s="8">
         <v>12475208</v>
       </c>
       <c r="I24" s="8">
         <v>11747194</v>
       </c>
       <c r="J24" s="8">
         <v>12583776</v>
       </c>
       <c r="K24" s="8">
         <v>12127083</v>
       </c>
       <c r="L24" s="8">
         <v>11949466</v>
       </c>
       <c r="M24" s="8">
         <v>11332328</v>
       </c>
       <c r="N24" s="8">
         <v>150140035</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B25" s="8">
         <v>1154560</v>
       </c>
       <c r="C25" s="8">
         <v>1014807</v>
       </c>
       <c r="D25" s="8">
         <v>1473597</v>
       </c>
       <c r="E25" s="8">
         <v>1243817</v>
       </c>
       <c r="F25" s="8">
         <v>1184381</v>
       </c>
       <c r="G25" s="8">
         <v>1399163</v>
       </c>
       <c r="H25" s="8">
         <v>1113950</v>
       </c>
       <c r="I25" s="8">
         <v>1176088</v>
       </c>
       <c r="J25" s="8">
         <v>1178344</v>
       </c>
       <c r="K25" s="8">
         <v>1153274</v>
       </c>
       <c r="L25" s="8">
         <v>1106876</v>
       </c>
       <c r="M25" s="8">
         <v>932248</v>
       </c>
       <c r="N25" s="8">
         <v>14131106</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B26" s="8">
         <v>2071955</v>
       </c>
       <c r="C26" s="8">
         <v>2159685</v>
       </c>
       <c r="D26" s="8">
         <v>2335074</v>
       </c>
       <c r="E26" s="8">
         <v>1901772</v>
       </c>
       <c r="F26" s="8">
         <v>2005343</v>
       </c>
       <c r="G26" s="8">
         <v>2089516</v>
       </c>
       <c r="H26" s="8">
         <v>2004350</v>
       </c>
       <c r="I26" s="8">
         <v>2196777</v>
       </c>
       <c r="J26" s="8">
         <v>1896389</v>
       </c>
       <c r="K26" s="8">
         <v>1923502</v>
       </c>
       <c r="L26" s="8">
         <v>2048172</v>
       </c>
       <c r="M26" s="8">
         <v>2039186</v>
       </c>
       <c r="N26" s="8">
         <v>24671723</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B27" s="8">
         <v>84488</v>
       </c>
       <c r="C27" s="8">
         <v>115625</v>
       </c>
       <c r="D27" s="8">
         <v>95220</v>
       </c>
       <c r="E27" s="8">
         <v>92220</v>
       </c>
       <c r="F27" s="8">
         <v>88414</v>
       </c>
       <c r="G27" s="8">
         <v>110444</v>
       </c>
       <c r="H27" s="8">
         <v>100463</v>
       </c>
       <c r="I27" s="8">
         <v>81887</v>
       </c>
       <c r="J27" s="8">
         <v>106378</v>
       </c>
       <c r="K27" s="8">
         <v>86188</v>
       </c>
       <c r="L27" s="8">
         <v>81577</v>
       </c>
       <c r="M27" s="8">
         <v>92096</v>
       </c>
       <c r="N27" s="8">
         <v>1135002</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B28" s="8">
         <v>8589568</v>
       </c>
       <c r="C28" s="8">
         <v>7376070</v>
       </c>
       <c r="D28" s="8">
         <v>11100885</v>
       </c>
       <c r="E28" s="8">
         <v>9707198</v>
       </c>
       <c r="F28" s="8">
         <v>9946940</v>
       </c>
       <c r="G28" s="8">
         <v>10584234</v>
       </c>
       <c r="H28" s="8">
         <v>9256444</v>
       </c>
       <c r="I28" s="8">
         <v>8292442</v>
       </c>
       <c r="J28" s="8">
         <v>9402664</v>
       </c>
       <c r="K28" s="8">
         <v>8964119</v>
       </c>
       <c r="L28" s="8">
         <v>8712841</v>
       </c>
       <c r="M28" s="8">
         <v>8268798</v>
       </c>
       <c r="N28" s="8">
         <v>110202205</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="B29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B30" s="8">
         <v>295704630</v>
       </c>
       <c r="C30" s="8">
         <v>358680120</v>
       </c>
       <c r="D30" s="8">
         <v>455418040</v>
       </c>
       <c r="E30" s="8">
         <v>429580260</v>
       </c>
       <c r="F30" s="8">
         <v>433141800</v>
       </c>
       <c r="G30" s="8">
         <v>530126500</v>
       </c>
       <c r="H30" s="8">
         <v>420725200</v>
       </c>
       <c r="I30" s="8">
         <v>506529100</v>
       </c>
       <c r="J30" s="8">
         <v>371489660</v>
       </c>
       <c r="K30" s="8">
         <v>464935000</v>
       </c>
       <c r="L30" s="8">
         <v>453375240</v>
       </c>
       <c r="M30" s="8">
         <v>375552800</v>
       </c>
       <c r="N30" s="8">
         <v>5095258350</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="B31" s="8">
         <v>157202</v>
       </c>
       <c r="C31" s="8">
         <v>158724</v>
       </c>
       <c r="D31" s="8">
         <v>162611</v>
       </c>
       <c r="E31" s="8">
         <v>203305</v>
       </c>
       <c r="F31" s="8">
         <v>215871</v>
       </c>
       <c r="G31" s="8">
         <v>160813</v>
       </c>
       <c r="H31" s="8">
         <v>205456</v>
       </c>
       <c r="I31" s="8">
         <v>219159</v>
       </c>
       <c r="J31" s="8">
         <v>170243</v>
       </c>
       <c r="K31" s="8">
         <v>224179</v>
       </c>
       <c r="L31" s="8">
         <v>165387</v>
       </c>
       <c r="M31" s="8">
         <v>172361</v>
       </c>
       <c r="N31" s="8">
         <v>2215310</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="B32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B33" s="8">
         <v>23106228890</v>
       </c>
       <c r="C33" s="8">
         <v>25535843348</v>
       </c>
       <c r="D33" s="8">
         <v>27232900541</v>
       </c>
       <c r="E33" s="8">
         <v>26501500933</v>
       </c>
       <c r="F33" s="8">
         <v>26059854154</v>
       </c>
       <c r="G33" s="8">
         <v>24872581243</v>
       </c>
       <c r="H33" s="8">
         <v>24629342215</v>
       </c>
       <c r="I33" s="8">
         <v>24667300003</v>
       </c>
       <c r="J33" s="8">
         <v>24022223369</v>
       </c>
       <c r="K33" s="8">
         <v>26497086142</v>
       </c>
       <c r="L33" s="8">
         <v>25866927605</v>
       </c>
       <c r="M33" s="8">
         <v>20422005449</v>
       </c>
       <c r="N33" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B34" s="8">
         <v>22811128111</v>
       </c>
       <c r="C34" s="8">
         <v>25198861331</v>
       </c>
       <c r="D34" s="8">
         <v>26900604391</v>
       </c>
       <c r="E34" s="8">
         <v>26138959501</v>
       </c>
       <c r="F34" s="8">
         <v>25740290101</v>
       </c>
       <c r="G34" s="8">
         <v>24585411401</v>
       </c>
       <c r="H34" s="8">
         <v>24375581361</v>
       </c>
       <c r="I34" s="8">
         <v>24414281421</v>
       </c>
       <c r="J34" s="8">
         <v>23753650221</v>
       </c>
       <c r="K34" s="8">
         <v>26236364880</v>
       </c>
       <c r="L34" s="8">
         <v>25635958126</v>
       </c>
       <c r="M34" s="8">
         <v>20239210366</v>
       </c>
       <c r="N34" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B35" s="8">
         <v>295100779</v>
       </c>
       <c r="C35" s="8">
         <v>336982017</v>
       </c>
       <c r="D35" s="8">
         <v>332296150</v>
       </c>
       <c r="E35" s="8">
         <v>362541432</v>
       </c>
       <c r="F35" s="8">
         <v>319564053</v>
       </c>
       <c r="G35" s="8">
         <v>287169842</v>
       </c>
       <c r="H35" s="8">
         <v>253760854</v>
       </c>
       <c r="I35" s="8">
         <v>253018582</v>
       </c>
       <c r="J35" s="8">
         <v>268573148</v>
       </c>
       <c r="K35" s="8">
         <v>260721262</v>
       </c>
       <c r="L35" s="8">
         <v>230969479</v>
       </c>
       <c r="M35" s="8">
         <v>182795083</v>
       </c>
       <c r="N35" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B36" s="8">
         <v>5711361</v>
       </c>
       <c r="C36" s="8">
         <v>6254531</v>
       </c>
       <c r="D36" s="8">
         <v>5963318</v>
       </c>
       <c r="E36" s="8">
         <v>6638850</v>
       </c>
       <c r="F36" s="8">
         <v>6211678</v>
       </c>
       <c r="G36" s="8">
         <v>6616372</v>
       </c>
       <c r="H36" s="8">
         <v>5466993</v>
       </c>
       <c r="I36" s="8">
         <v>6144502</v>
       </c>
       <c r="J36" s="8">
         <v>6147353</v>
       </c>
       <c r="K36" s="8">
         <v>5645685</v>
       </c>
       <c r="L36" s="8">
         <v>5569210</v>
       </c>
       <c r="M36" s="8">
         <v>4317673</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B37" s="8">
         <v>739975</v>
       </c>
       <c r="C37" s="8">
         <v>816561</v>
       </c>
       <c r="D37" s="8">
         <v>774394</v>
       </c>
       <c r="E37" s="8">
         <v>747203</v>
       </c>
       <c r="F37" s="8">
         <v>740678</v>
       </c>
       <c r="G37" s="8">
         <v>833715</v>
       </c>
       <c r="H37" s="8">
         <v>650003</v>
       </c>
       <c r="I37" s="8">
         <v>679446</v>
       </c>
       <c r="J37" s="8">
         <v>798270</v>
       </c>
       <c r="K37" s="8">
         <v>750901</v>
       </c>
       <c r="L37" s="8">
         <v>706800</v>
       </c>
       <c r="M37" s="8">
         <v>489741</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B38" s="8">
         <v>1606022</v>
       </c>
       <c r="C38" s="8">
         <v>1793832</v>
       </c>
       <c r="D38" s="8">
         <v>1747175</v>
       </c>
       <c r="E38" s="8">
         <v>1913519</v>
       </c>
       <c r="F38" s="8">
         <v>1690815</v>
       </c>
       <c r="G38" s="8">
         <v>1621880</v>
       </c>
       <c r="H38" s="8">
         <v>1553424</v>
       </c>
       <c r="I38" s="8">
         <v>1424211</v>
       </c>
       <c r="J38" s="8">
         <v>1487334</v>
       </c>
       <c r="K38" s="8">
         <v>1378453</v>
       </c>
       <c r="L38" s="8">
         <v>1279048</v>
       </c>
       <c r="M38" s="8">
         <v>1144522</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B39" s="8">
         <v>54153</v>
       </c>
       <c r="C39" s="8">
         <v>39753</v>
       </c>
       <c r="D39" s="8">
         <v>45935</v>
       </c>
       <c r="E39" s="8">
         <v>53932</v>
       </c>
       <c r="F39" s="8">
         <v>63478</v>
       </c>
       <c r="G39" s="8">
         <v>57744</v>
       </c>
       <c r="H39" s="8">
         <v>62807</v>
       </c>
       <c r="I39" s="8">
         <v>84493</v>
       </c>
       <c r="J39" s="8">
         <v>82270</v>
       </c>
       <c r="K39" s="8">
         <v>89588</v>
       </c>
       <c r="L39" s="8">
         <v>108466</v>
       </c>
       <c r="M39" s="8">
         <v>134905</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B40" s="8">
         <v>3311210</v>
       </c>
       <c r="C40" s="8">
         <v>3604386</v>
       </c>
       <c r="D40" s="8">
         <v>3395814</v>
       </c>
       <c r="E40" s="8">
         <v>3924196</v>
       </c>
       <c r="F40" s="8">
         <v>3716707</v>
       </c>
       <c r="G40" s="8">
         <v>4103032</v>
       </c>
       <c r="H40" s="8">
         <v>3200758</v>
       </c>
       <c r="I40" s="8">
         <v>3956352</v>
       </c>
       <c r="J40" s="8">
         <v>3779480</v>
       </c>
       <c r="K40" s="8">
         <v>3426743</v>
       </c>
       <c r="L40" s="8">
         <v>3474895</v>
       </c>
       <c r="M40" s="8">
         <v>2548504</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="41" ht="12" customHeight="1"/>
     <row r="42" ht="14" customHeight="1">
-      <c r="A42" s="9" t="s">
-[...14 lines deleted...]
-      <c r="N42" s="9"/>
+      <c r="A42" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B42" s="10"/>
+      <c r="C42" s="10"/>
+      <c r="D42" s="10"/>
+      <c r="E42" s="10"/>
+      <c r="F42" s="10"/>
+      <c r="G42" s="10"/>
+      <c r="H42" s="10"/>
+      <c r="I42" s="10"/>
+      <c r="J42" s="10"/>
+      <c r="K42" s="10"/>
+      <c r="L42" s="10"/>
+      <c r="M42" s="10"/>
+      <c r="N42" s="10"/>
     </row>
     <row r="43" ht="14" customHeight="1">
-      <c r="A43" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N43" s="10"/>
+      <c r="A43" s="11" t="s">
+        <v>36</v>
+      </c>
+      <c r="B43" s="11"/>
+      <c r="C43" s="11"/>
+      <c r="D43" s="11"/>
+      <c r="E43" s="11"/>
+      <c r="F43" s="11"/>
+      <c r="G43" s="11"/>
+      <c r="H43" s="11"/>
+      <c r="I43" s="11"/>
+      <c r="J43" s="11"/>
+      <c r="K43" s="11"/>
+      <c r="L43" s="11"/>
+      <c r="M43" s="11"/>
+      <c r="N43" s="11"/>
     </row>
     <row r="44" ht="43" customHeight="1">
-      <c r="A44" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N44" s="10"/>
+      <c r="A44" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="B44" s="11"/>
+      <c r="C44" s="11"/>
+      <c r="D44" s="11"/>
+      <c r="E44" s="11"/>
+      <c r="F44" s="11"/>
+      <c r="G44" s="11"/>
+      <c r="H44" s="11"/>
+      <c r="I44" s="11"/>
+      <c r="J44" s="11"/>
+      <c r="K44" s="11"/>
+      <c r="L44" s="11"/>
+      <c r="M44" s="11"/>
+      <c r="N44" s="11"/>
     </row>
     <row r="45" ht="14" customHeight="1">
-      <c r="A45" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N45" s="10"/>
+      <c r="A45" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="B45" s="11"/>
+      <c r="C45" s="11"/>
+      <c r="D45" s="11"/>
+      <c r="E45" s="11"/>
+      <c r="F45" s="11"/>
+      <c r="G45" s="11"/>
+      <c r="H45" s="11"/>
+      <c r="I45" s="11"/>
+      <c r="J45" s="11"/>
+      <c r="K45" s="11"/>
+      <c r="L45" s="11"/>
+      <c r="M45" s="11"/>
+      <c r="N45" s="11"/>
     </row>
     <row r="46" ht="14" customHeight="1">
-      <c r="A46" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N46" s="10"/>
+      <c r="A46" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="B46" s="11"/>
+      <c r="C46" s="11"/>
+      <c r="D46" s="11"/>
+      <c r="E46" s="11"/>
+      <c r="F46" s="11"/>
+      <c r="G46" s="11"/>
+      <c r="H46" s="11"/>
+      <c r="I46" s="11"/>
+      <c r="J46" s="11"/>
+      <c r="K46" s="11"/>
+      <c r="L46" s="11"/>
+      <c r="M46" s="11"/>
+      <c r="N46" s="11"/>
     </row>
     <row r="47" ht="12" customHeight="1">
-      <c r="A47" s="11" t="s">
-[...14 lines deleted...]
-      <c r="N47" s="11"/>
+      <c r="A47" s="12" t="s">
+        <v>40</v>
+      </c>
+      <c r="B47" s="12"/>
+      <c r="C47" s="12"/>
+      <c r="D47" s="12"/>
+      <c r="E47" s="12"/>
+      <c r="F47" s="12"/>
+      <c r="G47" s="12"/>
+      <c r="H47" s="12"/>
+      <c r="I47" s="12"/>
+      <c r="J47" s="12"/>
+      <c r="K47" s="12"/>
+      <c r="L47" s="12"/>
+      <c r="M47" s="12"/>
+      <c r="N47" s="12"/>
     </row>
     <row r="48" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A42:N42"/>
     <mergeCell ref="A43:N43"/>
     <mergeCell ref="A44:N44"/>
     <mergeCell ref="A45:N45"/>
     <mergeCell ref="A46:N46"/>
     <mergeCell ref="A47:N47"/>
   </mergeCells>
   <printOptions headings="0" horizontalCentered="0" verticalCentered="0" gridLines="0"/>
   <pageMargins left="0.05" right="0.05" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup paperSize="1" fitToWidth="1" fitToHeight="1" scale="100" orientation="landscape" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter>
     <oddHeader/>
     <oddFooter/>
   </headerFooter>
 </worksheet>
@@ -17085,1627 +17525,1627 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s"/>
       <c r="B8" s="6" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="B9" s="8">
         <v>182</v>
       </c>
       <c r="C9" s="8">
         <v>182</v>
       </c>
       <c r="D9" s="8">
         <v>179</v>
       </c>
       <c r="E9" s="8">
         <v>179</v>
       </c>
       <c r="F9" s="8">
         <v>177</v>
       </c>
       <c r="G9" s="8">
         <v>183</v>
       </c>
       <c r="H9" s="8">
         <v>178</v>
       </c>
       <c r="I9" s="8">
         <v>183</v>
       </c>
       <c r="J9" s="8">
         <v>178</v>
       </c>
       <c r="K9" s="8">
         <v>180</v>
       </c>
       <c r="L9" s="8">
         <v>180</v>
       </c>
       <c r="M9" s="8">
         <v>177</v>
       </c>
       <c r="N9" s="8">
         <v>193</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="B10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B11" s="8">
         <v>18033239927</v>
       </c>
       <c r="C11" s="8">
         <v>17949917614</v>
       </c>
       <c r="D11" s="8">
         <v>18990745006</v>
       </c>
       <c r="E11" s="8">
         <v>19544601290</v>
       </c>
       <c r="F11" s="8">
         <v>20034664661</v>
       </c>
       <c r="G11" s="8">
         <v>21899078458</v>
       </c>
       <c r="H11" s="8">
         <v>17224792624</v>
       </c>
       <c r="I11" s="8">
         <v>20637092174</v>
       </c>
       <c r="J11" s="8">
         <v>18265464465</v>
       </c>
       <c r="K11" s="8">
         <v>19243987501</v>
       </c>
       <c r="L11" s="8">
         <v>17066622921</v>
       </c>
       <c r="M11" s="8">
         <v>15087843103</v>
       </c>
       <c r="N11" s="8">
         <v>223978049744</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B12" s="8">
         <v>17597869461</v>
       </c>
       <c r="C12" s="8">
         <v>17549708906</v>
       </c>
       <c r="D12" s="8">
         <v>18600792150</v>
       </c>
       <c r="E12" s="8">
         <v>19207695644</v>
       </c>
       <c r="F12" s="8">
         <v>19640128576</v>
       </c>
       <c r="G12" s="8">
         <v>21465458503</v>
       </c>
       <c r="H12" s="8">
         <v>16750661772</v>
       </c>
       <c r="I12" s="8">
         <v>20185763944</v>
       </c>
       <c r="J12" s="8">
         <v>17860714491</v>
       </c>
       <c r="K12" s="8">
         <v>18808290333</v>
       </c>
       <c r="L12" s="8">
         <v>16683840054</v>
       </c>
       <c r="M12" s="8">
         <v>14790320962</v>
       </c>
       <c r="N12" s="8">
         <v>219141244796</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B13" s="8">
         <v>435370466</v>
       </c>
       <c r="C13" s="8">
         <v>400208708</v>
       </c>
       <c r="D13" s="8">
         <v>389952856</v>
       </c>
       <c r="E13" s="8">
         <v>336905646</v>
       </c>
       <c r="F13" s="8">
         <v>394536085</v>
       </c>
       <c r="G13" s="8">
         <v>433619955</v>
       </c>
       <c r="H13" s="8">
         <v>474130852</v>
       </c>
       <c r="I13" s="8">
         <v>451328230</v>
       </c>
       <c r="J13" s="8">
         <v>404749974</v>
       </c>
       <c r="K13" s="8">
         <v>435697168</v>
       </c>
       <c r="L13" s="8">
         <v>382782867</v>
       </c>
       <c r="M13" s="8">
         <v>297522141</v>
       </c>
       <c r="N13" s="8">
         <v>4836804948</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>14791941</v>
       </c>
       <c r="C14" s="8">
         <v>12944081</v>
       </c>
       <c r="D14" s="8">
         <v>12565428</v>
       </c>
       <c r="E14" s="8">
         <v>14536076</v>
       </c>
       <c r="F14" s="8">
         <v>13937680</v>
       </c>
       <c r="G14" s="8">
         <v>15542872</v>
       </c>
       <c r="H14" s="8">
         <v>14854788</v>
       </c>
       <c r="I14" s="8">
         <v>14334889</v>
       </c>
       <c r="J14" s="8">
         <v>14743813</v>
       </c>
       <c r="K14" s="8">
         <v>13837154</v>
       </c>
       <c r="L14" s="8">
         <v>12089003</v>
       </c>
       <c r="M14" s="8">
         <v>12253789</v>
       </c>
       <c r="N14" s="8">
         <v>166431514</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B15" s="8">
         <v>1300044</v>
       </c>
       <c r="C15" s="8">
         <v>1194150</v>
       </c>
       <c r="D15" s="8">
         <v>931095</v>
       </c>
-      <c r="E15" s="12" t="s">
-        <v>51</v>
+      <c r="E15" s="9" t="s">
+        <v>24</v>
       </c>
       <c r="F15" s="8">
         <v>1067549</v>
       </c>
       <c r="G15" s="8">
         <v>1806268</v>
       </c>
       <c r="H15" s="8">
         <v>1553148</v>
       </c>
       <c r="I15" s="8">
         <v>1673512</v>
       </c>
       <c r="J15" s="8">
         <v>1461446</v>
       </c>
       <c r="K15" s="8">
         <v>1357354</v>
       </c>
       <c r="L15" s="8">
         <v>1031989</v>
       </c>
-      <c r="M15" s="12" t="s">
-        <v>51</v>
+      <c r="M15" s="9" t="s">
+        <v>24</v>
       </c>
       <c r="N15" s="8">
         <v>15234754</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B16" s="8">
         <v>2904418</v>
       </c>
       <c r="C16" s="8">
         <v>2536300</v>
       </c>
       <c r="D16" s="8">
         <v>2529963</v>
       </c>
-      <c r="E16" s="12" t="s">
-        <v>51</v>
+      <c r="E16" s="9" t="s">
+        <v>24</v>
       </c>
       <c r="F16" s="8">
         <v>2897478</v>
       </c>
       <c r="G16" s="8">
         <v>2843274</v>
       </c>
       <c r="H16" s="8">
         <v>2874356</v>
       </c>
       <c r="I16" s="8">
         <v>2537911</v>
       </c>
       <c r="J16" s="8">
         <v>2665546</v>
       </c>
       <c r="K16" s="8">
         <v>2629101</v>
       </c>
       <c r="L16" s="8">
         <v>2339876</v>
       </c>
-      <c r="M16" s="12" t="s">
-        <v>51</v>
+      <c r="M16" s="9" t="s">
+        <v>24</v>
       </c>
       <c r="N16" s="8">
         <v>31535263</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B17" s="8">
         <v>129654</v>
       </c>
       <c r="C17" s="8">
         <v>141461</v>
       </c>
       <c r="D17" s="8">
         <v>170658</v>
       </c>
       <c r="E17" s="8">
         <v>128341</v>
       </c>
       <c r="F17" s="8">
         <v>102730</v>
       </c>
       <c r="G17" s="8">
         <v>151385</v>
       </c>
       <c r="H17" s="8">
         <v>169776</v>
       </c>
       <c r="I17" s="8">
         <v>174330</v>
       </c>
       <c r="J17" s="8">
         <v>132094</v>
       </c>
       <c r="K17" s="8">
         <v>146654</v>
       </c>
       <c r="L17" s="8">
         <v>143960</v>
       </c>
       <c r="M17" s="8">
         <v>118182</v>
       </c>
       <c r="N17" s="8">
         <v>1709226</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B18" s="8">
         <v>10457825</v>
       </c>
       <c r="C18" s="8">
         <v>9072170</v>
       </c>
       <c r="D18" s="8">
         <v>8933712</v>
       </c>
       <c r="E18" s="8">
         <v>10977718</v>
       </c>
       <c r="F18" s="8">
         <v>9869923</v>
       </c>
       <c r="G18" s="8">
         <v>10741944</v>
       </c>
       <c r="H18" s="8">
         <v>10257509</v>
       </c>
       <c r="I18" s="8">
         <v>9949136</v>
       </c>
       <c r="J18" s="8">
         <v>10484727</v>
       </c>
       <c r="K18" s="8">
         <v>9704045</v>
       </c>
       <c r="L18" s="8">
         <v>8573178</v>
       </c>
       <c r="M18" s="8">
         <v>8930383</v>
       </c>
       <c r="N18" s="8">
         <v>117952271</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B20" s="8">
         <v>20171444178</v>
       </c>
       <c r="C20" s="8">
         <v>14654256244</v>
       </c>
       <c r="D20" s="8">
         <v>20108106658</v>
       </c>
       <c r="E20" s="8">
         <v>16905704467</v>
       </c>
       <c r="F20" s="8">
         <v>18211526452</v>
       </c>
       <c r="G20" s="8">
         <v>20788552782</v>
       </c>
       <c r="H20" s="8">
         <v>17949199078</v>
       </c>
       <c r="I20" s="8">
         <v>20645087817</v>
       </c>
       <c r="J20" s="8">
         <v>19865393069</v>
       </c>
       <c r="K20" s="8">
         <v>18035583844</v>
       </c>
       <c r="L20" s="8">
         <v>15385683876</v>
       </c>
       <c r="M20" s="8">
         <v>17692962885</v>
       </c>
       <c r="N20" s="8">
         <v>220413501350</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B21" s="8">
         <v>19804932070</v>
       </c>
       <c r="C21" s="8">
         <v>14335701100</v>
       </c>
       <c r="D21" s="8">
         <v>19748507500</v>
       </c>
       <c r="E21" s="8">
         <v>16584691808</v>
       </c>
       <c r="F21" s="8">
         <v>17841437020</v>
       </c>
       <c r="G21" s="8">
         <v>20335528179</v>
       </c>
       <c r="H21" s="8">
         <v>17549890080</v>
       </c>
       <c r="I21" s="8">
         <v>20218172130</v>
       </c>
       <c r="J21" s="8">
         <v>19463330240</v>
       </c>
       <c r="K21" s="8">
         <v>17636074240</v>
       </c>
       <c r="L21" s="8">
         <v>15022799460</v>
       </c>
       <c r="M21" s="8">
         <v>17332144280</v>
       </c>
       <c r="N21" s="8">
         <v>215873208107</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="B22" s="8">
         <v>366340607</v>
       </c>
       <c r="C22" s="8">
         <v>318405003</v>
       </c>
       <c r="D22" s="8">
         <v>359468145</v>
       </c>
       <c r="E22" s="8">
         <v>320926393</v>
       </c>
       <c r="F22" s="8">
         <v>369995984</v>
       </c>
       <c r="G22" s="8">
         <v>452875552</v>
       </c>
       <c r="H22" s="8">
         <v>399169495</v>
       </c>
       <c r="I22" s="8">
         <v>426768896</v>
       </c>
       <c r="J22" s="8">
         <v>401868419</v>
       </c>
       <c r="K22" s="8">
         <v>399342064</v>
       </c>
       <c r="L22" s="8">
         <v>362732148</v>
       </c>
       <c r="M22" s="8">
         <v>360641426</v>
       </c>
       <c r="N22" s="8">
         <v>4538534132</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B23" s="8">
         <v>171501</v>
       </c>
       <c r="C23" s="8">
         <v>150141</v>
       </c>
       <c r="D23" s="8">
         <v>131013</v>
       </c>
       <c r="E23" s="8">
         <v>86266</v>
       </c>
       <c r="F23" s="8">
         <v>93448</v>
       </c>
       <c r="G23" s="8">
         <v>149051</v>
       </c>
       <c r="H23" s="8">
         <v>139503</v>
       </c>
       <c r="I23" s="8">
         <v>146791</v>
       </c>
       <c r="J23" s="8">
         <v>194410</v>
       </c>
       <c r="K23" s="8">
         <v>167540</v>
       </c>
       <c r="L23" s="8">
         <v>152268</v>
       </c>
       <c r="M23" s="8">
         <v>177179</v>
       </c>
       <c r="N23" s="8">
         <v>1759111</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B24" s="8">
         <v>13855383</v>
       </c>
       <c r="C24" s="8">
         <v>12531760</v>
       </c>
       <c r="D24" s="8">
         <v>14436234</v>
       </c>
       <c r="E24" s="8">
         <v>13274308</v>
       </c>
       <c r="F24" s="8">
         <v>13068758</v>
       </c>
       <c r="G24" s="8">
         <v>15219219</v>
       </c>
       <c r="H24" s="8">
         <v>14317836</v>
       </c>
       <c r="I24" s="8">
         <v>13737831</v>
       </c>
       <c r="J24" s="8">
         <v>14203609</v>
       </c>
       <c r="K24" s="8">
         <v>13518267</v>
       </c>
       <c r="L24" s="8">
         <v>11711096</v>
       </c>
       <c r="M24" s="8">
         <v>13551527</v>
       </c>
       <c r="N24" s="8">
         <v>163425828</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B25" s="8">
         <v>1171588</v>
       </c>
       <c r="C25" s="8">
         <v>1093375</v>
       </c>
       <c r="D25" s="8">
         <v>1251961</v>
       </c>
       <c r="E25" s="8">
         <v>857970</v>
       </c>
       <c r="F25" s="8">
         <v>992205</v>
       </c>
       <c r="G25" s="8">
         <v>1765052</v>
       </c>
       <c r="H25" s="8">
         <v>1429917</v>
       </c>
       <c r="I25" s="8">
         <v>1573593</v>
       </c>
       <c r="J25" s="8">
         <v>1447761</v>
       </c>
       <c r="K25" s="8">
         <v>1190182</v>
       </c>
       <c r="L25" s="8">
         <v>1026446</v>
       </c>
       <c r="M25" s="8">
         <v>1227114</v>
       </c>
       <c r="N25" s="8">
         <v>15027164</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B26" s="8">
         <v>2808999</v>
       </c>
       <c r="C26" s="8">
         <v>2465963</v>
       </c>
       <c r="D26" s="8">
         <v>2991413</v>
       </c>
       <c r="E26" s="8">
         <v>2427566</v>
       </c>
       <c r="F26" s="8">
         <v>2608472</v>
       </c>
       <c r="G26" s="8">
         <v>2398398</v>
       </c>
       <c r="H26" s="8">
         <v>2636990</v>
       </c>
       <c r="I26" s="8">
         <v>2355395</v>
       </c>
       <c r="J26" s="8">
         <v>2531308</v>
       </c>
       <c r="K26" s="8">
         <v>2431352</v>
       </c>
       <c r="L26" s="8">
         <v>2069554</v>
       </c>
       <c r="M26" s="8">
         <v>2300705</v>
       </c>
       <c r="N26" s="8">
         <v>30026115</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B27" s="8">
         <v>148946</v>
       </c>
       <c r="C27" s="8">
         <v>138045</v>
       </c>
       <c r="D27" s="8">
         <v>189926</v>
       </c>
       <c r="E27" s="8">
         <v>118250</v>
       </c>
       <c r="F27" s="8">
         <v>102345</v>
       </c>
       <c r="G27" s="8">
         <v>176711</v>
       </c>
       <c r="H27" s="8">
         <v>154601</v>
       </c>
       <c r="I27" s="8">
         <v>159038</v>
       </c>
       <c r="J27" s="8">
         <v>150977</v>
       </c>
       <c r="K27" s="8">
         <v>138930</v>
       </c>
       <c r="L27" s="8">
         <v>137434</v>
       </c>
       <c r="M27" s="8">
         <v>110142</v>
       </c>
       <c r="N27" s="8">
         <v>1725345</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B28" s="8">
         <v>9725851</v>
       </c>
       <c r="C28" s="8">
         <v>8834377</v>
       </c>
       <c r="D28" s="8">
         <v>10002934</v>
       </c>
       <c r="E28" s="8">
         <v>9870521</v>
       </c>
       <c r="F28" s="8">
         <v>9365737</v>
       </c>
       <c r="G28" s="8">
         <v>10879058</v>
       </c>
       <c r="H28" s="8">
         <v>10096328</v>
       </c>
       <c r="I28" s="8">
         <v>9649805</v>
       </c>
       <c r="J28" s="8">
         <v>10073563</v>
       </c>
       <c r="K28" s="8">
         <v>9757803</v>
       </c>
       <c r="L28" s="8">
         <v>8477662</v>
       </c>
       <c r="M28" s="8">
         <v>9913565</v>
       </c>
       <c r="N28" s="8">
         <v>116647204</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="B29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B30" s="8">
         <v>329865600</v>
       </c>
       <c r="C30" s="8">
         <v>433715300</v>
       </c>
       <c r="D30" s="8">
         <v>334852000</v>
       </c>
       <c r="E30" s="8">
         <v>141802900</v>
       </c>
       <c r="F30" s="8">
         <v>192420300</v>
       </c>
       <c r="G30" s="8">
         <v>301146500</v>
       </c>
       <c r="H30" s="8">
         <v>258223680</v>
       </c>
       <c r="I30" s="8">
         <v>283051000</v>
       </c>
       <c r="J30" s="8">
         <v>330318880</v>
       </c>
       <c r="K30" s="8">
         <v>290318400</v>
       </c>
       <c r="L30" s="8">
         <v>267211540</v>
       </c>
       <c r="M30" s="8">
         <v>315113400</v>
       </c>
       <c r="N30" s="8">
         <v>3478039500</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="B31" s="8">
         <v>238526</v>
       </c>
       <c r="C31" s="8">
         <v>156104</v>
       </c>
       <c r="D31" s="8">
         <v>103794</v>
       </c>
       <c r="E31" s="8">
         <v>237034</v>
       </c>
       <c r="F31" s="8">
         <v>136375</v>
       </c>
       <c r="G31" s="8">
         <v>178534</v>
       </c>
       <c r="H31" s="8">
         <v>228851</v>
       </c>
       <c r="I31" s="8">
         <v>139249</v>
       </c>
       <c r="J31" s="8">
         <v>241614</v>
       </c>
       <c r="K31" s="8">
         <v>184359</v>
       </c>
       <c r="L31" s="8">
         <v>210926</v>
       </c>
       <c r="M31" s="8">
         <v>206776</v>
       </c>
       <c r="N31" s="8">
         <v>2262141</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="B32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B33" s="8">
         <v>18545212594</v>
       </c>
       <c r="C33" s="8">
         <v>21347623392</v>
       </c>
       <c r="D33" s="8">
         <v>19817921789</v>
       </c>
       <c r="E33" s="8">
         <v>22305227709</v>
       </c>
       <c r="F33" s="8">
         <v>23834629705</v>
       </c>
       <c r="G33" s="8">
         <v>24589347480</v>
       </c>
       <c r="H33" s="8">
         <v>23547605927</v>
       </c>
       <c r="I33" s="8">
         <v>23144522629</v>
       </c>
       <c r="J33" s="8">
         <v>21114204084</v>
       </c>
       <c r="K33" s="8">
         <v>21984538291</v>
       </c>
       <c r="L33" s="8">
         <v>23374067633</v>
       </c>
       <c r="M33" s="8">
         <v>20399747587</v>
       </c>
       <c r="N33" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B34" s="8">
         <v>18118340886</v>
       </c>
       <c r="C34" s="8">
         <v>20925904906</v>
       </c>
       <c r="D34" s="8">
         <v>19420562506</v>
       </c>
       <c r="E34" s="8">
         <v>21872249581</v>
       </c>
       <c r="F34" s="8">
         <v>23420747286</v>
       </c>
       <c r="G34" s="8">
         <v>24227649946</v>
       </c>
       <c r="H34" s="8">
         <v>23129175586</v>
       </c>
       <c r="I34" s="8">
         <v>22734123781</v>
       </c>
       <c r="J34" s="8">
         <v>20724273461</v>
       </c>
       <c r="K34" s="8">
         <v>21587110311</v>
       </c>
       <c r="L34" s="8">
         <v>22989780401</v>
       </c>
       <c r="M34" s="8">
         <v>20079329231</v>
       </c>
       <c r="N34" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B35" s="8">
         <v>426871708</v>
       </c>
       <c r="C35" s="8">
         <v>421718486</v>
       </c>
       <c r="D35" s="8">
         <v>397359283</v>
       </c>
       <c r="E35" s="8">
         <v>432978128</v>
       </c>
       <c r="F35" s="8">
         <v>413882419</v>
       </c>
       <c r="G35" s="8">
         <v>361697534</v>
       </c>
       <c r="H35" s="8">
         <v>418430341</v>
       </c>
       <c r="I35" s="8">
         <v>410398848</v>
       </c>
       <c r="J35" s="8">
         <v>389930623</v>
       </c>
       <c r="K35" s="8">
         <v>397427980</v>
       </c>
       <c r="L35" s="8">
         <v>384287232</v>
       </c>
       <c r="M35" s="8">
         <v>320418356</v>
       </c>
       <c r="N35" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B36" s="8">
         <v>5441756</v>
       </c>
       <c r="C36" s="8">
         <v>5642157</v>
       </c>
       <c r="D36" s="8">
         <v>3694059</v>
       </c>
       <c r="E36" s="8">
         <v>4694811</v>
       </c>
       <c r="F36" s="8">
         <v>5334316</v>
       </c>
       <c r="G36" s="8">
         <v>5450728</v>
       </c>
       <c r="H36" s="8">
         <v>5759668</v>
       </c>
       <c r="I36" s="8">
         <v>6154416</v>
       </c>
       <c r="J36" s="8">
         <v>6423243</v>
       </c>
       <c r="K36" s="8">
         <v>6467035</v>
       </c>
       <c r="L36" s="8">
         <v>6591765</v>
       </c>
       <c r="M36" s="8">
         <v>5064375</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B37" s="8">
         <v>687543</v>
       </c>
       <c r="C37" s="8">
         <v>784130</v>
       </c>
       <c r="D37" s="8">
         <v>458317</v>
       </c>
-      <c r="E37" s="12" t="s">
-[...12 lines deleted...]
-        <v>51</v>
+      <c r="E37" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="F37" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="G37" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="H37" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I37" s="9" t="s">
+        <v>24</v>
       </c>
       <c r="J37" s="8">
         <v>712341</v>
       </c>
       <c r="K37" s="8">
         <v>825726</v>
       </c>
       <c r="L37" s="8">
         <v>827321</v>
       </c>
       <c r="M37" s="8">
         <v>669363</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B38" s="8">
         <v>1437808</v>
       </c>
       <c r="C38" s="8">
         <v>1458071</v>
       </c>
       <c r="D38" s="8">
         <v>983313</v>
       </c>
-      <c r="E38" s="12" t="s">
-[...12 lines deleted...]
-        <v>51</v>
+      <c r="E38" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="F38" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="G38" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="H38" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I38" s="9" t="s">
+        <v>24</v>
       </c>
       <c r="J38" s="8">
         <v>1775712</v>
       </c>
       <c r="K38" s="8">
         <v>1865141</v>
       </c>
       <c r="L38" s="8">
         <v>2010342</v>
       </c>
       <c r="M38" s="8">
         <v>1690576</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B39" s="8">
         <v>67314</v>
       </c>
       <c r="C39" s="8">
         <v>69563</v>
       </c>
       <c r="D39" s="8">
         <v>50538</v>
       </c>
       <c r="E39" s="8">
         <v>60677</v>
       </c>
       <c r="F39" s="8">
         <v>61030</v>
       </c>
       <c r="G39" s="8">
         <v>36719</v>
       </c>
       <c r="H39" s="8">
         <v>51887</v>
       </c>
       <c r="I39" s="8">
         <v>67202</v>
       </c>
       <c r="J39" s="8">
         <v>48314</v>
       </c>
       <c r="K39" s="8">
         <v>56029</v>
       </c>
       <c r="L39" s="8">
         <v>59800</v>
       </c>
       <c r="M39" s="8">
         <v>67358</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B40" s="8">
         <v>3249091</v>
       </c>
       <c r="C40" s="8">
         <v>3330394</v>
       </c>
       <c r="D40" s="8">
         <v>2201892</v>
       </c>
       <c r="E40" s="8">
         <v>3200033</v>
       </c>
       <c r="F40" s="8">
         <v>3586599</v>
       </c>
       <c r="G40" s="8">
         <v>3377562</v>
       </c>
       <c r="H40" s="8">
         <v>3422285</v>
       </c>
       <c r="I40" s="8">
         <v>3588112</v>
       </c>
       <c r="J40" s="8">
         <v>3886875</v>
       </c>
       <c r="K40" s="8">
         <v>3720139</v>
       </c>
       <c r="L40" s="8">
         <v>3694302</v>
       </c>
       <c r="M40" s="8">
         <v>2637077</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="41" ht="12" customHeight="1"/>
     <row r="42" ht="14" customHeight="1">
-      <c r="A42" s="9" t="s">
-[...14 lines deleted...]
-      <c r="N42" s="9"/>
+      <c r="A42" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B42" s="10"/>
+      <c r="C42" s="10"/>
+      <c r="D42" s="10"/>
+      <c r="E42" s="10"/>
+      <c r="F42" s="10"/>
+      <c r="G42" s="10"/>
+      <c r="H42" s="10"/>
+      <c r="I42" s="10"/>
+      <c r="J42" s="10"/>
+      <c r="K42" s="10"/>
+      <c r="L42" s="10"/>
+      <c r="M42" s="10"/>
+      <c r="N42" s="10"/>
     </row>
     <row r="43" ht="14" customHeight="1">
-      <c r="A43" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N43" s="10"/>
+      <c r="A43" s="11" t="s">
+        <v>36</v>
+      </c>
+      <c r="B43" s="11"/>
+      <c r="C43" s="11"/>
+      <c r="D43" s="11"/>
+      <c r="E43" s="11"/>
+      <c r="F43" s="11"/>
+      <c r="G43" s="11"/>
+      <c r="H43" s="11"/>
+      <c r="I43" s="11"/>
+      <c r="J43" s="11"/>
+      <c r="K43" s="11"/>
+      <c r="L43" s="11"/>
+      <c r="M43" s="11"/>
+      <c r="N43" s="11"/>
     </row>
     <row r="44" ht="43" customHeight="1">
-      <c r="A44" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N44" s="10"/>
+      <c r="A44" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="B44" s="11"/>
+      <c r="C44" s="11"/>
+      <c r="D44" s="11"/>
+      <c r="E44" s="11"/>
+      <c r="F44" s="11"/>
+      <c r="G44" s="11"/>
+      <c r="H44" s="11"/>
+      <c r="I44" s="11"/>
+      <c r="J44" s="11"/>
+      <c r="K44" s="11"/>
+      <c r="L44" s="11"/>
+      <c r="M44" s="11"/>
+      <c r="N44" s="11"/>
     </row>
     <row r="45" ht="14" customHeight="1">
-      <c r="A45" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N45" s="10"/>
+      <c r="A45" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="B45" s="11"/>
+      <c r="C45" s="11"/>
+      <c r="D45" s="11"/>
+      <c r="E45" s="11"/>
+      <c r="F45" s="11"/>
+      <c r="G45" s="11"/>
+      <c r="H45" s="11"/>
+      <c r="I45" s="11"/>
+      <c r="J45" s="11"/>
+      <c r="K45" s="11"/>
+      <c r="L45" s="11"/>
+      <c r="M45" s="11"/>
+      <c r="N45" s="11"/>
     </row>
     <row r="46" ht="14" customHeight="1">
-      <c r="A46" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N46" s="10"/>
+      <c r="A46" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="B46" s="11"/>
+      <c r="C46" s="11"/>
+      <c r="D46" s="11"/>
+      <c r="E46" s="11"/>
+      <c r="F46" s="11"/>
+      <c r="G46" s="11"/>
+      <c r="H46" s="11"/>
+      <c r="I46" s="11"/>
+      <c r="J46" s="11"/>
+      <c r="K46" s="11"/>
+      <c r="L46" s="11"/>
+      <c r="M46" s="11"/>
+      <c r="N46" s="11"/>
     </row>
     <row r="47" ht="12" customHeight="1">
-      <c r="A47" s="11" t="s">
-[...14 lines deleted...]
-      <c r="N47" s="11"/>
+      <c r="A47" s="12" t="s">
+        <v>40</v>
+      </c>
+      <c r="B47" s="12"/>
+      <c r="C47" s="12"/>
+      <c r="D47" s="12"/>
+      <c r="E47" s="12"/>
+      <c r="F47" s="12"/>
+      <c r="G47" s="12"/>
+      <c r="H47" s="12"/>
+      <c r="I47" s="12"/>
+      <c r="J47" s="12"/>
+      <c r="K47" s="12"/>
+      <c r="L47" s="12"/>
+      <c r="M47" s="12"/>
+      <c r="N47" s="12"/>
     </row>
     <row r="48" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A42:N42"/>
     <mergeCell ref="A43:N43"/>
     <mergeCell ref="A44:N44"/>
     <mergeCell ref="A45:N45"/>
     <mergeCell ref="A46:N46"/>
     <mergeCell ref="A47:N47"/>
   </mergeCells>
   <printOptions headings="0" horizontalCentered="0" verticalCentered="0" gridLines="0"/>
   <pageMargins left="0.05" right="0.05" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup paperSize="1" fitToWidth="1" fitToHeight="1" scale="100" orientation="landscape" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter>
     <oddHeader/>
     <oddFooter/>
   </headerFooter>
 </worksheet>
@@ -18729,1627 +19169,1627 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s"/>
       <c r="B8" s="6" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="B9" s="8">
         <v>188</v>
       </c>
       <c r="C9" s="8">
         <v>188</v>
       </c>
       <c r="D9" s="8">
         <v>188</v>
       </c>
       <c r="E9" s="8">
         <v>187</v>
       </c>
       <c r="F9" s="8">
         <v>179</v>
       </c>
       <c r="G9" s="8">
         <v>185</v>
       </c>
       <c r="H9" s="8">
         <v>185</v>
       </c>
       <c r="I9" s="8">
         <v>182</v>
       </c>
       <c r="J9" s="8">
         <v>180</v>
       </c>
       <c r="K9" s="8">
         <v>184</v>
       </c>
       <c r="L9" s="8">
         <v>183</v>
       </c>
       <c r="M9" s="8">
         <v>184</v>
       </c>
       <c r="N9" s="8">
         <v>197</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="B10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B11" s="8">
         <v>19603554457</v>
       </c>
       <c r="C11" s="8">
         <v>20323596490</v>
       </c>
       <c r="D11" s="8">
         <v>19945253263</v>
       </c>
       <c r="E11" s="8">
         <v>18214303708</v>
       </c>
       <c r="F11" s="8">
         <v>20851317172</v>
       </c>
       <c r="G11" s="8">
         <v>20085998273</v>
       </c>
       <c r="H11" s="8">
         <v>16323213901</v>
       </c>
       <c r="I11" s="8">
         <v>20024222239</v>
       </c>
       <c r="J11" s="8">
         <v>18216753580</v>
       </c>
       <c r="K11" s="8">
         <v>21289000601</v>
       </c>
       <c r="L11" s="8">
         <v>16665264478</v>
       </c>
       <c r="M11" s="8">
         <v>13708573208</v>
       </c>
       <c r="N11" s="8">
         <v>225251051370</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B12" s="8">
         <v>19108638014</v>
       </c>
       <c r="C12" s="8">
         <v>19847328336</v>
       </c>
       <c r="D12" s="8">
         <v>19490466159</v>
       </c>
       <c r="E12" s="8">
         <v>17730727439</v>
       </c>
       <c r="F12" s="8">
         <v>20398271701</v>
       </c>
       <c r="G12" s="8">
         <v>19563912488</v>
       </c>
       <c r="H12" s="8">
         <v>15835964169</v>
       </c>
       <c r="I12" s="8">
         <v>19512364394</v>
       </c>
       <c r="J12" s="8">
         <v>17804713374</v>
       </c>
       <c r="K12" s="8">
         <v>20739137152</v>
       </c>
       <c r="L12" s="8">
         <v>16240182199</v>
       </c>
       <c r="M12" s="8">
         <v>13342777075</v>
       </c>
       <c r="N12" s="8">
         <v>219614482500</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B13" s="8">
         <v>494916443</v>
       </c>
       <c r="C13" s="8">
         <v>476268154</v>
       </c>
       <c r="D13" s="8">
         <v>454787104</v>
       </c>
       <c r="E13" s="8">
         <v>483576269</v>
       </c>
       <c r="F13" s="8">
         <v>453045471</v>
       </c>
       <c r="G13" s="8">
         <v>522085785</v>
       </c>
       <c r="H13" s="8">
         <v>487249732</v>
       </c>
       <c r="I13" s="8">
         <v>511857845</v>
       </c>
       <c r="J13" s="8">
         <v>412040206</v>
       </c>
       <c r="K13" s="8">
         <v>549863449</v>
       </c>
       <c r="L13" s="8">
         <v>425082279</v>
       </c>
       <c r="M13" s="8">
         <v>365796133</v>
       </c>
       <c r="N13" s="8">
         <v>5636568870</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>14946999</v>
       </c>
       <c r="C14" s="8">
         <v>13175177</v>
       </c>
       <c r="D14" s="8">
         <v>13840703</v>
       </c>
       <c r="E14" s="8">
         <v>14046619</v>
       </c>
       <c r="F14" s="8">
         <v>14641606</v>
       </c>
       <c r="G14" s="8">
         <v>13540782</v>
       </c>
       <c r="H14" s="8">
         <v>13839580</v>
       </c>
       <c r="I14" s="8">
         <v>14431159</v>
       </c>
       <c r="J14" s="8">
         <v>13037206</v>
       </c>
       <c r="K14" s="8">
         <v>14994949</v>
       </c>
       <c r="L14" s="8">
         <v>12829063</v>
       </c>
       <c r="M14" s="8">
         <v>10967608</v>
       </c>
       <c r="N14" s="8">
         <v>164291450</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B15" s="8">
         <v>1424893</v>
       </c>
       <c r="C15" s="8">
         <v>1279566</v>
       </c>
       <c r="D15" s="8">
         <v>1116298</v>
       </c>
       <c r="E15" s="8">
         <v>1332697</v>
       </c>
       <c r="F15" s="8">
         <v>1268284</v>
       </c>
       <c r="G15" s="8">
         <v>1304291</v>
       </c>
       <c r="H15" s="8">
         <v>1210203</v>
       </c>
       <c r="I15" s="8">
         <v>1461497</v>
       </c>
       <c r="J15" s="8">
         <v>1182275</v>
       </c>
       <c r="K15" s="8">
         <v>1367288</v>
       </c>
       <c r="L15" s="8">
         <v>1106603</v>
       </c>
       <c r="M15" s="8">
         <v>918065</v>
       </c>
       <c r="N15" s="8">
         <v>14971961</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B16" s="8">
         <v>3342628</v>
       </c>
       <c r="C16" s="8">
         <v>2740917</v>
       </c>
       <c r="D16" s="8">
         <v>2748484</v>
       </c>
       <c r="E16" s="8">
         <v>2637743</v>
       </c>
       <c r="F16" s="8">
         <v>2795896</v>
       </c>
       <c r="G16" s="8">
         <v>2584114</v>
       </c>
       <c r="H16" s="8">
         <v>2782420</v>
       </c>
       <c r="I16" s="8">
         <v>2855709</v>
       </c>
       <c r="J16" s="8">
         <v>2573211</v>
       </c>
       <c r="K16" s="8">
         <v>3056420</v>
       </c>
       <c r="L16" s="8">
         <v>2523873</v>
       </c>
       <c r="M16" s="8">
         <v>2441750</v>
       </c>
       <c r="N16" s="8">
         <v>33083165</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B17" s="8">
         <v>207437</v>
       </c>
       <c r="C17" s="8">
         <v>172152</v>
       </c>
       <c r="D17" s="8">
         <v>167321</v>
       </c>
       <c r="E17" s="8">
         <v>168230</v>
       </c>
       <c r="F17" s="8">
         <v>152926</v>
       </c>
       <c r="G17" s="8">
         <v>106792</v>
       </c>
       <c r="H17" s="8">
         <v>169998</v>
       </c>
       <c r="I17" s="8">
         <v>180203</v>
       </c>
       <c r="J17" s="8">
         <v>137088</v>
       </c>
       <c r="K17" s="8">
         <v>154335</v>
       </c>
       <c r="L17" s="8">
         <v>107761</v>
       </c>
       <c r="M17" s="8">
         <v>129212</v>
       </c>
       <c r="N17" s="8">
         <v>1853455</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B18" s="8">
         <v>9972041</v>
       </c>
       <c r="C18" s="8">
         <v>8982543</v>
       </c>
       <c r="D18" s="8">
         <v>9808600</v>
       </c>
       <c r="E18" s="8">
         <v>9907947</v>
       </c>
       <c r="F18" s="8">
         <v>10424499</v>
       </c>
       <c r="G18" s="8">
         <v>9545584</v>
       </c>
       <c r="H18" s="8">
         <v>9676960</v>
       </c>
       <c r="I18" s="8">
         <v>9933750</v>
       </c>
       <c r="J18" s="8">
         <v>9144632</v>
       </c>
       <c r="K18" s="8">
         <v>10416906</v>
       </c>
       <c r="L18" s="8">
         <v>9090826</v>
       </c>
       <c r="M18" s="8">
         <v>7478581</v>
       </c>
       <c r="N18" s="8">
         <v>114382869</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B20" s="8">
         <v>19462614258</v>
       </c>
       <c r="C20" s="8">
         <v>18435953832</v>
       </c>
       <c r="D20" s="8">
         <v>14827536548</v>
       </c>
       <c r="E20" s="8">
         <v>17868569941</v>
       </c>
       <c r="F20" s="8">
         <v>20806929352</v>
       </c>
       <c r="G20" s="8">
         <v>19974121850</v>
       </c>
       <c r="H20" s="8">
         <v>19156382140</v>
       </c>
       <c r="I20" s="8">
         <v>20419586540</v>
       </c>
       <c r="J20" s="8">
         <v>18300052491</v>
       </c>
       <c r="K20" s="8">
         <v>18676003986</v>
       </c>
       <c r="L20" s="8">
         <v>13410880574</v>
       </c>
       <c r="M20" s="8">
         <v>17085530112</v>
       </c>
       <c r="N20" s="8">
         <v>218424161624</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B21" s="8">
         <v>19026583860</v>
       </c>
       <c r="C21" s="8">
         <v>17989804199</v>
       </c>
       <c r="D21" s="8">
         <v>14401830017</v>
       </c>
       <c r="E21" s="8">
         <v>17424324980</v>
       </c>
       <c r="F21" s="8">
         <v>20369209280</v>
       </c>
       <c r="G21" s="8">
         <v>19542827910</v>
       </c>
       <c r="H21" s="8">
         <v>18723420160</v>
       </c>
       <c r="I21" s="8">
         <v>19994345929</v>
       </c>
       <c r="J21" s="8">
         <v>17906017680</v>
       </c>
       <c r="K21" s="8">
         <v>18248143520</v>
       </c>
       <c r="L21" s="8">
         <v>13030941120</v>
       </c>
       <c r="M21" s="8">
         <v>16743722840</v>
       </c>
       <c r="N21" s="8">
         <v>213401171495</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="B22" s="8">
         <v>435905585</v>
       </c>
       <c r="C22" s="8">
         <v>445968755</v>
       </c>
       <c r="D22" s="8">
         <v>425537353</v>
       </c>
       <c r="E22" s="8">
         <v>444043175</v>
       </c>
       <c r="F22" s="8">
         <v>437473078</v>
       </c>
       <c r="G22" s="8">
         <v>431069983</v>
       </c>
       <c r="H22" s="8">
         <v>432746479</v>
       </c>
       <c r="I22" s="8">
         <v>425015367</v>
       </c>
       <c r="J22" s="8">
         <v>393821251</v>
       </c>
       <c r="K22" s="8">
         <v>427634068</v>
       </c>
       <c r="L22" s="8">
         <v>379740271</v>
       </c>
       <c r="M22" s="8">
         <v>341633614</v>
       </c>
       <c r="N22" s="8">
         <v>5020588979</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B23" s="8">
         <v>124813</v>
       </c>
       <c r="C23" s="8">
         <v>180878</v>
       </c>
       <c r="D23" s="8">
         <v>169178</v>
       </c>
       <c r="E23" s="8">
         <v>201786</v>
       </c>
       <c r="F23" s="8">
         <v>246994</v>
       </c>
       <c r="G23" s="8">
         <v>223957</v>
       </c>
       <c r="H23" s="8">
         <v>215501</v>
       </c>
       <c r="I23" s="8">
         <v>225244</v>
       </c>
       <c r="J23" s="8">
         <v>213560</v>
       </c>
       <c r="K23" s="8">
         <v>226398</v>
       </c>
       <c r="L23" s="8">
         <v>199183</v>
       </c>
       <c r="M23" s="8">
         <v>173658</v>
       </c>
       <c r="N23" s="8">
         <v>2401150</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B24" s="8">
         <v>13813343</v>
       </c>
       <c r="C24" s="8">
         <v>13135983</v>
       </c>
       <c r="D24" s="8">
         <v>12997166</v>
       </c>
       <c r="E24" s="8">
         <v>13941027</v>
       </c>
       <c r="F24" s="8">
         <v>14388474</v>
       </c>
       <c r="G24" s="8">
         <v>13046351</v>
       </c>
       <c r="H24" s="8">
         <v>13953342</v>
       </c>
       <c r="I24" s="8">
         <v>14105474</v>
       </c>
       <c r="J24" s="8">
         <v>12758639</v>
       </c>
       <c r="K24" s="8">
         <v>14988063</v>
       </c>
       <c r="L24" s="8">
         <v>11988688</v>
       </c>
       <c r="M24" s="8">
         <v>12203927</v>
       </c>
       <c r="N24" s="8">
         <v>161320480</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B25" s="8">
         <v>1181535</v>
       </c>
       <c r="C25" s="8">
         <v>1185076</v>
       </c>
       <c r="D25" s="8">
         <v>1245137</v>
       </c>
       <c r="E25" s="8">
         <v>1273087</v>
       </c>
       <c r="F25" s="8">
         <v>1409874</v>
       </c>
       <c r="G25" s="8">
         <v>1222593</v>
       </c>
       <c r="H25" s="8">
         <v>1197766</v>
       </c>
       <c r="I25" s="8">
         <v>1447406</v>
       </c>
       <c r="J25" s="8">
         <v>1324188</v>
       </c>
       <c r="K25" s="8">
         <v>1232483</v>
       </c>
       <c r="L25" s="8">
         <v>1072487</v>
       </c>
       <c r="M25" s="8">
         <v>1133385</v>
       </c>
       <c r="N25" s="8">
         <v>14925017</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B26" s="8">
         <v>2899845</v>
       </c>
       <c r="C26" s="8">
         <v>2692348</v>
       </c>
       <c r="D26" s="8">
         <v>2405416</v>
       </c>
       <c r="E26" s="8">
         <v>2546297</v>
       </c>
       <c r="F26" s="8">
         <v>2514631</v>
       </c>
       <c r="G26" s="8">
         <v>2525894</v>
       </c>
       <c r="H26" s="8">
         <v>2866653</v>
       </c>
       <c r="I26" s="8">
         <v>2585697</v>
       </c>
       <c r="J26" s="8">
         <v>2480679</v>
       </c>
       <c r="K26" s="8">
         <v>2860341</v>
       </c>
       <c r="L26" s="8">
         <v>2282188</v>
       </c>
       <c r="M26" s="8">
         <v>2384916</v>
       </c>
       <c r="N26" s="8">
         <v>31044905</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B27" s="8">
         <v>183026</v>
       </c>
       <c r="C27" s="8">
         <v>191240</v>
       </c>
       <c r="D27" s="8">
         <v>155100</v>
       </c>
       <c r="E27" s="8">
         <v>171537</v>
       </c>
       <c r="F27" s="8">
         <v>142869</v>
       </c>
       <c r="G27" s="8">
         <v>125415</v>
       </c>
       <c r="H27" s="8">
         <v>176462</v>
       </c>
       <c r="I27" s="8">
         <v>148279</v>
       </c>
       <c r="J27" s="8">
         <v>137792</v>
       </c>
       <c r="K27" s="8">
         <v>163602</v>
       </c>
       <c r="L27" s="8">
         <v>107999</v>
       </c>
       <c r="M27" s="8">
         <v>123994</v>
       </c>
       <c r="N27" s="8">
         <v>1827313</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B28" s="8">
         <v>9548937</v>
       </c>
       <c r="C28" s="8">
         <v>9067318</v>
       </c>
       <c r="D28" s="8">
         <v>9191514</v>
       </c>
       <c r="E28" s="8">
         <v>9950107</v>
       </c>
       <c r="F28" s="8">
         <v>10321101</v>
       </c>
       <c r="G28" s="8">
         <v>9172450</v>
       </c>
       <c r="H28" s="8">
         <v>9712462</v>
       </c>
       <c r="I28" s="8">
         <v>9924093</v>
       </c>
       <c r="J28" s="8">
         <v>8815981</v>
       </c>
       <c r="K28" s="8">
         <v>10731637</v>
       </c>
       <c r="L28" s="8">
         <v>8526013</v>
       </c>
       <c r="M28" s="8">
         <v>8561633</v>
       </c>
       <c r="N28" s="8">
         <v>113523245</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="B29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B30" s="8">
         <v>544579540</v>
       </c>
       <c r="C30" s="8">
         <v>524647800</v>
       </c>
       <c r="D30" s="8">
         <v>344272300</v>
       </c>
       <c r="E30" s="8">
         <v>319453390</v>
       </c>
       <c r="F30" s="8">
         <v>478145700</v>
       </c>
       <c r="G30" s="8">
         <v>434826800</v>
       </c>
       <c r="H30" s="8">
         <v>450678000</v>
       </c>
       <c r="I30" s="8">
         <v>377070400</v>
       </c>
       <c r="J30" s="8">
         <v>411212600</v>
       </c>
       <c r="K30" s="8">
         <v>335763100</v>
       </c>
       <c r="L30" s="8">
         <v>332171750</v>
       </c>
       <c r="M30" s="8">
         <v>325463900</v>
       </c>
       <c r="N30" s="8">
         <v>4878285280</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="B31" s="8">
         <v>238958</v>
       </c>
       <c r="C31" s="8">
         <v>190176</v>
       </c>
       <c r="D31" s="8">
         <v>272746</v>
       </c>
       <c r="E31" s="8">
         <v>250183</v>
       </c>
       <c r="F31" s="8">
         <v>234523</v>
       </c>
       <c r="G31" s="8">
         <v>318583</v>
       </c>
       <c r="H31" s="8">
         <v>196084</v>
       </c>
       <c r="I31" s="8">
         <v>198822</v>
       </c>
       <c r="J31" s="8">
         <v>112099</v>
       </c>
       <c r="K31" s="8">
         <v>206212</v>
       </c>
       <c r="L31" s="8">
         <v>207616</v>
       </c>
       <c r="M31" s="8">
         <v>177701</v>
       </c>
       <c r="N31" s="8">
         <v>2603704</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="B32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B33" s="8">
         <v>19801846446</v>
       </c>
       <c r="C33" s="8">
         <v>21022551813</v>
       </c>
       <c r="D33" s="8">
         <v>25665507521</v>
       </c>
       <c r="E33" s="8">
         <v>25586404889</v>
       </c>
       <c r="F33" s="8">
         <v>25068523900</v>
       </c>
       <c r="G33" s="8">
         <v>24661333502</v>
       </c>
       <c r="H33" s="8">
         <v>21311277210</v>
       </c>
       <c r="I33" s="8">
         <v>20426522657</v>
       </c>
       <c r="J33" s="8">
         <v>19846065271</v>
       </c>
       <c r="K33" s="8">
         <v>22028659287</v>
       </c>
       <c r="L33" s="8">
         <v>24863824536</v>
       </c>
       <c r="M33" s="8">
         <v>21095638095</v>
       </c>
       <c r="N33" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B34" s="8">
         <v>19276311879</v>
       </c>
       <c r="C34" s="8">
         <v>20506727636</v>
       </c>
       <c r="D34" s="8">
         <v>25168042075</v>
       </c>
       <c r="E34" s="8">
         <v>25102747675</v>
       </c>
       <c r="F34" s="8">
         <v>24630024200</v>
       </c>
       <c r="G34" s="8">
         <v>24205933070</v>
       </c>
       <c r="H34" s="8">
         <v>20863055616</v>
       </c>
       <c r="I34" s="8">
         <v>19936962956</v>
       </c>
       <c r="J34" s="8">
         <v>19385067596</v>
       </c>
       <c r="K34" s="8">
         <v>21523192586</v>
       </c>
       <c r="L34" s="8">
         <v>24381160506</v>
       </c>
       <c r="M34" s="8">
         <v>20677493346</v>
       </c>
       <c r="N34" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B35" s="8">
         <v>525534567</v>
       </c>
       <c r="C35" s="8">
         <v>515824177</v>
       </c>
       <c r="D35" s="8">
         <v>497465446</v>
       </c>
       <c r="E35" s="8">
         <v>483657214</v>
       </c>
       <c r="F35" s="8">
         <v>438499700</v>
       </c>
       <c r="G35" s="8">
         <v>455400432</v>
       </c>
       <c r="H35" s="8">
         <v>448221594</v>
       </c>
       <c r="I35" s="8">
         <v>489559701</v>
       </c>
       <c r="J35" s="8">
         <v>460997675</v>
       </c>
       <c r="K35" s="8">
         <v>505466701</v>
       </c>
       <c r="L35" s="8">
         <v>482664030</v>
       </c>
       <c r="M35" s="8">
         <v>418144749</v>
       </c>
       <c r="N35" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B36" s="8">
         <v>5701291</v>
       </c>
       <c r="C36" s="8">
         <v>5543977</v>
       </c>
       <c r="D36" s="8">
         <v>6095216</v>
       </c>
       <c r="E36" s="8">
         <v>5937435</v>
       </c>
       <c r="F36" s="8">
         <v>5867220</v>
       </c>
       <c r="G36" s="8">
         <v>6091037</v>
       </c>
       <c r="H36" s="8">
         <v>5733483</v>
       </c>
       <c r="I36" s="8">
         <v>5631202</v>
       </c>
       <c r="J36" s="8">
         <v>5782036</v>
       </c>
       <c r="K36" s="8">
         <v>5590451</v>
       </c>
       <c r="L36" s="8">
         <v>6211805</v>
       </c>
       <c r="M36" s="8">
         <v>4771159</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B37" s="8">
         <v>808359</v>
       </c>
       <c r="C37" s="8">
         <v>902903</v>
       </c>
       <c r="D37" s="8">
         <v>775271</v>
       </c>
       <c r="E37" s="8">
         <v>832055</v>
       </c>
       <c r="F37" s="8">
         <v>682169</v>
       </c>
       <c r="G37" s="8">
         <v>758226</v>
       </c>
       <c r="H37" s="8">
         <v>768951</v>
       </c>
       <c r="I37" s="8">
         <v>781703</v>
       </c>
       <c r="J37" s="8">
         <v>638443</v>
       </c>
       <c r="K37" s="8">
         <v>771619</v>
       </c>
       <c r="L37" s="8">
         <v>781408</v>
       </c>
       <c r="M37" s="8">
         <v>564293</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B38" s="8">
         <v>1568309</v>
       </c>
       <c r="C38" s="8">
         <v>1502786</v>
       </c>
       <c r="D38" s="8">
         <v>1688267</v>
       </c>
       <c r="E38" s="8">
         <v>1610045</v>
       </c>
       <c r="F38" s="8">
         <v>1665199</v>
       </c>
       <c r="G38" s="8">
         <v>1568287</v>
       </c>
       <c r="H38" s="8">
         <v>1406537</v>
       </c>
       <c r="I38" s="8">
         <v>1318400</v>
       </c>
       <c r="J38" s="8">
         <v>1364336</v>
       </c>
       <c r="K38" s="8">
         <v>1448317</v>
       </c>
       <c r="L38" s="8">
         <v>1566141</v>
       </c>
       <c r="M38" s="8">
         <v>1511362</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B39" s="8">
         <v>64819</v>
       </c>
       <c r="C39" s="8">
         <v>47817</v>
       </c>
       <c r="D39" s="8">
         <v>62710</v>
       </c>
       <c r="E39" s="8">
         <v>61530</v>
       </c>
       <c r="F39" s="8">
         <v>74183</v>
       </c>
       <c r="G39" s="8">
         <v>57924</v>
       </c>
       <c r="H39" s="8">
         <v>55715</v>
       </c>
       <c r="I39" s="8">
         <v>90391</v>
       </c>
       <c r="J39" s="8">
         <v>91452</v>
       </c>
       <c r="K39" s="8">
         <v>81720</v>
       </c>
       <c r="L39" s="8">
         <v>80390</v>
       </c>
       <c r="M39" s="8">
         <v>86624</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B40" s="8">
         <v>3259804</v>
       </c>
       <c r="C40" s="8">
         <v>3090471</v>
       </c>
       <c r="D40" s="8">
         <v>3568967</v>
       </c>
       <c r="E40" s="8">
         <v>3433806</v>
       </c>
       <c r="F40" s="8">
         <v>3445670</v>
       </c>
       <c r="G40" s="8">
         <v>3706600</v>
       </c>
       <c r="H40" s="8">
         <v>3502279</v>
       </c>
       <c r="I40" s="8">
         <v>3440709</v>
       </c>
       <c r="J40" s="8">
         <v>3687804</v>
       </c>
       <c r="K40" s="8">
         <v>3288795</v>
       </c>
       <c r="L40" s="8">
         <v>3783866</v>
       </c>
       <c r="M40" s="8">
         <v>2608881</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="41" ht="12" customHeight="1"/>
     <row r="42" ht="14" customHeight="1">
-      <c r="A42" s="9" t="s">
-[...14 lines deleted...]
-      <c r="N42" s="9"/>
+      <c r="A42" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B42" s="10"/>
+      <c r="C42" s="10"/>
+      <c r="D42" s="10"/>
+      <c r="E42" s="10"/>
+      <c r="F42" s="10"/>
+      <c r="G42" s="10"/>
+      <c r="H42" s="10"/>
+      <c r="I42" s="10"/>
+      <c r="J42" s="10"/>
+      <c r="K42" s="10"/>
+      <c r="L42" s="10"/>
+      <c r="M42" s="10"/>
+      <c r="N42" s="10"/>
     </row>
     <row r="43" ht="14" customHeight="1">
-      <c r="A43" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N43" s="10"/>
+      <c r="A43" s="11" t="s">
+        <v>36</v>
+      </c>
+      <c r="B43" s="11"/>
+      <c r="C43" s="11"/>
+      <c r="D43" s="11"/>
+      <c r="E43" s="11"/>
+      <c r="F43" s="11"/>
+      <c r="G43" s="11"/>
+      <c r="H43" s="11"/>
+      <c r="I43" s="11"/>
+      <c r="J43" s="11"/>
+      <c r="K43" s="11"/>
+      <c r="L43" s="11"/>
+      <c r="M43" s="11"/>
+      <c r="N43" s="11"/>
     </row>
     <row r="44" ht="43" customHeight="1">
-      <c r="A44" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N44" s="10"/>
+      <c r="A44" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="B44" s="11"/>
+      <c r="C44" s="11"/>
+      <c r="D44" s="11"/>
+      <c r="E44" s="11"/>
+      <c r="F44" s="11"/>
+      <c r="G44" s="11"/>
+      <c r="H44" s="11"/>
+      <c r="I44" s="11"/>
+      <c r="J44" s="11"/>
+      <c r="K44" s="11"/>
+      <c r="L44" s="11"/>
+      <c r="M44" s="11"/>
+      <c r="N44" s="11"/>
     </row>
     <row r="45" ht="14" customHeight="1">
-      <c r="A45" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N45" s="10"/>
+      <c r="A45" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="B45" s="11"/>
+      <c r="C45" s="11"/>
+      <c r="D45" s="11"/>
+      <c r="E45" s="11"/>
+      <c r="F45" s="11"/>
+      <c r="G45" s="11"/>
+      <c r="H45" s="11"/>
+      <c r="I45" s="11"/>
+      <c r="J45" s="11"/>
+      <c r="K45" s="11"/>
+      <c r="L45" s="11"/>
+      <c r="M45" s="11"/>
+      <c r="N45" s="11"/>
     </row>
     <row r="46" ht="14" customHeight="1">
-      <c r="A46" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N46" s="10"/>
+      <c r="A46" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="B46" s="11"/>
+      <c r="C46" s="11"/>
+      <c r="D46" s="11"/>
+      <c r="E46" s="11"/>
+      <c r="F46" s="11"/>
+      <c r="G46" s="11"/>
+      <c r="H46" s="11"/>
+      <c r="I46" s="11"/>
+      <c r="J46" s="11"/>
+      <c r="K46" s="11"/>
+      <c r="L46" s="11"/>
+      <c r="M46" s="11"/>
+      <c r="N46" s="11"/>
     </row>
     <row r="47" ht="12" customHeight="1">
-      <c r="A47" s="11" t="s">
-[...14 lines deleted...]
-      <c r="N47" s="11"/>
+      <c r="A47" s="12" t="s">
+        <v>40</v>
+      </c>
+      <c r="B47" s="12"/>
+      <c r="C47" s="12"/>
+      <c r="D47" s="12"/>
+      <c r="E47" s="12"/>
+      <c r="F47" s="12"/>
+      <c r="G47" s="12"/>
+      <c r="H47" s="12"/>
+      <c r="I47" s="12"/>
+      <c r="J47" s="12"/>
+      <c r="K47" s="12"/>
+      <c r="L47" s="12"/>
+      <c r="M47" s="12"/>
+      <c r="N47" s="12"/>
     </row>
     <row r="48" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A42:N42"/>
     <mergeCell ref="A43:N43"/>
     <mergeCell ref="A44:N44"/>
     <mergeCell ref="A45:N45"/>
     <mergeCell ref="A46:N46"/>
     <mergeCell ref="A47:N47"/>
   </mergeCells>
   <printOptions headings="0" horizontalCentered="0" verticalCentered="0" gridLines="0"/>
   <pageMargins left="0.05" right="0.05" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup paperSize="1" fitToWidth="1" fitToHeight="1" scale="100" orientation="landscape" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter>
     <oddHeader/>
     <oddFooter/>
   </headerFooter>
 </worksheet>
@@ -20373,1627 +20813,1627 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s"/>
       <c r="B8" s="6" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="B9" s="8">
         <v>195</v>
       </c>
       <c r="C9" s="8">
         <v>195</v>
       </c>
       <c r="D9" s="8">
         <v>193</v>
       </c>
       <c r="E9" s="8">
         <v>193</v>
       </c>
       <c r="F9" s="8">
         <v>192</v>
       </c>
       <c r="G9" s="8">
         <v>191</v>
       </c>
       <c r="H9" s="8">
         <v>190</v>
       </c>
       <c r="I9" s="8">
         <v>192</v>
       </c>
       <c r="J9" s="8">
         <v>191</v>
       </c>
       <c r="K9" s="8">
         <v>189</v>
       </c>
       <c r="L9" s="8">
         <v>188</v>
       </c>
       <c r="M9" s="8">
         <v>183</v>
       </c>
       <c r="N9" s="8">
         <v>208</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="B10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B11" s="8">
         <v>20432296901</v>
       </c>
       <c r="C11" s="8">
         <v>20998783592</v>
       </c>
       <c r="D11" s="8">
         <v>22317051292</v>
       </c>
       <c r="E11" s="8">
         <v>19723027518</v>
       </c>
       <c r="F11" s="8">
         <v>20062005503</v>
       </c>
       <c r="G11" s="8">
         <v>20728825424</v>
       </c>
       <c r="H11" s="8">
         <v>17402776292</v>
       </c>
       <c r="I11" s="8">
         <v>22898504249</v>
       </c>
       <c r="J11" s="8">
         <v>19099149324</v>
       </c>
       <c r="K11" s="8">
         <v>21576610503</v>
       </c>
       <c r="L11" s="8">
         <v>18375717400</v>
       </c>
       <c r="M11" s="8">
         <v>13333507726</v>
       </c>
       <c r="N11" s="8">
         <v>236948255724</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B12" s="8">
         <v>19992232182</v>
       </c>
       <c r="C12" s="8">
         <v>20497520233</v>
       </c>
       <c r="D12" s="8">
         <v>21771709003</v>
       </c>
       <c r="E12" s="8">
         <v>19245272045</v>
       </c>
       <c r="F12" s="8">
         <v>19580903044</v>
       </c>
       <c r="G12" s="8">
         <v>20204305847</v>
       </c>
       <c r="H12" s="8">
         <v>16978476167</v>
       </c>
       <c r="I12" s="8">
         <v>22258479274</v>
       </c>
       <c r="J12" s="8">
         <v>18562145671</v>
       </c>
       <c r="K12" s="8">
         <v>20980235445</v>
       </c>
       <c r="L12" s="8">
         <v>17842953969</v>
       </c>
       <c r="M12" s="8">
         <v>12899891864</v>
       </c>
       <c r="N12" s="8">
         <v>230814124744</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B13" s="8">
         <v>440064719</v>
       </c>
       <c r="C13" s="8">
         <v>501263359</v>
       </c>
       <c r="D13" s="8">
         <v>545342289</v>
       </c>
       <c r="E13" s="8">
         <v>477755473</v>
       </c>
       <c r="F13" s="8">
         <v>481102459</v>
       </c>
       <c r="G13" s="8">
         <v>524519577</v>
       </c>
       <c r="H13" s="8">
         <v>424300125</v>
       </c>
       <c r="I13" s="8">
         <v>640024975</v>
       </c>
       <c r="J13" s="8">
         <v>537003653</v>
       </c>
       <c r="K13" s="8">
         <v>596375058</v>
       </c>
       <c r="L13" s="8">
         <v>532763431</v>
       </c>
       <c r="M13" s="8">
         <v>433615862</v>
       </c>
       <c r="N13" s="8">
         <v>6134130980</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>14633191</v>
       </c>
       <c r="C14" s="8">
         <v>13258519</v>
       </c>
       <c r="D14" s="8">
         <v>14224066</v>
       </c>
       <c r="E14" s="8">
         <v>14880816</v>
       </c>
       <c r="F14" s="8">
         <v>14907326</v>
       </c>
       <c r="G14" s="8">
         <v>15288277</v>
       </c>
       <c r="H14" s="8">
         <v>12454101</v>
       </c>
       <c r="I14" s="8">
         <v>15078964</v>
       </c>
       <c r="J14" s="8">
         <v>13149016</v>
       </c>
       <c r="K14" s="8">
         <v>15889425</v>
       </c>
       <c r="L14" s="8">
         <v>13956008</v>
       </c>
       <c r="M14" s="8">
         <v>11356331</v>
       </c>
       <c r="N14" s="8">
         <v>169076040</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B15" s="8">
         <v>1505420</v>
       </c>
       <c r="C15" s="8">
         <v>1438727</v>
       </c>
       <c r="D15" s="8">
         <v>1391944</v>
       </c>
       <c r="E15" s="8">
         <v>1538875</v>
       </c>
       <c r="F15" s="8">
         <v>1533612</v>
       </c>
       <c r="G15" s="8">
         <v>1544313</v>
       </c>
       <c r="H15" s="8">
         <v>936596</v>
       </c>
       <c r="I15" s="8">
         <v>1644043</v>
       </c>
       <c r="J15" s="8">
         <v>1427066</v>
       </c>
       <c r="K15" s="8">
         <v>1468392</v>
       </c>
       <c r="L15" s="8">
         <v>1421683</v>
       </c>
       <c r="M15" s="8">
         <v>830923</v>
       </c>
       <c r="N15" s="8">
         <v>16681594</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B16" s="8">
         <v>3103703</v>
       </c>
       <c r="C16" s="8">
         <v>2889991</v>
       </c>
       <c r="D16" s="8">
         <v>2890726</v>
       </c>
       <c r="E16" s="8">
         <v>2705852</v>
       </c>
       <c r="F16" s="8">
         <v>2823458</v>
       </c>
       <c r="G16" s="8">
         <v>2703115</v>
       </c>
       <c r="H16" s="8">
         <v>2716044</v>
       </c>
       <c r="I16" s="8">
         <v>2946094</v>
       </c>
       <c r="J16" s="8">
         <v>2498240</v>
       </c>
       <c r="K16" s="8">
         <v>3560352</v>
       </c>
       <c r="L16" s="8">
         <v>2933807</v>
       </c>
       <c r="M16" s="8">
         <v>2659229</v>
       </c>
       <c r="N16" s="8">
         <v>34430612</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B17" s="8">
         <v>170005</v>
       </c>
       <c r="C17" s="8">
         <v>174689</v>
       </c>
       <c r="D17" s="8">
         <v>186012</v>
       </c>
       <c r="E17" s="8">
         <v>147657</v>
       </c>
       <c r="F17" s="8">
         <v>99928</v>
       </c>
       <c r="G17" s="8">
         <v>102590</v>
       </c>
       <c r="H17" s="8">
         <v>153560</v>
       </c>
       <c r="I17" s="8">
         <v>179851</v>
       </c>
       <c r="J17" s="8">
         <v>172823</v>
       </c>
       <c r="K17" s="8">
         <v>226794</v>
       </c>
       <c r="L17" s="8">
         <v>119157</v>
       </c>
       <c r="M17" s="8">
         <v>121609</v>
       </c>
       <c r="N17" s="8">
         <v>1854675</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B18" s="8">
         <v>9854064</v>
       </c>
       <c r="C18" s="8">
         <v>8755111</v>
       </c>
       <c r="D18" s="8">
         <v>9755384</v>
       </c>
       <c r="E18" s="8">
         <v>10488431</v>
       </c>
       <c r="F18" s="8">
         <v>10450327</v>
       </c>
       <c r="G18" s="8">
         <v>10938260</v>
       </c>
       <c r="H18" s="8">
         <v>8647901</v>
       </c>
       <c r="I18" s="8">
         <v>10308976</v>
       </c>
       <c r="J18" s="8">
         <v>9050887</v>
       </c>
       <c r="K18" s="8">
         <v>10633886</v>
       </c>
       <c r="L18" s="8">
         <v>9481362</v>
       </c>
       <c r="M18" s="8">
         <v>7744570</v>
       </c>
       <c r="N18" s="8">
         <v>116109160</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B20" s="8">
         <v>19190602678</v>
       </c>
       <c r="C20" s="8">
         <v>19320447177</v>
       </c>
       <c r="D20" s="8">
         <v>19895707472</v>
       </c>
       <c r="E20" s="8">
         <v>16523583638</v>
       </c>
       <c r="F20" s="8">
         <v>21204276010</v>
       </c>
       <c r="G20" s="8">
         <v>21736703550</v>
       </c>
       <c r="H20" s="8">
         <v>20405055646</v>
       </c>
       <c r="I20" s="8">
         <v>24292123786</v>
       </c>
       <c r="J20" s="8">
         <v>16806476039</v>
       </c>
       <c r="K20" s="8">
         <v>19169835194</v>
       </c>
       <c r="L20" s="8">
         <v>16999541274</v>
       </c>
       <c r="M20" s="8">
         <v>16822134758</v>
       </c>
       <c r="N20" s="8">
         <v>232366487221</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B21" s="8">
         <v>18756493760</v>
       </c>
       <c r="C21" s="8">
         <v>18859503679</v>
       </c>
       <c r="D21" s="8">
         <v>19420221477</v>
       </c>
       <c r="E21" s="8">
         <v>16060997258</v>
       </c>
       <c r="F21" s="8">
         <v>20729785141</v>
       </c>
       <c r="G21" s="8">
         <v>21289540878</v>
       </c>
       <c r="H21" s="8">
         <v>19982130641</v>
       </c>
       <c r="I21" s="8">
         <v>23752040400</v>
       </c>
       <c r="J21" s="8">
         <v>16398123415</v>
       </c>
       <c r="K21" s="8">
         <v>18671019937</v>
       </c>
       <c r="L21" s="8">
         <v>16540656538</v>
       </c>
       <c r="M21" s="8">
         <v>16456880514</v>
       </c>
       <c r="N21" s="8">
         <v>226917393638</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="B22" s="8">
         <v>433930606</v>
       </c>
       <c r="C22" s="8">
         <v>460750432</v>
       </c>
       <c r="D22" s="8">
         <v>475228393</v>
       </c>
       <c r="E22" s="8">
         <v>462430608</v>
       </c>
       <c r="F22" s="8">
         <v>474258857</v>
       </c>
       <c r="G22" s="8">
         <v>446941141</v>
       </c>
       <c r="H22" s="8">
         <v>422665800</v>
       </c>
       <c r="I22" s="8">
         <v>539758273</v>
       </c>
       <c r="J22" s="8">
         <v>408187349</v>
       </c>
       <c r="K22" s="8">
         <v>498574168</v>
       </c>
       <c r="L22" s="8">
         <v>458687863</v>
       </c>
       <c r="M22" s="8">
         <v>365110329</v>
       </c>
       <c r="N22" s="8">
         <v>5446523818</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B23" s="8">
         <v>178312</v>
       </c>
       <c r="C23" s="8">
         <v>193066</v>
       </c>
       <c r="D23" s="8">
         <v>257602</v>
       </c>
       <c r="E23" s="8">
         <v>155772</v>
       </c>
       <c r="F23" s="8">
         <v>232012</v>
       </c>
       <c r="G23" s="8">
         <v>221531</v>
       </c>
       <c r="H23" s="8">
         <v>259205</v>
       </c>
       <c r="I23" s="8">
         <v>325113</v>
       </c>
       <c r="J23" s="8">
         <v>165275</v>
       </c>
       <c r="K23" s="8">
         <v>241089</v>
       </c>
       <c r="L23" s="8">
         <v>196873</v>
       </c>
       <c r="M23" s="8">
         <v>143915</v>
       </c>
       <c r="N23" s="8">
         <v>2569765</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B24" s="8">
         <v>13688896</v>
       </c>
       <c r="C24" s="8">
         <v>13102186</v>
       </c>
       <c r="D24" s="8">
         <v>14575447</v>
       </c>
       <c r="E24" s="8">
         <v>13787578</v>
       </c>
       <c r="F24" s="8">
         <v>15565215</v>
       </c>
       <c r="G24" s="8">
         <v>14667882</v>
       </c>
       <c r="H24" s="8">
         <v>12655210</v>
       </c>
       <c r="I24" s="8">
         <v>15145336</v>
       </c>
       <c r="J24" s="8">
         <v>12981704</v>
       </c>
       <c r="K24" s="8">
         <v>15109928</v>
       </c>
       <c r="L24" s="8">
         <v>14008792</v>
       </c>
       <c r="M24" s="8">
         <v>11671257</v>
       </c>
       <c r="N24" s="8">
         <v>166959432</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B25" s="8">
         <v>1341728</v>
       </c>
       <c r="C25" s="8">
         <v>1321755</v>
       </c>
       <c r="D25" s="8">
         <v>1567137</v>
       </c>
       <c r="E25" s="8">
         <v>1445445</v>
       </c>
       <c r="F25" s="8">
         <v>1715078</v>
       </c>
       <c r="G25" s="8">
         <v>1447658</v>
       </c>
       <c r="H25" s="8">
         <v>1006757</v>
       </c>
       <c r="I25" s="8">
         <v>1676894</v>
       </c>
       <c r="J25" s="8">
         <v>1378252</v>
       </c>
       <c r="K25" s="8">
         <v>1435531</v>
       </c>
       <c r="L25" s="8">
         <v>1434115</v>
       </c>
       <c r="M25" s="8">
         <v>1010730</v>
       </c>
       <c r="N25" s="8">
         <v>16781079</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B26" s="8">
         <v>3010470</v>
       </c>
       <c r="C26" s="8">
         <v>2666304</v>
       </c>
       <c r="D26" s="8">
         <v>2562050</v>
       </c>
       <c r="E26" s="8">
         <v>2555260</v>
       </c>
       <c r="F26" s="8">
         <v>2718312</v>
       </c>
       <c r="G26" s="8">
         <v>2636516</v>
       </c>
       <c r="H26" s="8">
         <v>2719680</v>
       </c>
       <c r="I26" s="8">
         <v>2939101</v>
       </c>
       <c r="J26" s="8">
         <v>2452391</v>
       </c>
       <c r="K26" s="8">
         <v>3060440</v>
       </c>
       <c r="L26" s="8">
         <v>2826632</v>
       </c>
       <c r="M26" s="8">
         <v>2563150</v>
       </c>
       <c r="N26" s="8">
         <v>32710306</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B27" s="8">
         <v>186706</v>
       </c>
       <c r="C27" s="8">
         <v>161007</v>
       </c>
       <c r="D27" s="8">
         <v>209178</v>
       </c>
       <c r="E27" s="8">
         <v>142178</v>
       </c>
       <c r="F27" s="8">
         <v>148115</v>
       </c>
       <c r="G27" s="8">
         <v>116648</v>
       </c>
       <c r="H27" s="8">
         <v>173845</v>
       </c>
       <c r="I27" s="8">
         <v>173720</v>
       </c>
       <c r="J27" s="8">
         <v>175960</v>
       </c>
       <c r="K27" s="8">
         <v>199972</v>
       </c>
       <c r="L27" s="8">
         <v>133758</v>
       </c>
       <c r="M27" s="8">
         <v>129308</v>
       </c>
       <c r="N27" s="8">
         <v>1950393</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B28" s="8">
         <v>9149993</v>
       </c>
       <c r="C28" s="8">
         <v>8953122</v>
       </c>
       <c r="D28" s="8">
         <v>10237083</v>
       </c>
       <c r="E28" s="8">
         <v>9644695</v>
       </c>
       <c r="F28" s="8">
         <v>10983710</v>
       </c>
       <c r="G28" s="8">
         <v>10467059</v>
       </c>
       <c r="H28" s="8">
         <v>8754928</v>
       </c>
       <c r="I28" s="8">
         <v>10355622</v>
       </c>
       <c r="J28" s="8">
         <v>8975101</v>
       </c>
       <c r="K28" s="8">
         <v>10413985</v>
       </c>
       <c r="L28" s="8">
         <v>9614288</v>
       </c>
       <c r="M28" s="8">
         <v>7968069</v>
       </c>
       <c r="N28" s="8">
         <v>115517654</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="B29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B30" s="8">
         <v>380045700</v>
       </c>
       <c r="C30" s="8">
         <v>304110100</v>
       </c>
       <c r="D30" s="8">
         <v>356951992</v>
       </c>
       <c r="E30" s="8">
         <v>339180300</v>
       </c>
       <c r="F30" s="8">
         <v>380542641</v>
       </c>
       <c r="G30" s="8">
         <v>295046540</v>
       </c>
       <c r="H30" s="8">
         <v>343413660</v>
       </c>
       <c r="I30" s="8">
         <v>400949900</v>
       </c>
       <c r="J30" s="8">
         <v>397474900</v>
       </c>
       <c r="K30" s="8">
         <v>408114580</v>
       </c>
       <c r="L30" s="8">
         <v>547981760</v>
       </c>
       <c r="M30" s="8">
         <v>517366900</v>
       </c>
       <c r="N30" s="8">
         <v>4671178973</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="B31" s="8">
         <v>196601</v>
       </c>
       <c r="C31" s="8">
         <v>250816</v>
       </c>
       <c r="D31" s="8">
         <v>333298</v>
       </c>
       <c r="E31" s="8">
         <v>307820</v>
       </c>
       <c r="F31" s="8">
         <v>239866</v>
       </c>
       <c r="G31" s="8">
         <v>237435</v>
       </c>
       <c r="H31" s="8">
         <v>267916</v>
       </c>
       <c r="I31" s="8">
         <v>215496</v>
       </c>
       <c r="J31" s="8">
         <v>242908</v>
       </c>
       <c r="K31" s="8">
         <v>293020</v>
       </c>
       <c r="L31" s="8">
         <v>261437</v>
       </c>
       <c r="M31" s="8">
         <v>240878</v>
       </c>
       <c r="N31" s="8">
         <v>3087490</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="B32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B33" s="8">
         <v>23063970875</v>
       </c>
       <c r="C33" s="8">
         <v>24294379724</v>
       </c>
       <c r="D33" s="8">
         <v>26165840774</v>
       </c>
       <c r="E33" s="8">
         <v>28886038295</v>
       </c>
       <c r="F33" s="8">
         <v>27152499472</v>
       </c>
       <c r="G33" s="8">
         <v>25645146208</v>
       </c>
       <c r="H33" s="8">
         <v>22141761809</v>
       </c>
       <c r="I33" s="8">
         <v>20081746368</v>
       </c>
       <c r="J33" s="8">
         <v>21862842737</v>
       </c>
       <c r="K33" s="8">
         <v>24447980043</v>
       </c>
       <c r="L33" s="8">
         <v>24395287400</v>
       </c>
       <c r="M33" s="8">
         <v>20322886826</v>
       </c>
       <c r="N33" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B34" s="8">
         <v>22538883636</v>
       </c>
       <c r="C34" s="8">
         <v>23755366013</v>
       </c>
       <c r="D34" s="8">
         <v>25609953431</v>
       </c>
       <c r="E34" s="8">
         <v>28361851793</v>
       </c>
       <c r="F34" s="8">
         <v>26688353559</v>
       </c>
       <c r="G34" s="8">
         <v>25143250915</v>
       </c>
       <c r="H34" s="8">
         <v>21698051895</v>
       </c>
       <c r="I34" s="8">
         <v>19608399600</v>
       </c>
       <c r="J34" s="8">
         <v>21363584389</v>
       </c>
       <c r="K34" s="8">
         <v>23920164459</v>
       </c>
       <c r="L34" s="8">
         <v>23856841782</v>
       </c>
       <c r="M34" s="8">
         <v>19812192266</v>
       </c>
       <c r="N34" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B35" s="8">
         <v>525087239</v>
       </c>
       <c r="C35" s="8">
         <v>539013711</v>
       </c>
       <c r="D35" s="8">
         <v>555887343</v>
       </c>
       <c r="E35" s="8">
         <v>524186502</v>
       </c>
       <c r="F35" s="8">
         <v>464145913</v>
       </c>
       <c r="G35" s="8">
         <v>501895293</v>
       </c>
       <c r="H35" s="8">
         <v>443709914</v>
       </c>
       <c r="I35" s="8">
         <v>473346768</v>
       </c>
       <c r="J35" s="8">
         <v>499258348</v>
       </c>
       <c r="K35" s="8">
         <v>527815584</v>
       </c>
       <c r="L35" s="8">
         <v>538445618</v>
       </c>
       <c r="M35" s="8">
         <v>510694560</v>
       </c>
       <c r="N35" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B36" s="8">
         <v>6650554</v>
       </c>
       <c r="C36" s="8">
         <v>6514467</v>
       </c>
       <c r="D36" s="8">
         <v>5851195</v>
       </c>
       <c r="E36" s="8">
         <v>6707048</v>
       </c>
       <c r="F36" s="8">
         <v>5862959</v>
       </c>
       <c r="G36" s="8">
         <v>6223107</v>
       </c>
       <c r="H36" s="8">
         <v>5739420</v>
       </c>
       <c r="I36" s="8">
         <v>5444149</v>
       </c>
       <c r="J36" s="8">
         <v>5337511</v>
       </c>
       <c r="K36" s="8">
         <v>5834483</v>
       </c>
       <c r="L36" s="8">
         <v>5519634</v>
       </c>
       <c r="M36" s="8">
         <v>4840700</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B37" s="8">
         <v>822934</v>
       </c>
       <c r="C37" s="8">
         <v>933689</v>
       </c>
       <c r="D37" s="8">
         <v>804004</v>
       </c>
       <c r="E37" s="8">
         <v>895234</v>
       </c>
       <c r="F37" s="8">
         <v>703237</v>
       </c>
       <c r="G37" s="8">
         <v>787757</v>
       </c>
       <c r="H37" s="8">
         <v>713606</v>
       </c>
       <c r="I37" s="8">
         <v>679912</v>
       </c>
       <c r="J37" s="8">
         <v>726146</v>
       </c>
       <c r="K37" s="8">
         <v>761169</v>
       </c>
       <c r="L37" s="8">
         <v>746126</v>
       </c>
       <c r="M37" s="8">
         <v>566164</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B38" s="8">
         <v>1608371</v>
       </c>
       <c r="C38" s="8">
         <v>1645674</v>
       </c>
       <c r="D38" s="8">
         <v>1749300</v>
       </c>
       <c r="E38" s="8">
         <v>1758275</v>
       </c>
       <c r="F38" s="8">
         <v>1660240</v>
       </c>
       <c r="G38" s="8">
         <v>1604056</v>
       </c>
       <c r="H38" s="8">
         <v>1425556</v>
       </c>
       <c r="I38" s="8">
         <v>1296413</v>
       </c>
       <c r="J38" s="8">
         <v>1147156</v>
       </c>
       <c r="K38" s="8">
         <v>1459018</v>
       </c>
       <c r="L38" s="8">
         <v>1366017</v>
       </c>
       <c r="M38" s="8">
         <v>1251830</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B39" s="8">
         <v>129651</v>
       </c>
       <c r="C39" s="8">
         <v>147413</v>
       </c>
       <c r="D39" s="8">
         <v>121898</v>
       </c>
       <c r="E39" s="8">
         <v>126905</v>
       </c>
       <c r="F39" s="8">
         <v>78721</v>
       </c>
       <c r="G39" s="8">
         <v>63725</v>
       </c>
       <c r="H39" s="8">
         <v>42541</v>
       </c>
       <c r="I39" s="8">
         <v>47381</v>
       </c>
       <c r="J39" s="8">
         <v>44286</v>
       </c>
       <c r="K39" s="8">
         <v>56304</v>
       </c>
       <c r="L39" s="8">
         <v>44377</v>
       </c>
       <c r="M39" s="8">
         <v>37304</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B40" s="8">
         <v>4089599</v>
       </c>
       <c r="C40" s="8">
         <v>3787691</v>
       </c>
       <c r="D40" s="8">
         <v>3175994</v>
       </c>
       <c r="E40" s="8">
         <v>3926634</v>
       </c>
       <c r="F40" s="8">
         <v>3420762</v>
       </c>
       <c r="G40" s="8">
         <v>3767569</v>
       </c>
       <c r="H40" s="8">
         <v>3557717</v>
       </c>
       <c r="I40" s="8">
         <v>3420444</v>
       </c>
       <c r="J40" s="8">
         <v>3419923</v>
       </c>
       <c r="K40" s="8">
         <v>3557993</v>
       </c>
       <c r="L40" s="8">
         <v>3363114</v>
       </c>
       <c r="M40" s="8">
         <v>2985403</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="41" ht="12" customHeight="1"/>
     <row r="42" ht="14" customHeight="1">
-      <c r="A42" s="9" t="s">
-[...14 lines deleted...]
-      <c r="N42" s="9"/>
+      <c r="A42" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B42" s="10"/>
+      <c r="C42" s="10"/>
+      <c r="D42" s="10"/>
+      <c r="E42" s="10"/>
+      <c r="F42" s="10"/>
+      <c r="G42" s="10"/>
+      <c r="H42" s="10"/>
+      <c r="I42" s="10"/>
+      <c r="J42" s="10"/>
+      <c r="K42" s="10"/>
+      <c r="L42" s="10"/>
+      <c r="M42" s="10"/>
+      <c r="N42" s="10"/>
     </row>
     <row r="43" ht="14" customHeight="1">
-      <c r="A43" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N43" s="10"/>
+      <c r="A43" s="11" t="s">
+        <v>36</v>
+      </c>
+      <c r="B43" s="11"/>
+      <c r="C43" s="11"/>
+      <c r="D43" s="11"/>
+      <c r="E43" s="11"/>
+      <c r="F43" s="11"/>
+      <c r="G43" s="11"/>
+      <c r="H43" s="11"/>
+      <c r="I43" s="11"/>
+      <c r="J43" s="11"/>
+      <c r="K43" s="11"/>
+      <c r="L43" s="11"/>
+      <c r="M43" s="11"/>
+      <c r="N43" s="11"/>
     </row>
     <row r="44" ht="43" customHeight="1">
-      <c r="A44" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N44" s="10"/>
+      <c r="A44" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="B44" s="11"/>
+      <c r="C44" s="11"/>
+      <c r="D44" s="11"/>
+      <c r="E44" s="11"/>
+      <c r="F44" s="11"/>
+      <c r="G44" s="11"/>
+      <c r="H44" s="11"/>
+      <c r="I44" s="11"/>
+      <c r="J44" s="11"/>
+      <c r="K44" s="11"/>
+      <c r="L44" s="11"/>
+      <c r="M44" s="11"/>
+      <c r="N44" s="11"/>
     </row>
     <row r="45" ht="14" customHeight="1">
-      <c r="A45" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N45" s="10"/>
+      <c r="A45" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="B45" s="11"/>
+      <c r="C45" s="11"/>
+      <c r="D45" s="11"/>
+      <c r="E45" s="11"/>
+      <c r="F45" s="11"/>
+      <c r="G45" s="11"/>
+      <c r="H45" s="11"/>
+      <c r="I45" s="11"/>
+      <c r="J45" s="11"/>
+      <c r="K45" s="11"/>
+      <c r="L45" s="11"/>
+      <c r="M45" s="11"/>
+      <c r="N45" s="11"/>
     </row>
     <row r="46" ht="14" customHeight="1">
-      <c r="A46" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N46" s="10"/>
+      <c r="A46" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="B46" s="11"/>
+      <c r="C46" s="11"/>
+      <c r="D46" s="11"/>
+      <c r="E46" s="11"/>
+      <c r="F46" s="11"/>
+      <c r="G46" s="11"/>
+      <c r="H46" s="11"/>
+      <c r="I46" s="11"/>
+      <c r="J46" s="11"/>
+      <c r="K46" s="11"/>
+      <c r="L46" s="11"/>
+      <c r="M46" s="11"/>
+      <c r="N46" s="11"/>
     </row>
     <row r="47" ht="12" customHeight="1">
-      <c r="A47" s="11" t="s">
-[...14 lines deleted...]
-      <c r="N47" s="11"/>
+      <c r="A47" s="12" t="s">
+        <v>40</v>
+      </c>
+      <c r="B47" s="12"/>
+      <c r="C47" s="12"/>
+      <c r="D47" s="12"/>
+      <c r="E47" s="12"/>
+      <c r="F47" s="12"/>
+      <c r="G47" s="12"/>
+      <c r="H47" s="12"/>
+      <c r="I47" s="12"/>
+      <c r="J47" s="12"/>
+      <c r="K47" s="12"/>
+      <c r="L47" s="12"/>
+      <c r="M47" s="12"/>
+      <c r="N47" s="12"/>
     </row>
     <row r="48" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A42:N42"/>
     <mergeCell ref="A43:N43"/>
     <mergeCell ref="A44:N44"/>
     <mergeCell ref="A45:N45"/>
     <mergeCell ref="A46:N46"/>
     <mergeCell ref="A47:N47"/>
   </mergeCells>
   <printOptions headings="0" horizontalCentered="0" verticalCentered="0" gridLines="0"/>
   <pageMargins left="0.05" right="0.05" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup paperSize="1" fitToWidth="1" fitToHeight="1" scale="100" orientation="landscape" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter>
     <oddHeader/>
     <oddFooter/>
   </headerFooter>
 </worksheet>
@@ -22017,1627 +22457,1627 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s"/>
       <c r="B8" s="6" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="B9" s="8">
         <v>192</v>
       </c>
       <c r="C9" s="8">
         <v>196</v>
       </c>
       <c r="D9" s="8">
         <v>196</v>
       </c>
       <c r="E9" s="8">
         <v>195</v>
       </c>
       <c r="F9" s="8">
         <v>193</v>
       </c>
       <c r="G9" s="8">
         <v>189</v>
       </c>
       <c r="H9" s="8">
         <v>193</v>
       </c>
       <c r="I9" s="8">
         <v>192</v>
       </c>
       <c r="J9" s="8">
         <v>187</v>
       </c>
       <c r="K9" s="8">
         <v>190</v>
       </c>
       <c r="L9" s="8">
         <v>193</v>
       </c>
       <c r="M9" s="8">
         <v>191</v>
       </c>
       <c r="N9" s="8">
         <v>212</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="B10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N10" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B11" s="8">
         <v>21476953208</v>
       </c>
       <c r="C11" s="8">
         <v>22091428507</v>
       </c>
       <c r="D11" s="8">
         <v>25035560827</v>
       </c>
       <c r="E11" s="8">
         <v>19765155829</v>
       </c>
       <c r="F11" s="8">
         <v>22349148828</v>
       </c>
       <c r="G11" s="8">
         <v>23365853894</v>
       </c>
       <c r="H11" s="8">
         <v>17739174767</v>
       </c>
       <c r="I11" s="8">
         <v>24134267156</v>
       </c>
       <c r="J11" s="8">
         <v>20502650949</v>
       </c>
       <c r="K11" s="8">
         <v>22634026248</v>
       </c>
       <c r="L11" s="8">
         <v>20233443625</v>
       </c>
       <c r="M11" s="8">
         <v>12865602289</v>
       </c>
       <c r="N11" s="8">
         <v>252193266127</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B12" s="8">
         <v>20950599282</v>
       </c>
       <c r="C12" s="8">
         <v>21532604743</v>
       </c>
       <c r="D12" s="8">
         <v>24403572687</v>
       </c>
       <c r="E12" s="8">
         <v>19259889492</v>
       </c>
       <c r="F12" s="8">
         <v>21708481811</v>
       </c>
       <c r="G12" s="8">
         <v>22805772977</v>
       </c>
       <c r="H12" s="8">
         <v>17207573648</v>
       </c>
       <c r="I12" s="8">
         <v>23573763914</v>
       </c>
       <c r="J12" s="8">
         <v>20052909594</v>
       </c>
       <c r="K12" s="8">
         <v>22032727216</v>
       </c>
       <c r="L12" s="8">
         <v>19682947663</v>
       </c>
       <c r="M12" s="8">
         <v>12421272174</v>
       </c>
       <c r="N12" s="8">
         <v>245632115201</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B13" s="8">
         <v>526353926</v>
       </c>
       <c r="C13" s="8">
         <v>558823764</v>
       </c>
       <c r="D13" s="8">
         <v>631988140</v>
       </c>
       <c r="E13" s="8">
         <v>505266337</v>
       </c>
       <c r="F13" s="8">
         <v>640667017</v>
       </c>
       <c r="G13" s="8">
         <v>560080917</v>
       </c>
       <c r="H13" s="8">
         <v>531601119</v>
       </c>
       <c r="I13" s="8">
         <v>560503242</v>
       </c>
       <c r="J13" s="8">
         <v>449741355</v>
       </c>
       <c r="K13" s="8">
         <v>601299032</v>
       </c>
       <c r="L13" s="8">
         <v>550495962</v>
       </c>
       <c r="M13" s="8">
         <v>444330115</v>
       </c>
       <c r="N13" s="8">
         <v>6561150926</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>14440271</v>
       </c>
       <c r="C14" s="8">
         <v>15274599</v>
       </c>
       <c r="D14" s="8">
         <v>15222316</v>
       </c>
       <c r="E14" s="8">
         <v>13670508</v>
       </c>
       <c r="F14" s="8">
         <v>16254078</v>
       </c>
       <c r="G14" s="8">
         <v>15544315</v>
       </c>
       <c r="H14" s="8">
         <v>13883164</v>
       </c>
       <c r="I14" s="8">
         <v>16230361</v>
       </c>
       <c r="J14" s="8">
         <v>14153810</v>
       </c>
       <c r="K14" s="8">
         <v>15491201</v>
       </c>
       <c r="L14" s="8">
         <v>14529218</v>
       </c>
       <c r="M14" s="8">
         <v>12546549</v>
       </c>
       <c r="N14" s="8">
         <v>177240389</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B15" s="8">
         <v>1589234</v>
       </c>
       <c r="C15" s="8">
         <v>1447220</v>
       </c>
       <c r="D15" s="8">
         <v>1603142</v>
       </c>
       <c r="E15" s="8">
         <v>1357396</v>
       </c>
       <c r="F15" s="8">
         <v>1678697</v>
       </c>
       <c r="G15" s="8">
         <v>1541272</v>
       </c>
       <c r="H15" s="8">
         <v>1192589</v>
       </c>
       <c r="I15" s="8">
         <v>1571906</v>
       </c>
       <c r="J15" s="8">
         <v>1410630</v>
       </c>
       <c r="K15" s="8">
         <v>1658258</v>
       </c>
       <c r="L15" s="8">
         <v>1420529</v>
       </c>
       <c r="M15" s="8">
         <v>1156890</v>
       </c>
       <c r="N15" s="8">
         <v>17627762</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B16" s="8">
         <v>3178904</v>
       </c>
       <c r="C16" s="8">
         <v>2904110</v>
       </c>
       <c r="D16" s="8">
         <v>3173462</v>
       </c>
       <c r="E16" s="8">
         <v>2635672</v>
       </c>
       <c r="F16" s="8">
         <v>3129270</v>
       </c>
       <c r="G16" s="8">
         <v>3307947</v>
       </c>
       <c r="H16" s="8">
         <v>3098561</v>
       </c>
       <c r="I16" s="8">
         <v>3561996</v>
       </c>
       <c r="J16" s="8">
         <v>2843496</v>
       </c>
       <c r="K16" s="8">
         <v>3408748</v>
       </c>
       <c r="L16" s="8">
         <v>2945869</v>
       </c>
       <c r="M16" s="8">
         <v>2554042</v>
       </c>
       <c r="N16" s="8">
         <v>36742077</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B17" s="8">
         <v>181232</v>
       </c>
       <c r="C17" s="8">
         <v>168477</v>
       </c>
       <c r="D17" s="8">
         <v>246273</v>
       </c>
       <c r="E17" s="8">
         <v>181356</v>
       </c>
       <c r="F17" s="8">
         <v>208847</v>
       </c>
       <c r="G17" s="8">
         <v>216675</v>
       </c>
       <c r="H17" s="8">
         <v>248067</v>
       </c>
       <c r="I17" s="8">
         <v>255233</v>
       </c>
       <c r="J17" s="8">
         <v>202227</v>
       </c>
       <c r="K17" s="8">
         <v>255038</v>
       </c>
       <c r="L17" s="8">
         <v>188086</v>
       </c>
       <c r="M17" s="8">
         <v>141826</v>
       </c>
       <c r="N17" s="8">
         <v>2493336</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B18" s="8">
         <v>9490901</v>
       </c>
       <c r="C18" s="8">
         <v>10754791</v>
       </c>
       <c r="D18" s="8">
         <v>10199439</v>
       </c>
       <c r="E18" s="8">
         <v>9496084</v>
       </c>
       <c r="F18" s="8">
         <v>11237265</v>
       </c>
       <c r="G18" s="8">
         <v>10478421</v>
       </c>
       <c r="H18" s="8">
         <v>9343948</v>
       </c>
       <c r="I18" s="8">
         <v>10841225</v>
       </c>
       <c r="J18" s="8">
         <v>9697456</v>
       </c>
       <c r="K18" s="8">
         <v>10169157</v>
       </c>
       <c r="L18" s="8">
         <v>9974734</v>
       </c>
       <c r="M18" s="8">
         <v>8693792</v>
       </c>
       <c r="N18" s="8">
         <v>120377214</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N19" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B20" s="8">
         <v>19252296907</v>
       </c>
       <c r="C20" s="8">
         <v>18817708140</v>
       </c>
       <c r="D20" s="8">
         <v>22808107473</v>
       </c>
       <c r="E20" s="8">
         <v>18419012001</v>
       </c>
       <c r="F20" s="8">
         <v>22240387006</v>
       </c>
       <c r="G20" s="8">
         <v>24016507172</v>
       </c>
       <c r="H20" s="8">
         <v>20602562886</v>
       </c>
       <c r="I20" s="8">
         <v>24693332625</v>
       </c>
       <c r="J20" s="8">
         <v>19185728002</v>
       </c>
       <c r="K20" s="8">
         <v>16747170142</v>
       </c>
       <c r="L20" s="8">
         <v>20297850916</v>
       </c>
       <c r="M20" s="8">
         <v>18157800724</v>
       </c>
       <c r="N20" s="8">
         <v>245238463994</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B21" s="8">
         <v>18765306200</v>
       </c>
       <c r="C21" s="8">
         <v>18331624820</v>
       </c>
       <c r="D21" s="8">
         <v>22274855582</v>
       </c>
       <c r="E21" s="8">
         <v>17954645578</v>
       </c>
       <c r="F21" s="8">
         <v>21676667389</v>
       </c>
       <c r="G21" s="8">
         <v>23455831441</v>
       </c>
       <c r="H21" s="8">
         <v>20157730768</v>
       </c>
       <c r="I21" s="8">
         <v>24134909090</v>
       </c>
       <c r="J21" s="8">
         <v>18784319240</v>
       </c>
       <c r="K21" s="8">
         <v>16270893719</v>
       </c>
       <c r="L21" s="8">
         <v>19790625998</v>
       </c>
       <c r="M21" s="8">
         <v>17691549379</v>
       </c>
       <c r="N21" s="8">
         <v>239288959204</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="B22" s="8">
         <v>486806498</v>
       </c>
       <c r="C22" s="8">
         <v>485895713</v>
       </c>
       <c r="D22" s="8">
         <v>533066993</v>
       </c>
       <c r="E22" s="8">
         <v>464116028</v>
       </c>
       <c r="F22" s="8">
         <v>563504450</v>
       </c>
       <c r="G22" s="8">
         <v>560445502</v>
       </c>
       <c r="H22" s="8">
         <v>444538931</v>
       </c>
       <c r="I22" s="8">
         <v>558224508</v>
       </c>
       <c r="J22" s="8">
         <v>401212841</v>
       </c>
       <c r="K22" s="8">
         <v>476052304</v>
       </c>
       <c r="L22" s="8">
         <v>506966821</v>
       </c>
       <c r="M22" s="8">
         <v>466060499</v>
       </c>
       <c r="N22" s="8">
         <v>5946891088</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B23" s="8">
         <v>184209</v>
       </c>
       <c r="C23" s="8">
         <v>187607</v>
       </c>
       <c r="D23" s="8">
         <v>184898</v>
       </c>
       <c r="E23" s="8">
         <v>250395</v>
       </c>
       <c r="F23" s="8">
         <v>215167</v>
       </c>
       <c r="G23" s="8">
         <v>230229</v>
       </c>
       <c r="H23" s="8">
         <v>293187</v>
       </c>
       <c r="I23" s="8">
         <v>199027</v>
       </c>
       <c r="J23" s="8">
         <v>195921</v>
       </c>
       <c r="K23" s="8">
         <v>224119</v>
       </c>
       <c r="L23" s="8">
         <v>258097</v>
       </c>
       <c r="M23" s="8">
         <v>190846</v>
       </c>
       <c r="N23" s="8">
         <v>2613702</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B24" s="8">
         <v>13804955</v>
       </c>
       <c r="C24" s="8">
         <v>14720783</v>
       </c>
       <c r="D24" s="8">
         <v>15207611</v>
       </c>
       <c r="E24" s="8">
         <v>13471150</v>
       </c>
       <c r="F24" s="8">
         <v>16268221</v>
       </c>
       <c r="G24" s="8">
         <v>15396178</v>
       </c>
       <c r="H24" s="8">
         <v>12525366</v>
       </c>
       <c r="I24" s="8">
         <v>16411558</v>
       </c>
       <c r="J24" s="8">
         <v>13427383</v>
       </c>
       <c r="K24" s="8">
         <v>15064960</v>
       </c>
       <c r="L24" s="8">
         <v>14339186</v>
       </c>
       <c r="M24" s="8">
         <v>13001925</v>
       </c>
       <c r="N24" s="8">
         <v>173639276</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B25" s="8">
         <v>1519736</v>
       </c>
       <c r="C25" s="8">
         <v>1320046</v>
       </c>
       <c r="D25" s="8">
         <v>1579242</v>
       </c>
       <c r="E25" s="8">
         <v>1312755</v>
       </c>
       <c r="F25" s="8">
         <v>1794008</v>
       </c>
       <c r="G25" s="8">
         <v>1483589</v>
       </c>
       <c r="H25" s="8">
         <v>1225940</v>
       </c>
       <c r="I25" s="8">
         <v>1640072</v>
       </c>
       <c r="J25" s="8">
         <v>1341970</v>
       </c>
       <c r="K25" s="8">
         <v>1582984</v>
       </c>
       <c r="L25" s="8">
         <v>1439541</v>
       </c>
       <c r="M25" s="8">
         <v>1245184</v>
       </c>
       <c r="N25" s="8">
         <v>17485069</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B26" s="8">
         <v>3126593</v>
       </c>
       <c r="C26" s="8">
         <v>2809003</v>
       </c>
       <c r="D26" s="8">
         <v>2757185</v>
       </c>
       <c r="E26" s="8">
         <v>2669659</v>
       </c>
       <c r="F26" s="8">
         <v>3141850</v>
       </c>
       <c r="G26" s="8">
         <v>3408908</v>
       </c>
       <c r="H26" s="8">
         <v>2782151</v>
       </c>
       <c r="I26" s="8">
         <v>3187509</v>
       </c>
       <c r="J26" s="8">
         <v>2687440</v>
       </c>
       <c r="K26" s="8">
         <v>3196116</v>
       </c>
       <c r="L26" s="8">
         <v>2900255</v>
       </c>
       <c r="M26" s="8">
         <v>2592624</v>
       </c>
       <c r="N26" s="8">
         <v>35259293</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B27" s="8">
         <v>158048</v>
       </c>
       <c r="C27" s="8">
         <v>202998</v>
       </c>
       <c r="D27" s="8">
         <v>229954</v>
       </c>
       <c r="E27" s="8">
         <v>164199</v>
       </c>
       <c r="F27" s="8">
         <v>224995</v>
       </c>
       <c r="G27" s="8">
         <v>237194</v>
       </c>
       <c r="H27" s="8">
         <v>213610</v>
       </c>
       <c r="I27" s="8">
         <v>217168</v>
       </c>
       <c r="J27" s="8">
         <v>192367</v>
       </c>
       <c r="K27" s="8">
         <v>261955</v>
       </c>
       <c r="L27" s="8">
         <v>217122</v>
       </c>
       <c r="M27" s="8">
         <v>143065</v>
       </c>
       <c r="N27" s="8">
         <v>2462675</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B28" s="8">
         <v>9000578</v>
       </c>
       <c r="C28" s="8">
         <v>10388737</v>
       </c>
       <c r="D28" s="8">
         <v>10641229</v>
       </c>
       <c r="E28" s="8">
         <v>9324537</v>
       </c>
       <c r="F28" s="8">
         <v>11107367</v>
       </c>
       <c r="G28" s="8">
         <v>10266487</v>
       </c>
       <c r="H28" s="8">
         <v>8303664</v>
       </c>
       <c r="I28" s="8">
         <v>11366808</v>
       </c>
       <c r="J28" s="8">
         <v>9205607</v>
       </c>
       <c r="K28" s="8">
         <v>10023905</v>
       </c>
       <c r="L28" s="8">
         <v>9782268</v>
       </c>
       <c r="M28" s="8">
         <v>9021052</v>
       </c>
       <c r="N28" s="8">
         <v>118432238</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="B29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N29" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B30" s="8">
         <v>1073693100</v>
       </c>
       <c r="C30" s="8">
         <v>723594600</v>
       </c>
       <c r="D30" s="8">
         <v>794439600</v>
       </c>
       <c r="E30" s="8">
         <v>381076950</v>
       </c>
       <c r="F30" s="8">
         <v>401627890</v>
       </c>
       <c r="G30" s="8">
         <v>377622820</v>
       </c>
       <c r="H30" s="8">
         <v>347821050</v>
       </c>
       <c r="I30" s="8">
         <v>289719625</v>
       </c>
       <c r="J30" s="8">
         <v>281772971</v>
       </c>
       <c r="K30" s="8">
         <v>369447420</v>
       </c>
       <c r="L30" s="8">
         <v>406342645</v>
       </c>
       <c r="M30" s="8">
         <v>397434400</v>
       </c>
       <c r="N30" s="8">
         <v>5844593071</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="B31" s="8">
         <v>150763</v>
       </c>
       <c r="C31" s="8">
         <v>235617</v>
       </c>
       <c r="D31" s="8">
         <v>317007</v>
       </c>
       <c r="E31" s="8">
         <v>251758</v>
       </c>
       <c r="F31" s="8">
         <v>206765</v>
       </c>
       <c r="G31" s="8">
         <v>313023</v>
       </c>
       <c r="H31" s="8">
         <v>171386</v>
       </c>
       <c r="I31" s="8">
         <v>239711</v>
       </c>
       <c r="J31" s="8">
         <v>218042</v>
       </c>
       <c r="K31" s="8">
         <v>191913</v>
       </c>
       <c r="L31" s="8">
         <v>235997</v>
       </c>
       <c r="M31" s="8">
         <v>295366</v>
       </c>
       <c r="N31" s="8">
         <v>2827349</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="B32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N32" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B33" s="8">
         <v>23489021309</v>
       </c>
       <c r="C33" s="8">
         <v>25943147092</v>
       </c>
       <c r="D33" s="8">
         <v>27215598340</v>
       </c>
       <c r="E33" s="8">
         <v>28102743094</v>
       </c>
       <c r="F33" s="8">
         <v>27681884513</v>
       </c>
       <c r="G33" s="8">
         <v>26573261548</v>
       </c>
       <c r="H33" s="8">
         <v>23239972331</v>
       </c>
       <c r="I33" s="8">
         <v>22307494920</v>
       </c>
       <c r="J33" s="8">
         <v>23228644748</v>
       </c>
       <c r="K33" s="8">
         <v>28662182079</v>
       </c>
       <c r="L33" s="8">
         <v>28094636929</v>
       </c>
       <c r="M33" s="8">
         <v>22325267489</v>
       </c>
       <c r="N33" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B34" s="8">
         <v>22938956681</v>
       </c>
       <c r="C34" s="8">
         <v>25337741296</v>
       </c>
       <c r="D34" s="8">
         <v>26620991932</v>
       </c>
       <c r="E34" s="8">
         <v>27496841314</v>
       </c>
       <c r="F34" s="8">
         <v>27050292887</v>
       </c>
       <c r="G34" s="8">
         <v>26002050410</v>
       </c>
       <c r="H34" s="8">
         <v>22643469242</v>
       </c>
       <c r="I34" s="8">
         <v>21734755092</v>
       </c>
       <c r="J34" s="8">
         <v>22660389832</v>
       </c>
       <c r="K34" s="8">
         <v>28013438983</v>
       </c>
       <c r="L34" s="8">
         <v>27441337283</v>
       </c>
       <c r="M34" s="8">
         <v>21754652764</v>
       </c>
       <c r="N34" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B35" s="8">
         <v>550064628</v>
       </c>
       <c r="C35" s="8">
         <v>605405796</v>
       </c>
       <c r="D35" s="8">
         <v>594606408</v>
       </c>
       <c r="E35" s="8">
         <v>605901780</v>
       </c>
       <c r="F35" s="8">
         <v>631591626</v>
       </c>
       <c r="G35" s="8">
         <v>571211138</v>
       </c>
       <c r="H35" s="8">
         <v>596503089</v>
       </c>
       <c r="I35" s="8">
         <v>572739828</v>
       </c>
       <c r="J35" s="8">
         <v>568254916</v>
       </c>
       <c r="K35" s="8">
         <v>648743096</v>
       </c>
       <c r="L35" s="8">
         <v>653299646</v>
       </c>
       <c r="M35" s="8">
         <v>570614725</v>
       </c>
       <c r="N35" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B36" s="8">
         <v>6970213</v>
       </c>
       <c r="C36" s="8">
         <v>7251759</v>
       </c>
       <c r="D36" s="8">
         <v>6926702</v>
       </c>
       <c r="E36" s="8">
         <v>6745991</v>
       </c>
       <c r="F36" s="8">
         <v>6234868</v>
       </c>
       <c r="G36" s="8">
         <v>6266787</v>
       </c>
       <c r="H36" s="8">
         <v>6596802</v>
       </c>
       <c r="I36" s="8">
         <v>6138252</v>
       </c>
       <c r="J36" s="8">
         <v>6617513</v>
       </c>
       <c r="K36" s="8">
         <v>6839095</v>
       </c>
       <c r="L36" s="8">
         <v>6779219</v>
       </c>
       <c r="M36" s="8">
         <v>5977366</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B37" s="8">
         <v>674696</v>
       </c>
       <c r="C37" s="8">
         <v>782217</v>
       </c>
       <c r="D37" s="8">
         <v>772572</v>
       </c>
       <c r="E37" s="8">
         <v>816644</v>
       </c>
       <c r="F37" s="8">
         <v>695236</v>
       </c>
       <c r="G37" s="8">
         <v>748074</v>
       </c>
       <c r="H37" s="8">
         <v>716323</v>
       </c>
       <c r="I37" s="8">
         <v>653311</v>
       </c>
       <c r="J37" s="8">
         <v>715421</v>
       </c>
       <c r="K37" s="8">
         <v>789228</v>
       </c>
       <c r="L37" s="8">
         <v>756849</v>
       </c>
       <c r="M37" s="8">
         <v>665214</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B38" s="8">
         <v>1660822</v>
       </c>
       <c r="C38" s="8">
         <v>1610424</v>
       </c>
       <c r="D38" s="8">
         <v>1906261</v>
       </c>
       <c r="E38" s="8">
         <v>1771336</v>
       </c>
       <c r="F38" s="8">
         <v>1697402</v>
       </c>
       <c r="G38" s="8">
         <v>1414568</v>
       </c>
       <c r="H38" s="8">
         <v>1618825</v>
       </c>
       <c r="I38" s="8">
         <v>1844725</v>
       </c>
       <c r="J38" s="8">
         <v>1859944</v>
       </c>
       <c r="K38" s="8">
         <v>1990742</v>
       </c>
       <c r="L38" s="8">
         <v>1922954</v>
       </c>
       <c r="M38" s="8">
         <v>1668130</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B39" s="8">
         <v>214857</v>
       </c>
       <c r="C39" s="8">
         <v>179580</v>
       </c>
       <c r="D39" s="8">
         <v>176393</v>
       </c>
       <c r="E39" s="8">
         <v>195327</v>
       </c>
       <c r="F39" s="8">
         <v>177569</v>
       </c>
       <c r="G39" s="8">
         <v>155636</v>
       </c>
       <c r="H39" s="8">
         <v>188939</v>
       </c>
       <c r="I39" s="8">
         <v>224714</v>
       </c>
       <c r="J39" s="8">
         <v>232041</v>
       </c>
       <c r="K39" s="8">
         <v>224683</v>
       </c>
       <c r="L39" s="8">
         <v>178559</v>
       </c>
       <c r="M39" s="8">
         <v>167709</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B40" s="8">
         <v>4419838</v>
       </c>
       <c r="C40" s="8">
         <v>4679538</v>
       </c>
       <c r="D40" s="8">
         <v>4071475</v>
       </c>
       <c r="E40" s="8">
         <v>3962684</v>
       </c>
       <c r="F40" s="8">
         <v>3664661</v>
       </c>
       <c r="G40" s="8">
         <v>3948508</v>
       </c>
       <c r="H40" s="8">
         <v>4072715</v>
       </c>
       <c r="I40" s="8">
         <v>3415502</v>
       </c>
       <c r="J40" s="8">
         <v>3810108</v>
       </c>
       <c r="K40" s="8">
         <v>3834443</v>
       </c>
       <c r="L40" s="8">
         <v>3920858</v>
       </c>
       <c r="M40" s="8">
         <v>3476313</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="41" ht="12" customHeight="1"/>
     <row r="42" ht="14" customHeight="1">
-      <c r="A42" s="9" t="s">
-[...14 lines deleted...]
-      <c r="N42" s="9"/>
+      <c r="A42" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B42" s="10"/>
+      <c r="C42" s="10"/>
+      <c r="D42" s="10"/>
+      <c r="E42" s="10"/>
+      <c r="F42" s="10"/>
+      <c r="G42" s="10"/>
+      <c r="H42" s="10"/>
+      <c r="I42" s="10"/>
+      <c r="J42" s="10"/>
+      <c r="K42" s="10"/>
+      <c r="L42" s="10"/>
+      <c r="M42" s="10"/>
+      <c r="N42" s="10"/>
     </row>
     <row r="43" ht="14" customHeight="1">
-      <c r="A43" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N43" s="10"/>
+      <c r="A43" s="11" t="s">
+        <v>36</v>
+      </c>
+      <c r="B43" s="11"/>
+      <c r="C43" s="11"/>
+      <c r="D43" s="11"/>
+      <c r="E43" s="11"/>
+      <c r="F43" s="11"/>
+      <c r="G43" s="11"/>
+      <c r="H43" s="11"/>
+      <c r="I43" s="11"/>
+      <c r="J43" s="11"/>
+      <c r="K43" s="11"/>
+      <c r="L43" s="11"/>
+      <c r="M43" s="11"/>
+      <c r="N43" s="11"/>
     </row>
     <row r="44" ht="43" customHeight="1">
-      <c r="A44" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N44" s="10"/>
+      <c r="A44" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="B44" s="11"/>
+      <c r="C44" s="11"/>
+      <c r="D44" s="11"/>
+      <c r="E44" s="11"/>
+      <c r="F44" s="11"/>
+      <c r="G44" s="11"/>
+      <c r="H44" s="11"/>
+      <c r="I44" s="11"/>
+      <c r="J44" s="11"/>
+      <c r="K44" s="11"/>
+      <c r="L44" s="11"/>
+      <c r="M44" s="11"/>
+      <c r="N44" s="11"/>
     </row>
     <row r="45" ht="14" customHeight="1">
-      <c r="A45" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N45" s="10"/>
+      <c r="A45" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="B45" s="11"/>
+      <c r="C45" s="11"/>
+      <c r="D45" s="11"/>
+      <c r="E45" s="11"/>
+      <c r="F45" s="11"/>
+      <c r="G45" s="11"/>
+      <c r="H45" s="11"/>
+      <c r="I45" s="11"/>
+      <c r="J45" s="11"/>
+      <c r="K45" s="11"/>
+      <c r="L45" s="11"/>
+      <c r="M45" s="11"/>
+      <c r="N45" s="11"/>
     </row>
     <row r="46" ht="14" customHeight="1">
-      <c r="A46" s="10" t="s">
-[...14 lines deleted...]
-      <c r="N46" s="10"/>
+      <c r="A46" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="B46" s="11"/>
+      <c r="C46" s="11"/>
+      <c r="D46" s="11"/>
+      <c r="E46" s="11"/>
+      <c r="F46" s="11"/>
+      <c r="G46" s="11"/>
+      <c r="H46" s="11"/>
+      <c r="I46" s="11"/>
+      <c r="J46" s="11"/>
+      <c r="K46" s="11"/>
+      <c r="L46" s="11"/>
+      <c r="M46" s="11"/>
+      <c r="N46" s="11"/>
     </row>
     <row r="47" ht="12" customHeight="1">
-      <c r="A47" s="11" t="s">
-[...14 lines deleted...]
-      <c r="N47" s="11"/>
+      <c r="A47" s="12" t="s">
+        <v>40</v>
+      </c>
+      <c r="B47" s="12"/>
+      <c r="C47" s="12"/>
+      <c r="D47" s="12"/>
+      <c r="E47" s="12"/>
+      <c r="F47" s="12"/>
+      <c r="G47" s="12"/>
+      <c r="H47" s="12"/>
+      <c r="I47" s="12"/>
+      <c r="J47" s="12"/>
+      <c r="K47" s="12"/>
+      <c r="L47" s="12"/>
+      <c r="M47" s="12"/>
+      <c r="N47" s="12"/>
     </row>
     <row r="48" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A42:N42"/>
     <mergeCell ref="A43:N43"/>
     <mergeCell ref="A44:N44"/>
     <mergeCell ref="A45:N45"/>
     <mergeCell ref="A46:N46"/>
     <mergeCell ref="A47:N47"/>
   </mergeCells>
   <printOptions headings="0" horizontalCentered="0" verticalCentered="0" gridLines="0"/>
   <pageMargins left="0.05" right="0.05" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup paperSize="1" fitToWidth="1" fitToHeight="1" scale="100" orientation="landscape" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter>
     <oddHeader/>
     <oddFooter/>
   </headerFooter>
 </worksheet>
@@ -23851,63 +24291,63 @@
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <dir xmlns="02617c3e-573d-4b6e-8178-608e9b4df8d5" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1F34644-1161-40FC-8371-D65BCA128229}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1946DCF-93BB-4416-835B-6A52B0F665C2}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9FA156CA-C6B9-4A13-BE4A-54353CCD9851}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F9E1635-CB61-43D5-8D5D-801EE6CC1CBF}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8624EB92-D2D2-4757-B8C5-23C08FAFB4F3}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8AADB4EF-3A46-4C5B-B597-C4C49F4732A9}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7AE2D2EB-9BEA-41CC-99C4-905E543150EC}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9CA38AA1-D76F-491E-9177-DBDCACD7CA39}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>