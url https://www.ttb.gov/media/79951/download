--- v0 (2025-10-16)
+++ v1 (2025-12-25)
@@ -46,169 +46,177 @@
   <workbookPr showInkAnnotation="0" autoCompressPictures="0"/>
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="1" r:id="rId1"/>
     <sheet name="2024" sheetId="2" r:id="rId2"/>
     <sheet name="2023" sheetId="3" r:id="rId3"/>
     <sheet name="2022" sheetId="4" r:id="rId4"/>
     <sheet name="2021" sheetId="5" r:id="rId5"/>
     <sheet name="2020" sheetId="6" r:id="rId6"/>
     <sheet name="2019" sheetId="7" r:id="rId7"/>
     <sheet name="2018" sheetId="8" r:id="rId8"/>
     <sheet name="2017" sheetId="9" r:id="rId9"/>
     <sheet name="2016" sheetId="10" r:id="rId10"/>
     <sheet name="2015" sheetId="11" r:id="rId11"/>
     <sheet name="2014" sheetId="12" r:id="rId12"/>
     <sheet name="2013" sheetId="13" r:id="rId13"/>
     <sheet name="2012" sheetId="14" r:id="rId14"/>
   </sheets>
   <calcPr calcId="0" concurrentCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1180" uniqueCount="243">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1188" uniqueCount="245">
   <si>
     <t>U.S. DEPARTMENT OF THE TREASURY</t>
   </si>
   <si>
     <t>ALCOHOL AND TOBACCO TAX AND TRADE BUREAU</t>
   </si>
   <si>
     <t>2025 MONTHLY NATIONAL STATISTICAL REPORT - Wine</t>
   </si>
   <si>
     <t> </t>
   </si>
   <si>
-    <t>Report Date: 18-SEP-2025</t>
+    <t>Report Date: 10-DEC-2025</t>
   </si>
   <si>
     <t>Report Symbol: TTB-S-5120-2025</t>
   </si>
   <si>
     <t>Units: Wine Gallons</t>
   </si>
   <si>
     <t xml:space="preserve">January 
  2025</t>
   </si>
   <si>
     <t xml:space="preserve">February 
  2025</t>
   </si>
   <si>
     <t xml:space="preserve">March 
  2025</t>
   </si>
   <si>
     <t xml:space="preserve">April 
  2025</t>
   </si>
   <si>
     <t xml:space="preserve">May 
  2025</t>
   </si>
   <si>
     <t xml:space="preserve">June 
+ 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">July 
+ 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">August 
  2025</t>
   </si>
   <si>
     <r>
       <t>Number of Industry Members</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9.5"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t>c</t>
     </r>
   </si>
   <si>
     <t>Production</t>
   </si>
   <si>
     <t>    Still Wine ≤ 16% ABV</t>
   </si>
   <si>
     <t>    Still Wine &gt; 16% ABV</t>
   </si>
   <si>
     <t>    Sparkling Wine</t>
   </si>
   <si>
     <t>    Artificially Carbonated Wine</t>
   </si>
   <si>
     <t>    Hard Cider</t>
   </si>
   <si>
     <t>Taxable Withdrawals by Tax Class</t>
   </si>
   <si>
     <t>Taxable Withdrawals by Bulk vs Bottled</t>
   </si>
   <si>
     <t>    Bottled</t>
   </si>
   <si>
+    <r>
+      <t>     </t>
+    </r>
+    <r>
+      <t>-</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9.5"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>b</t>
+    </r>
+  </si>
+  <si>
     <t>    Bulk</t>
   </si>
   <si>
     <r>
       <t>Tax Free Withrdawals</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9.5"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t>a</t>
-    </r>
-[...15 lines deleted...]
-      <t>b</t>
     </r>
   </si>
   <si>
     <t>    Artificially Carbonated/Sparkling Wine</t>
   </si>
   <si>
     <t>Tax Free Withdrawals For Export</t>
   </si>
   <si>
     <t>    Bottled Exports</t>
   </si>
   <si>
     <t>    Bulk Exports</t>
   </si>
   <si>
     <t>Stocks on Hand End-of-Period</t>
   </si>
   <si>
     <t>    Still Wine &gt; 16% to ≤ 21% ABV</t>
   </si>
   <si>
     <t>    Still Wine &gt; 21% ABV</t>
   </si>
   <si>
     <t>Stocks on Hand End-of-Period by Bulk vs Bottled</t>
@@ -1415,64 +1423,66 @@
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr filterMode="0" enableFormatConditionsCalculation="0">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G53"/>
+  <dimension ref="A1:I53"/>
   <sheetViews>
     <sheetView zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0">
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12" customHeight="1" x14ac:dyDescent="0"/>
   <cols>
     <col min="1" max="1" width="43.57" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="15.71" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="15.71" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
@@ -1484,963 +1494,1193 @@
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>7</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>9</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>10</v>
       </c>
       <c r="F8" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G8" s="6" t="s">
         <v>12</v>
       </c>
+      <c r="H8" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="I8" s="6" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B9" s="8">
-        <v>1446</v>
+        <v>1458</v>
       </c>
       <c r="C9" s="8">
-        <v>1422</v>
+        <v>1435</v>
       </c>
       <c r="D9" s="8">
-        <v>3453</v>
+        <v>3496</v>
       </c>
       <c r="E9" s="8">
-        <v>1401</v>
+        <v>1420</v>
       </c>
       <c r="F9" s="8">
-        <v>1389</v>
+        <v>1404</v>
       </c>
       <c r="G9" s="8">
-        <v>3307</v>
+        <v>3409</v>
+      </c>
+      <c r="H9" s="8">
+        <v>1360</v>
+      </c>
+      <c r="I9" s="8">
+        <v>1345</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B10" s="8">
-        <v>42913182</v>
+        <v>44010667</v>
       </c>
       <c r="C10" s="8">
-        <v>30677256</v>
+        <v>30696969</v>
       </c>
       <c r="D10" s="8">
-        <v>28154810</v>
+        <v>28319066</v>
       </c>
       <c r="E10" s="8">
-        <v>15995831</v>
+        <v>16151474</v>
       </c>
       <c r="F10" s="8">
-        <v>7139483</v>
+        <v>7242473</v>
       </c>
       <c r="G10" s="8">
-        <v>12989331</v>
+        <v>13271433</v>
+      </c>
+      <c r="H10" s="8">
+        <v>12360318</v>
+      </c>
+      <c r="I10" s="8">
+        <v>18787708</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B11" s="8">
-        <v>37105823</v>
+        <v>38203308</v>
       </c>
       <c r="C11" s="8">
-        <v>24281988</v>
+        <v>24301701</v>
       </c>
       <c r="D11" s="8">
-        <v>20155412</v>
+        <v>20288715</v>
       </c>
       <c r="E11" s="8">
-        <v>9405915</v>
+        <v>9405933</v>
       </c>
       <c r="F11" s="8">
-        <v>2184142</v>
+        <v>2188687</v>
       </c>
       <c r="G11" s="8">
-        <v>7224285</v>
+        <v>7297589</v>
+      </c>
+      <c r="H11" s="8">
+        <v>6683049</v>
+      </c>
+      <c r="I11" s="8">
+        <v>13098420</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B12" s="8">
         <v>2399418</v>
       </c>
       <c r="C12" s="8">
         <v>2599737</v>
       </c>
       <c r="D12" s="8">
-        <v>3869423</v>
+        <v>3869398</v>
       </c>
       <c r="E12" s="8">
         <v>3390877</v>
       </c>
       <c r="F12" s="8">
-        <v>1889279</v>
+        <v>1886973</v>
       </c>
       <c r="G12" s="8">
-        <v>2026850</v>
+        <v>2148288</v>
+      </c>
+      <c r="H12" s="8">
+        <v>1930237</v>
+      </c>
+      <c r="I12" s="8">
+        <v>2774668</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B13" s="8">
         <v>2028361</v>
       </c>
       <c r="C13" s="8">
         <v>2494943</v>
       </c>
       <c r="D13" s="8">
-        <v>1752990</v>
+        <v>1753094</v>
       </c>
       <c r="E13" s="8">
         <v>1943689</v>
       </c>
       <c r="F13" s="8">
         <v>1555213</v>
       </c>
       <c r="G13" s="8">
-        <v>1821765</v>
+        <v>1822684</v>
+      </c>
+      <c r="H13" s="8">
+        <v>1872803</v>
+      </c>
+      <c r="I13" s="8">
+        <v>1465019</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B14" s="8">
         <v>64585</v>
       </c>
       <c r="C14" s="8">
         <v>126725</v>
       </c>
       <c r="D14" s="8">
-        <v>154075</v>
+        <v>155955</v>
       </c>
       <c r="E14" s="8">
         <v>207310</v>
       </c>
       <c r="F14" s="8">
         <v>247708</v>
       </c>
       <c r="G14" s="8">
-        <v>190908</v>
+        <v>189810</v>
+      </c>
+      <c r="H14" s="8">
+        <v>315475</v>
+      </c>
+      <c r="I14" s="8">
+        <v>86353</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B15" s="8">
         <v>1314996</v>
       </c>
       <c r="C15" s="8">
         <v>1173863</v>
       </c>
       <c r="D15" s="8">
-        <v>2222910</v>
+        <v>2251904</v>
       </c>
       <c r="E15" s="8">
-        <v>1048041</v>
+        <v>1203666</v>
       </c>
       <c r="F15" s="8">
-        <v>1263141</v>
+        <v>1363891</v>
       </c>
       <c r="G15" s="8">
-        <v>1725523</v>
+        <v>1813062</v>
+      </c>
+      <c r="H15" s="8">
+        <v>1558753</v>
+      </c>
+      <c r="I15" s="8">
+        <v>1363247</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B16" s="8">
-        <v>43845948</v>
+        <v>43892568</v>
       </c>
       <c r="C16" s="8">
-        <v>44328342</v>
+        <v>44392372</v>
       </c>
       <c r="D16" s="8">
-        <v>48158038</v>
+        <v>48267381</v>
       </c>
       <c r="E16" s="8">
-        <v>43334563</v>
+        <v>43956335</v>
       </c>
       <c r="F16" s="8">
-        <v>41036732</v>
+        <v>41477419</v>
       </c>
       <c r="G16" s="8">
-        <v>48723940</v>
+        <v>49297179</v>
+      </c>
+      <c r="H16" s="8">
+        <v>43271310</v>
+      </c>
+      <c r="I16" s="8">
+        <v>42225756</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B17" s="8">
-        <v>38615510</v>
+        <v>38656777</v>
       </c>
       <c r="C17" s="8">
-        <v>39822174</v>
+        <v>39876302</v>
       </c>
       <c r="D17" s="8">
-        <v>42457570</v>
+        <v>42537251</v>
       </c>
       <c r="E17" s="8">
-        <v>38776007</v>
+        <v>39238962</v>
       </c>
       <c r="F17" s="8">
-        <v>36350269</v>
+        <v>36704565</v>
       </c>
       <c r="G17" s="8">
-        <v>43168602</v>
+        <v>43659941</v>
+      </c>
+      <c r="H17" s="8">
+        <v>37979366</v>
+      </c>
+      <c r="I17" s="8">
+        <v>36575847</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B18" s="8">
-        <v>768859</v>
+        <v>768489</v>
       </c>
       <c r="C18" s="8">
-        <v>700737</v>
+        <v>700615</v>
       </c>
       <c r="D18" s="8">
-        <v>889177</v>
+        <v>889459</v>
       </c>
       <c r="E18" s="8">
-        <v>698921</v>
+        <v>699389</v>
       </c>
       <c r="F18" s="8">
-        <v>584306</v>
+        <v>584419</v>
       </c>
       <c r="G18" s="8">
-        <v>669893</v>
+        <v>676178</v>
+      </c>
+      <c r="H18" s="8">
+        <v>591037</v>
+      </c>
+      <c r="I18" s="8">
+        <v>612441</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B19" s="8">
-        <v>1688409</v>
+        <v>1688549</v>
       </c>
       <c r="C19" s="8">
-        <v>1500912</v>
+        <v>1501030</v>
       </c>
       <c r="D19" s="8">
-        <v>1801743</v>
+        <v>1803219</v>
       </c>
       <c r="E19" s="8">
-        <v>1546409</v>
+        <v>1546538</v>
       </c>
       <c r="F19" s="8">
-        <v>1439500</v>
+        <v>1439585</v>
       </c>
       <c r="G19" s="8">
-        <v>1359056</v>
+        <v>1361522</v>
+      </c>
+      <c r="H19" s="8">
+        <v>1881417</v>
+      </c>
+      <c r="I19" s="8">
+        <v>1532412</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B20" s="8">
-        <v>200597</v>
+        <v>206180</v>
       </c>
       <c r="C20" s="8">
-        <v>176376</v>
+        <v>186282</v>
       </c>
       <c r="D20" s="8">
-        <v>276011</v>
+        <v>283184</v>
       </c>
       <c r="E20" s="8">
-        <v>204471</v>
+        <v>207679</v>
       </c>
       <c r="F20" s="8">
-        <v>203101</v>
+        <v>205976</v>
       </c>
       <c r="G20" s="8">
-        <v>378512</v>
+        <v>383005</v>
+      </c>
+      <c r="H20" s="8">
+        <v>375783</v>
+      </c>
+      <c r="I20" s="8">
+        <v>388739</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B21" s="8">
         <v>2572573</v>
       </c>
       <c r="C21" s="8">
         <v>2128144</v>
       </c>
       <c r="D21" s="8">
-        <v>2733537</v>
+        <v>2754268</v>
       </c>
       <c r="E21" s="8">
-        <v>2108753</v>
+        <v>2263768</v>
       </c>
       <c r="F21" s="8">
-        <v>2459557</v>
+        <v>2542875</v>
       </c>
       <c r="G21" s="8">
-        <v>3147876</v>
+        <v>3216533</v>
+      </c>
+      <c r="H21" s="8">
+        <v>2443708</v>
+      </c>
+      <c r="I21" s="8">
+        <v>3116317</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B22" s="8">
-        <v>43845948</v>
+        <v>43892568</v>
       </c>
       <c r="C22" s="8">
-        <v>44328342</v>
+        <v>44392372</v>
       </c>
       <c r="D22" s="8">
-        <v>48158038</v>
+        <v>48267381</v>
       </c>
       <c r="E22" s="8">
-        <v>43334563</v>
+        <v>43956335</v>
       </c>
       <c r="F22" s="8">
-        <v>41036732</v>
+        <v>41477419</v>
       </c>
       <c r="G22" s="8">
-        <v>48723940</v>
+        <v>49297179</v>
+      </c>
+      <c r="H22" s="8">
+        <v>43271310</v>
+      </c>
+      <c r="I22" s="8">
+        <v>42225756</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B23" s="8">
-        <v>42277321</v>
+        <v>42323941</v>
       </c>
       <c r="C23" s="8">
-        <v>40467064</v>
+        <v>40531093</v>
       </c>
       <c r="D23" s="8">
-        <v>46916679</v>
+        <v>47023348</v>
       </c>
       <c r="E23" s="8">
-        <v>41470555</v>
+        <v>42092328</v>
       </c>
       <c r="F23" s="8">
-        <v>39617076</v>
+        <v>40057762</v>
       </c>
       <c r="G23" s="8">
-        <v>47344625</v>
+        <v>47899818</v>
+      </c>
+      <c r="H23" s="8">
+        <v>41372037</v>
+      </c>
+      <c r="I23" s="9" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B24" s="8">
         <v>1568627</v>
       </c>
       <c r="C24" s="8">
         <v>3861279</v>
       </c>
       <c r="D24" s="8">
-        <v>1241359</v>
+        <v>1244033</v>
       </c>
       <c r="E24" s="8">
         <v>1864008</v>
       </c>
       <c r="F24" s="8">
         <v>1419656</v>
       </c>
       <c r="G24" s="8">
-        <v>1379315</v>
+        <v>1397361</v>
+      </c>
+      <c r="H24" s="8">
+        <v>1899273</v>
+      </c>
+      <c r="I24" s="9" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B25" s="8">
-        <v>10657408</v>
+        <v>10786177</v>
       </c>
       <c r="C25" s="8">
-        <v>10251233</v>
+        <v>10252256</v>
       </c>
       <c r="D25" s="8">
-        <v>12344140</v>
+        <v>12347693</v>
       </c>
       <c r="E25" s="8">
-        <v>8679219</v>
+        <v>8692817</v>
       </c>
       <c r="F25" s="8">
-        <v>8679107</v>
+        <v>8694207</v>
       </c>
       <c r="G25" s="8">
-        <v>10280481</v>
+        <v>10283942</v>
+      </c>
+      <c r="H25" s="8">
+        <v>10296526</v>
+      </c>
+      <c r="I25" s="8">
+        <v>15286533</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B26" s="8">
-        <v>6356029</v>
+        <v>6484797</v>
       </c>
       <c r="C26" s="8">
-        <v>6144355</v>
+        <v>6145372</v>
       </c>
       <c r="D26" s="8">
-        <v>6814707</v>
+        <v>6818275</v>
       </c>
       <c r="E26" s="8">
-        <v>5148167</v>
+        <v>5161761</v>
       </c>
       <c r="F26" s="8">
-        <v>5844683</v>
+        <v>5859737</v>
       </c>
       <c r="G26" s="8">
-        <v>6252285</v>
+        <v>6255369</v>
+      </c>
+      <c r="H26" s="8">
+        <v>6166671</v>
+      </c>
+      <c r="I26" s="8">
+        <v>10858337</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B27" s="8">
         <v>3960448</v>
       </c>
       <c r="C27" s="8">
         <v>3786655</v>
       </c>
       <c r="D27" s="8">
-        <v>5212443</v>
+        <v>5212422</v>
       </c>
       <c r="E27" s="8">
         <v>2933967</v>
       </c>
       <c r="F27" s="9" t="s">
         <v>25</v>
       </c>
       <c r="G27" s="8">
-        <v>3793850</v>
+        <v>3793852</v>
+      </c>
+      <c r="H27" s="8">
+        <v>3575264</v>
+      </c>
+      <c r="I27" s="9" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B28" s="8">
-        <v>24654</v>
+        <v>24655</v>
       </c>
       <c r="C28" s="8">
-        <v>34752</v>
+        <v>34758</v>
       </c>
       <c r="D28" s="8">
-        <v>27880</v>
+        <v>27887</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>25</v>
       </c>
       <c r="F28" s="8">
-        <v>49605</v>
+        <v>49652</v>
       </c>
       <c r="G28" s="8">
-        <v>30951</v>
+        <v>31012</v>
+      </c>
+      <c r="H28" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="I28" s="8">
+        <v>34000</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B29" s="8">
         <v>316278</v>
       </c>
       <c r="C29" s="8">
         <v>285472</v>
       </c>
       <c r="D29" s="8">
         <v>289110</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="F29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="G29" s="8">
-        <v>203395</v>
+        <v>203710</v>
+      </c>
+      <c r="H29" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="I29" s="9" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B30" s="8">
-        <v>5570587</v>
+        <v>5699333</v>
       </c>
       <c r="C30" s="8">
-        <v>5341808</v>
+        <v>5342734</v>
       </c>
       <c r="D30" s="8">
-        <v>4934786</v>
+        <v>4937646</v>
       </c>
       <c r="E30" s="8">
-        <v>3994522</v>
+        <v>4007988</v>
       </c>
       <c r="F30" s="8">
-        <v>4494610</v>
+        <v>4509690</v>
       </c>
       <c r="G30" s="8">
-        <v>4394343</v>
+        <v>4394573</v>
+      </c>
+      <c r="H30" s="8">
+        <v>5269235</v>
+      </c>
+      <c r="I30" s="8">
+        <v>4374158</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B31" s="8">
-        <v>1777208</v>
+        <v>1778285</v>
       </c>
       <c r="C31" s="8">
-        <v>1824508</v>
+        <v>1825434</v>
       </c>
       <c r="D31" s="8">
-        <v>1612103</v>
+        <v>1614018</v>
       </c>
       <c r="E31" s="8">
-        <v>1544185</v>
+        <v>1557651</v>
       </c>
       <c r="F31" s="8">
-        <v>1350227</v>
+        <v>1365306</v>
       </c>
       <c r="G31" s="8">
-        <v>1252068</v>
+        <v>1252298</v>
+      </c>
+      <c r="H31" s="8">
+        <v>1252485</v>
+      </c>
+      <c r="I31" s="8">
+        <v>993986</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B32" s="8">
-        <v>3793379</v>
+        <v>3921048</v>
       </c>
       <c r="C32" s="8">
         <v>3517300</v>
       </c>
       <c r="D32" s="8">
-        <v>3322684</v>
+        <v>3323629</v>
       </c>
       <c r="E32" s="8">
         <v>2450337</v>
       </c>
       <c r="F32" s="8">
         <v>3144384</v>
       </c>
       <c r="G32" s="8">
         <v>3142275</v>
       </c>
+      <c r="H32" s="8">
+        <v>4016750</v>
+      </c>
+      <c r="I32" s="8">
+        <v>3380172</v>
+      </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B33" s="8">
-        <v>1001579469</v>
+        <v>1005715109</v>
       </c>
       <c r="C33" s="8">
-        <v>985608923</v>
+        <v>989602176</v>
       </c>
       <c r="D33" s="8">
-        <v>995226621</v>
+        <v>998746371</v>
       </c>
       <c r="E33" s="8">
-        <v>935441654</v>
+        <v>938377905</v>
       </c>
       <c r="F33" s="8">
-        <v>903624787</v>
+        <v>907589454</v>
       </c>
       <c r="G33" s="8">
-        <v>898637920</v>
+        <v>905375560</v>
+      </c>
+      <c r="H33" s="8">
+        <v>834313193</v>
+      </c>
+      <c r="I33" s="8">
+        <v>799050129</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B34" s="8">
-        <v>959065036</v>
+        <v>963184012</v>
       </c>
       <c r="C34" s="8">
-        <v>942362086</v>
+        <v>946420269</v>
       </c>
       <c r="D34" s="8">
-        <v>947520969</v>
+        <v>953172671</v>
       </c>
       <c r="E34" s="8">
-        <v>889620843</v>
+        <v>894752901</v>
       </c>
       <c r="F34" s="8">
-        <v>860273257</v>
+        <v>866609304</v>
       </c>
       <c r="G34" s="8">
-        <v>850811396</v>
+        <v>859450637</v>
+      </c>
+      <c r="H34" s="8">
+        <v>792657819</v>
+      </c>
+      <c r="I34" s="8">
+        <v>758270310</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B35" s="8">
-        <v>10853617</v>
+        <v>10926171</v>
       </c>
       <c r="C35" s="8">
-        <v>10830196</v>
+        <v>10901311</v>
       </c>
       <c r="D35" s="8">
-        <v>11264570</v>
+        <v>11367217</v>
       </c>
       <c r="E35" s="8">
-        <v>10407193</v>
+        <v>10483372</v>
       </c>
       <c r="F35" s="8">
-        <v>10746560</v>
+        <v>10822795</v>
       </c>
       <c r="G35" s="8">
-        <v>11607388</v>
+        <v>11790267</v>
+      </c>
+      <c r="H35" s="8">
+        <v>10774006</v>
+      </c>
+      <c r="I35" s="8">
+        <v>10305299</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B36" s="8">
         <v>2080797</v>
       </c>
       <c r="C36" s="8">
         <v>1604872</v>
       </c>
       <c r="D36" s="8">
-        <v>1934167</v>
+        <v>1934286</v>
       </c>
       <c r="E36" s="8">
-        <v>2748880</v>
+        <v>2760825</v>
       </c>
       <c r="F36" s="8">
-        <v>1469719</v>
+        <v>1473613</v>
       </c>
       <c r="G36" s="8">
-        <v>1612689</v>
+        <v>1655850</v>
+      </c>
+      <c r="H36" s="8">
+        <v>1709433</v>
+      </c>
+      <c r="I36" s="8">
+        <v>1795059</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B37" s="8">
-        <v>24761986</v>
+        <v>24677205</v>
       </c>
       <c r="C37" s="8">
-        <v>26014317</v>
+        <v>25863460</v>
       </c>
       <c r="D37" s="8">
-        <v>28941418</v>
+        <v>26660462</v>
       </c>
       <c r="E37" s="8">
-        <v>28668796</v>
+        <v>26277733</v>
       </c>
       <c r="F37" s="8">
-        <v>27388328</v>
+        <v>24828004</v>
       </c>
       <c r="G37" s="8">
-        <v>29798540</v>
+        <v>27510523</v>
+      </c>
+      <c r="H37" s="8">
+        <v>24506730</v>
+      </c>
+      <c r="I37" s="8">
+        <v>24104650</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B38" s="8">
-        <v>892811</v>
+        <v>921702</v>
       </c>
       <c r="C38" s="8">
-        <v>876275</v>
+        <v>891088</v>
       </c>
       <c r="D38" s="8">
-        <v>894139</v>
+        <v>905198</v>
       </c>
       <c r="E38" s="8">
-        <v>1042194</v>
+        <v>1130270</v>
       </c>
       <c r="F38" s="8">
-        <v>1143435</v>
+        <v>1225260</v>
       </c>
       <c r="G38" s="8">
-        <v>1247091</v>
+        <v>1338775</v>
+      </c>
+      <c r="H38" s="8">
+        <v>1611053</v>
+      </c>
+      <c r="I38" s="8">
+        <v>1671851</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B39" s="8">
         <v>3925222</v>
       </c>
       <c r="C39" s="8">
         <v>3921177</v>
       </c>
       <c r="D39" s="8">
-        <v>4671358</v>
+        <v>4706537</v>
       </c>
       <c r="E39" s="8">
-        <v>2953749</v>
+        <v>2972804</v>
       </c>
       <c r="F39" s="8">
-        <v>2603489</v>
+        <v>2630479</v>
       </c>
       <c r="G39" s="8">
-        <v>3560815</v>
+        <v>3629509</v>
+      </c>
+      <c r="H39" s="8">
+        <v>3054153</v>
+      </c>
+      <c r="I39" s="8">
+        <v>2902960</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B40" s="8">
-        <v>1001579469</v>
+        <v>1005715109</v>
       </c>
       <c r="C40" s="8">
-        <v>985608923</v>
+        <v>989602176</v>
       </c>
       <c r="D40" s="8">
-        <v>995226621</v>
+        <v>998746371</v>
       </c>
       <c r="E40" s="8">
-        <v>935441654</v>
+        <v>938377905</v>
       </c>
       <c r="F40" s="8">
-        <v>903624787</v>
+        <v>907589454</v>
       </c>
       <c r="G40" s="8">
-        <v>898637920</v>
+        <v>905375560</v>
+      </c>
+      <c r="H40" s="8">
+        <v>834313193</v>
+      </c>
+      <c r="I40" s="8">
+        <v>799050129</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B41" s="8">
-        <v>166237307</v>
+        <v>166384792</v>
       </c>
       <c r="C41" s="8">
-        <v>168687243</v>
+        <v>168603856</v>
       </c>
       <c r="D41" s="8">
-        <v>173916451</v>
+        <v>174561620</v>
       </c>
       <c r="E41" s="8">
-        <v>177036659</v>
+        <v>176547453</v>
       </c>
       <c r="F41" s="8">
-        <v>177075682</v>
+        <v>177585924</v>
       </c>
       <c r="G41" s="8">
-        <v>188426065</v>
+        <v>189870508</v>
+      </c>
+      <c r="H41" s="8">
+        <v>183890148</v>
+      </c>
+      <c r="I41" s="8">
+        <v>185808549</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B42" s="8">
-        <v>835342162</v>
+        <v>839330317</v>
       </c>
       <c r="C42" s="8">
-        <v>816921680</v>
+        <v>820998320</v>
       </c>
       <c r="D42" s="8">
-        <v>821310169</v>
+        <v>824184750</v>
       </c>
       <c r="E42" s="8">
-        <v>758404995</v>
+        <v>761830452</v>
       </c>
       <c r="F42" s="8">
-        <v>726549105</v>
+        <v>730003531</v>
       </c>
       <c r="G42" s="8">
-        <v>710211855</v>
+        <v>715505052</v>
+      </c>
+      <c r="H42" s="8">
+        <v>650423045</v>
+      </c>
+      <c r="I42" s="8">
+        <v>613241580</v>
       </c>
     </row>
     <row r="43" ht="12" customHeight="1"/>
     <row r="44" ht="14" customHeight="1">
       <c r="A44" s="10" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B44" s="10"/>
       <c r="C44" s="10"/>
       <c r="D44" s="10"/>
       <c r="E44" s="10"/>
       <c r="F44" s="10"/>
       <c r="G44" s="10"/>
+      <c r="H44" s="10"/>
+      <c r="I44" s="10"/>
     </row>
     <row r="45" ht="14" customHeight="1">
       <c r="A45" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B45" s="11"/>
       <c r="C45" s="11"/>
       <c r="D45" s="11"/>
       <c r="E45" s="11"/>
       <c r="F45" s="11"/>
       <c r="G45" s="11"/>
+      <c r="H45" s="11"/>
+      <c r="I45" s="11"/>
     </row>
     <row r="46" ht="29" customHeight="1">
       <c r="A46" s="12" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B46" s="12"/>
       <c r="C46" s="12"/>
       <c r="D46" s="12"/>
       <c r="E46" s="12"/>
       <c r="F46" s="12"/>
       <c r="G46" s="12"/>
+      <c r="H46" s="12"/>
+      <c r="I46" s="12"/>
     </row>
     <row r="47" ht="14" customHeight="1">
       <c r="A47" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B47" s="11"/>
       <c r="C47" s="11"/>
       <c r="D47" s="11"/>
       <c r="E47" s="11"/>
       <c r="F47" s="11"/>
       <c r="G47" s="11"/>
+      <c r="H47" s="11"/>
+      <c r="I47" s="11"/>
     </row>
     <row r="48" ht="12" customHeight="1">
       <c r="A48" s="13" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B48" s="13"/>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="13"/>
       <c r="G48" s="13"/>
+      <c r="H48" s="13"/>
+      <c r="I48" s="13"/>
     </row>
     <row r="49" ht="14" customHeight="1">
       <c r="A49" s="12" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="12"/>
       <c r="E49" s="12"/>
       <c r="F49" s="12"/>
       <c r="G49" s="12"/>
+      <c r="H49" s="12"/>
+      <c r="I49" s="12"/>
     </row>
     <row r="50" ht="43" customHeight="1">
       <c r="A50" s="12" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B50" s="12"/>
       <c r="C50" s="12"/>
       <c r="D50" s="12"/>
       <c r="E50" s="12"/>
       <c r="F50" s="12"/>
       <c r="G50" s="12"/>
+      <c r="H50" s="12"/>
+      <c r="I50" s="12"/>
     </row>
     <row r="51" ht="14" customHeight="1">
       <c r="A51" s="12" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B51" s="12"/>
       <c r="C51" s="12"/>
       <c r="D51" s="12"/>
       <c r="E51" s="12"/>
       <c r="F51" s="12"/>
       <c r="G51" s="12"/>
+      <c r="H51" s="12"/>
+      <c r="I51" s="12"/>
     </row>
     <row r="52" ht="14" customHeight="1">
       <c r="A52" s="12" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B52" s="12"/>
       <c r="C52" s="12"/>
       <c r="D52" s="12"/>
       <c r="E52" s="12"/>
       <c r="F52" s="12"/>
       <c r="G52" s="12"/>
+      <c r="H52" s="12"/>
+      <c r="I52" s="12"/>
     </row>
     <row r="53" ht="12" customHeight="1">
       <c r="A53" s="13" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B53" s="13"/>
       <c r="C53" s="13"/>
       <c r="D53" s="13"/>
       <c r="E53" s="13"/>
       <c r="F53" s="13"/>
       <c r="G53" s="13"/>
+      <c r="H53" s="13"/>
+      <c r="I53" s="13"/>
     </row>
     <row r="54" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="16">
-    <mergeCell ref="A1:G1"/>
-[...14 lines deleted...]
-    <mergeCell ref="A53:G53"/>
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A2:I2"/>
+    <mergeCell ref="A3:I3"/>
+    <mergeCell ref="A4:I4"/>
+    <mergeCell ref="A5:I5"/>
+    <mergeCell ref="A6:I6"/>
+    <mergeCell ref="A44:I44"/>
+    <mergeCell ref="A45:I45"/>
+    <mergeCell ref="A46:I46"/>
+    <mergeCell ref="A47:I47"/>
+    <mergeCell ref="A48:I48"/>
+    <mergeCell ref="A49:I49"/>
+    <mergeCell ref="A50:I50"/>
+    <mergeCell ref="A51:I51"/>
+    <mergeCell ref="A52:I52"/>
+    <mergeCell ref="A53:I53"/>
   </mergeCells>
   <printOptions headings="0" horizontalCentered="0" verticalCentered="0" gridLines="0"/>
   <pageMargins left="0.05" right="0.05" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup paperSize="1" fitToWidth="1" fitToHeight="1" scale="100" orientation="landscape" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter>
     <oddHeader/>
     <oddFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr filterMode="0" enableFormatConditionsCalculation="0">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:N53"/>
   <sheetViews>
     <sheetView zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0">
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12" customHeight="1" x14ac:dyDescent="0"/>
   <cols>
     <col min="1" max="1" width="43.57" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="15.71" bestFit="1" customWidth="1"/>
@@ -2448,1775 +2688,1775 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B9" s="8">
         <v>1762</v>
       </c>
       <c r="C9" s="8">
         <v>1739</v>
       </c>
       <c r="D9" s="8">
         <v>3435</v>
       </c>
       <c r="E9" s="8">
         <v>1749</v>
       </c>
       <c r="F9" s="8">
         <v>1741</v>
       </c>
       <c r="G9" s="8">
         <v>3409</v>
       </c>
       <c r="H9" s="8">
         <v>1753</v>
       </c>
       <c r="I9" s="8">
         <v>1762</v>
       </c>
       <c r="J9" s="8">
         <v>3430</v>
       </c>
       <c r="K9" s="8">
         <v>1770</v>
       </c>
       <c r="L9" s="8">
         <v>1756</v>
       </c>
       <c r="M9" s="8">
-        <v>7642</v>
+        <v>7643</v>
       </c>
       <c r="N9" s="8">
-        <v>7918</v>
+        <v>7919</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B10" s="8">
         <v>51244081</v>
       </c>
       <c r="C10" s="8">
         <v>31989256</v>
       </c>
       <c r="D10" s="8">
         <v>32350961</v>
       </c>
       <c r="E10" s="8">
         <v>13547375</v>
       </c>
       <c r="F10" s="8">
         <v>12343928</v>
       </c>
       <c r="G10" s="8">
         <v>12488194</v>
       </c>
       <c r="H10" s="8">
         <v>10484238</v>
       </c>
       <c r="I10" s="8">
         <v>91025721</v>
       </c>
       <c r="J10" s="8">
         <v>158239705</v>
       </c>
       <c r="K10" s="8">
         <v>160293174</v>
       </c>
       <c r="L10" s="8">
         <v>122269737</v>
       </c>
       <c r="M10" s="8">
-        <v>160845441</v>
+        <v>160845479</v>
       </c>
       <c r="N10" s="8">
-        <v>857121811</v>
+        <v>857121849</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B11" s="8">
         <v>34485924</v>
       </c>
       <c r="C11" s="8">
         <v>23863569</v>
       </c>
       <c r="D11" s="8">
         <v>18293646</v>
       </c>
       <c r="E11" s="8">
         <v>8759544</v>
       </c>
       <c r="F11" s="8">
         <v>4610760</v>
       </c>
       <c r="G11" s="8">
         <v>3668515</v>
       </c>
       <c r="H11" s="8">
         <v>12750214</v>
       </c>
       <c r="I11" s="8">
         <v>69960839</v>
       </c>
       <c r="J11" s="8">
         <v>142199304</v>
       </c>
       <c r="K11" s="8">
         <v>142365590</v>
       </c>
       <c r="L11" s="8">
         <v>89771882</v>
       </c>
       <c r="M11" s="8">
-        <v>104495958</v>
+        <v>104495996</v>
       </c>
       <c r="N11" s="8">
-        <v>655225742</v>
+        <v>655225780</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B12" s="8">
         <v>13611051</v>
       </c>
       <c r="C12" s="8">
         <v>5389438</v>
       </c>
       <c r="D12" s="8">
         <v>9196449</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>25</v>
       </c>
       <c r="F12" s="8">
         <v>2979176</v>
       </c>
       <c r="G12" s="8">
         <v>2311805</v>
       </c>
       <c r="H12" s="8">
         <v>-5497289</v>
       </c>
       <c r="I12" s="8">
         <v>16962422</v>
       </c>
       <c r="J12" s="8">
         <v>11359862</v>
       </c>
       <c r="K12" s="8">
         <v>13947321</v>
       </c>
       <c r="L12" s="8">
         <v>29107824</v>
       </c>
       <c r="M12" s="8">
         <v>51399625</v>
       </c>
       <c r="N12" s="8">
         <v>151305807</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B13" s="8">
         <v>2304689</v>
       </c>
       <c r="C13" s="8">
         <v>1433695</v>
       </c>
       <c r="D13" s="8">
         <v>2831858</v>
       </c>
       <c r="E13" s="8">
         <v>3271485</v>
       </c>
       <c r="F13" s="8">
         <v>3232077</v>
       </c>
       <c r="G13" s="8">
         <v>3242165</v>
       </c>
       <c r="H13" s="8">
         <v>2122676</v>
       </c>
       <c r="I13" s="8">
         <v>2912058</v>
       </c>
       <c r="J13" s="8">
         <v>2653933</v>
       </c>
       <c r="K13" s="8">
         <v>2741837</v>
       </c>
       <c r="L13" s="8">
         <v>2513197</v>
       </c>
       <c r="M13" s="8">
         <v>1634964</v>
       </c>
       <c r="N13" s="8">
         <v>30894633</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B14" s="8">
         <v>11050</v>
       </c>
       <c r="C14" s="8">
         <v>15063</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>25</v>
       </c>
       <c r="E14" s="8">
         <v>5677</v>
       </c>
       <c r="F14" s="8">
         <v>14272</v>
       </c>
       <c r="G14" s="9" t="s">
         <v>25</v>
       </c>
       <c r="H14" s="8">
         <v>8657</v>
       </c>
       <c r="I14" s="8">
         <v>20114</v>
       </c>
       <c r="J14" s="8">
         <v>130992</v>
       </c>
       <c r="K14" s="8">
         <v>2991</v>
       </c>
       <c r="L14" s="9" t="s">
         <v>25</v>
       </c>
       <c r="M14" s="8">
         <v>105772</v>
       </c>
       <c r="N14" s="9" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B15" s="8">
         <v>831368</v>
       </c>
       <c r="C15" s="8">
         <v>1287492</v>
       </c>
       <c r="D15" s="9" t="s">
         <v>25</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>25</v>
       </c>
       <c r="F15" s="8">
         <v>1507644</v>
       </c>
       <c r="G15" s="9" t="s">
         <v>25</v>
       </c>
       <c r="H15" s="8">
         <v>1099982</v>
       </c>
       <c r="I15" s="8">
         <v>1170288</v>
       </c>
       <c r="J15" s="8">
         <v>1895613</v>
       </c>
       <c r="K15" s="8">
         <v>1235436</v>
       </c>
       <c r="L15" s="9" t="s">
         <v>25</v>
       </c>
       <c r="M15" s="8">
         <v>3209122</v>
       </c>
       <c r="N15" s="9" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B16" s="8">
         <v>48267129</v>
       </c>
       <c r="C16" s="8">
         <v>54022671</v>
       </c>
       <c r="D16" s="8">
         <v>62771171</v>
       </c>
       <c r="E16" s="8">
         <v>55106678</v>
       </c>
       <c r="F16" s="8">
         <v>55109398</v>
       </c>
       <c r="G16" s="8">
         <v>63792892</v>
       </c>
       <c r="H16" s="8">
         <v>51487865</v>
       </c>
       <c r="I16" s="8">
         <v>57494375</v>
       </c>
       <c r="J16" s="8">
         <v>65046497</v>
       </c>
       <c r="K16" s="8">
         <v>61410095</v>
       </c>
       <c r="L16" s="8">
         <v>64212216</v>
       </c>
       <c r="M16" s="8">
-        <v>72615438</v>
+        <v>72615474</v>
       </c>
       <c r="N16" s="8">
-        <v>711336426</v>
+        <v>711336462</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B17" s="8">
         <v>38705458</v>
       </c>
       <c r="C17" s="8">
         <v>44079982</v>
       </c>
       <c r="D17" s="8">
         <v>49985739</v>
       </c>
       <c r="E17" s="8">
         <v>44221642</v>
       </c>
       <c r="F17" s="8">
         <v>44190607</v>
       </c>
       <c r="G17" s="8">
         <v>49536044</v>
       </c>
       <c r="H17" s="8">
         <v>40990550</v>
       </c>
       <c r="I17" s="8">
         <v>44571623</v>
       </c>
       <c r="J17" s="8">
         <v>49645956</v>
       </c>
       <c r="K17" s="8">
         <v>49034092</v>
       </c>
       <c r="L17" s="8">
         <v>50972715</v>
       </c>
       <c r="M17" s="8">
-        <v>55091990</v>
+        <v>55092026</v>
       </c>
       <c r="N17" s="8">
-        <v>561026399</v>
+        <v>561026435</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B18" s="8">
         <v>4675859</v>
       </c>
       <c r="C18" s="8">
         <v>4988658</v>
       </c>
       <c r="D18" s="8">
         <v>7171058</v>
       </c>
       <c r="E18" s="8">
         <v>5304361</v>
       </c>
       <c r="F18" s="8">
         <v>4898716</v>
       </c>
       <c r="G18" s="8">
         <v>6761267</v>
       </c>
       <c r="H18" s="8">
         <v>4658333</v>
       </c>
       <c r="I18" s="8">
         <v>6280827</v>
       </c>
       <c r="J18" s="8">
         <v>7650771</v>
       </c>
       <c r="K18" s="8">
         <v>5850806</v>
       </c>
       <c r="L18" s="8">
         <v>5814147</v>
       </c>
       <c r="M18" s="8">
         <v>9010384</v>
       </c>
       <c r="N18" s="8">
         <v>73065186</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B19" s="8">
         <v>1362699</v>
       </c>
       <c r="C19" s="8">
         <v>1507132</v>
       </c>
       <c r="D19" s="8">
         <v>1659296</v>
       </c>
       <c r="E19" s="8">
         <v>1975608</v>
       </c>
       <c r="F19" s="8">
         <v>1901839</v>
       </c>
       <c r="G19" s="8">
         <v>2058186</v>
       </c>
       <c r="H19" s="8">
         <v>1797493</v>
       </c>
       <c r="I19" s="8">
         <v>2190328</v>
       </c>
       <c r="J19" s="8">
         <v>3065544</v>
       </c>
       <c r="K19" s="8">
         <v>3011231</v>
       </c>
       <c r="L19" s="8">
         <v>3726244</v>
       </c>
       <c r="M19" s="8">
         <v>3283727</v>
       </c>
       <c r="N19" s="8">
         <v>27539328</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B20" s="8">
         <v>54272</v>
       </c>
       <c r="C20" s="8">
         <v>58932</v>
       </c>
       <c r="D20" s="8">
         <v>76201</v>
       </c>
       <c r="E20" s="8">
         <v>61110</v>
       </c>
       <c r="F20" s="8">
         <v>75434</v>
       </c>
       <c r="G20" s="8">
         <v>196571</v>
       </c>
       <c r="H20" s="8">
         <v>51980</v>
       </c>
       <c r="I20" s="8">
         <v>66992</v>
       </c>
       <c r="J20" s="8">
         <v>124746</v>
       </c>
       <c r="K20" s="8">
         <v>89430</v>
       </c>
       <c r="L20" s="8">
         <v>141644</v>
       </c>
       <c r="M20" s="8">
         <v>192477</v>
       </c>
       <c r="N20" s="8">
         <v>1189790</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B21" s="8">
         <v>3468842</v>
       </c>
       <c r="C21" s="8">
         <v>3387968</v>
       </c>
       <c r="D21" s="8">
         <v>3878877</v>
       </c>
       <c r="E21" s="8">
         <v>3543957</v>
       </c>
       <c r="F21" s="8">
         <v>4042802</v>
       </c>
       <c r="G21" s="8">
         <v>5240823</v>
       </c>
       <c r="H21" s="8">
         <v>3989509</v>
       </c>
       <c r="I21" s="8">
         <v>4384604</v>
       </c>
       <c r="J21" s="8">
         <v>4559480</v>
       </c>
       <c r="K21" s="8">
         <v>3424537</v>
       </c>
       <c r="L21" s="8">
         <v>3557466</v>
       </c>
       <c r="M21" s="8">
         <v>5036859</v>
       </c>
       <c r="N21" s="8">
         <v>48515723</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B22" s="8">
         <v>48267129</v>
       </c>
       <c r="C22" s="8">
         <v>54022671</v>
       </c>
       <c r="D22" s="8">
         <v>62771171</v>
       </c>
       <c r="E22" s="8">
         <v>55106678</v>
       </c>
       <c r="F22" s="8">
         <v>55109398</v>
       </c>
       <c r="G22" s="8">
         <v>63792892</v>
       </c>
       <c r="H22" s="8">
         <v>51487865</v>
       </c>
       <c r="I22" s="8">
         <v>57494375</v>
       </c>
       <c r="J22" s="8">
         <v>65046497</v>
       </c>
       <c r="K22" s="8">
         <v>61410095</v>
       </c>
       <c r="L22" s="8">
         <v>64212216</v>
       </c>
       <c r="M22" s="8">
-        <v>72615438</v>
+        <v>72615474</v>
       </c>
       <c r="N22" s="8">
-        <v>711336426</v>
+        <v>711336462</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B23" s="8">
         <v>46402873</v>
       </c>
       <c r="C23" s="8">
         <v>51339018</v>
       </c>
       <c r="D23" s="8">
         <v>60668320</v>
       </c>
       <c r="E23" s="8">
         <v>52201125</v>
       </c>
       <c r="F23" s="8">
         <v>52544094</v>
       </c>
       <c r="G23" s="8">
         <v>62273986</v>
       </c>
       <c r="H23" s="8">
         <v>47588506</v>
       </c>
       <c r="I23" s="8">
         <v>56186095</v>
       </c>
       <c r="J23" s="8">
         <v>63104949</v>
       </c>
       <c r="K23" s="8">
         <v>59576702</v>
       </c>
       <c r="L23" s="8">
         <v>62574264</v>
       </c>
       <c r="M23" s="8">
-        <v>69615688</v>
+        <v>69615724</v>
       </c>
       <c r="N23" s="8">
-        <v>684075619</v>
+        <v>684075655</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B24" s="8">
         <v>1864257</v>
       </c>
       <c r="C24" s="8">
         <v>2683653</v>
       </c>
       <c r="D24" s="8">
         <v>2102851</v>
       </c>
       <c r="E24" s="8">
         <v>2905553</v>
       </c>
       <c r="F24" s="8">
         <v>2565304</v>
       </c>
       <c r="G24" s="8">
         <v>1518907</v>
       </c>
       <c r="H24" s="8">
         <v>3899359</v>
       </c>
       <c r="I24" s="8">
         <v>1308280</v>
       </c>
       <c r="J24" s="8">
         <v>1941548</v>
       </c>
       <c r="K24" s="8">
         <v>1833394</v>
       </c>
       <c r="L24" s="8">
         <v>1637952</v>
       </c>
       <c r="M24" s="8">
         <v>2999750</v>
       </c>
       <c r="N24" s="8">
         <v>27260807</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B25" s="8">
         <v>9779534</v>
       </c>
       <c r="C25" s="8">
         <v>8643749</v>
       </c>
       <c r="D25" s="8">
         <v>11061034</v>
       </c>
       <c r="E25" s="8">
         <v>11364178</v>
       </c>
       <c r="F25" s="8">
         <v>9218460</v>
       </c>
       <c r="G25" s="8">
         <v>10567835</v>
       </c>
       <c r="H25" s="8">
         <v>8975346</v>
       </c>
       <c r="I25" s="8">
         <v>11413105</v>
       </c>
       <c r="J25" s="8">
         <v>11230857</v>
       </c>
       <c r="K25" s="8">
         <v>10400211</v>
       </c>
       <c r="L25" s="8">
         <v>8597277</v>
       </c>
       <c r="M25" s="8">
-        <v>10265642</v>
+        <v>10265644</v>
       </c>
       <c r="N25" s="8">
-        <v>121517228</v>
+        <v>121517230</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B26" s="8">
         <v>8752265</v>
       </c>
       <c r="C26" s="8">
         <v>7739857</v>
       </c>
       <c r="D26" s="8">
         <v>9914164</v>
       </c>
       <c r="E26" s="8">
         <v>7578000</v>
       </c>
       <c r="F26" s="8">
         <v>7644234</v>
       </c>
       <c r="G26" s="8">
         <v>9168672</v>
       </c>
       <c r="H26" s="8">
         <v>7968645</v>
       </c>
       <c r="I26" s="8">
         <v>10059147</v>
       </c>
       <c r="J26" s="8">
         <v>9968757</v>
       </c>
       <c r="K26" s="8">
         <v>8996682</v>
       </c>
       <c r="L26" s="8">
         <v>7175625</v>
       </c>
       <c r="M26" s="8">
-        <v>8280272</v>
+        <v>8280274</v>
       </c>
       <c r="N26" s="8">
-        <v>103246320</v>
+        <v>103246322</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B27" s="8">
         <v>889997</v>
       </c>
       <c r="C27" s="8">
         <v>750004</v>
       </c>
       <c r="D27" s="8">
         <v>1000566</v>
       </c>
       <c r="E27" s="8">
         <v>3595051</v>
       </c>
       <c r="F27" s="8">
         <v>1439214</v>
       </c>
       <c r="G27" s="8">
         <v>1216188</v>
       </c>
       <c r="H27" s="8">
         <v>825830</v>
       </c>
       <c r="I27" s="8">
         <v>1108006</v>
       </c>
       <c r="J27" s="8">
         <v>1022179</v>
       </c>
       <c r="K27" s="8">
         <v>1225746</v>
       </c>
       <c r="L27" s="8">
         <v>1184197</v>
       </c>
       <c r="M27" s="8">
         <v>1172107</v>
       </c>
       <c r="N27" s="8">
         <v>15429085</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B28" s="8">
         <v>107787</v>
       </c>
       <c r="C28" s="8">
         <v>84847</v>
       </c>
       <c r="D28" s="8">
         <v>88944</v>
       </c>
       <c r="E28" s="8">
         <v>105165</v>
       </c>
       <c r="F28" s="9" t="s">
         <v>25</v>
       </c>
       <c r="G28" s="8">
         <v>75469</v>
       </c>
       <c r="H28" s="8">
         <v>68899</v>
       </c>
       <c r="I28" s="8">
         <v>138674</v>
       </c>
       <c r="J28" s="8">
         <v>176895</v>
       </c>
       <c r="K28" s="8">
         <v>139408</v>
       </c>
       <c r="L28" s="8">
         <v>179741</v>
       </c>
       <c r="M28" s="9" t="s">
         <v>25</v>
       </c>
       <c r="N28" s="8">
         <v>1402127</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B29" s="8">
         <v>29485</v>
       </c>
       <c r="C29" s="8">
         <v>69040</v>
       </c>
       <c r="D29" s="8">
         <v>57360</v>
       </c>
       <c r="E29" s="8">
         <v>85962</v>
       </c>
       <c r="F29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="G29" s="8">
         <v>107505</v>
       </c>
       <c r="H29" s="8">
         <v>111972</v>
       </c>
       <c r="I29" s="8">
         <v>107279</v>
       </c>
       <c r="J29" s="8">
         <v>63026</v>
       </c>
       <c r="K29" s="8">
         <v>38376</v>
       </c>
       <c r="L29" s="8">
         <v>57714</v>
       </c>
       <c r="M29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="N29" s="8">
         <v>1439696</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B30" s="8">
         <v>8703884</v>
       </c>
       <c r="C30" s="8">
         <v>7657056</v>
       </c>
       <c r="D30" s="8">
         <v>9460590</v>
       </c>
       <c r="E30" s="8">
         <v>7879182</v>
       </c>
       <c r="F30" s="8">
         <v>7968736</v>
       </c>
       <c r="G30" s="8">
         <v>9084320</v>
       </c>
       <c r="H30" s="8">
         <v>8205627</v>
       </c>
       <c r="I30" s="8">
         <v>10034237</v>
       </c>
       <c r="J30" s="8">
         <v>9227381</v>
       </c>
       <c r="K30" s="8">
         <v>8711999</v>
       </c>
       <c r="L30" s="8">
         <v>7028181</v>
       </c>
       <c r="M30" s="8">
         <v>7292525</v>
       </c>
       <c r="N30" s="8">
         <v>101253719</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B31" s="8">
         <v>4647157</v>
       </c>
       <c r="C31" s="8">
         <v>4911365</v>
       </c>
       <c r="D31" s="8">
         <v>5021508</v>
       </c>
       <c r="E31" s="8">
         <v>4209999</v>
       </c>
       <c r="F31" s="8">
         <v>4439186</v>
       </c>
       <c r="G31" s="8">
         <v>5258621</v>
       </c>
       <c r="H31" s="8">
         <v>4166066</v>
       </c>
       <c r="I31" s="8">
         <v>5450434</v>
       </c>
       <c r="J31" s="8">
         <v>4931370</v>
       </c>
       <c r="K31" s="8">
         <v>4693475</v>
       </c>
       <c r="L31" s="8">
         <v>4636152</v>
       </c>
       <c r="M31" s="8">
         <v>4018431</v>
       </c>
       <c r="N31" s="8">
         <v>56383765</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B32" s="8">
         <v>4056727</v>
       </c>
       <c r="C32" s="8">
         <v>2745691</v>
       </c>
       <c r="D32" s="8">
         <v>4439082</v>
       </c>
       <c r="E32" s="8">
         <v>3669182</v>
       </c>
       <c r="F32" s="8">
         <v>3529550</v>
       </c>
       <c r="G32" s="8">
         <v>3825699</v>
       </c>
       <c r="H32" s="8">
         <v>4039561</v>
       </c>
       <c r="I32" s="8">
         <v>4583803</v>
       </c>
       <c r="J32" s="8">
         <v>4296011</v>
       </c>
       <c r="K32" s="8">
         <v>4018524</v>
       </c>
       <c r="L32" s="8">
         <v>2392030</v>
       </c>
       <c r="M32" s="8">
         <v>3274094</v>
       </c>
       <c r="N32" s="8">
         <v>44869954</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B33" s="8">
         <v>1117168915</v>
       </c>
       <c r="C33" s="8">
         <v>1079538145</v>
       </c>
       <c r="D33" s="8">
         <v>1072472769</v>
       </c>
       <c r="E33" s="8">
         <v>995545487</v>
       </c>
       <c r="F33" s="8">
         <v>946347713</v>
       </c>
       <c r="G33" s="8">
         <v>912694287</v>
       </c>
       <c r="H33" s="8">
         <v>841668037</v>
       </c>
       <c r="I33" s="8">
         <v>855612192</v>
       </c>
       <c r="J33" s="8">
         <v>943390959</v>
       </c>
       <c r="K33" s="8">
         <v>1011670528</v>
       </c>
       <c r="L33" s="8">
         <v>1060647201</v>
       </c>
       <c r="M33" s="8">
         <v>1169959171</v>
       </c>
       <c r="N33" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B34" s="8">
         <v>843750106</v>
       </c>
       <c r="C34" s="8">
         <v>813085256</v>
       </c>
       <c r="D34" s="8">
         <v>797520845</v>
       </c>
       <c r="E34" s="8">
         <v>745328375</v>
       </c>
       <c r="F34" s="8">
         <v>703019651</v>
       </c>
       <c r="G34" s="8">
         <v>669630161</v>
       </c>
       <c r="H34" s="8">
         <v>620987220</v>
       </c>
       <c r="I34" s="8">
         <v>640640663</v>
       </c>
       <c r="J34" s="8">
         <v>728103164</v>
       </c>
       <c r="K34" s="8">
         <v>803504556</v>
       </c>
       <c r="L34" s="8">
         <v>836754970</v>
       </c>
       <c r="M34" s="8">
         <v>892721411</v>
       </c>
       <c r="N34" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B35" s="8">
         <v>251389858</v>
       </c>
       <c r="C35" s="8">
         <v>244749361</v>
       </c>
       <c r="D35" s="8">
         <v>249928805</v>
       </c>
       <c r="E35" s="8">
         <v>225536578</v>
       </c>
       <c r="F35" s="8">
         <v>217320307</v>
       </c>
       <c r="G35" s="8">
         <v>215934467</v>
       </c>
       <c r="H35" s="8">
         <v>193782614</v>
       </c>
       <c r="I35" s="8">
         <v>180828658</v>
       </c>
       <c r="J35" s="8">
         <v>188191971</v>
       </c>
       <c r="K35" s="8">
         <v>181524451</v>
       </c>
       <c r="L35" s="8">
         <v>199053666</v>
       </c>
       <c r="M35" s="8">
         <v>253318343</v>
       </c>
       <c r="N35" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B36" s="8">
         <v>889719</v>
       </c>
       <c r="C36" s="8">
         <v>798535</v>
       </c>
       <c r="D36" s="8">
         <v>1599349</v>
       </c>
       <c r="E36" s="8">
         <v>1561221</v>
       </c>
       <c r="F36" s="8">
         <v>1522225</v>
       </c>
       <c r="G36" s="8">
         <v>1104771</v>
       </c>
       <c r="H36" s="8">
         <v>1030049</v>
       </c>
       <c r="I36" s="9" t="s">
         <v>25</v>
       </c>
       <c r="J36" s="8">
         <v>1026508</v>
       </c>
       <c r="K36" s="8">
         <v>1049808</v>
       </c>
       <c r="L36" s="8">
         <v>1002252</v>
       </c>
       <c r="M36" s="8">
         <v>1435190</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B37" s="8">
         <v>16915042</v>
       </c>
       <c r="C37" s="8">
         <v>16673648</v>
       </c>
       <c r="D37" s="8">
         <v>18611633</v>
       </c>
       <c r="E37" s="8">
         <v>19279874</v>
       </c>
       <c r="F37" s="8">
         <v>20397886</v>
       </c>
       <c r="G37" s="8">
         <v>21409987</v>
       </c>
       <c r="H37" s="8">
         <v>21585925</v>
       </c>
       <c r="I37" s="8">
         <v>21946833</v>
       </c>
       <c r="J37" s="8">
         <v>21000869</v>
       </c>
       <c r="K37" s="8">
         <v>20571465</v>
       </c>
       <c r="L37" s="8">
         <v>19225340</v>
       </c>
       <c r="M37" s="8">
         <v>16861408</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B38" s="8">
         <v>402446</v>
       </c>
       <c r="C38" s="8">
         <v>304418</v>
       </c>
       <c r="D38" s="8">
         <v>353108</v>
       </c>
       <c r="E38" s="8">
         <v>309942</v>
       </c>
       <c r="F38" s="8">
         <v>314962</v>
       </c>
       <c r="G38" s="8">
         <v>328313</v>
       </c>
       <c r="H38" s="8">
         <v>314522</v>
       </c>
       <c r="I38" s="8">
         <v>280547</v>
       </c>
       <c r="J38" s="8">
         <v>379973</v>
       </c>
       <c r="K38" s="8">
         <v>386482</v>
       </c>
       <c r="L38" s="8">
         <v>330334</v>
       </c>
       <c r="M38" s="8">
         <v>317307</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B39" s="8">
         <v>3821744</v>
       </c>
       <c r="C39" s="8">
         <v>3926927</v>
       </c>
       <c r="D39" s="8">
         <v>4459028</v>
       </c>
       <c r="E39" s="8">
         <v>3529497</v>
       </c>
       <c r="F39" s="8">
         <v>3772682</v>
       </c>
       <c r="G39" s="8">
         <v>4286587</v>
       </c>
       <c r="H39" s="8">
         <v>3967708</v>
       </c>
       <c r="I39" s="9" t="s">
         <v>25</v>
       </c>
       <c r="J39" s="8">
         <v>4688474</v>
       </c>
       <c r="K39" s="8">
         <v>4633767</v>
       </c>
       <c r="L39" s="8">
         <v>4280640</v>
       </c>
       <c r="M39" s="8">
         <v>5305512</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B40" s="8">
         <v>1117168915</v>
       </c>
       <c r="C40" s="8">
         <v>1079538145</v>
       </c>
       <c r="D40" s="8">
         <v>1072472769</v>
       </c>
       <c r="E40" s="8">
         <v>995545487</v>
       </c>
       <c r="F40" s="8">
         <v>946347713</v>
       </c>
       <c r="G40" s="8">
         <v>912694287</v>
       </c>
       <c r="H40" s="8">
         <v>841668037</v>
       </c>
       <c r="I40" s="8">
         <v>855612192</v>
       </c>
       <c r="J40" s="8">
         <v>943390959</v>
       </c>
       <c r="K40" s="8">
         <v>1011670528</v>
       </c>
       <c r="L40" s="8">
         <v>1060647201</v>
       </c>
       <c r="M40" s="8">
         <v>1169959171</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B41" s="8">
         <v>181759772</v>
       </c>
       <c r="C41" s="8">
         <v>180726105</v>
       </c>
       <c r="D41" s="8">
         <v>190425253</v>
       </c>
       <c r="E41" s="8">
         <v>188919849</v>
       </c>
       <c r="F41" s="8">
         <v>194721999</v>
       </c>
       <c r="G41" s="8">
         <v>204784924</v>
       </c>
       <c r="H41" s="8">
         <v>202407311</v>
       </c>
       <c r="I41" s="8">
         <v>213303762</v>
       </c>
       <c r="J41" s="8">
         <v>216597536</v>
       </c>
       <c r="K41" s="8">
         <v>204334703</v>
       </c>
       <c r="L41" s="8">
         <v>193313829</v>
       </c>
       <c r="M41" s="8">
         <v>189277885</v>
       </c>
       <c r="N41" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B42" s="8">
         <v>935409143</v>
       </c>
       <c r="C42" s="8">
         <v>898812039</v>
       </c>
       <c r="D42" s="8">
         <v>882047516</v>
       </c>
       <c r="E42" s="8">
         <v>806625638</v>
       </c>
       <c r="F42" s="8">
         <v>751625714</v>
       </c>
       <c r="G42" s="8">
         <v>707909363</v>
       </c>
       <c r="H42" s="8">
         <v>639260726</v>
       </c>
       <c r="I42" s="8">
         <v>642308429</v>
       </c>
       <c r="J42" s="8">
         <v>726793423</v>
       </c>
       <c r="K42" s="8">
         <v>807335825</v>
       </c>
       <c r="L42" s="8">
         <v>867333372</v>
       </c>
       <c r="M42" s="8">
         <v>980681287</v>
       </c>
       <c r="N42" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="43" ht="12" customHeight="1"/>
     <row r="44" ht="14" customHeight="1">
       <c r="A44" s="10" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B44" s="10"/>
       <c r="C44" s="10"/>
       <c r="D44" s="10"/>
       <c r="E44" s="10"/>
       <c r="F44" s="10"/>
       <c r="G44" s="10"/>
       <c r="H44" s="10"/>
       <c r="I44" s="10"/>
       <c r="J44" s="10"/>
       <c r="K44" s="10"/>
       <c r="L44" s="10"/>
       <c r="M44" s="10"/>
       <c r="N44" s="10"/>
     </row>
     <row r="45" ht="14" customHeight="1">
       <c r="A45" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B45" s="11"/>
       <c r="C45" s="11"/>
       <c r="D45" s="11"/>
       <c r="E45" s="11"/>
       <c r="F45" s="11"/>
       <c r="G45" s="11"/>
       <c r="H45" s="11"/>
       <c r="I45" s="11"/>
       <c r="J45" s="11"/>
       <c r="K45" s="11"/>
       <c r="L45" s="11"/>
       <c r="M45" s="11"/>
       <c r="N45" s="11"/>
     </row>
     <row r="46" ht="29" customHeight="1">
       <c r="A46" s="12" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B46" s="12"/>
       <c r="C46" s="12"/>
       <c r="D46" s="12"/>
       <c r="E46" s="12"/>
       <c r="F46" s="12"/>
       <c r="G46" s="12"/>
       <c r="H46" s="12"/>
       <c r="I46" s="12"/>
       <c r="J46" s="12"/>
       <c r="K46" s="12"/>
       <c r="L46" s="12"/>
       <c r="M46" s="12"/>
       <c r="N46" s="12"/>
     </row>
     <row r="47" ht="43" customHeight="1">
       <c r="A47" s="12" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B47" s="12"/>
       <c r="C47" s="12"/>
       <c r="D47" s="12"/>
       <c r="E47" s="12"/>
       <c r="F47" s="12"/>
       <c r="G47" s="12"/>
       <c r="H47" s="12"/>
       <c r="I47" s="12"/>
       <c r="J47" s="12"/>
       <c r="K47" s="12"/>
       <c r="L47" s="12"/>
       <c r="M47" s="12"/>
       <c r="N47" s="12"/>
     </row>
     <row r="48" ht="12" customHeight="1">
       <c r="A48" s="13" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B48" s="13"/>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="13"/>
       <c r="G48" s="13"/>
       <c r="H48" s="13"/>
       <c r="I48" s="13"/>
       <c r="J48" s="13"/>
       <c r="K48" s="13"/>
       <c r="L48" s="13"/>
       <c r="M48" s="13"/>
       <c r="N48" s="13"/>
     </row>
     <row r="49" ht="14" customHeight="1">
       <c r="A49" s="12" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="12"/>
       <c r="E49" s="12"/>
       <c r="F49" s="12"/>
       <c r="G49" s="12"/>
       <c r="H49" s="12"/>
       <c r="I49" s="12"/>
       <c r="J49" s="12"/>
       <c r="K49" s="12"/>
       <c r="L49" s="12"/>
       <c r="M49" s="12"/>
       <c r="N49" s="12"/>
     </row>
     <row r="50" ht="43" customHeight="1">
       <c r="A50" s="12" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B50" s="12"/>
       <c r="C50" s="12"/>
       <c r="D50" s="12"/>
       <c r="E50" s="12"/>
       <c r="F50" s="12"/>
       <c r="G50" s="12"/>
       <c r="H50" s="12"/>
       <c r="I50" s="12"/>
       <c r="J50" s="12"/>
       <c r="K50" s="12"/>
       <c r="L50" s="12"/>
       <c r="M50" s="12"/>
       <c r="N50" s="12"/>
     </row>
     <row r="51" ht="14" customHeight="1">
       <c r="A51" s="12" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B51" s="12"/>
       <c r="C51" s="12"/>
       <c r="D51" s="12"/>
       <c r="E51" s="12"/>
       <c r="F51" s="12"/>
       <c r="G51" s="12"/>
       <c r="H51" s="12"/>
       <c r="I51" s="12"/>
       <c r="J51" s="12"/>
       <c r="K51" s="12"/>
       <c r="L51" s="12"/>
       <c r="M51" s="12"/>
       <c r="N51" s="12"/>
     </row>
     <row r="52" ht="14" customHeight="1">
       <c r="A52" s="12" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B52" s="12"/>
       <c r="C52" s="12"/>
       <c r="D52" s="12"/>
       <c r="E52" s="12"/>
       <c r="F52" s="12"/>
       <c r="G52" s="12"/>
       <c r="H52" s="12"/>
       <c r="I52" s="12"/>
       <c r="J52" s="12"/>
       <c r="K52" s="12"/>
       <c r="L52" s="12"/>
       <c r="M52" s="12"/>
       <c r="N52" s="12"/>
     </row>
     <row r="53" ht="12" customHeight="1">
       <c r="A53" s="13" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B53" s="13"/>
       <c r="C53" s="13"/>
       <c r="D53" s="13"/>
       <c r="E53" s="13"/>
       <c r="F53" s="13"/>
       <c r="G53" s="13"/>
       <c r="H53" s="13"/>
       <c r="I53" s="13"/>
       <c r="J53" s="13"/>
       <c r="K53" s="13"/>
       <c r="L53" s="13"/>
       <c r="M53" s="13"/>
       <c r="N53" s="13"/>
     </row>
     <row r="54" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A44:N44"/>
@@ -4258,1775 +4498,1775 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B9" s="8">
         <v>1828</v>
       </c>
       <c r="C9" s="8">
         <v>1785</v>
       </c>
       <c r="D9" s="8">
         <v>3302</v>
       </c>
       <c r="E9" s="8">
         <v>1790</v>
       </c>
       <c r="F9" s="8">
         <v>1776</v>
       </c>
       <c r="G9" s="8">
         <v>3303</v>
       </c>
       <c r="H9" s="8">
         <v>1793</v>
       </c>
       <c r="I9" s="8">
         <v>1780</v>
       </c>
       <c r="J9" s="8">
         <v>3340</v>
       </c>
       <c r="K9" s="8">
         <v>1798</v>
       </c>
       <c r="L9" s="8">
         <v>1769</v>
       </c>
       <c r="M9" s="8">
-        <v>7302</v>
+        <v>7303</v>
       </c>
       <c r="N9" s="8">
-        <v>7579</v>
+        <v>7580</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B10" s="8">
         <v>48686814</v>
       </c>
       <c r="C10" s="8">
         <v>25014469</v>
       </c>
       <c r="D10" s="8">
         <v>23059265</v>
       </c>
       <c r="E10" s="8">
         <v>20313638</v>
       </c>
       <c r="F10" s="8">
         <v>16470547</v>
       </c>
       <c r="G10" s="8">
         <v>15131200</v>
       </c>
       <c r="H10" s="8">
         <v>14693520</v>
       </c>
       <c r="I10" s="8">
         <v>86273861</v>
       </c>
       <c r="J10" s="8">
         <v>199406916</v>
       </c>
       <c r="K10" s="8">
         <v>159080981</v>
       </c>
       <c r="L10" s="8">
         <v>85165670</v>
       </c>
       <c r="M10" s="8">
-        <v>121686213</v>
+        <v>121686721</v>
       </c>
       <c r="N10" s="8">
-        <v>814983094</v>
+        <v>814983602</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B11" s="8">
         <v>31023899</v>
       </c>
       <c r="C11" s="8">
         <v>16604494</v>
       </c>
       <c r="D11" s="8">
         <v>18370950</v>
       </c>
       <c r="E11" s="8">
         <v>15308960</v>
       </c>
       <c r="F11" s="8">
         <v>15649681</v>
       </c>
       <c r="G11" s="8">
         <v>12183590</v>
       </c>
       <c r="H11" s="8">
         <v>15889091</v>
       </c>
       <c r="I11" s="8">
         <v>70450662</v>
       </c>
       <c r="J11" s="8">
         <v>177419617</v>
       </c>
       <c r="K11" s="8">
         <v>130264802</v>
       </c>
       <c r="L11" s="8">
         <v>57961733</v>
       </c>
       <c r="M11" s="8">
-        <v>76870254</v>
+        <v>76870762</v>
       </c>
       <c r="N11" s="8">
-        <v>637997734</v>
+        <v>637998242</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B12" s="8">
         <v>14538791</v>
       </c>
       <c r="C12" s="8">
         <v>5373686</v>
       </c>
       <c r="D12" s="8">
         <v>-17853</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>25</v>
       </c>
       <c r="F12" s="8">
         <v>-2406068</v>
       </c>
       <c r="G12" s="8">
         <v>-2695137</v>
       </c>
       <c r="H12" s="8">
         <v>-5150761</v>
       </c>
       <c r="I12" s="8">
         <v>11354702</v>
       </c>
       <c r="J12" s="8">
         <v>16908428</v>
       </c>
       <c r="K12" s="8">
         <v>24680073</v>
       </c>
       <c r="L12" s="8">
         <v>24031862</v>
       </c>
       <c r="M12" s="8">
         <v>40269940</v>
       </c>
       <c r="N12" s="8">
         <v>127827800</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B13" s="8">
         <v>2089630</v>
       </c>
       <c r="C13" s="8">
         <v>1855006</v>
       </c>
       <c r="D13" s="8">
         <v>3013010</v>
       </c>
       <c r="E13" s="8">
         <v>2813309</v>
       </c>
       <c r="F13" s="8">
         <v>2156708</v>
       </c>
       <c r="G13" s="8">
         <v>3589176</v>
       </c>
       <c r="H13" s="8">
         <v>2970162</v>
       </c>
       <c r="I13" s="8">
         <v>2974989</v>
       </c>
       <c r="J13" s="8">
         <v>2877082</v>
       </c>
       <c r="K13" s="8">
         <v>2692039</v>
       </c>
       <c r="L13" s="8">
         <v>1979163</v>
       </c>
       <c r="M13" s="8">
         <v>1301387</v>
       </c>
       <c r="N13" s="8">
         <v>30311661</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B14" s="8">
         <v>8662</v>
       </c>
       <c r="C14" s="8">
         <v>5647</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>25</v>
       </c>
       <c r="E14" s="8">
         <v>7295</v>
       </c>
       <c r="F14" s="8">
         <v>5673</v>
       </c>
       <c r="G14" s="9" t="s">
         <v>25</v>
       </c>
       <c r="H14" s="8">
         <v>10756</v>
       </c>
       <c r="I14" s="9" t="s">
         <v>25</v>
       </c>
       <c r="J14" s="9" t="s">
         <v>25</v>
       </c>
       <c r="K14" s="8">
         <v>8709</v>
       </c>
       <c r="L14" s="8">
         <v>5028</v>
       </c>
       <c r="M14" s="8">
         <v>129698</v>
       </c>
       <c r="N14" s="9" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B15" s="8">
         <v>1025832</v>
       </c>
       <c r="C15" s="8">
         <v>1175636</v>
       </c>
       <c r="D15" s="9" t="s">
         <v>25</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>25</v>
       </c>
       <c r="F15" s="8">
         <v>1064554</v>
       </c>
       <c r="G15" s="9" t="s">
         <v>25</v>
       </c>
       <c r="H15" s="8">
         <v>974272</v>
       </c>
       <c r="I15" s="9" t="s">
         <v>25</v>
       </c>
       <c r="J15" s="9" t="s">
         <v>25</v>
       </c>
       <c r="K15" s="8">
         <v>1435357</v>
       </c>
       <c r="L15" s="8">
         <v>1187883</v>
       </c>
       <c r="M15" s="8">
         <v>3114934</v>
       </c>
       <c r="N15" s="9" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B16" s="8">
         <v>49297675</v>
       </c>
       <c r="C16" s="8">
         <v>48481294</v>
       </c>
       <c r="D16" s="8">
         <v>60942507</v>
       </c>
       <c r="E16" s="8">
         <v>56302467</v>
       </c>
       <c r="F16" s="8">
         <v>53626497</v>
       </c>
       <c r="G16" s="8">
         <v>63372733</v>
       </c>
       <c r="H16" s="8">
         <v>55121663</v>
       </c>
       <c r="I16" s="8">
         <v>51967305</v>
       </c>
       <c r="J16" s="8">
         <v>66161121</v>
       </c>
       <c r="K16" s="8">
         <v>62186151</v>
       </c>
       <c r="L16" s="8">
         <v>62340758</v>
       </c>
       <c r="M16" s="8">
-        <v>71684009</v>
+        <v>71684507</v>
       </c>
       <c r="N16" s="8">
-        <v>701484180</v>
+        <v>701484678</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B17" s="8">
         <v>39248215</v>
       </c>
       <c r="C17" s="8">
         <v>38906287</v>
       </c>
       <c r="D17" s="8">
         <v>48298204</v>
       </c>
       <c r="E17" s="8">
         <v>44791088</v>
       </c>
       <c r="F17" s="8">
         <v>42590868</v>
       </c>
       <c r="G17" s="8">
         <v>49039640</v>
       </c>
       <c r="H17" s="8">
         <v>43298860</v>
       </c>
       <c r="I17" s="8">
         <v>40011882</v>
       </c>
       <c r="J17" s="8">
         <v>50548301</v>
       </c>
       <c r="K17" s="8">
         <v>48789632</v>
       </c>
       <c r="L17" s="8">
         <v>48918176</v>
       </c>
       <c r="M17" s="8">
-        <v>53924687</v>
+        <v>53925185</v>
       </c>
       <c r="N17" s="8">
-        <v>548365840</v>
+        <v>548366338</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B18" s="8">
         <v>4181586</v>
       </c>
       <c r="C18" s="8">
         <v>4222360</v>
       </c>
       <c r="D18" s="8">
         <v>6645754</v>
       </c>
       <c r="E18" s="8">
         <v>5333910</v>
       </c>
       <c r="F18" s="8">
         <v>4705603</v>
       </c>
       <c r="G18" s="8">
         <v>6555603</v>
       </c>
       <c r="H18" s="8">
         <v>5012177</v>
       </c>
       <c r="I18" s="8">
         <v>5428123</v>
       </c>
       <c r="J18" s="8">
         <v>7443853</v>
       </c>
       <c r="K18" s="8">
         <v>6192776</v>
       </c>
       <c r="L18" s="8">
         <v>5689737</v>
       </c>
       <c r="M18" s="8">
         <v>8784781</v>
       </c>
       <c r="N18" s="8">
         <v>70196263</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B19" s="8">
         <v>1526833</v>
       </c>
       <c r="C19" s="8">
         <v>1333751</v>
       </c>
       <c r="D19" s="8">
         <v>1495088</v>
       </c>
       <c r="E19" s="8">
         <v>1736513</v>
       </c>
       <c r="F19" s="8">
         <v>1701357</v>
       </c>
       <c r="G19" s="8">
         <v>1906445</v>
       </c>
       <c r="H19" s="8">
         <v>1710651</v>
       </c>
       <c r="I19" s="8">
         <v>1781830</v>
       </c>
       <c r="J19" s="8">
         <v>2501236</v>
       </c>
       <c r="K19" s="8">
         <v>2884161</v>
       </c>
       <c r="L19" s="8">
         <v>3509320</v>
       </c>
       <c r="M19" s="8">
         <v>3348893</v>
       </c>
       <c r="N19" s="8">
         <v>25436078</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B20" s="8">
         <v>63347</v>
       </c>
       <c r="C20" s="8">
         <v>58754</v>
       </c>
       <c r="D20" s="8">
         <v>68516</v>
       </c>
       <c r="E20" s="8">
         <v>91465</v>
       </c>
       <c r="F20" s="8">
         <v>85471</v>
       </c>
       <c r="G20" s="8">
         <v>96136</v>
       </c>
       <c r="H20" s="8">
         <v>59166</v>
       </c>
       <c r="I20" s="8">
         <v>64739</v>
       </c>
       <c r="J20" s="8">
         <v>100053</v>
       </c>
       <c r="K20" s="8">
         <v>89303</v>
       </c>
       <c r="L20" s="8">
         <v>140196</v>
       </c>
       <c r="M20" s="8">
         <v>189002</v>
       </c>
       <c r="N20" s="8">
         <v>1106148</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B21" s="8">
         <v>4277694</v>
       </c>
       <c r="C21" s="8">
         <v>3960142</v>
       </c>
       <c r="D21" s="8">
         <v>4434944</v>
       </c>
       <c r="E21" s="8">
         <v>4349491</v>
       </c>
       <c r="F21" s="8">
         <v>4543199</v>
       </c>
       <c r="G21" s="8">
         <v>5774908</v>
       </c>
       <c r="H21" s="8">
         <v>5040808</v>
       </c>
       <c r="I21" s="8">
         <v>4680731</v>
       </c>
       <c r="J21" s="8">
         <v>5567677</v>
       </c>
       <c r="K21" s="8">
         <v>4230279</v>
       </c>
       <c r="L21" s="8">
         <v>4083330</v>
       </c>
       <c r="M21" s="8">
         <v>5436647</v>
       </c>
       <c r="N21" s="8">
         <v>56379850</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B22" s="8">
         <v>49297675</v>
       </c>
       <c r="C22" s="8">
         <v>48481294</v>
       </c>
       <c r="D22" s="8">
         <v>60942507</v>
       </c>
       <c r="E22" s="8">
         <v>56302467</v>
       </c>
       <c r="F22" s="8">
         <v>53626497</v>
       </c>
       <c r="G22" s="8">
         <v>63372733</v>
       </c>
       <c r="H22" s="8">
         <v>55121663</v>
       </c>
       <c r="I22" s="8">
         <v>51967305</v>
       </c>
       <c r="J22" s="8">
         <v>66161121</v>
       </c>
       <c r="K22" s="8">
         <v>62186151</v>
       </c>
       <c r="L22" s="8">
         <v>62340758</v>
       </c>
       <c r="M22" s="8">
-        <v>71684009</v>
+        <v>71684507</v>
       </c>
       <c r="N22" s="8">
-        <v>701484180</v>
+        <v>701484678</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B23" s="8">
         <v>46804699</v>
       </c>
       <c r="C23" s="8">
         <v>46315676</v>
       </c>
       <c r="D23" s="8">
         <v>57883702</v>
       </c>
       <c r="E23" s="8">
         <v>53731900</v>
       </c>
       <c r="F23" s="8">
         <v>51648268</v>
       </c>
       <c r="G23" s="8">
         <v>60882630</v>
       </c>
       <c r="H23" s="8">
         <v>52318923</v>
       </c>
       <c r="I23" s="8">
         <v>50470088</v>
       </c>
       <c r="J23" s="8">
         <v>63248696</v>
       </c>
       <c r="K23" s="8">
         <v>59068660</v>
       </c>
       <c r="L23" s="8">
         <v>60458510</v>
       </c>
       <c r="M23" s="8">
-        <v>68170632</v>
+        <v>68171130</v>
       </c>
       <c r="N23" s="8">
-        <v>671002383</v>
+        <v>671002881</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B24" s="8">
         <v>2492975</v>
       </c>
       <c r="C24" s="8">
         <v>2165617</v>
       </c>
       <c r="D24" s="8">
         <v>3058805</v>
       </c>
       <c r="E24" s="8">
         <v>2570567</v>
       </c>
       <c r="F24" s="8">
         <v>1978229</v>
       </c>
       <c r="G24" s="8">
         <v>2490103</v>
       </c>
       <c r="H24" s="8">
         <v>2802740</v>
       </c>
       <c r="I24" s="8">
         <v>1497217</v>
       </c>
       <c r="J24" s="8">
         <v>2912425</v>
       </c>
       <c r="K24" s="8">
         <v>3117491</v>
       </c>
       <c r="L24" s="8">
         <v>1882249</v>
       </c>
       <c r="M24" s="8">
         <v>3513378</v>
       </c>
       <c r="N24" s="8">
         <v>30481797</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B25" s="8">
         <v>6197175</v>
       </c>
       <c r="C25" s="8">
         <v>10162594</v>
       </c>
       <c r="D25" s="8">
         <v>12138686</v>
       </c>
       <c r="E25" s="8">
         <v>13243504</v>
       </c>
       <c r="F25" s="8">
         <v>12324732</v>
       </c>
       <c r="G25" s="8">
         <v>11559009</v>
       </c>
       <c r="H25" s="8">
         <v>10404131</v>
       </c>
       <c r="I25" s="8">
         <v>9268110</v>
       </c>
       <c r="J25" s="8">
         <v>14012537</v>
       </c>
       <c r="K25" s="8">
         <v>10754840</v>
       </c>
       <c r="L25" s="8">
         <v>7843329</v>
       </c>
       <c r="M25" s="8">
-        <v>9582257</v>
+        <v>9582267</v>
       </c>
       <c r="N25" s="8">
-        <v>127490905</v>
+        <v>127490915</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B26" s="8">
         <v>5465249</v>
       </c>
       <c r="C26" s="8">
         <v>8562912</v>
       </c>
       <c r="D26" s="8">
         <v>10309913</v>
       </c>
       <c r="E26" s="8">
         <v>11694187</v>
       </c>
       <c r="F26" s="8">
         <v>9922791</v>
       </c>
       <c r="G26" s="8">
         <v>10216221</v>
       </c>
       <c r="H26" s="8">
         <v>9273328</v>
       </c>
       <c r="I26" s="8">
         <v>8031322</v>
       </c>
       <c r="J26" s="8">
         <v>12633923</v>
       </c>
       <c r="K26" s="8">
         <v>9613183</v>
       </c>
       <c r="L26" s="8">
         <v>6481272</v>
       </c>
       <c r="M26" s="8">
-        <v>8391144</v>
+        <v>8391154</v>
       </c>
       <c r="N26" s="8">
-        <v>110595445</v>
+        <v>110595455</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B27" s="8">
         <v>614048</v>
       </c>
       <c r="C27" s="8">
         <v>1281489</v>
       </c>
       <c r="D27" s="8">
         <v>1585582</v>
       </c>
       <c r="E27" s="8">
         <v>1276007</v>
       </c>
       <c r="F27" s="8">
         <v>2061786</v>
       </c>
       <c r="G27" s="8">
         <v>955914</v>
       </c>
       <c r="H27" s="8">
         <v>816509</v>
       </c>
       <c r="I27" s="8">
         <v>924653</v>
       </c>
       <c r="J27" s="8">
         <v>1060562</v>
       </c>
       <c r="K27" s="8">
         <v>921344</v>
       </c>
       <c r="L27" s="8">
         <v>1002177</v>
       </c>
       <c r="M27" s="8">
         <v>966409</v>
       </c>
       <c r="N27" s="8">
         <v>13466478</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B28" s="8">
         <v>86978</v>
       </c>
       <c r="C28" s="8">
         <v>241792</v>
       </c>
       <c r="D28" s="8">
         <v>179856</v>
       </c>
       <c r="E28" s="8">
         <v>209328</v>
       </c>
       <c r="F28" s="8">
         <v>279094</v>
       </c>
       <c r="G28" s="9" t="s">
         <v>25</v>
       </c>
       <c r="H28" s="9" t="s">
         <v>25</v>
       </c>
       <c r="I28" s="8">
         <v>246883</v>
       </c>
       <c r="J28" s="8">
         <v>247738</v>
       </c>
       <c r="K28" s="8">
         <v>169826</v>
       </c>
       <c r="L28" s="8">
         <v>280896</v>
       </c>
       <c r="M28" s="8">
         <v>146073</v>
       </c>
       <c r="N28" s="8">
         <v>2580032</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B29" s="8">
         <v>30900</v>
       </c>
       <c r="C29" s="8">
         <v>76400</v>
       </c>
       <c r="D29" s="8">
         <v>63335</v>
       </c>
       <c r="E29" s="8">
         <v>63983</v>
       </c>
       <c r="F29" s="8">
         <v>61061</v>
       </c>
       <c r="G29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="H29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="I29" s="8">
         <v>65252</v>
       </c>
       <c r="J29" s="8">
         <v>70314</v>
       </c>
       <c r="K29" s="8">
         <v>50486</v>
       </c>
       <c r="L29" s="8">
         <v>78985</v>
       </c>
       <c r="M29" s="8">
         <v>78632</v>
       </c>
       <c r="N29" s="8">
         <v>848950</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B30" s="8">
         <v>5485034</v>
       </c>
       <c r="C30" s="8">
         <v>8729114</v>
       </c>
       <c r="D30" s="8">
         <v>10369118</v>
       </c>
       <c r="E30" s="8">
         <v>11833130</v>
       </c>
       <c r="F30" s="8">
         <v>10152197</v>
       </c>
       <c r="G30" s="8">
         <v>10525629</v>
       </c>
       <c r="H30" s="8">
         <v>9477247</v>
       </c>
       <c r="I30" s="8">
         <v>8428145</v>
       </c>
       <c r="J30" s="8">
         <v>10962861</v>
       </c>
       <c r="K30" s="8">
         <v>9237960</v>
       </c>
       <c r="L30" s="8">
         <v>6526520</v>
       </c>
       <c r="M30" s="8">
         <v>7129206</v>
       </c>
       <c r="N30" s="8">
         <v>108856164</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B31" s="8">
         <v>3629735</v>
       </c>
       <c r="C31" s="8">
         <v>4205571</v>
       </c>
       <c r="D31" s="8">
         <v>5223898</v>
       </c>
       <c r="E31" s="8">
         <v>7010255</v>
       </c>
       <c r="F31" s="8">
         <v>5754134</v>
       </c>
       <c r="G31" s="8">
         <v>6097878</v>
       </c>
       <c r="H31" s="8">
         <v>5243298</v>
       </c>
       <c r="I31" s="8">
         <v>5150637</v>
       </c>
       <c r="J31" s="8">
         <v>5898606</v>
       </c>
       <c r="K31" s="8">
         <v>5515120</v>
       </c>
       <c r="L31" s="8">
         <v>5165947</v>
       </c>
       <c r="M31" s="8">
         <v>4954158</v>
       </c>
       <c r="N31" s="8">
         <v>63849237</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B32" s="8">
         <v>1855299</v>
       </c>
       <c r="C32" s="8">
         <v>4523543</v>
       </c>
       <c r="D32" s="8">
         <v>5145220</v>
       </c>
       <c r="E32" s="8">
         <v>4822875</v>
       </c>
       <c r="F32" s="8">
         <v>4398063</v>
       </c>
       <c r="G32" s="8">
         <v>4427751</v>
       </c>
       <c r="H32" s="8">
         <v>4233949</v>
       </c>
       <c r="I32" s="8">
         <v>3277509</v>
       </c>
       <c r="J32" s="8">
         <v>5064255</v>
       </c>
       <c r="K32" s="8">
         <v>3722840</v>
       </c>
       <c r="L32" s="8">
         <v>1360574</v>
       </c>
       <c r="M32" s="8">
         <v>2175048</v>
       </c>
       <c r="N32" s="8">
         <v>45006927</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B33" s="8">
         <v>1143679865</v>
       </c>
       <c r="C33" s="8">
         <v>1109902305</v>
       </c>
       <c r="D33" s="8">
         <v>1087721548</v>
       </c>
       <c r="E33" s="8">
         <v>1017563023</v>
       </c>
       <c r="F33" s="8">
         <v>973321089</v>
       </c>
       <c r="G33" s="8">
         <v>939414719</v>
       </c>
       <c r="H33" s="8">
         <v>865307227</v>
       </c>
       <c r="I33" s="8">
         <v>879799841</v>
       </c>
       <c r="J33" s="8">
         <v>1013624516</v>
       </c>
       <c r="K33" s="8">
         <v>1080712115</v>
       </c>
       <c r="L33" s="8">
         <v>1097163673</v>
       </c>
       <c r="M33" s="8">
         <v>1169654660</v>
       </c>
       <c r="N33" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B34" s="8">
         <v>847325619</v>
       </c>
       <c r="C34" s="8">
         <v>821012356</v>
       </c>
       <c r="D34" s="8">
         <v>793704598</v>
       </c>
       <c r="E34" s="8">
         <v>746091067</v>
       </c>
       <c r="F34" s="8">
         <v>719619217</v>
       </c>
       <c r="G34" s="8">
         <v>688854858</v>
       </c>
       <c r="H34" s="8">
         <v>643940178</v>
       </c>
       <c r="I34" s="8">
         <v>663866912</v>
       </c>
       <c r="J34" s="8">
         <v>781269415</v>
       </c>
       <c r="K34" s="8">
         <v>841990231</v>
       </c>
       <c r="L34" s="8">
         <v>844725924</v>
       </c>
       <c r="M34" s="8">
         <v>878590250</v>
       </c>
       <c r="N34" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B35" s="8">
         <v>272549548</v>
       </c>
       <c r="C35" s="8">
         <v>266060462</v>
       </c>
       <c r="D35" s="8">
         <v>269954728</v>
       </c>
       <c r="E35" s="8">
         <v>247368185</v>
       </c>
       <c r="F35" s="8">
         <v>229536991</v>
       </c>
       <c r="G35" s="8">
         <v>224611468</v>
       </c>
       <c r="H35" s="8">
         <v>197023057</v>
       </c>
       <c r="I35" s="8">
         <v>187495211</v>
       </c>
       <c r="J35" s="8">
         <v>206416891</v>
       </c>
       <c r="K35" s="8">
         <v>212233260</v>
       </c>
       <c r="L35" s="8">
         <v>227791833</v>
       </c>
       <c r="M35" s="8">
         <v>267563560</v>
       </c>
       <c r="N35" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B36" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C36" s="8">
         <v>1418298</v>
       </c>
       <c r="D36" s="8">
         <v>747274</v>
       </c>
       <c r="E36" s="8">
         <v>723963</v>
       </c>
       <c r="F36" s="8">
         <v>728900</v>
       </c>
       <c r="G36" s="8">
         <v>778574</v>
       </c>
       <c r="H36" s="8">
         <v>846944</v>
       </c>
       <c r="I36" s="9" t="s">
         <v>25</v>
       </c>
       <c r="J36" s="8">
         <v>738556</v>
       </c>
       <c r="K36" s="8">
         <v>1049514</v>
       </c>
       <c r="L36" s="8">
         <v>900739</v>
       </c>
       <c r="M36" s="8">
         <v>830257</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B37" s="8">
         <v>17404563</v>
       </c>
       <c r="C37" s="8">
         <v>17479604</v>
       </c>
       <c r="D37" s="8">
         <v>18836592</v>
       </c>
       <c r="E37" s="8">
         <v>19394306</v>
       </c>
       <c r="F37" s="8">
         <v>19528413</v>
       </c>
       <c r="G37" s="8">
         <v>20848898</v>
       </c>
       <c r="H37" s="8">
         <v>20217762</v>
       </c>
       <c r="I37" s="8">
         <v>21125764</v>
       </c>
       <c r="J37" s="8">
         <v>21222672</v>
       </c>
       <c r="K37" s="8">
         <v>21342176</v>
       </c>
       <c r="L37" s="8">
         <v>19551365</v>
       </c>
       <c r="M37" s="8">
         <v>17401075</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B38" s="8">
         <v>340193</v>
       </c>
       <c r="C38" s="8">
         <v>359422</v>
       </c>
       <c r="D38" s="8">
         <v>389541</v>
       </c>
       <c r="E38" s="8">
         <v>407992</v>
       </c>
       <c r="F38" s="8">
         <v>404521</v>
       </c>
       <c r="G38" s="8">
         <v>396151</v>
       </c>
       <c r="H38" s="8">
         <v>421477</v>
       </c>
       <c r="I38" s="8">
         <v>526597</v>
       </c>
       <c r="J38" s="8">
         <v>627313</v>
       </c>
       <c r="K38" s="8">
         <v>612275</v>
       </c>
       <c r="L38" s="8">
         <v>553432</v>
       </c>
       <c r="M38" s="8">
         <v>450767</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B39" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C39" s="8">
         <v>3572164</v>
       </c>
       <c r="D39" s="8">
         <v>4088816</v>
       </c>
       <c r="E39" s="8">
         <v>3577510</v>
       </c>
       <c r="F39" s="8">
         <v>3503048</v>
       </c>
       <c r="G39" s="8">
         <v>3924771</v>
       </c>
       <c r="H39" s="8">
         <v>2857809</v>
       </c>
       <c r="I39" s="9" t="s">
         <v>25</v>
       </c>
       <c r="J39" s="8">
         <v>3349668</v>
       </c>
       <c r="K39" s="8">
         <v>3484659</v>
       </c>
       <c r="L39" s="8">
         <v>3640381</v>
       </c>
       <c r="M39" s="8">
         <v>4818751</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B40" s="8">
         <v>1143679865</v>
       </c>
       <c r="C40" s="8">
         <v>1109902305</v>
       </c>
       <c r="D40" s="8">
         <v>1087721548</v>
       </c>
       <c r="E40" s="8">
         <v>1017563023</v>
       </c>
       <c r="F40" s="8">
         <v>973321089</v>
       </c>
       <c r="G40" s="8">
         <v>939414719</v>
       </c>
       <c r="H40" s="8">
         <v>865307227</v>
       </c>
       <c r="I40" s="8">
         <v>879799841</v>
       </c>
       <c r="J40" s="8">
         <v>1013624516</v>
       </c>
       <c r="K40" s="8">
         <v>1080712115</v>
       </c>
       <c r="L40" s="8">
         <v>1097163673</v>
       </c>
       <c r="M40" s="8">
         <v>1169654660</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B41" s="8">
         <v>173348712</v>
       </c>
       <c r="C41" s="8">
         <v>174483939</v>
       </c>
       <c r="D41" s="8">
         <v>181508687</v>
       </c>
       <c r="E41" s="8">
         <v>181472975</v>
       </c>
       <c r="F41" s="8">
         <v>185566055</v>
       </c>
       <c r="G41" s="8">
         <v>197329477</v>
       </c>
       <c r="H41" s="8">
         <v>201242082</v>
       </c>
       <c r="I41" s="8">
         <v>213583171</v>
       </c>
       <c r="J41" s="8">
         <v>218816180</v>
       </c>
       <c r="K41" s="8">
         <v>205293452</v>
       </c>
       <c r="L41" s="8">
         <v>193355440</v>
       </c>
       <c r="M41" s="8">
         <v>190109995</v>
       </c>
       <c r="N41" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B42" s="8">
         <v>970331153</v>
       </c>
       <c r="C42" s="8">
         <v>935418366</v>
       </c>
       <c r="D42" s="8">
         <v>906212861</v>
       </c>
       <c r="E42" s="8">
         <v>836090048</v>
       </c>
       <c r="F42" s="8">
         <v>787755034</v>
       </c>
       <c r="G42" s="8">
         <v>742085242</v>
       </c>
       <c r="H42" s="8">
         <v>664065144</v>
       </c>
       <c r="I42" s="8">
         <v>666216670</v>
       </c>
       <c r="J42" s="8">
         <v>794808336</v>
       </c>
       <c r="K42" s="8">
         <v>875418663</v>
       </c>
       <c r="L42" s="8">
         <v>903808233</v>
       </c>
       <c r="M42" s="8">
         <v>979544665</v>
       </c>
       <c r="N42" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="43" ht="12" customHeight="1"/>
     <row r="44" ht="14" customHeight="1">
       <c r="A44" s="10" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B44" s="10"/>
       <c r="C44" s="10"/>
       <c r="D44" s="10"/>
       <c r="E44" s="10"/>
       <c r="F44" s="10"/>
       <c r="G44" s="10"/>
       <c r="H44" s="10"/>
       <c r="I44" s="10"/>
       <c r="J44" s="10"/>
       <c r="K44" s="10"/>
       <c r="L44" s="10"/>
       <c r="M44" s="10"/>
       <c r="N44" s="10"/>
     </row>
     <row r="45" ht="14" customHeight="1">
       <c r="A45" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B45" s="11"/>
       <c r="C45" s="11"/>
       <c r="D45" s="11"/>
       <c r="E45" s="11"/>
       <c r="F45" s="11"/>
       <c r="G45" s="11"/>
       <c r="H45" s="11"/>
       <c r="I45" s="11"/>
       <c r="J45" s="11"/>
       <c r="K45" s="11"/>
       <c r="L45" s="11"/>
       <c r="M45" s="11"/>
       <c r="N45" s="11"/>
     </row>
     <row r="46" ht="29" customHeight="1">
       <c r="A46" s="12" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B46" s="12"/>
       <c r="C46" s="12"/>
       <c r="D46" s="12"/>
       <c r="E46" s="12"/>
       <c r="F46" s="12"/>
       <c r="G46" s="12"/>
       <c r="H46" s="12"/>
       <c r="I46" s="12"/>
       <c r="J46" s="12"/>
       <c r="K46" s="12"/>
       <c r="L46" s="12"/>
       <c r="M46" s="12"/>
       <c r="N46" s="12"/>
     </row>
     <row r="47" ht="43" customHeight="1">
       <c r="A47" s="12" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B47" s="12"/>
       <c r="C47" s="12"/>
       <c r="D47" s="12"/>
       <c r="E47" s="12"/>
       <c r="F47" s="12"/>
       <c r="G47" s="12"/>
       <c r="H47" s="12"/>
       <c r="I47" s="12"/>
       <c r="J47" s="12"/>
       <c r="K47" s="12"/>
       <c r="L47" s="12"/>
       <c r="M47" s="12"/>
       <c r="N47" s="12"/>
     </row>
     <row r="48" ht="12" customHeight="1">
       <c r="A48" s="13" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B48" s="13"/>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="13"/>
       <c r="G48" s="13"/>
       <c r="H48" s="13"/>
       <c r="I48" s="13"/>
       <c r="J48" s="13"/>
       <c r="K48" s="13"/>
       <c r="L48" s="13"/>
       <c r="M48" s="13"/>
       <c r="N48" s="13"/>
     </row>
     <row r="49" ht="14" customHeight="1">
       <c r="A49" s="12" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="12"/>
       <c r="E49" s="12"/>
       <c r="F49" s="12"/>
       <c r="G49" s="12"/>
       <c r="H49" s="12"/>
       <c r="I49" s="12"/>
       <c r="J49" s="12"/>
       <c r="K49" s="12"/>
       <c r="L49" s="12"/>
       <c r="M49" s="12"/>
       <c r="N49" s="12"/>
     </row>
     <row r="50" ht="43" customHeight="1">
       <c r="A50" s="12" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B50" s="12"/>
       <c r="C50" s="12"/>
       <c r="D50" s="12"/>
       <c r="E50" s="12"/>
       <c r="F50" s="12"/>
       <c r="G50" s="12"/>
       <c r="H50" s="12"/>
       <c r="I50" s="12"/>
       <c r="J50" s="12"/>
       <c r="K50" s="12"/>
       <c r="L50" s="12"/>
       <c r="M50" s="12"/>
       <c r="N50" s="12"/>
     </row>
     <row r="51" ht="14" customHeight="1">
       <c r="A51" s="12" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B51" s="12"/>
       <c r="C51" s="12"/>
       <c r="D51" s="12"/>
       <c r="E51" s="12"/>
       <c r="F51" s="12"/>
       <c r="G51" s="12"/>
       <c r="H51" s="12"/>
       <c r="I51" s="12"/>
       <c r="J51" s="12"/>
       <c r="K51" s="12"/>
       <c r="L51" s="12"/>
       <c r="M51" s="12"/>
       <c r="N51" s="12"/>
     </row>
     <row r="52" ht="14" customHeight="1">
       <c r="A52" s="12" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B52" s="12"/>
       <c r="C52" s="12"/>
       <c r="D52" s="12"/>
       <c r="E52" s="12"/>
       <c r="F52" s="12"/>
       <c r="G52" s="12"/>
       <c r="H52" s="12"/>
       <c r="I52" s="12"/>
       <c r="J52" s="12"/>
       <c r="K52" s="12"/>
       <c r="L52" s="12"/>
       <c r="M52" s="12"/>
       <c r="N52" s="12"/>
     </row>
     <row r="53" ht="12" customHeight="1">
       <c r="A53" s="13" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B53" s="13"/>
       <c r="C53" s="13"/>
       <c r="D53" s="13"/>
       <c r="E53" s="13"/>
       <c r="F53" s="13"/>
       <c r="G53" s="13"/>
       <c r="H53" s="13"/>
       <c r="I53" s="13"/>
       <c r="J53" s="13"/>
       <c r="K53" s="13"/>
       <c r="L53" s="13"/>
       <c r="M53" s="13"/>
       <c r="N53" s="13"/>
     </row>
     <row r="54" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A44:N44"/>
@@ -6068,1775 +6308,1775 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B9" s="8">
         <v>1808</v>
       </c>
       <c r="C9" s="8">
         <v>1782</v>
       </c>
       <c r="D9" s="8">
         <v>3151</v>
       </c>
       <c r="E9" s="8">
         <v>1780</v>
       </c>
       <c r="F9" s="8">
         <v>1787</v>
       </c>
       <c r="G9" s="8">
         <v>3145</v>
       </c>
       <c r="H9" s="8">
         <v>1798</v>
       </c>
       <c r="I9" s="8">
         <v>1789</v>
       </c>
       <c r="J9" s="8">
         <v>3146</v>
       </c>
       <c r="K9" s="8">
         <v>1805</v>
       </c>
       <c r="L9" s="8">
         <v>1794</v>
       </c>
       <c r="M9" s="8">
-        <v>7005</v>
+        <v>7006</v>
       </c>
       <c r="N9" s="8">
-        <v>7269</v>
+        <v>7270</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B10" s="8">
         <v>57227835</v>
       </c>
       <c r="C10" s="8">
         <v>34945281</v>
       </c>
       <c r="D10" s="8">
         <v>27591127</v>
       </c>
       <c r="E10" s="8">
         <v>20421491</v>
       </c>
       <c r="F10" s="8">
         <v>16890940</v>
       </c>
       <c r="G10" s="8">
         <v>14122066</v>
       </c>
       <c r="H10" s="8">
         <v>13489420</v>
       </c>
       <c r="I10" s="8">
         <v>76461630</v>
       </c>
       <c r="J10" s="8">
         <v>173918579</v>
       </c>
       <c r="K10" s="8">
         <v>193187931</v>
       </c>
       <c r="L10" s="8">
         <v>99171640</v>
       </c>
       <c r="M10" s="8">
-        <v>154534711</v>
+        <v>154534810</v>
       </c>
       <c r="N10" s="8">
-        <v>881962652</v>
+        <v>881962751</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B11" s="8">
         <v>35126609</v>
       </c>
       <c r="C11" s="8">
         <v>21828043</v>
       </c>
       <c r="D11" s="8">
         <v>16819122</v>
       </c>
       <c r="E11" s="8">
         <v>10368512</v>
       </c>
       <c r="F11" s="8">
         <v>11427021</v>
       </c>
       <c r="G11" s="8">
         <v>11944139</v>
       </c>
       <c r="H11" s="8">
         <v>11414186</v>
       </c>
       <c r="I11" s="8">
         <v>60191513</v>
       </c>
       <c r="J11" s="8">
         <v>159020898</v>
       </c>
       <c r="K11" s="8">
         <v>165934025</v>
       </c>
       <c r="L11" s="8">
         <v>67081790</v>
       </c>
       <c r="M11" s="8">
-        <v>89326213</v>
+        <v>89326312</v>
       </c>
       <c r="N11" s="8">
-        <v>660482072</v>
+        <v>660482171</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B12" s="8">
         <v>18603980</v>
       </c>
       <c r="C12" s="8">
         <v>9091734</v>
       </c>
       <c r="D12" s="8">
         <v>6744736</v>
       </c>
       <c r="E12" s="8">
         <v>5304278</v>
       </c>
       <c r="F12" s="8">
         <v>1594709</v>
       </c>
       <c r="G12" s="8">
         <v>-2326691</v>
       </c>
       <c r="H12" s="8">
         <v>-1932642</v>
       </c>
       <c r="I12" s="8">
         <v>12200133</v>
       </c>
       <c r="J12" s="8">
         <v>10503136</v>
       </c>
       <c r="K12" s="8">
         <v>23353120</v>
       </c>
       <c r="L12" s="8">
         <v>29023941</v>
       </c>
       <c r="M12" s="8">
         <v>60667702</v>
       </c>
       <c r="N12" s="8">
         <v>172828136</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B13" s="8">
         <v>2173804</v>
       </c>
       <c r="C13" s="8">
         <v>1527591</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>25</v>
       </c>
       <c r="E13" s="8">
         <v>3394049</v>
       </c>
       <c r="F13" s="8">
         <v>2442124</v>
       </c>
       <c r="G13" s="8">
         <v>3137457</v>
       </c>
       <c r="H13" s="8">
         <v>2980652</v>
       </c>
       <c r="I13" s="8">
         <v>2965809</v>
       </c>
       <c r="J13" s="8">
         <v>2542506</v>
       </c>
       <c r="K13" s="8">
         <v>2717208</v>
       </c>
       <c r="L13" s="8">
         <v>2197331</v>
       </c>
       <c r="M13" s="9" t="s">
         <v>25</v>
       </c>
       <c r="N13" s="8">
         <v>29760398</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B14" s="8">
         <v>5489</v>
       </c>
       <c r="C14" s="8">
         <v>1755</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>25</v>
       </c>
       <c r="E14" s="8">
         <v>10932</v>
       </c>
       <c r="F14" s="8">
         <v>6063</v>
       </c>
       <c r="G14" s="8">
         <v>5661</v>
       </c>
       <c r="H14" s="8">
         <v>9492</v>
       </c>
       <c r="I14" s="8">
         <v>8742</v>
       </c>
       <c r="J14" s="9" t="s">
         <v>25</v>
       </c>
       <c r="K14" s="8">
         <v>10602</v>
       </c>
       <c r="L14" s="8">
         <v>7946</v>
       </c>
       <c r="M14" s="8">
         <v>68962</v>
       </c>
       <c r="N14" s="8">
         <v>255099</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B15" s="8">
         <v>1317953</v>
       </c>
       <c r="C15" s="8">
         <v>2496158</v>
       </c>
       <c r="D15" s="8">
         <v>2021651</v>
       </c>
       <c r="E15" s="8">
         <v>1343721</v>
       </c>
       <c r="F15" s="8">
         <v>1421022</v>
       </c>
       <c r="G15" s="8">
         <v>1361501</v>
       </c>
       <c r="H15" s="8">
         <v>1017731</v>
       </c>
       <c r="I15" s="8">
         <v>1095433</v>
       </c>
       <c r="J15" s="9" t="s">
         <v>25</v>
       </c>
       <c r="K15" s="8">
         <v>1172976</v>
       </c>
       <c r="L15" s="8">
         <v>860633</v>
       </c>
       <c r="M15" s="9" t="s">
         <v>25</v>
       </c>
       <c r="N15" s="8">
         <v>18636947</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B16" s="8">
         <v>49282663</v>
       </c>
       <c r="C16" s="8">
         <v>51868771</v>
       </c>
       <c r="D16" s="8">
         <v>57728914</v>
       </c>
       <c r="E16" s="8">
         <v>54782404</v>
       </c>
       <c r="F16" s="8">
         <v>56976236</v>
       </c>
       <c r="G16" s="8">
         <v>58898532</v>
       </c>
       <c r="H16" s="8">
         <v>52142529</v>
       </c>
       <c r="I16" s="8">
         <v>51934660</v>
       </c>
       <c r="J16" s="8">
         <v>60704477</v>
       </c>
       <c r="K16" s="8">
         <v>63418257</v>
       </c>
       <c r="L16" s="8">
         <v>55614457</v>
       </c>
       <c r="M16" s="8">
-        <v>70392606</v>
+        <v>70392703</v>
       </c>
       <c r="N16" s="8">
-        <v>683744506</v>
+        <v>683744603</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B17" s="8">
         <v>40998814</v>
       </c>
       <c r="C17" s="8">
         <v>42711608</v>
       </c>
       <c r="D17" s="8">
         <v>46931360</v>
       </c>
       <c r="E17" s="8">
         <v>44701509</v>
       </c>
       <c r="F17" s="8">
         <v>47079604</v>
       </c>
       <c r="G17" s="8">
         <v>46687127</v>
       </c>
       <c r="H17" s="8">
         <v>41340164</v>
       </c>
       <c r="I17" s="8">
         <v>40684245</v>
       </c>
       <c r="J17" s="8">
         <v>46374557</v>
       </c>
       <c r="K17" s="8">
         <v>50704391</v>
       </c>
       <c r="L17" s="8">
         <v>43955403</v>
       </c>
       <c r="M17" s="8">
-        <v>54314072</v>
+        <v>54314169</v>
       </c>
       <c r="N17" s="8">
-        <v>546482854</v>
+        <v>546482951</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B18" s="8">
         <v>3518097</v>
       </c>
       <c r="C18" s="8">
         <v>3754945</v>
       </c>
       <c r="D18" s="8">
         <v>5049317</v>
       </c>
       <c r="E18" s="8">
         <v>4416859</v>
       </c>
       <c r="F18" s="8">
         <v>4038205</v>
       </c>
       <c r="G18" s="8">
         <v>5322243</v>
       </c>
       <c r="H18" s="8">
         <v>4157417</v>
       </c>
       <c r="I18" s="8">
         <v>4577807</v>
       </c>
       <c r="J18" s="8">
         <v>6260708</v>
       </c>
       <c r="K18" s="8">
         <v>5035601</v>
       </c>
       <c r="L18" s="8">
         <v>4320871</v>
       </c>
       <c r="M18" s="8">
         <v>7355237</v>
       </c>
       <c r="N18" s="8">
         <v>57807309</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B19" s="8">
         <v>1444182</v>
       </c>
       <c r="C19" s="8">
         <v>1192663</v>
       </c>
       <c r="D19" s="8">
         <v>1250311</v>
       </c>
       <c r="E19" s="8">
         <v>1626882</v>
       </c>
       <c r="F19" s="8">
         <v>1722246</v>
       </c>
       <c r="G19" s="8">
         <v>1751164</v>
       </c>
       <c r="H19" s="8">
         <v>1542278</v>
       </c>
       <c r="I19" s="8">
         <v>1684543</v>
       </c>
       <c r="J19" s="8">
         <v>2369076</v>
       </c>
       <c r="K19" s="8">
         <v>2905837</v>
       </c>
       <c r="L19" s="8">
         <v>3205387</v>
       </c>
       <c r="M19" s="8">
         <v>3395966</v>
       </c>
       <c r="N19" s="8">
         <v>24090533</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B20" s="8">
         <v>56551</v>
       </c>
       <c r="C20" s="8">
         <v>55655</v>
       </c>
       <c r="D20" s="8">
         <v>72679</v>
       </c>
       <c r="E20" s="8">
         <v>69950</v>
       </c>
       <c r="F20" s="8">
         <v>70873</v>
       </c>
       <c r="G20" s="8">
         <v>90246</v>
       </c>
       <c r="H20" s="8">
         <v>61930</v>
       </c>
       <c r="I20" s="8">
         <v>60987</v>
       </c>
       <c r="J20" s="8">
         <v>88033</v>
       </c>
       <c r="K20" s="8">
         <v>90595</v>
       </c>
       <c r="L20" s="8">
         <v>107891</v>
       </c>
       <c r="M20" s="8">
         <v>189727</v>
       </c>
       <c r="N20" s="8">
         <v>1015116</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B21" s="8">
         <v>3265019</v>
       </c>
       <c r="C21" s="8">
         <v>4153900</v>
       </c>
       <c r="D21" s="8">
         <v>4425248</v>
       </c>
       <c r="E21" s="8">
         <v>3967203</v>
       </c>
       <c r="F21" s="8">
         <v>4065309</v>
       </c>
       <c r="G21" s="8">
         <v>5047752</v>
       </c>
       <c r="H21" s="8">
         <v>5040740</v>
       </c>
       <c r="I21" s="8">
         <v>4927078</v>
       </c>
       <c r="J21" s="8">
         <v>5612103</v>
       </c>
       <c r="K21" s="8">
         <v>4681832</v>
       </c>
       <c r="L21" s="8">
         <v>4024905</v>
       </c>
       <c r="M21" s="8">
         <v>5137604</v>
       </c>
       <c r="N21" s="8">
         <v>54348693</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B22" s="8">
         <v>49282663</v>
       </c>
       <c r="C22" s="8">
         <v>51868771</v>
       </c>
       <c r="D22" s="8">
         <v>57728914</v>
       </c>
       <c r="E22" s="8">
         <v>54782404</v>
       </c>
       <c r="F22" s="8">
         <v>56976236</v>
       </c>
       <c r="G22" s="8">
         <v>58898532</v>
       </c>
       <c r="H22" s="8">
         <v>52142529</v>
       </c>
       <c r="I22" s="8">
         <v>51934660</v>
       </c>
       <c r="J22" s="8">
         <v>60704477</v>
       </c>
       <c r="K22" s="8">
         <v>63418257</v>
       </c>
       <c r="L22" s="8">
         <v>55614457</v>
       </c>
       <c r="M22" s="8">
-        <v>70392606</v>
+        <v>70392703</v>
       </c>
       <c r="N22" s="8">
-        <v>683744506</v>
+        <v>683744603</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B23" s="8">
         <v>46540948</v>
       </c>
       <c r="C23" s="8">
         <v>48718115</v>
       </c>
       <c r="D23" s="8">
         <v>54393146</v>
       </c>
       <c r="E23" s="8">
         <v>50446696</v>
       </c>
       <c r="F23" s="8">
         <v>53142362</v>
       </c>
       <c r="G23" s="8">
         <v>55128451</v>
       </c>
       <c r="H23" s="8">
         <v>48658042</v>
       </c>
       <c r="I23" s="8">
         <v>48442177</v>
       </c>
       <c r="J23" s="8">
         <v>58995414</v>
       </c>
       <c r="K23" s="8">
         <v>60442037</v>
       </c>
       <c r="L23" s="8">
         <v>53672409</v>
       </c>
       <c r="M23" s="8">
-        <v>67248129</v>
+        <v>67248226</v>
       </c>
       <c r="N23" s="8">
-        <v>645827927</v>
+        <v>645828024</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B24" s="8">
         <v>2741715</v>
       </c>
       <c r="C24" s="8">
         <v>3150656</v>
       </c>
       <c r="D24" s="8">
         <v>3335768</v>
       </c>
       <c r="E24" s="8">
         <v>4335707</v>
       </c>
       <c r="F24" s="8">
         <v>3833873</v>
       </c>
       <c r="G24" s="8">
         <v>3770081</v>
       </c>
       <c r="H24" s="8">
         <v>3484487</v>
       </c>
       <c r="I24" s="8">
         <v>3492483</v>
       </c>
       <c r="J24" s="8">
         <v>1709063</v>
       </c>
       <c r="K24" s="8">
         <v>2976219</v>
       </c>
       <c r="L24" s="8">
         <v>1942048</v>
       </c>
       <c r="M24" s="8">
         <v>3144477</v>
       </c>
       <c r="N24" s="8">
         <v>37916579</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B25" s="8">
         <v>10195216</v>
       </c>
       <c r="C25" s="8">
         <v>10565655</v>
       </c>
       <c r="D25" s="8">
         <v>10642445</v>
       </c>
       <c r="E25" s="8">
         <v>12568006</v>
       </c>
       <c r="F25" s="8">
         <v>11687861</v>
       </c>
       <c r="G25" s="8">
         <v>12697023</v>
       </c>
       <c r="H25" s="8">
         <v>8003962</v>
       </c>
       <c r="I25" s="8">
         <v>11366884</v>
       </c>
       <c r="J25" s="8">
         <v>10910742</v>
       </c>
       <c r="K25" s="8">
         <v>12021004</v>
       </c>
       <c r="L25" s="8">
         <v>7449718</v>
       </c>
       <c r="M25" s="8">
-        <v>8772719</v>
+        <v>8772721</v>
       </c>
       <c r="N25" s="8">
-        <v>126881235</v>
+        <v>126881237</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B26" s="8">
         <v>9469576</v>
       </c>
       <c r="C26" s="8">
         <v>8984545</v>
       </c>
       <c r="D26" s="8">
         <v>9211056</v>
       </c>
       <c r="E26" s="8">
         <v>10054584</v>
       </c>
       <c r="F26" s="8">
         <v>10635269</v>
       </c>
       <c r="G26" s="8">
         <v>11504315</v>
       </c>
       <c r="H26" s="8">
         <v>6894060</v>
       </c>
       <c r="I26" s="8">
         <v>8696379</v>
       </c>
       <c r="J26" s="8">
         <v>9659436</v>
       </c>
       <c r="K26" s="8">
         <v>10895511</v>
       </c>
       <c r="L26" s="8">
         <v>6402391</v>
       </c>
       <c r="M26" s="8">
-        <v>7616026</v>
+        <v>7616028</v>
       </c>
       <c r="N26" s="8">
-        <v>110023147</v>
+        <v>110023149</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B27" s="8">
         <v>582936</v>
       </c>
       <c r="C27" s="8">
         <v>1312995</v>
       </c>
       <c r="D27" s="8">
         <v>1176664</v>
       </c>
       <c r="E27" s="8">
         <v>2271013</v>
       </c>
       <c r="F27" s="8">
         <v>767289</v>
       </c>
       <c r="G27" s="8">
         <v>833504</v>
       </c>
       <c r="H27" s="8">
         <v>684416</v>
       </c>
       <c r="I27" s="8">
         <v>2070022</v>
       </c>
       <c r="J27" s="8">
         <v>919244</v>
       </c>
       <c r="K27" s="8">
         <v>855041</v>
       </c>
       <c r="L27" s="8">
         <v>746182</v>
       </c>
       <c r="M27" s="8">
         <v>856818</v>
       </c>
       <c r="N27" s="8">
         <v>13076125</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B28" s="8">
         <v>133691</v>
       </c>
       <c r="C28" s="8">
         <v>246597</v>
       </c>
       <c r="D28" s="8">
         <v>220841</v>
       </c>
       <c r="E28" s="8">
         <v>215570</v>
       </c>
       <c r="F28" s="8">
         <v>238125</v>
       </c>
       <c r="G28" s="8">
         <v>281975</v>
       </c>
       <c r="H28" s="8">
         <v>270761</v>
       </c>
       <c r="I28" s="8">
         <v>308311</v>
       </c>
       <c r="J28" s="8">
         <v>284971</v>
       </c>
       <c r="K28" s="8">
         <v>223117</v>
       </c>
       <c r="L28" s="8">
         <v>250043</v>
       </c>
       <c r="M28" s="8">
         <v>239327</v>
       </c>
       <c r="N28" s="8">
         <v>2913330</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B29" s="8">
         <v>9012</v>
       </c>
       <c r="C29" s="8">
         <v>21517</v>
       </c>
       <c r="D29" s="8">
         <v>33884</v>
       </c>
       <c r="E29" s="8">
         <v>26838</v>
       </c>
       <c r="F29" s="8">
         <v>47178</v>
       </c>
       <c r="G29" s="8">
         <v>77230</v>
       </c>
       <c r="H29" s="8">
         <v>154725</v>
       </c>
       <c r="I29" s="8">
         <v>292171</v>
       </c>
       <c r="J29" s="8">
         <v>47091</v>
       </c>
       <c r="K29" s="8">
         <v>47334</v>
       </c>
       <c r="L29" s="8">
         <v>51102</v>
       </c>
       <c r="M29" s="8">
         <v>60549</v>
       </c>
       <c r="N29" s="8">
         <v>868632</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B30" s="8">
         <v>9101759</v>
       </c>
       <c r="C30" s="8">
         <v>9075654</v>
       </c>
       <c r="D30" s="8">
         <v>9390631</v>
       </c>
       <c r="E30" s="8">
         <v>9985772</v>
       </c>
       <c r="F30" s="8">
         <v>10546791</v>
       </c>
       <c r="G30" s="8">
         <v>11836021</v>
       </c>
       <c r="H30" s="8">
         <v>6570300</v>
       </c>
       <c r="I30" s="8">
         <v>8810666</v>
       </c>
       <c r="J30" s="8">
         <v>9466114</v>
       </c>
       <c r="K30" s="8">
         <v>10266752</v>
       </c>
       <c r="L30" s="8">
         <v>6408714</v>
       </c>
       <c r="M30" s="8">
         <v>7196499</v>
       </c>
       <c r="N30" s="8">
         <v>108655673</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B31" s="8">
         <v>4929807</v>
       </c>
       <c r="C31" s="8">
         <v>5040640</v>
       </c>
       <c r="D31" s="8">
         <v>5449404</v>
       </c>
       <c r="E31" s="8">
         <v>4973767</v>
       </c>
       <c r="F31" s="8">
         <v>5392851</v>
       </c>
       <c r="G31" s="8">
         <v>6701301</v>
       </c>
       <c r="H31" s="8">
         <v>4318553</v>
       </c>
       <c r="I31" s="8">
         <v>5436024</v>
       </c>
       <c r="J31" s="8">
         <v>6064673</v>
       </c>
       <c r="K31" s="8">
         <v>6110142</v>
       </c>
       <c r="L31" s="8">
         <v>4564737</v>
       </c>
       <c r="M31" s="8">
         <v>4317184</v>
       </c>
       <c r="N31" s="8">
         <v>63299084</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B32" s="8">
         <v>4171951</v>
       </c>
       <c r="C32" s="8">
         <v>4035014</v>
       </c>
       <c r="D32" s="8">
         <v>3941227</v>
       </c>
       <c r="E32" s="8">
         <v>5012005</v>
       </c>
       <c r="F32" s="8">
         <v>5153940</v>
       </c>
       <c r="G32" s="8">
         <v>5134720</v>
       </c>
       <c r="H32" s="8">
         <v>2251747</v>
       </c>
       <c r="I32" s="8">
         <v>3374642</v>
       </c>
       <c r="J32" s="8">
         <v>3401441</v>
       </c>
       <c r="K32" s="8">
         <v>4156610</v>
       </c>
       <c r="L32" s="8">
         <v>1843977</v>
       </c>
       <c r="M32" s="8">
         <v>2879315</v>
       </c>
       <c r="N32" s="8">
         <v>45356589</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B33" s="8">
         <v>1090503057</v>
       </c>
       <c r="C33" s="8">
         <v>1060618271</v>
       </c>
       <c r="D33" s="8">
         <v>1046561911</v>
       </c>
       <c r="E33" s="8">
         <v>979726669</v>
       </c>
       <c r="F33" s="8">
         <v>931520446</v>
       </c>
       <c r="G33" s="8">
         <v>895611789</v>
       </c>
       <c r="H33" s="8">
         <v>829380036</v>
       </c>
       <c r="I33" s="8">
         <v>839391665</v>
       </c>
       <c r="J33" s="8">
         <v>952393393</v>
       </c>
       <c r="K33" s="8">
         <v>1046271131</v>
       </c>
       <c r="L33" s="8">
         <v>1083180316</v>
       </c>
       <c r="M33" s="8">
         <v>1188897645</v>
       </c>
       <c r="N33" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B34" s="8">
         <v>838385654</v>
       </c>
       <c r="C34" s="8">
         <v>808884814</v>
       </c>
       <c r="D34" s="8">
         <v>784943243</v>
       </c>
       <c r="E34" s="8">
         <v>733919161</v>
       </c>
       <c r="F34" s="8">
         <v>700371573</v>
       </c>
       <c r="G34" s="8">
         <v>668585081</v>
       </c>
       <c r="H34" s="8">
         <v>621851828</v>
       </c>
       <c r="I34" s="8">
         <v>630675556</v>
       </c>
       <c r="J34" s="8">
         <v>739698227</v>
       </c>
       <c r="K34" s="8">
         <v>822393649</v>
       </c>
       <c r="L34" s="8">
         <v>834597508</v>
       </c>
       <c r="M34" s="8">
         <v>881417380</v>
       </c>
       <c r="N34" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B35" s="8">
         <v>232201600</v>
       </c>
       <c r="C35" s="8">
         <v>231714599</v>
       </c>
       <c r="D35" s="8">
         <v>241024878</v>
       </c>
       <c r="E35" s="8">
         <v>224430947</v>
       </c>
       <c r="F35" s="8">
         <v>209223936</v>
       </c>
       <c r="G35" s="8">
         <v>203539048</v>
       </c>
       <c r="H35" s="8">
         <v>182711173</v>
       </c>
       <c r="I35" s="8">
         <v>178527507</v>
       </c>
       <c r="J35" s="8">
         <v>185236847</v>
       </c>
       <c r="K35" s="8">
         <v>199967823</v>
       </c>
       <c r="L35" s="8">
         <v>225729441</v>
       </c>
       <c r="M35" s="8">
         <v>285899560</v>
       </c>
       <c r="N35" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B36" s="8">
         <v>1656921</v>
       </c>
       <c r="C36" s="8">
         <v>806493</v>
       </c>
       <c r="D36" s="8">
         <v>874172</v>
       </c>
       <c r="E36" s="8">
         <v>737834</v>
       </c>
       <c r="F36" s="8">
         <v>795297</v>
       </c>
       <c r="G36" s="8">
         <v>782535</v>
       </c>
       <c r="H36" s="8">
         <v>551881</v>
       </c>
       <c r="I36" s="9" t="s">
         <v>25</v>
       </c>
       <c r="J36" s="8">
         <v>2424582</v>
       </c>
       <c r="K36" s="8">
         <v>779730</v>
       </c>
       <c r="L36" s="8">
         <v>451774</v>
       </c>
       <c r="M36" s="8">
         <v>537771</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B37" s="8">
         <v>15103095</v>
       </c>
       <c r="C37" s="8">
         <v>15260594</v>
       </c>
       <c r="D37" s="8">
         <v>15535969</v>
       </c>
       <c r="E37" s="8">
         <v>16898428</v>
       </c>
       <c r="F37" s="8">
         <v>17456535</v>
       </c>
       <c r="G37" s="8">
         <v>18425488</v>
       </c>
       <c r="H37" s="8">
         <v>20590850</v>
       </c>
       <c r="I37" s="8">
         <v>21265475</v>
       </c>
       <c r="J37" s="8">
         <v>20903924</v>
       </c>
       <c r="K37" s="8">
         <v>20461761</v>
       </c>
       <c r="L37" s="8">
         <v>19096964</v>
       </c>
       <c r="M37" s="8">
         <v>16344454</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B38" s="8">
         <v>298033</v>
       </c>
       <c r="C38" s="8">
         <v>399133</v>
       </c>
       <c r="D38" s="8">
         <v>353116</v>
       </c>
       <c r="E38" s="8">
         <v>361075</v>
       </c>
       <c r="F38" s="8">
         <v>361882</v>
       </c>
       <c r="G38" s="8">
         <v>396934</v>
       </c>
       <c r="H38" s="8">
         <v>416686</v>
       </c>
       <c r="I38" s="8">
         <v>509849</v>
       </c>
       <c r="J38" s="8">
         <v>612697</v>
       </c>
       <c r="K38" s="8">
         <v>448350</v>
       </c>
       <c r="L38" s="8">
         <v>405222</v>
       </c>
       <c r="M38" s="8">
         <v>310614</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B39" s="8">
         <v>2857753</v>
       </c>
       <c r="C39" s="8">
         <v>3552638</v>
       </c>
       <c r="D39" s="8">
         <v>3830534</v>
       </c>
       <c r="E39" s="8">
         <v>3379223</v>
       </c>
       <c r="F39" s="8">
         <v>3311222</v>
       </c>
       <c r="G39" s="8">
         <v>3882703</v>
       </c>
       <c r="H39" s="8">
         <v>3257619</v>
       </c>
       <c r="I39" s="9" t="s">
         <v>25</v>
       </c>
       <c r="J39" s="8">
         <v>3517115</v>
       </c>
       <c r="K39" s="8">
         <v>2219818</v>
       </c>
       <c r="L39" s="8">
         <v>2899408</v>
       </c>
       <c r="M39" s="8">
         <v>4387865</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B40" s="8">
         <v>1090503057</v>
       </c>
       <c r="C40" s="8">
         <v>1060618271</v>
       </c>
       <c r="D40" s="8">
         <v>1046561911</v>
       </c>
       <c r="E40" s="8">
         <v>979726669</v>
       </c>
       <c r="F40" s="8">
         <v>931520446</v>
       </c>
       <c r="G40" s="8">
         <v>895611789</v>
       </c>
       <c r="H40" s="8">
         <v>829380036</v>
       </c>
       <c r="I40" s="8">
         <v>839391665</v>
       </c>
       <c r="J40" s="8">
         <v>952393393</v>
       </c>
       <c r="K40" s="8">
         <v>1046271131</v>
       </c>
       <c r="L40" s="8">
         <v>1083180316</v>
       </c>
       <c r="M40" s="8">
         <v>1188897645</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B41" s="8">
         <v>155176587</v>
       </c>
       <c r="C41" s="8">
         <v>155413855</v>
       </c>
       <c r="D41" s="8">
         <v>162028476</v>
       </c>
       <c r="E41" s="8">
         <v>165156718</v>
       </c>
       <c r="F41" s="8">
         <v>170601300</v>
       </c>
       <c r="G41" s="8">
         <v>178156483</v>
       </c>
       <c r="H41" s="8">
         <v>188255910</v>
       </c>
       <c r="I41" s="8">
         <v>196068326</v>
       </c>
       <c r="J41" s="8">
         <v>203288269</v>
       </c>
       <c r="K41" s="8">
         <v>188027455</v>
       </c>
       <c r="L41" s="8">
         <v>179836381</v>
       </c>
       <c r="M41" s="8">
         <v>174770191</v>
       </c>
       <c r="N41" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B42" s="8">
         <v>935326471</v>
       </c>
       <c r="C42" s="8">
         <v>905204416</v>
       </c>
       <c r="D42" s="8">
         <v>884533435</v>
       </c>
       <c r="E42" s="8">
         <v>814569951</v>
       </c>
       <c r="F42" s="8">
         <v>760919146</v>
       </c>
       <c r="G42" s="8">
         <v>717455306</v>
       </c>
       <c r="H42" s="8">
         <v>641124127</v>
       </c>
       <c r="I42" s="8">
         <v>643323338</v>
       </c>
       <c r="J42" s="8">
         <v>749105124</v>
       </c>
       <c r="K42" s="8">
         <v>858243676</v>
       </c>
       <c r="L42" s="8">
         <v>903343935</v>
       </c>
       <c r="M42" s="8">
         <v>1014127454</v>
       </c>
       <c r="N42" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="43" ht="12" customHeight="1"/>
     <row r="44" ht="14" customHeight="1">
       <c r="A44" s="10" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B44" s="10"/>
       <c r="C44" s="10"/>
       <c r="D44" s="10"/>
       <c r="E44" s="10"/>
       <c r="F44" s="10"/>
       <c r="G44" s="10"/>
       <c r="H44" s="10"/>
       <c r="I44" s="10"/>
       <c r="J44" s="10"/>
       <c r="K44" s="10"/>
       <c r="L44" s="10"/>
       <c r="M44" s="10"/>
       <c r="N44" s="10"/>
     </row>
     <row r="45" ht="14" customHeight="1">
       <c r="A45" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B45" s="11"/>
       <c r="C45" s="11"/>
       <c r="D45" s="11"/>
       <c r="E45" s="11"/>
       <c r="F45" s="11"/>
       <c r="G45" s="11"/>
       <c r="H45" s="11"/>
       <c r="I45" s="11"/>
       <c r="J45" s="11"/>
       <c r="K45" s="11"/>
       <c r="L45" s="11"/>
       <c r="M45" s="11"/>
       <c r="N45" s="11"/>
     </row>
     <row r="46" ht="29" customHeight="1">
       <c r="A46" s="12" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B46" s="12"/>
       <c r="C46" s="12"/>
       <c r="D46" s="12"/>
       <c r="E46" s="12"/>
       <c r="F46" s="12"/>
       <c r="G46" s="12"/>
       <c r="H46" s="12"/>
       <c r="I46" s="12"/>
       <c r="J46" s="12"/>
       <c r="K46" s="12"/>
       <c r="L46" s="12"/>
       <c r="M46" s="12"/>
       <c r="N46" s="12"/>
     </row>
     <row r="47" ht="43" customHeight="1">
       <c r="A47" s="12" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B47" s="12"/>
       <c r="C47" s="12"/>
       <c r="D47" s="12"/>
       <c r="E47" s="12"/>
       <c r="F47" s="12"/>
       <c r="G47" s="12"/>
       <c r="H47" s="12"/>
       <c r="I47" s="12"/>
       <c r="J47" s="12"/>
       <c r="K47" s="12"/>
       <c r="L47" s="12"/>
       <c r="M47" s="12"/>
       <c r="N47" s="12"/>
     </row>
     <row r="48" ht="12" customHeight="1">
       <c r="A48" s="13" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B48" s="13"/>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="13"/>
       <c r="G48" s="13"/>
       <c r="H48" s="13"/>
       <c r="I48" s="13"/>
       <c r="J48" s="13"/>
       <c r="K48" s="13"/>
       <c r="L48" s="13"/>
       <c r="M48" s="13"/>
       <c r="N48" s="13"/>
     </row>
     <row r="49" ht="14" customHeight="1">
       <c r="A49" s="12" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="12"/>
       <c r="E49" s="12"/>
       <c r="F49" s="12"/>
       <c r="G49" s="12"/>
       <c r="H49" s="12"/>
       <c r="I49" s="12"/>
       <c r="J49" s="12"/>
       <c r="K49" s="12"/>
       <c r="L49" s="12"/>
       <c r="M49" s="12"/>
       <c r="N49" s="12"/>
     </row>
     <row r="50" ht="43" customHeight="1">
       <c r="A50" s="12" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B50" s="12"/>
       <c r="C50" s="12"/>
       <c r="D50" s="12"/>
       <c r="E50" s="12"/>
       <c r="F50" s="12"/>
       <c r="G50" s="12"/>
       <c r="H50" s="12"/>
       <c r="I50" s="12"/>
       <c r="J50" s="12"/>
       <c r="K50" s="12"/>
       <c r="L50" s="12"/>
       <c r="M50" s="12"/>
       <c r="N50" s="12"/>
     </row>
     <row r="51" ht="14" customHeight="1">
       <c r="A51" s="12" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B51" s="12"/>
       <c r="C51" s="12"/>
       <c r="D51" s="12"/>
       <c r="E51" s="12"/>
       <c r="F51" s="12"/>
       <c r="G51" s="12"/>
       <c r="H51" s="12"/>
       <c r="I51" s="12"/>
       <c r="J51" s="12"/>
       <c r="K51" s="12"/>
       <c r="L51" s="12"/>
       <c r="M51" s="12"/>
       <c r="N51" s="12"/>
     </row>
     <row r="52" ht="14" customHeight="1">
       <c r="A52" s="12" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B52" s="12"/>
       <c r="C52" s="12"/>
       <c r="D52" s="12"/>
       <c r="E52" s="12"/>
       <c r="F52" s="12"/>
       <c r="G52" s="12"/>
       <c r="H52" s="12"/>
       <c r="I52" s="12"/>
       <c r="J52" s="12"/>
       <c r="K52" s="12"/>
       <c r="L52" s="12"/>
       <c r="M52" s="12"/>
       <c r="N52" s="12"/>
     </row>
     <row r="53" ht="12" customHeight="1">
       <c r="A53" s="13" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B53" s="13"/>
       <c r="C53" s="13"/>
       <c r="D53" s="13"/>
       <c r="E53" s="13"/>
       <c r="F53" s="13"/>
       <c r="G53" s="13"/>
       <c r="H53" s="13"/>
       <c r="I53" s="13"/>
       <c r="J53" s="13"/>
       <c r="K53" s="13"/>
       <c r="L53" s="13"/>
       <c r="M53" s="13"/>
       <c r="N53" s="13"/>
     </row>
     <row r="54" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A44:N44"/>
@@ -7878,1775 +8118,1775 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B9" s="8">
         <v>1799</v>
       </c>
       <c r="C9" s="8">
         <v>1738</v>
       </c>
       <c r="D9" s="8">
         <v>2973</v>
       </c>
       <c r="E9" s="8">
         <v>1754</v>
       </c>
       <c r="F9" s="8">
         <v>1742</v>
       </c>
       <c r="G9" s="8">
         <v>3003</v>
       </c>
       <c r="H9" s="8">
         <v>1758</v>
       </c>
       <c r="I9" s="8">
         <v>1749</v>
       </c>
       <c r="J9" s="8">
         <v>3009</v>
       </c>
       <c r="K9" s="8">
         <v>1780</v>
       </c>
       <c r="L9" s="8">
         <v>1765</v>
       </c>
       <c r="M9" s="8">
         <v>6606</v>
       </c>
       <c r="N9" s="8">
         <v>6847</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B10" s="8">
         <v>53998411</v>
       </c>
       <c r="C10" s="8">
         <v>28840269</v>
       </c>
       <c r="D10" s="8">
         <v>20002474</v>
       </c>
       <c r="E10" s="8">
         <v>20236691</v>
       </c>
       <c r="F10" s="8">
         <v>17007170</v>
       </c>
       <c r="G10" s="8">
         <v>11525739</v>
       </c>
       <c r="H10" s="8">
         <v>10443495</v>
       </c>
       <c r="I10" s="8">
         <v>55386397</v>
       </c>
       <c r="J10" s="8">
         <v>191897463</v>
       </c>
       <c r="K10" s="8">
         <v>202086912</v>
       </c>
       <c r="L10" s="8">
         <v>129225916</v>
       </c>
       <c r="M10" s="8">
         <v>141992378</v>
       </c>
       <c r="N10" s="8">
         <v>882643314</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B11" s="8">
         <v>36100409</v>
       </c>
       <c r="C11" s="8">
         <v>18918263</v>
       </c>
       <c r="D11" s="8">
         <v>8704449</v>
       </c>
       <c r="E11" s="8">
         <v>13067311</v>
       </c>
       <c r="F11" s="8">
         <v>10447244</v>
       </c>
       <c r="G11" s="8">
         <v>6588831</v>
       </c>
       <c r="H11" s="8">
         <v>8654729</v>
       </c>
       <c r="I11" s="8">
         <v>49206819</v>
       </c>
       <c r="J11" s="8">
         <v>173959460</v>
       </c>
       <c r="K11" s="8">
         <v>174423124</v>
       </c>
       <c r="L11" s="8">
         <v>101112143</v>
       </c>
       <c r="M11" s="8">
         <v>86565844</v>
       </c>
       <c r="N11" s="8">
         <v>687748626</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B12" s="8">
         <v>15682244</v>
       </c>
       <c r="C12" s="8">
         <v>8143971</v>
       </c>
       <c r="D12" s="8">
         <v>8226189</v>
       </c>
       <c r="E12" s="8">
         <v>3336960</v>
       </c>
       <c r="F12" s="9" t="s">
         <v>25</v>
       </c>
       <c r="G12" s="9" t="s">
         <v>25</v>
       </c>
       <c r="H12" s="8">
         <v>-1112681</v>
       </c>
       <c r="I12" s="8">
         <v>2420270</v>
       </c>
       <c r="J12" s="8">
         <v>15071513</v>
       </c>
       <c r="K12" s="8">
         <v>23958785</v>
       </c>
       <c r="L12" s="8">
         <v>26085334</v>
       </c>
       <c r="M12" s="8">
         <v>52952548</v>
       </c>
       <c r="N12" s="8">
         <v>158602495</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B13" s="8">
         <v>1878519</v>
       </c>
       <c r="C13" s="8">
         <v>1339806</v>
       </c>
       <c r="D13" s="8">
         <v>2330027</v>
       </c>
       <c r="E13" s="8">
         <v>2503452</v>
       </c>
       <c r="F13" s="9" t="s">
         <v>25</v>
       </c>
       <c r="G13" s="8">
         <v>2947259</v>
       </c>
       <c r="H13" s="8">
         <v>2472719</v>
       </c>
       <c r="I13" s="8">
         <v>3047887</v>
       </c>
       <c r="J13" s="8">
         <v>2269192</v>
       </c>
       <c r="K13" s="8">
         <v>3321822</v>
       </c>
       <c r="L13" s="8">
         <v>1622349</v>
       </c>
       <c r="M13" s="9" t="s">
         <v>25</v>
       </c>
       <c r="N13" s="8">
         <v>27550062</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B14" s="8">
         <v>3622</v>
       </c>
       <c r="C14" s="8">
         <v>2897</v>
       </c>
       <c r="D14" s="8">
         <v>24797</v>
       </c>
       <c r="E14" s="8">
         <v>2169</v>
       </c>
       <c r="F14" s="8">
         <v>7771</v>
       </c>
       <c r="G14" s="9" t="s">
         <v>25</v>
       </c>
       <c r="H14" s="8">
         <v>9926</v>
       </c>
       <c r="I14" s="8">
         <v>9077</v>
       </c>
       <c r="J14" s="8">
         <v>79254</v>
       </c>
       <c r="K14" s="8">
         <v>2537</v>
       </c>
       <c r="L14" s="8">
         <v>7621</v>
       </c>
       <c r="M14" s="9" t="s">
         <v>25</v>
       </c>
       <c r="N14" s="8">
         <v>245895</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B15" s="8">
         <v>333617</v>
       </c>
       <c r="C15" s="8">
         <v>435332</v>
       </c>
       <c r="D15" s="8">
         <v>717012</v>
       </c>
       <c r="E15" s="8">
         <v>1326799</v>
       </c>
       <c r="F15" s="8">
         <v>922800</v>
       </c>
       <c r="G15" s="8">
         <v>998714</v>
       </c>
       <c r="H15" s="8">
         <v>418802</v>
       </c>
       <c r="I15" s="8">
         <v>702343</v>
       </c>
       <c r="J15" s="8">
         <v>518044</v>
       </c>
       <c r="K15" s="8">
         <v>380644</v>
       </c>
       <c r="L15" s="8">
         <v>398469</v>
       </c>
       <c r="M15" s="8">
         <v>1343659</v>
       </c>
       <c r="N15" s="8">
         <v>8496236</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B16" s="8">
         <v>49989308</v>
       </c>
       <c r="C16" s="8">
         <v>47463636</v>
       </c>
       <c r="D16" s="8">
         <v>56209207</v>
       </c>
       <c r="E16" s="8">
         <v>51279841</v>
       </c>
       <c r="F16" s="8">
         <v>54126511</v>
       </c>
       <c r="G16" s="8">
         <v>54328555</v>
       </c>
       <c r="H16" s="8">
         <v>49952254</v>
       </c>
       <c r="I16" s="8">
         <v>50381145</v>
       </c>
       <c r="J16" s="8">
         <v>54730382</v>
       </c>
       <c r="K16" s="8">
         <v>62350266</v>
       </c>
       <c r="L16" s="8">
         <v>57096614</v>
       </c>
       <c r="M16" s="8">
         <v>61517117</v>
       </c>
       <c r="N16" s="8">
         <v>649424836</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B17" s="8">
         <v>42353083</v>
       </c>
       <c r="C17" s="8">
         <v>40866957</v>
       </c>
       <c r="D17" s="8">
         <v>48645869</v>
       </c>
       <c r="E17" s="8">
         <v>42855497</v>
       </c>
       <c r="F17" s="8">
         <v>45824073</v>
       </c>
       <c r="G17" s="8">
         <v>45039903</v>
       </c>
       <c r="H17" s="8">
         <v>41476215</v>
       </c>
       <c r="I17" s="8">
         <v>41323025</v>
       </c>
       <c r="J17" s="8">
         <v>44953467</v>
       </c>
       <c r="K17" s="8">
         <v>51187748</v>
       </c>
       <c r="L17" s="8">
         <v>46627680</v>
       </c>
       <c r="M17" s="8">
         <v>49293161</v>
       </c>
       <c r="N17" s="8">
         <v>540446681</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B18" s="8">
         <v>3815696</v>
       </c>
       <c r="C18" s="8">
         <v>3506383</v>
       </c>
       <c r="D18" s="8">
         <v>4514711</v>
       </c>
       <c r="E18" s="8">
         <v>3942357</v>
       </c>
       <c r="F18" s="8">
         <v>3919731</v>
       </c>
       <c r="G18" s="8">
         <v>4706710</v>
       </c>
       <c r="H18" s="8">
         <v>3716547</v>
       </c>
       <c r="I18" s="8">
         <v>4493637</v>
       </c>
       <c r="J18" s="8">
         <v>5139603</v>
       </c>
       <c r="K18" s="8">
         <v>4543256</v>
       </c>
       <c r="L18" s="8">
         <v>4110395</v>
       </c>
       <c r="M18" s="8">
         <v>6148724</v>
       </c>
       <c r="N18" s="8">
         <v>52557749</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B19" s="8">
         <v>1306720</v>
       </c>
       <c r="C19" s="8">
         <v>1097335</v>
       </c>
       <c r="D19" s="8">
         <v>1001041</v>
       </c>
       <c r="E19" s="8">
         <v>1623374</v>
       </c>
       <c r="F19" s="8">
         <v>1609419</v>
       </c>
       <c r="G19" s="8">
         <v>1598191</v>
       </c>
       <c r="H19" s="8">
         <v>1436650</v>
       </c>
       <c r="I19" s="8">
         <v>1495023</v>
       </c>
       <c r="J19" s="8">
         <v>1977448</v>
       </c>
       <c r="K19" s="8">
         <v>2939930</v>
       </c>
       <c r="L19" s="8">
         <v>3587432</v>
       </c>
       <c r="M19" s="8">
         <v>2614732</v>
       </c>
       <c r="N19" s="8">
         <v>22287294</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B20" s="8">
         <v>79688</v>
       </c>
       <c r="C20" s="8">
         <v>74362</v>
       </c>
       <c r="D20" s="8">
         <v>60708</v>
       </c>
       <c r="E20" s="8">
         <v>59664</v>
       </c>
       <c r="F20" s="8">
         <v>67348</v>
       </c>
       <c r="G20" s="8">
         <v>80371</v>
       </c>
       <c r="H20" s="8">
         <v>66392</v>
       </c>
       <c r="I20" s="8">
         <v>54393</v>
       </c>
       <c r="J20" s="8">
         <v>107679</v>
       </c>
       <c r="K20" s="8">
         <v>133900</v>
       </c>
       <c r="L20" s="8">
         <v>133030</v>
       </c>
       <c r="M20" s="8">
         <v>156917</v>
       </c>
       <c r="N20" s="8">
         <v>1074453</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B21" s="8">
         <v>2434121</v>
       </c>
       <c r="C21" s="8">
         <v>1918599</v>
       </c>
       <c r="D21" s="8">
         <v>1986877</v>
       </c>
       <c r="E21" s="8">
         <v>2798948</v>
       </c>
       <c r="F21" s="8">
         <v>2705941</v>
       </c>
       <c r="G21" s="8">
         <v>2903380</v>
       </c>
       <c r="H21" s="8">
         <v>3256450</v>
       </c>
       <c r="I21" s="8">
         <v>3015067</v>
       </c>
       <c r="J21" s="8">
         <v>2552185</v>
       </c>
       <c r="K21" s="8">
         <v>3545432</v>
       </c>
       <c r="L21" s="8">
         <v>2638077</v>
       </c>
       <c r="M21" s="8">
         <v>3303582</v>
       </c>
       <c r="N21" s="8">
         <v>33058659</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B22" s="8">
         <v>49989308</v>
       </c>
       <c r="C22" s="8">
         <v>47463636</v>
       </c>
       <c r="D22" s="8">
         <v>56209207</v>
       </c>
       <c r="E22" s="8">
         <v>51279841</v>
       </c>
       <c r="F22" s="8">
         <v>54126511</v>
       </c>
       <c r="G22" s="8">
         <v>54328555</v>
       </c>
       <c r="H22" s="8">
         <v>49952254</v>
       </c>
       <c r="I22" s="8">
         <v>50381145</v>
       </c>
       <c r="J22" s="8">
         <v>54730382</v>
       </c>
       <c r="K22" s="8">
         <v>62350266</v>
       </c>
       <c r="L22" s="8">
         <v>57096614</v>
       </c>
       <c r="M22" s="8">
         <v>61517117</v>
       </c>
       <c r="N22" s="8">
         <v>649424836</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B23" s="8">
         <v>46059761</v>
       </c>
       <c r="C23" s="8">
         <v>44860637</v>
       </c>
       <c r="D23" s="8">
         <v>52482106</v>
       </c>
       <c r="E23" s="8">
         <v>48849315</v>
       </c>
       <c r="F23" s="8">
         <v>51944745</v>
       </c>
       <c r="G23" s="8">
         <v>51922339</v>
       </c>
       <c r="H23" s="8">
         <v>45491196</v>
       </c>
       <c r="I23" s="8">
         <v>47888476</v>
       </c>
       <c r="J23" s="8">
         <v>51398690</v>
       </c>
       <c r="K23" s="8">
         <v>58304862</v>
       </c>
       <c r="L23" s="8">
         <v>54819743</v>
       </c>
       <c r="M23" s="8">
         <v>59745498</v>
       </c>
       <c r="N23" s="8">
         <v>613767367</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B24" s="8">
         <v>3929546</v>
       </c>
       <c r="C24" s="8">
         <v>2602999</v>
       </c>
       <c r="D24" s="8">
         <v>3727101</v>
       </c>
       <c r="E24" s="8">
         <v>2430526</v>
       </c>
       <c r="F24" s="8">
         <v>2181767</v>
       </c>
       <c r="G24" s="8">
         <v>2406216</v>
       </c>
       <c r="H24" s="8">
         <v>4461059</v>
       </c>
       <c r="I24" s="8">
         <v>2492669</v>
       </c>
       <c r="J24" s="8">
         <v>3331691</v>
       </c>
       <c r="K24" s="8">
         <v>4045404</v>
       </c>
       <c r="L24" s="8">
         <v>2276872</v>
       </c>
       <c r="M24" s="8">
         <v>1771619</v>
       </c>
       <c r="N24" s="8">
         <v>35657469</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B25" s="8">
         <v>10320736</v>
       </c>
       <c r="C25" s="8">
         <v>9675903</v>
       </c>
       <c r="D25" s="8">
         <v>11931155</v>
       </c>
       <c r="E25" s="8">
         <v>10963954</v>
       </c>
       <c r="F25" s="8">
         <v>10048498</v>
       </c>
       <c r="G25" s="8">
         <v>10596003</v>
       </c>
       <c r="H25" s="8">
         <v>10151969</v>
       </c>
       <c r="I25" s="8">
         <v>10291196</v>
       </c>
       <c r="J25" s="8">
         <v>10975938</v>
       </c>
       <c r="K25" s="8">
         <v>12093693</v>
       </c>
       <c r="L25" s="8">
         <v>9617775</v>
       </c>
       <c r="M25" s="8">
         <v>9126823</v>
       </c>
       <c r="N25" s="8">
         <v>125793641</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B26" s="8">
         <v>9524498</v>
       </c>
       <c r="C26" s="8">
         <v>8440545</v>
       </c>
       <c r="D26" s="8">
         <v>10027491</v>
       </c>
       <c r="E26" s="8">
         <v>9323612</v>
       </c>
       <c r="F26" s="8">
         <v>9014686</v>
       </c>
       <c r="G26" s="8">
         <v>9357146</v>
       </c>
       <c r="H26" s="8">
         <v>9138444</v>
       </c>
       <c r="I26" s="8">
         <v>9037562</v>
       </c>
       <c r="J26" s="8">
         <v>9806784</v>
       </c>
       <c r="K26" s="8">
         <v>10548033</v>
       </c>
       <c r="L26" s="8">
         <v>8539032</v>
       </c>
       <c r="M26" s="8">
         <v>8035686</v>
       </c>
       <c r="N26" s="8">
         <v>110793520</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B27" s="8">
         <v>636082</v>
       </c>
       <c r="C27" s="8">
         <v>956134</v>
       </c>
       <c r="D27" s="8">
         <v>1614329</v>
       </c>
       <c r="E27" s="8">
         <v>1334232</v>
       </c>
       <c r="F27" s="8">
         <v>719017</v>
       </c>
       <c r="G27" s="8">
         <v>808330</v>
       </c>
       <c r="H27" s="8">
         <v>666281</v>
       </c>
       <c r="I27" s="8">
         <v>998193</v>
       </c>
       <c r="J27" s="8">
         <v>926033</v>
       </c>
       <c r="K27" s="8">
         <v>1284028</v>
       </c>
       <c r="L27" s="8">
         <v>865830</v>
       </c>
       <c r="M27" s="8">
         <v>881011</v>
       </c>
       <c r="N27" s="8">
         <v>11689501</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B28" s="8">
         <v>130367</v>
       </c>
       <c r="C28" s="9" t="s">
         <v>25</v>
       </c>
       <c r="D28" s="8">
         <v>253303</v>
       </c>
       <c r="E28" s="8">
         <v>254851</v>
       </c>
       <c r="F28" s="8">
         <v>274615</v>
       </c>
       <c r="G28" s="9" t="s">
         <v>25</v>
       </c>
       <c r="H28" s="8">
         <v>293762</v>
       </c>
       <c r="I28" s="8">
         <v>207237</v>
       </c>
       <c r="J28" s="8">
         <v>183993</v>
       </c>
       <c r="K28" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L28" s="8">
         <v>181302</v>
       </c>
       <c r="M28" s="8">
         <v>169790</v>
       </c>
       <c r="N28" s="8">
         <v>2740668</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B29" s="8">
         <v>29789</v>
       </c>
       <c r="C29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="D29" s="8">
         <v>36032</v>
       </c>
       <c r="E29" s="8">
         <v>51259</v>
       </c>
       <c r="F29" s="8">
         <v>40179</v>
       </c>
       <c r="G29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="H29" s="8">
         <v>53481</v>
       </c>
       <c r="I29" s="8">
         <v>48204</v>
       </c>
       <c r="J29" s="8">
         <v>59128</v>
       </c>
       <c r="K29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L29" s="8">
         <v>31611</v>
       </c>
       <c r="M29" s="8">
         <v>40335</v>
       </c>
       <c r="N29" s="8">
         <v>569953</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B30" s="8">
         <v>9160226</v>
       </c>
       <c r="C30" s="8">
         <v>8342847</v>
       </c>
       <c r="D30" s="8">
         <v>9240690</v>
       </c>
       <c r="E30" s="8">
         <v>9464563</v>
       </c>
       <c r="F30" s="8">
         <v>9157070</v>
       </c>
       <c r="G30" s="8">
         <v>9495762</v>
       </c>
       <c r="H30" s="8">
         <v>9464549</v>
       </c>
       <c r="I30" s="8">
         <v>8863178</v>
       </c>
       <c r="J30" s="8">
         <v>9080620</v>
       </c>
       <c r="K30" s="8">
         <v>9946494</v>
       </c>
       <c r="L30" s="8">
         <v>7821240</v>
       </c>
       <c r="M30" s="8">
         <v>7371709</v>
       </c>
       <c r="N30" s="8">
         <v>107408948</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B31" s="8">
         <v>5237290</v>
       </c>
       <c r="C31" s="8">
         <v>5124699</v>
       </c>
       <c r="D31" s="8">
         <v>5216623</v>
       </c>
       <c r="E31" s="8">
         <v>4665494</v>
       </c>
       <c r="F31" s="8">
         <v>5093829</v>
       </c>
       <c r="G31" s="8">
         <v>4921782</v>
       </c>
       <c r="H31" s="8">
         <v>5037596</v>
       </c>
       <c r="I31" s="8">
         <v>5321802</v>
       </c>
       <c r="J31" s="8">
         <v>5399343</v>
       </c>
       <c r="K31" s="8">
         <v>5996157</v>
       </c>
       <c r="L31" s="8">
         <v>5280926</v>
       </c>
       <c r="M31" s="8">
         <v>4347803</v>
       </c>
       <c r="N31" s="8">
         <v>61643341</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B32" s="8">
         <v>3922936</v>
       </c>
       <c r="C32" s="8">
         <v>3218148</v>
       </c>
       <c r="D32" s="8">
         <v>4024067</v>
       </c>
       <c r="E32" s="8">
         <v>4799069</v>
       </c>
       <c r="F32" s="8">
         <v>4063241</v>
       </c>
       <c r="G32" s="8">
         <v>4573981</v>
       </c>
       <c r="H32" s="8">
         <v>4426953</v>
       </c>
       <c r="I32" s="8">
         <v>3541376</v>
       </c>
       <c r="J32" s="8">
         <v>3681278</v>
       </c>
       <c r="K32" s="8">
         <v>3950337</v>
       </c>
       <c r="L32" s="8">
         <v>2540314</v>
       </c>
       <c r="M32" s="8">
         <v>3023906</v>
       </c>
       <c r="N32" s="8">
         <v>45765606</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B33" s="8">
         <v>999531500</v>
       </c>
       <c r="C33" s="8">
         <v>967550683</v>
       </c>
       <c r="D33" s="8">
         <v>965368954</v>
       </c>
       <c r="E33" s="8">
         <v>890537390</v>
       </c>
       <c r="F33" s="8">
         <v>844961294</v>
       </c>
       <c r="G33" s="8">
         <v>808893643</v>
       </c>
       <c r="H33" s="8">
         <v>744963780</v>
       </c>
       <c r="I33" s="8">
         <v>733173337</v>
       </c>
       <c r="J33" s="8">
         <v>864014727</v>
       </c>
       <c r="K33" s="8">
         <v>973182698</v>
       </c>
       <c r="L33" s="8">
         <v>1033457778</v>
       </c>
       <c r="M33" s="8">
         <v>1130289191</v>
       </c>
       <c r="N33" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B34" s="8">
         <v>810804336</v>
       </c>
       <c r="C34" s="8">
         <v>784541677</v>
       </c>
       <c r="D34" s="8">
         <v>773883535</v>
       </c>
       <c r="E34" s="8">
         <v>716424534</v>
       </c>
       <c r="F34" s="8">
         <v>678348538</v>
       </c>
       <c r="G34" s="8">
         <v>642949934</v>
       </c>
       <c r="H34" s="8">
         <v>596523185</v>
       </c>
       <c r="I34" s="8">
         <v>590549270</v>
       </c>
       <c r="J34" s="8">
         <v>709151486</v>
       </c>
       <c r="K34" s="8">
         <v>803798975</v>
       </c>
       <c r="L34" s="8">
         <v>840413466</v>
       </c>
       <c r="M34" s="8">
         <v>879033646</v>
       </c>
       <c r="N34" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B35" s="8">
         <v>170961821</v>
       </c>
       <c r="C35" s="8">
         <v>165050244</v>
       </c>
       <c r="D35" s="8">
         <v>172473910</v>
       </c>
       <c r="E35" s="8">
         <v>154342175</v>
       </c>
       <c r="F35" s="8">
         <v>146019571</v>
       </c>
       <c r="G35" s="8">
         <v>144026384</v>
       </c>
       <c r="H35" s="8">
         <v>126828919</v>
       </c>
       <c r="I35" s="8">
         <v>118178322</v>
       </c>
       <c r="J35" s="8">
         <v>131679749</v>
       </c>
       <c r="K35" s="8">
         <v>146547275</v>
       </c>
       <c r="L35" s="8">
         <v>173569438</v>
       </c>
       <c r="M35" s="8">
         <v>232550995</v>
       </c>
       <c r="N35" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B36" s="8">
         <v>711036</v>
       </c>
       <c r="C36" s="8">
         <v>641822</v>
       </c>
       <c r="D36" s="8">
         <v>605361</v>
       </c>
       <c r="E36" s="8">
         <v>890616</v>
       </c>
       <c r="F36" s="8">
         <v>523231</v>
       </c>
       <c r="G36" s="8">
         <v>459376</v>
       </c>
       <c r="H36" s="8">
         <v>602162</v>
       </c>
       <c r="I36" s="8">
         <v>1368103</v>
       </c>
       <c r="J36" s="8">
         <v>867837</v>
       </c>
       <c r="K36" s="8">
         <v>1018948</v>
       </c>
       <c r="L36" s="8">
         <v>389250</v>
       </c>
       <c r="M36" s="8">
         <v>547279</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B37" s="8">
         <v>15124755</v>
       </c>
       <c r="C37" s="8">
         <v>15093677</v>
       </c>
       <c r="D37" s="8">
         <v>16124590</v>
       </c>
       <c r="E37" s="8">
         <v>16598477</v>
       </c>
       <c r="F37" s="8">
         <v>17480079</v>
       </c>
       <c r="G37" s="8">
         <v>18479019</v>
       </c>
       <c r="H37" s="8">
         <v>18699296</v>
       </c>
       <c r="I37" s="8">
         <v>19920425</v>
       </c>
       <c r="J37" s="8">
         <v>19911623</v>
       </c>
       <c r="K37" s="8">
         <v>19374072</v>
       </c>
       <c r="L37" s="8">
         <v>17329673</v>
       </c>
       <c r="M37" s="8">
         <v>14841720</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B38" s="8">
         <v>543274</v>
       </c>
       <c r="C38" s="8">
         <v>488329</v>
       </c>
       <c r="D38" s="8">
         <v>461015</v>
       </c>
       <c r="E38" s="8">
         <v>509022</v>
       </c>
       <c r="F38" s="8">
         <v>615893</v>
       </c>
       <c r="G38" s="8">
         <v>544542</v>
       </c>
       <c r="H38" s="8">
         <v>473806</v>
       </c>
       <c r="I38" s="8">
         <v>546032</v>
       </c>
       <c r="J38" s="8">
         <v>519433</v>
       </c>
       <c r="K38" s="8">
         <v>471263</v>
       </c>
       <c r="L38" s="8">
         <v>368998</v>
       </c>
       <c r="M38" s="8">
         <v>289284</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B39" s="8">
         <v>1386278</v>
       </c>
       <c r="C39" s="8">
         <v>1734934</v>
       </c>
       <c r="D39" s="8">
         <v>1820543</v>
       </c>
       <c r="E39" s="8">
         <v>1772567</v>
       </c>
       <c r="F39" s="8">
         <v>1973982</v>
       </c>
       <c r="G39" s="8">
         <v>2434389</v>
       </c>
       <c r="H39" s="8">
         <v>1836412</v>
       </c>
       <c r="I39" s="8">
         <v>2611186</v>
       </c>
       <c r="J39" s="8">
         <v>1884600</v>
       </c>
       <c r="K39" s="8">
         <v>1972166</v>
       </c>
       <c r="L39" s="8">
         <v>1386954</v>
       </c>
       <c r="M39" s="8">
         <v>3026267</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B40" s="8">
         <v>999531500</v>
       </c>
       <c r="C40" s="8">
         <v>967550683</v>
       </c>
       <c r="D40" s="8">
         <v>965368954</v>
       </c>
       <c r="E40" s="8">
         <v>890537390</v>
       </c>
       <c r="F40" s="8">
         <v>844961294</v>
       </c>
       <c r="G40" s="8">
         <v>808893643</v>
       </c>
       <c r="H40" s="8">
         <v>744963780</v>
       </c>
       <c r="I40" s="8">
         <v>733173337</v>
       </c>
       <c r="J40" s="8">
         <v>864014727</v>
       </c>
       <c r="K40" s="8">
         <v>973182698</v>
       </c>
       <c r="L40" s="8">
         <v>1033457778</v>
       </c>
       <c r="M40" s="8">
         <v>1130289191</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B41" s="8">
         <v>142971662</v>
       </c>
       <c r="C41" s="8">
         <v>141902803</v>
       </c>
       <c r="D41" s="8">
         <v>164246865</v>
       </c>
       <c r="E41" s="8">
         <v>149923184</v>
       </c>
       <c r="F41" s="8">
         <v>153804186</v>
       </c>
       <c r="G41" s="8">
         <v>161889347</v>
       </c>
       <c r="H41" s="8">
         <v>167885849</v>
       </c>
       <c r="I41" s="8">
         <v>178300084</v>
       </c>
       <c r="J41" s="8">
         <v>186979371</v>
       </c>
       <c r="K41" s="8">
         <v>176117789</v>
       </c>
       <c r="L41" s="8">
         <v>163712401</v>
       </c>
       <c r="M41" s="8">
         <v>160151186</v>
       </c>
       <c r="N41" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B42" s="8">
         <v>856559838</v>
       </c>
       <c r="C42" s="8">
         <v>825647880</v>
       </c>
       <c r="D42" s="8">
         <v>801122089</v>
       </c>
       <c r="E42" s="8">
         <v>740614206</v>
       </c>
       <c r="F42" s="8">
         <v>691157108</v>
       </c>
       <c r="G42" s="8">
         <v>647004297</v>
       </c>
       <c r="H42" s="8">
         <v>577077931</v>
       </c>
       <c r="I42" s="8">
         <v>554873253</v>
       </c>
       <c r="J42" s="8">
         <v>677035356</v>
       </c>
       <c r="K42" s="8">
         <v>797064909</v>
       </c>
       <c r="L42" s="8">
         <v>869745377</v>
       </c>
       <c r="M42" s="8">
         <v>970138005</v>
       </c>
       <c r="N42" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="43" ht="12" customHeight="1"/>
     <row r="44" ht="14" customHeight="1">
       <c r="A44" s="10" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B44" s="10"/>
       <c r="C44" s="10"/>
       <c r="D44" s="10"/>
       <c r="E44" s="10"/>
       <c r="F44" s="10"/>
       <c r="G44" s="10"/>
       <c r="H44" s="10"/>
       <c r="I44" s="10"/>
       <c r="J44" s="10"/>
       <c r="K44" s="10"/>
       <c r="L44" s="10"/>
       <c r="M44" s="10"/>
       <c r="N44" s="10"/>
     </row>
     <row r="45" ht="14" customHeight="1">
       <c r="A45" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B45" s="11"/>
       <c r="C45" s="11"/>
       <c r="D45" s="11"/>
       <c r="E45" s="11"/>
       <c r="F45" s="11"/>
       <c r="G45" s="11"/>
       <c r="H45" s="11"/>
       <c r="I45" s="11"/>
       <c r="J45" s="11"/>
       <c r="K45" s="11"/>
       <c r="L45" s="11"/>
       <c r="M45" s="11"/>
       <c r="N45" s="11"/>
     </row>
     <row r="46" ht="29" customHeight="1">
       <c r="A46" s="12" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B46" s="12"/>
       <c r="C46" s="12"/>
       <c r="D46" s="12"/>
       <c r="E46" s="12"/>
       <c r="F46" s="12"/>
       <c r="G46" s="12"/>
       <c r="H46" s="12"/>
       <c r="I46" s="12"/>
       <c r="J46" s="12"/>
       <c r="K46" s="12"/>
       <c r="L46" s="12"/>
       <c r="M46" s="12"/>
       <c r="N46" s="12"/>
     </row>
     <row r="47" ht="43" customHeight="1">
       <c r="A47" s="12" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B47" s="12"/>
       <c r="C47" s="12"/>
       <c r="D47" s="12"/>
       <c r="E47" s="12"/>
       <c r="F47" s="12"/>
       <c r="G47" s="12"/>
       <c r="H47" s="12"/>
       <c r="I47" s="12"/>
       <c r="J47" s="12"/>
       <c r="K47" s="12"/>
       <c r="L47" s="12"/>
       <c r="M47" s="12"/>
       <c r="N47" s="12"/>
     </row>
     <row r="48" ht="12" customHeight="1">
       <c r="A48" s="13" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B48" s="13"/>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="13"/>
       <c r="G48" s="13"/>
       <c r="H48" s="13"/>
       <c r="I48" s="13"/>
       <c r="J48" s="13"/>
       <c r="K48" s="13"/>
       <c r="L48" s="13"/>
       <c r="M48" s="13"/>
       <c r="N48" s="13"/>
     </row>
     <row r="49" ht="14" customHeight="1">
       <c r="A49" s="12" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="12"/>
       <c r="E49" s="12"/>
       <c r="F49" s="12"/>
       <c r="G49" s="12"/>
       <c r="H49" s="12"/>
       <c r="I49" s="12"/>
       <c r="J49" s="12"/>
       <c r="K49" s="12"/>
       <c r="L49" s="12"/>
       <c r="M49" s="12"/>
       <c r="N49" s="12"/>
     </row>
     <row r="50" ht="43" customHeight="1">
       <c r="A50" s="12" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B50" s="12"/>
       <c r="C50" s="12"/>
       <c r="D50" s="12"/>
       <c r="E50" s="12"/>
       <c r="F50" s="12"/>
       <c r="G50" s="12"/>
       <c r="H50" s="12"/>
       <c r="I50" s="12"/>
       <c r="J50" s="12"/>
       <c r="K50" s="12"/>
       <c r="L50" s="12"/>
       <c r="M50" s="12"/>
       <c r="N50" s="12"/>
     </row>
     <row r="51" ht="14" customHeight="1">
       <c r="A51" s="12" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B51" s="12"/>
       <c r="C51" s="12"/>
       <c r="D51" s="12"/>
       <c r="E51" s="12"/>
       <c r="F51" s="12"/>
       <c r="G51" s="12"/>
       <c r="H51" s="12"/>
       <c r="I51" s="12"/>
       <c r="J51" s="12"/>
       <c r="K51" s="12"/>
       <c r="L51" s="12"/>
       <c r="M51" s="12"/>
       <c r="N51" s="12"/>
     </row>
     <row r="52" ht="14" customHeight="1">
       <c r="A52" s="12" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B52" s="12"/>
       <c r="C52" s="12"/>
       <c r="D52" s="12"/>
       <c r="E52" s="12"/>
       <c r="F52" s="12"/>
       <c r="G52" s="12"/>
       <c r="H52" s="12"/>
       <c r="I52" s="12"/>
       <c r="J52" s="12"/>
       <c r="K52" s="12"/>
       <c r="L52" s="12"/>
       <c r="M52" s="12"/>
       <c r="N52" s="12"/>
     </row>
     <row r="53" ht="12" customHeight="1">
       <c r="A53" s="13" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B53" s="13"/>
       <c r="C53" s="13"/>
       <c r="D53" s="13"/>
       <c r="E53" s="13"/>
       <c r="F53" s="13"/>
       <c r="G53" s="13"/>
       <c r="H53" s="13"/>
       <c r="I53" s="13"/>
       <c r="J53" s="13"/>
       <c r="K53" s="13"/>
       <c r="L53" s="13"/>
       <c r="M53" s="13"/>
       <c r="N53" s="13"/>
     </row>
     <row r="54" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A44:N44"/>
@@ -9688,1775 +9928,1775 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B9" s="8">
         <v>1850</v>
       </c>
       <c r="C9" s="8">
         <v>1812</v>
       </c>
       <c r="D9" s="8">
         <v>2822</v>
       </c>
       <c r="E9" s="8">
         <v>1753</v>
       </c>
       <c r="F9" s="8">
         <v>1742</v>
       </c>
       <c r="G9" s="8">
         <v>2805</v>
       </c>
       <c r="H9" s="8">
         <v>1795</v>
       </c>
       <c r="I9" s="8">
         <v>1775</v>
       </c>
       <c r="J9" s="8">
         <v>2876</v>
       </c>
       <c r="K9" s="8">
         <v>1782</v>
       </c>
       <c r="L9" s="8">
         <v>1769</v>
       </c>
       <c r="M9" s="8">
         <v>6236</v>
       </c>
       <c r="N9" s="8">
         <v>6498</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B10" s="8">
         <v>38830836</v>
       </c>
       <c r="C10" s="8">
         <v>21396241</v>
       </c>
       <c r="D10" s="8">
         <v>19319831</v>
       </c>
       <c r="E10" s="8">
         <v>12208313</v>
       </c>
       <c r="F10" s="8">
         <v>13266599</v>
       </c>
       <c r="G10" s="8">
         <v>10823177</v>
       </c>
       <c r="H10" s="8">
         <v>8547885</v>
       </c>
       <c r="I10" s="8">
         <v>37287426</v>
       </c>
       <c r="J10" s="8">
         <v>105142366</v>
       </c>
       <c r="K10" s="8">
         <v>215918244</v>
       </c>
       <c r="L10" s="8">
         <v>175193167</v>
       </c>
       <c r="M10" s="8">
         <v>151241366</v>
       </c>
       <c r="N10" s="8">
         <v>809175452</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B11" s="8">
         <v>30217062</v>
       </c>
       <c r="C11" s="8">
         <v>14416789</v>
       </c>
       <c r="D11" s="8">
         <v>13560689</v>
       </c>
       <c r="E11" s="8">
         <v>8045493</v>
       </c>
       <c r="F11" s="8">
         <v>12556228</v>
       </c>
       <c r="G11" s="8">
         <v>6362334</v>
       </c>
       <c r="H11" s="8">
         <v>4385072</v>
       </c>
       <c r="I11" s="8">
         <v>30106956</v>
       </c>
       <c r="J11" s="8">
         <v>91417475</v>
       </c>
       <c r="K11" s="8">
         <v>184763493</v>
       </c>
       <c r="L11" s="8">
         <v>147438687</v>
       </c>
       <c r="M11" s="8">
         <v>105552395</v>
       </c>
       <c r="N11" s="8">
         <v>648822674</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B12" s="8">
         <v>6186710</v>
       </c>
       <c r="C12" s="8">
         <v>5213150</v>
       </c>
       <c r="D12" s="8">
         <v>2935429</v>
       </c>
       <c r="E12" s="8">
         <v>1723746</v>
       </c>
       <c r="F12" s="8">
         <v>-1612446</v>
       </c>
       <c r="G12" s="9" t="s">
         <v>25</v>
       </c>
       <c r="H12" s="9" t="s">
         <v>25</v>
       </c>
       <c r="I12" s="8">
         <v>4237854</v>
       </c>
       <c r="J12" s="8">
         <v>11188318</v>
       </c>
       <c r="K12" s="8">
         <v>28402190</v>
       </c>
       <c r="L12" s="8">
         <v>25910774</v>
       </c>
       <c r="M12" s="8">
         <v>43336540</v>
       </c>
       <c r="N12" s="8">
         <v>129711736</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B13" s="8">
         <v>1913548</v>
       </c>
       <c r="C13" s="8">
         <v>1508234</v>
       </c>
       <c r="D13" s="8">
         <v>1996013</v>
       </c>
       <c r="E13" s="8">
         <v>1947626</v>
       </c>
       <c r="F13" s="8">
         <v>2057811</v>
       </c>
       <c r="G13" s="8">
         <v>3025950</v>
       </c>
       <c r="H13" s="8">
         <v>2369779</v>
       </c>
       <c r="I13" s="8">
         <v>2672051</v>
       </c>
       <c r="J13" s="8">
         <v>2003609</v>
       </c>
       <c r="K13" s="8">
         <v>2250868</v>
       </c>
       <c r="L13" s="8">
         <v>1468851</v>
       </c>
       <c r="M13" s="8">
         <v>1405045</v>
       </c>
       <c r="N13" s="8">
         <v>24619386</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B14" s="8">
         <v>10912</v>
       </c>
       <c r="C14" s="8">
         <v>8006</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>25</v>
       </c>
       <c r="E14" s="8">
         <v>11138</v>
       </c>
       <c r="F14" s="8">
         <v>7601</v>
       </c>
       <c r="G14" s="9" t="s">
         <v>25</v>
       </c>
       <c r="H14" s="9" t="s">
         <v>25</v>
       </c>
       <c r="I14" s="8">
         <v>13634</v>
       </c>
       <c r="J14" s="9" t="s">
         <v>25</v>
       </c>
       <c r="K14" s="8">
         <v>4022</v>
       </c>
       <c r="L14" s="8">
         <v>5231</v>
       </c>
       <c r="M14" s="8">
         <v>40125</v>
       </c>
       <c r="N14" s="8">
         <v>395002</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B15" s="8">
         <v>502604</v>
       </c>
       <c r="C15" s="8">
         <v>250061</v>
       </c>
       <c r="D15" s="9" t="s">
         <v>25</v>
       </c>
       <c r="E15" s="8">
         <v>480310</v>
       </c>
       <c r="F15" s="8">
         <v>257405</v>
       </c>
       <c r="G15" s="8">
         <v>473398</v>
       </c>
       <c r="H15" s="8">
         <v>409503</v>
       </c>
       <c r="I15" s="8">
         <v>256932</v>
       </c>
       <c r="J15" s="9" t="s">
         <v>25</v>
       </c>
       <c r="K15" s="8">
         <v>497670</v>
       </c>
       <c r="L15" s="8">
         <v>369625</v>
       </c>
       <c r="M15" s="8">
         <v>907262</v>
       </c>
       <c r="N15" s="8">
         <v>5626654</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B16" s="8">
         <v>42444611</v>
       </c>
       <c r="C16" s="8">
         <v>49148616</v>
       </c>
       <c r="D16" s="8">
         <v>48509975</v>
       </c>
       <c r="E16" s="8">
         <v>44371692</v>
       </c>
       <c r="F16" s="8">
         <v>56113512</v>
       </c>
       <c r="G16" s="8">
         <v>54146805</v>
       </c>
       <c r="H16" s="8">
         <v>43617056</v>
       </c>
       <c r="I16" s="8">
         <v>53414516</v>
       </c>
       <c r="J16" s="8">
         <v>52151644</v>
       </c>
       <c r="K16" s="8">
         <v>57124064</v>
       </c>
       <c r="L16" s="8">
         <v>60816007</v>
       </c>
       <c r="M16" s="8">
         <v>57808910</v>
       </c>
       <c r="N16" s="8">
         <v>619667409</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B17" s="8">
         <v>36750624</v>
       </c>
       <c r="C17" s="8">
         <v>42674142</v>
       </c>
       <c r="D17" s="8">
         <v>41423118</v>
       </c>
       <c r="E17" s="8">
         <v>38056622</v>
       </c>
       <c r="F17" s="8">
         <v>48340526</v>
       </c>
       <c r="G17" s="8">
         <v>46494586</v>
       </c>
       <c r="H17" s="8">
         <v>37429592</v>
       </c>
       <c r="I17" s="8">
         <v>44903126</v>
       </c>
       <c r="J17" s="8">
         <v>43363443</v>
       </c>
       <c r="K17" s="8">
         <v>47476663</v>
       </c>
       <c r="L17" s="8">
         <v>50385430</v>
       </c>
       <c r="M17" s="8">
         <v>46790008</v>
       </c>
       <c r="N17" s="8">
         <v>524087881</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B18" s="8">
         <v>3527475</v>
       </c>
       <c r="C18" s="8">
         <v>4135155</v>
       </c>
       <c r="D18" s="8">
         <v>4724148</v>
       </c>
       <c r="E18" s="8">
         <v>3749709</v>
       </c>
       <c r="F18" s="8">
         <v>4405164</v>
       </c>
       <c r="G18" s="8">
         <v>4505527</v>
       </c>
       <c r="H18" s="8">
         <v>3611887</v>
       </c>
       <c r="I18" s="8">
         <v>4552506</v>
       </c>
       <c r="J18" s="8">
         <v>4915697</v>
       </c>
       <c r="K18" s="8">
         <v>4589663</v>
       </c>
       <c r="L18" s="8">
         <v>4543814</v>
       </c>
       <c r="M18" s="8">
         <v>6063155</v>
       </c>
       <c r="N18" s="8">
         <v>53323900</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B19" s="8">
         <v>1047816</v>
       </c>
       <c r="C19" s="8">
         <v>1320720</v>
       </c>
       <c r="D19" s="8">
         <v>975488</v>
       </c>
       <c r="E19" s="8">
         <v>1174811</v>
       </c>
       <c r="F19" s="8">
         <v>1862325</v>
       </c>
       <c r="G19" s="8">
         <v>1390161</v>
       </c>
       <c r="H19" s="8">
         <v>1130552</v>
       </c>
       <c r="I19" s="8">
         <v>2099400</v>
       </c>
       <c r="J19" s="8">
         <v>1850837</v>
       </c>
       <c r="K19" s="8">
         <v>2968669</v>
       </c>
       <c r="L19" s="8">
         <v>3409014</v>
       </c>
       <c r="M19" s="8">
         <v>2588279</v>
       </c>
       <c r="N19" s="8">
         <v>21818072</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B20" s="8">
         <v>101460</v>
       </c>
       <c r="C20" s="8">
         <v>93052</v>
       </c>
       <c r="D20" s="8">
         <v>190760</v>
       </c>
       <c r="E20" s="8">
         <v>90165</v>
       </c>
       <c r="F20" s="8">
         <v>105360</v>
       </c>
       <c r="G20" s="8">
         <v>103038</v>
       </c>
       <c r="H20" s="8">
         <v>63957</v>
       </c>
       <c r="I20" s="8">
         <v>102815</v>
       </c>
       <c r="J20" s="8">
         <v>108355</v>
       </c>
       <c r="K20" s="8">
         <v>113752</v>
       </c>
       <c r="L20" s="8">
         <v>188345</v>
       </c>
       <c r="M20" s="8">
         <v>158290</v>
       </c>
       <c r="N20" s="8">
         <v>1419352</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B21" s="8">
         <v>1017235</v>
       </c>
       <c r="C21" s="8">
         <v>925548</v>
       </c>
       <c r="D21" s="8">
         <v>1196461</v>
       </c>
       <c r="E21" s="8">
         <v>1300385</v>
       </c>
       <c r="F21" s="8">
         <v>1400138</v>
       </c>
       <c r="G21" s="8">
         <v>1653493</v>
       </c>
       <c r="H21" s="8">
         <v>1381068</v>
       </c>
       <c r="I21" s="8">
         <v>1756668</v>
       </c>
       <c r="J21" s="8">
         <v>1913312</v>
       </c>
       <c r="K21" s="8">
         <v>1975317</v>
       </c>
       <c r="L21" s="8">
         <v>2289404</v>
       </c>
       <c r="M21" s="8">
         <v>2209178</v>
       </c>
       <c r="N21" s="8">
         <v>19018205</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B22" s="8">
         <v>42444611</v>
       </c>
       <c r="C22" s="8">
         <v>49148616</v>
       </c>
       <c r="D22" s="8">
         <v>48509975</v>
       </c>
       <c r="E22" s="8">
         <v>44371692</v>
       </c>
       <c r="F22" s="8">
         <v>56113512</v>
       </c>
       <c r="G22" s="8">
         <v>54146805</v>
       </c>
       <c r="H22" s="8">
         <v>43617056</v>
       </c>
       <c r="I22" s="8">
         <v>53414516</v>
       </c>
       <c r="J22" s="8">
         <v>52151644</v>
       </c>
       <c r="K22" s="8">
         <v>57124064</v>
       </c>
       <c r="L22" s="8">
         <v>60816007</v>
       </c>
       <c r="M22" s="8">
         <v>57808910</v>
       </c>
       <c r="N22" s="8">
         <v>619667409</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B23" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C23" s="8">
         <v>47010140</v>
       </c>
       <c r="D23" s="8">
         <v>46668435</v>
       </c>
       <c r="E23" s="8">
         <v>42632274</v>
       </c>
       <c r="F23" s="8">
         <v>55055894</v>
       </c>
       <c r="G23" s="8">
         <v>51757301</v>
       </c>
       <c r="H23" s="8">
         <v>42214008</v>
       </c>
       <c r="I23" s="8">
         <v>52313955</v>
       </c>
       <c r="J23" s="8">
         <v>49869187</v>
       </c>
       <c r="K23" s="8">
         <v>55140869</v>
       </c>
       <c r="L23" s="8">
         <v>56616034</v>
       </c>
       <c r="M23" s="9" t="s">
         <v>25</v>
       </c>
       <c r="N23" s="8">
         <v>597299834</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B24" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C24" s="8">
         <v>2138477</v>
       </c>
       <c r="D24" s="8">
         <v>1841540</v>
       </c>
       <c r="E24" s="8">
         <v>1739419</v>
       </c>
       <c r="F24" s="8">
         <v>1057618</v>
       </c>
       <c r="G24" s="8">
         <v>2389504</v>
       </c>
       <c r="H24" s="8">
         <v>1403049</v>
       </c>
       <c r="I24" s="8">
         <v>1100561</v>
       </c>
       <c r="J24" s="8">
         <v>2282458</v>
       </c>
       <c r="K24" s="8">
         <v>1983195</v>
       </c>
       <c r="L24" s="8">
         <v>4199973</v>
       </c>
       <c r="M24" s="9" t="s">
         <v>25</v>
       </c>
       <c r="N24" s="8">
         <v>22367575</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B25" s="8">
         <v>9288892</v>
       </c>
       <c r="C25" s="8">
         <v>11452981</v>
       </c>
       <c r="D25" s="8">
         <v>11201137</v>
       </c>
       <c r="E25" s="8">
         <v>9992014</v>
       </c>
       <c r="F25" s="8">
         <v>9940033</v>
       </c>
       <c r="G25" s="8">
         <v>9493685</v>
       </c>
       <c r="H25" s="8">
         <v>9315527</v>
       </c>
       <c r="I25" s="8">
         <v>10171318</v>
       </c>
       <c r="J25" s="8">
         <v>8954284</v>
       </c>
       <c r="K25" s="8">
         <v>11946217</v>
       </c>
       <c r="L25" s="8">
         <v>8579408</v>
       </c>
       <c r="M25" s="8">
         <v>8505742</v>
       </c>
       <c r="N25" s="8">
         <v>118841238</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B26" s="8">
         <v>8490208</v>
       </c>
       <c r="C26" s="8">
         <v>10261144</v>
       </c>
       <c r="D26" s="8">
         <v>9896143</v>
       </c>
       <c r="E26" s="8">
         <v>9104343</v>
       </c>
       <c r="F26" s="8">
         <v>8920771</v>
       </c>
       <c r="G26" s="8">
         <v>8373428</v>
       </c>
       <c r="H26" s="8">
         <v>8335540</v>
       </c>
       <c r="I26" s="8">
         <v>8761482</v>
       </c>
       <c r="J26" s="8">
         <v>7945669</v>
       </c>
       <c r="K26" s="8">
         <v>10206891</v>
       </c>
       <c r="L26" s="8">
         <v>7563477</v>
       </c>
       <c r="M26" s="8">
         <v>7502078</v>
       </c>
       <c r="N26" s="8">
         <v>105361173</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B27" s="8">
         <v>674375</v>
       </c>
       <c r="C27" s="8">
         <v>1040223</v>
       </c>
       <c r="D27" s="8">
         <v>1177864</v>
       </c>
       <c r="E27" s="8">
         <v>726446</v>
       </c>
       <c r="F27" s="8">
         <v>860471</v>
       </c>
       <c r="G27" s="8">
         <v>889162</v>
       </c>
       <c r="H27" s="8">
         <v>769680</v>
       </c>
       <c r="I27" s="8">
         <v>1073649</v>
       </c>
       <c r="J27" s="8">
         <v>785560</v>
       </c>
       <c r="K27" s="8">
         <v>1471771</v>
       </c>
       <c r="L27" s="8">
         <v>806985</v>
       </c>
       <c r="M27" s="8">
         <v>870325</v>
       </c>
       <c r="N27" s="8">
         <v>11146510</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B28" s="8">
         <v>120324</v>
       </c>
       <c r="C28" s="8">
         <v>148476</v>
       </c>
       <c r="D28" s="8">
         <v>121203</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>25</v>
       </c>
       <c r="F28" s="9" t="s">
         <v>25</v>
       </c>
       <c r="G28" s="8">
         <v>187505</v>
       </c>
       <c r="H28" s="9" t="s">
         <v>25</v>
       </c>
       <c r="I28" s="9" t="s">
         <v>25</v>
       </c>
       <c r="J28" s="8">
         <v>165635</v>
       </c>
       <c r="K28" s="8">
         <v>246832</v>
       </c>
       <c r="L28" s="9" t="s">
         <v>25</v>
       </c>
       <c r="M28" s="8">
         <v>127324</v>
       </c>
       <c r="N28" s="9" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B29" s="8">
         <v>3984</v>
       </c>
       <c r="C29" s="8">
         <v>3139</v>
       </c>
       <c r="D29" s="8">
         <v>5927</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="F29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="G29" s="8">
         <v>43590</v>
       </c>
       <c r="H29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="I29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="J29" s="8">
         <v>57420</v>
       </c>
       <c r="K29" s="8">
         <v>20723</v>
       </c>
       <c r="L29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="M29" s="8">
         <v>6015</v>
       </c>
       <c r="N29" s="9" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B30" s="8">
         <v>8554736</v>
       </c>
       <c r="C30" s="8">
         <v>9716669</v>
       </c>
       <c r="D30" s="8">
         <v>9849950</v>
       </c>
       <c r="E30" s="8">
         <v>9212817</v>
       </c>
       <c r="F30" s="8">
         <v>9039594</v>
       </c>
       <c r="G30" s="8">
         <v>8670497</v>
       </c>
       <c r="H30" s="8">
         <v>8647572</v>
       </c>
       <c r="I30" s="8">
         <v>9301764</v>
       </c>
       <c r="J30" s="8">
         <v>7722831</v>
       </c>
       <c r="K30" s="8">
         <v>9972154</v>
       </c>
       <c r="L30" s="8">
         <v>7499418</v>
       </c>
       <c r="M30" s="8">
         <v>7080818</v>
       </c>
       <c r="N30" s="8">
         <v>105268819</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B31" s="8">
         <v>4563675</v>
       </c>
       <c r="C31" s="8">
         <v>4309310</v>
       </c>
       <c r="D31" s="8">
         <v>4691091</v>
       </c>
       <c r="E31" s="8">
         <v>4725658</v>
       </c>
       <c r="F31" s="8">
         <v>4754987</v>
       </c>
       <c r="G31" s="8">
         <v>4817397</v>
       </c>
       <c r="H31" s="8">
         <v>4695984</v>
       </c>
       <c r="I31" s="8">
         <v>4980996</v>
       </c>
       <c r="J31" s="8">
         <v>5010374</v>
       </c>
       <c r="K31" s="8">
         <v>5700045</v>
       </c>
       <c r="L31" s="8">
         <v>4765311</v>
       </c>
       <c r="M31" s="8">
         <v>4133296</v>
       </c>
       <c r="N31" s="8">
         <v>57148125</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B32" s="8">
         <v>3991061</v>
       </c>
       <c r="C32" s="8">
         <v>5407359</v>
       </c>
       <c r="D32" s="8">
         <v>5158859</v>
       </c>
       <c r="E32" s="8">
         <v>4487159</v>
       </c>
       <c r="F32" s="8">
         <v>4284607</v>
       </c>
       <c r="G32" s="8">
         <v>3853099</v>
       </c>
       <c r="H32" s="8">
         <v>3951588</v>
       </c>
       <c r="I32" s="8">
         <v>4320767</v>
       </c>
       <c r="J32" s="8">
         <v>2712458</v>
       </c>
       <c r="K32" s="8">
         <v>4272109</v>
       </c>
       <c r="L32" s="8">
         <v>2734107</v>
       </c>
       <c r="M32" s="8">
         <v>2947522</v>
       </c>
       <c r="N32" s="8">
         <v>48120694</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B33" s="8">
         <v>915148913</v>
       </c>
       <c r="C33" s="8">
         <v>878003780</v>
       </c>
       <c r="D33" s="8">
         <v>856487871</v>
       </c>
       <c r="E33" s="8">
         <v>793715982</v>
       </c>
       <c r="F33" s="8">
         <v>737065961</v>
       </c>
       <c r="G33" s="8">
         <v>703164410</v>
       </c>
       <c r="H33" s="8">
         <v>661327646</v>
       </c>
       <c r="I33" s="8">
         <v>639921295</v>
       </c>
       <c r="J33" s="8">
         <v>686172414</v>
       </c>
       <c r="K33" s="8">
         <v>818123849</v>
       </c>
       <c r="L33" s="8">
         <v>923684757</v>
       </c>
       <c r="M33" s="8">
         <v>1031137819</v>
       </c>
       <c r="N33" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B34" s="8">
         <v>756381260</v>
       </c>
       <c r="C34" s="8">
         <v>723693781</v>
       </c>
       <c r="D34" s="8">
         <v>703146169</v>
       </c>
       <c r="E34" s="8">
         <v>656654753</v>
       </c>
       <c r="F34" s="8">
         <v>613273142</v>
       </c>
       <c r="G34" s="8">
         <v>580179757</v>
       </c>
       <c r="H34" s="8">
         <v>543601497</v>
       </c>
       <c r="I34" s="8">
         <v>527433880</v>
       </c>
       <c r="J34" s="8">
         <v>573756235</v>
       </c>
       <c r="K34" s="8">
         <v>697231762</v>
       </c>
       <c r="L34" s="8">
         <v>786641593</v>
       </c>
       <c r="M34" s="8">
         <v>850125433</v>
       </c>
       <c r="N34" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B35" s="8">
         <v>140590833</v>
       </c>
       <c r="C35" s="8">
         <v>136159179</v>
       </c>
       <c r="D35" s="8">
         <v>133909204</v>
       </c>
       <c r="E35" s="8">
         <v>116796111</v>
       </c>
       <c r="F35" s="8">
         <v>104133928</v>
       </c>
       <c r="G35" s="8">
         <v>101879524</v>
       </c>
       <c r="H35" s="8">
         <v>95213177</v>
       </c>
       <c r="I35" s="8">
         <v>89202269</v>
       </c>
       <c r="J35" s="8">
         <v>86802274</v>
       </c>
       <c r="K35" s="8">
         <v>97512139</v>
       </c>
       <c r="L35" s="8">
         <v>119430559</v>
       </c>
       <c r="M35" s="8">
         <v>163465545</v>
       </c>
       <c r="N35" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B36" s="8">
         <v>556119</v>
       </c>
       <c r="C36" s="8">
         <v>438523</v>
       </c>
       <c r="D36" s="8">
         <v>574791</v>
       </c>
       <c r="E36" s="8">
         <v>662519</v>
       </c>
       <c r="F36" s="8">
         <v>552157</v>
       </c>
       <c r="G36" s="8">
         <v>602428</v>
       </c>
       <c r="H36" s="8">
         <v>745912</v>
       </c>
       <c r="I36" s="8">
         <v>940856</v>
       </c>
       <c r="J36" s="8">
         <v>3393013</v>
       </c>
       <c r="K36" s="8">
         <v>2288859</v>
       </c>
       <c r="L36" s="8">
         <v>519751</v>
       </c>
       <c r="M36" s="8">
         <v>520635</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B37" s="8">
         <v>15874682</v>
       </c>
       <c r="C37" s="8">
         <v>15904846</v>
       </c>
       <c r="D37" s="8">
         <v>16680036</v>
       </c>
       <c r="E37" s="8">
         <v>17310103</v>
       </c>
       <c r="F37" s="8">
         <v>17236563</v>
       </c>
       <c r="G37" s="8">
         <v>18195209</v>
       </c>
       <c r="H37" s="8">
         <v>19259399</v>
       </c>
       <c r="I37" s="8">
         <v>19921816</v>
       </c>
       <c r="J37" s="8">
         <v>20030999</v>
       </c>
       <c r="K37" s="8">
         <v>18895002</v>
       </c>
       <c r="L37" s="8">
         <v>15293884</v>
       </c>
       <c r="M37" s="8">
         <v>14934147</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B38" s="8">
         <v>287829</v>
       </c>
       <c r="C38" s="8">
         <v>541860</v>
       </c>
       <c r="D38" s="8">
         <v>447783</v>
       </c>
       <c r="E38" s="8">
         <v>673803</v>
       </c>
       <c r="F38" s="8">
         <v>665723</v>
       </c>
       <c r="G38" s="8">
         <v>756675</v>
       </c>
       <c r="H38" s="8">
         <v>842763</v>
       </c>
       <c r="I38" s="8">
         <v>918788</v>
       </c>
       <c r="J38" s="8">
         <v>886388</v>
       </c>
       <c r="K38" s="8">
         <v>884571</v>
       </c>
       <c r="L38" s="8">
         <v>703882</v>
       </c>
       <c r="M38" s="8">
         <v>633689</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B39" s="8">
         <v>1458189</v>
       </c>
       <c r="C39" s="8">
         <v>1265591</v>
       </c>
       <c r="D39" s="8">
         <v>1729888</v>
       </c>
       <c r="E39" s="8">
         <v>1618693</v>
       </c>
       <c r="F39" s="8">
         <v>1204448</v>
       </c>
       <c r="G39" s="8">
         <v>1550817</v>
       </c>
       <c r="H39" s="8">
         <v>1664898</v>
       </c>
       <c r="I39" s="8">
         <v>1503687</v>
       </c>
       <c r="J39" s="8">
         <v>1303504</v>
       </c>
       <c r="K39" s="8">
         <v>1311516</v>
       </c>
       <c r="L39" s="8">
         <v>1095088</v>
       </c>
       <c r="M39" s="8">
         <v>1458370</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B40" s="8">
         <v>915148913</v>
       </c>
       <c r="C40" s="8">
         <v>878003780</v>
       </c>
       <c r="D40" s="8">
         <v>856487871</v>
       </c>
       <c r="E40" s="8">
         <v>793715982</v>
       </c>
       <c r="F40" s="8">
         <v>737065961</v>
       </c>
       <c r="G40" s="8">
         <v>703164410</v>
       </c>
       <c r="H40" s="8">
         <v>661327646</v>
       </c>
       <c r="I40" s="8">
         <v>639921295</v>
       </c>
       <c r="J40" s="8">
         <v>686172414</v>
       </c>
       <c r="K40" s="8">
         <v>818123849</v>
       </c>
       <c r="L40" s="8">
         <v>923684757</v>
       </c>
       <c r="M40" s="8">
         <v>1031137819</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B41" s="8">
         <v>145423413</v>
       </c>
       <c r="C41" s="8">
         <v>143664071</v>
       </c>
       <c r="D41" s="8">
         <v>154045214</v>
       </c>
       <c r="E41" s="8">
         <v>155018853</v>
       </c>
       <c r="F41" s="8">
         <v>153573372</v>
       </c>
       <c r="G41" s="8">
         <v>162285435</v>
       </c>
       <c r="H41" s="8">
         <v>167006284</v>
       </c>
       <c r="I41" s="8">
         <v>173356485</v>
       </c>
       <c r="J41" s="8">
         <v>173698666</v>
       </c>
       <c r="K41" s="8">
         <v>164753332</v>
       </c>
       <c r="L41" s="8">
         <v>150738218</v>
       </c>
       <c r="M41" s="8">
         <v>147506786</v>
       </c>
       <c r="N41" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B42" s="8">
         <v>769725500</v>
       </c>
       <c r="C42" s="8">
         <v>734339709</v>
       </c>
       <c r="D42" s="8">
         <v>702442657</v>
       </c>
       <c r="E42" s="8">
         <v>638697129</v>
       </c>
       <c r="F42" s="8">
         <v>583492589</v>
       </c>
       <c r="G42" s="8">
         <v>540878975</v>
       </c>
       <c r="H42" s="8">
         <v>494321362</v>
       </c>
       <c r="I42" s="8">
         <v>466564810</v>
       </c>
       <c r="J42" s="8">
         <v>512473748</v>
       </c>
       <c r="K42" s="8">
         <v>653370517</v>
       </c>
       <c r="L42" s="8">
         <v>772946539</v>
       </c>
       <c r="M42" s="8">
         <v>883631032</v>
       </c>
       <c r="N42" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="43" ht="12" customHeight="1"/>
     <row r="44" ht="14" customHeight="1">
       <c r="A44" s="10" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B44" s="10"/>
       <c r="C44" s="10"/>
       <c r="D44" s="10"/>
       <c r="E44" s="10"/>
       <c r="F44" s="10"/>
       <c r="G44" s="10"/>
       <c r="H44" s="10"/>
       <c r="I44" s="10"/>
       <c r="J44" s="10"/>
       <c r="K44" s="10"/>
       <c r="L44" s="10"/>
       <c r="M44" s="10"/>
       <c r="N44" s="10"/>
     </row>
     <row r="45" ht="14" customHeight="1">
       <c r="A45" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B45" s="11"/>
       <c r="C45" s="11"/>
       <c r="D45" s="11"/>
       <c r="E45" s="11"/>
       <c r="F45" s="11"/>
       <c r="G45" s="11"/>
       <c r="H45" s="11"/>
       <c r="I45" s="11"/>
       <c r="J45" s="11"/>
       <c r="K45" s="11"/>
       <c r="L45" s="11"/>
       <c r="M45" s="11"/>
       <c r="N45" s="11"/>
     </row>
     <row r="46" ht="29" customHeight="1">
       <c r="A46" s="12" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B46" s="12"/>
       <c r="C46" s="12"/>
       <c r="D46" s="12"/>
       <c r="E46" s="12"/>
       <c r="F46" s="12"/>
       <c r="G46" s="12"/>
       <c r="H46" s="12"/>
       <c r="I46" s="12"/>
       <c r="J46" s="12"/>
       <c r="K46" s="12"/>
       <c r="L46" s="12"/>
       <c r="M46" s="12"/>
       <c r="N46" s="12"/>
     </row>
     <row r="47" ht="43" customHeight="1">
       <c r="A47" s="12" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B47" s="12"/>
       <c r="C47" s="12"/>
       <c r="D47" s="12"/>
       <c r="E47" s="12"/>
       <c r="F47" s="12"/>
       <c r="G47" s="12"/>
       <c r="H47" s="12"/>
       <c r="I47" s="12"/>
       <c r="J47" s="12"/>
       <c r="K47" s="12"/>
       <c r="L47" s="12"/>
       <c r="M47" s="12"/>
       <c r="N47" s="12"/>
     </row>
     <row r="48" ht="12" customHeight="1">
       <c r="A48" s="13" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B48" s="13"/>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="13"/>
       <c r="G48" s="13"/>
       <c r="H48" s="13"/>
       <c r="I48" s="13"/>
       <c r="J48" s="13"/>
       <c r="K48" s="13"/>
       <c r="L48" s="13"/>
       <c r="M48" s="13"/>
       <c r="N48" s="13"/>
     </row>
     <row r="49" ht="14" customHeight="1">
       <c r="A49" s="12" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="12"/>
       <c r="E49" s="12"/>
       <c r="F49" s="12"/>
       <c r="G49" s="12"/>
       <c r="H49" s="12"/>
       <c r="I49" s="12"/>
       <c r="J49" s="12"/>
       <c r="K49" s="12"/>
       <c r="L49" s="12"/>
       <c r="M49" s="12"/>
       <c r="N49" s="12"/>
     </row>
     <row r="50" ht="43" customHeight="1">
       <c r="A50" s="12" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B50" s="12"/>
       <c r="C50" s="12"/>
       <c r="D50" s="12"/>
       <c r="E50" s="12"/>
       <c r="F50" s="12"/>
       <c r="G50" s="12"/>
       <c r="H50" s="12"/>
       <c r="I50" s="12"/>
       <c r="J50" s="12"/>
       <c r="K50" s="12"/>
       <c r="L50" s="12"/>
       <c r="M50" s="12"/>
       <c r="N50" s="12"/>
     </row>
     <row r="51" ht="14" customHeight="1">
       <c r="A51" s="12" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B51" s="12"/>
       <c r="C51" s="12"/>
       <c r="D51" s="12"/>
       <c r="E51" s="12"/>
       <c r="F51" s="12"/>
       <c r="G51" s="12"/>
       <c r="H51" s="12"/>
       <c r="I51" s="12"/>
       <c r="J51" s="12"/>
       <c r="K51" s="12"/>
       <c r="L51" s="12"/>
       <c r="M51" s="12"/>
       <c r="N51" s="12"/>
     </row>
     <row r="52" ht="14" customHeight="1">
       <c r="A52" s="12" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B52" s="12"/>
       <c r="C52" s="12"/>
       <c r="D52" s="12"/>
       <c r="E52" s="12"/>
       <c r="F52" s="12"/>
       <c r="G52" s="12"/>
       <c r="H52" s="12"/>
       <c r="I52" s="12"/>
       <c r="J52" s="12"/>
       <c r="K52" s="12"/>
       <c r="L52" s="12"/>
       <c r="M52" s="12"/>
       <c r="N52" s="12"/>
     </row>
     <row r="53" ht="12" customHeight="1">
       <c r="A53" s="13" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B53" s="13"/>
       <c r="C53" s="13"/>
       <c r="D53" s="13"/>
       <c r="E53" s="13"/>
       <c r="F53" s="13"/>
       <c r="G53" s="13"/>
       <c r="H53" s="13"/>
       <c r="I53" s="13"/>
       <c r="J53" s="13"/>
       <c r="K53" s="13"/>
       <c r="L53" s="13"/>
       <c r="M53" s="13"/>
       <c r="N53" s="13"/>
     </row>
     <row r="54" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A44:N44"/>
@@ -11498,1775 +11738,1775 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B9" s="8">
-        <v>1567</v>
+        <v>1569</v>
       </c>
       <c r="C9" s="8">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="D9" s="8">
-        <v>3755</v>
+        <v>3761</v>
       </c>
       <c r="E9" s="8">
-        <v>1537</v>
+        <v>1538</v>
       </c>
       <c r="F9" s="8">
-        <v>1543</v>
+        <v>1545</v>
       </c>
       <c r="G9" s="8">
-        <v>3671</v>
+        <v>3681</v>
       </c>
       <c r="H9" s="8">
-        <v>1520</v>
+        <v>1524</v>
       </c>
       <c r="I9" s="8">
-        <v>1525</v>
+        <v>1530</v>
       </c>
       <c r="J9" s="8">
-        <v>3598</v>
+        <v>3612</v>
       </c>
       <c r="K9" s="8">
-        <v>1493</v>
+        <v>1500</v>
       </c>
       <c r="L9" s="8">
-        <v>1506</v>
+        <v>1513</v>
       </c>
       <c r="M9" s="8">
-        <v>8665</v>
+        <v>8735</v>
       </c>
       <c r="N9" s="8">
-        <v>9105</v>
+        <v>9161</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B10" s="8">
         <v>61248315</v>
       </c>
       <c r="C10" s="8">
         <v>38783240</v>
       </c>
       <c r="D10" s="8">
-        <v>33897231</v>
+        <v>33876632</v>
       </c>
       <c r="E10" s="8">
         <v>20434383</v>
       </c>
       <c r="F10" s="8">
         <v>17622204</v>
       </c>
       <c r="G10" s="8">
-        <v>19084353</v>
+        <v>19107074</v>
       </c>
       <c r="H10" s="8">
         <v>9827730</v>
       </c>
       <c r="I10" s="8">
         <v>20104337</v>
       </c>
       <c r="J10" s="8">
-        <v>100841701</v>
+        <v>100863051</v>
       </c>
       <c r="K10" s="8">
-        <v>126883980</v>
+        <v>126942952</v>
       </c>
       <c r="L10" s="8">
-        <v>70080709</v>
+        <v>70799160</v>
       </c>
       <c r="M10" s="8">
-        <v>131898048</v>
+        <v>132829851</v>
       </c>
       <c r="N10" s="8">
-        <v>650706229</v>
+        <v>652438929</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B11" s="8">
         <v>54175571</v>
       </c>
       <c r="C11" s="8">
         <v>31269195</v>
       </c>
       <c r="D11" s="8">
-        <v>25678651</v>
+        <v>25646470</v>
       </c>
       <c r="E11" s="8">
         <v>12429395</v>
       </c>
       <c r="F11" s="8">
         <v>10225325</v>
       </c>
       <c r="G11" s="8">
-        <v>9599686</v>
+        <v>9602233</v>
       </c>
       <c r="H11" s="8">
         <v>1953215</v>
       </c>
       <c r="I11" s="8">
-        <v>13165475</v>
+        <v>13171513</v>
       </c>
       <c r="J11" s="8">
-        <v>93490989</v>
+        <v>93495287</v>
       </c>
       <c r="K11" s="8">
-        <v>118041057</v>
+        <v>118082540</v>
       </c>
       <c r="L11" s="8">
-        <v>62237427</v>
+        <v>62949572</v>
       </c>
       <c r="M11" s="8">
-        <v>123163868</v>
+        <v>124041983</v>
       </c>
       <c r="N11" s="8">
-        <v>555429853</v>
+        <v>557042298</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B12" s="8">
         <v>3360178</v>
       </c>
       <c r="C12" s="8">
         <v>3623436</v>
       </c>
       <c r="D12" s="8">
-        <v>3370332</v>
+        <v>3365267</v>
       </c>
       <c r="E12" s="8">
         <v>2899662</v>
       </c>
       <c r="F12" s="8">
         <v>2606476</v>
       </c>
       <c r="G12" s="8">
         <v>3793269</v>
       </c>
       <c r="H12" s="8">
         <v>3678924</v>
       </c>
       <c r="I12" s="8">
-        <v>2984499</v>
+        <v>2978461</v>
       </c>
       <c r="J12" s="8">
-        <v>2608533</v>
+        <v>2618324</v>
       </c>
       <c r="K12" s="8">
-        <v>5517619</v>
+        <v>5535108</v>
       </c>
       <c r="L12" s="8">
-        <v>4022823</v>
+        <v>4029129</v>
       </c>
       <c r="M12" s="8">
-        <v>3898414</v>
+        <v>3921267</v>
       </c>
       <c r="N12" s="8">
-        <v>42364164</v>
+        <v>42409501</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B13" s="8">
         <v>1994068</v>
       </c>
       <c r="C13" s="8">
         <v>2112459</v>
       </c>
       <c r="D13" s="8">
         <v>2120416</v>
       </c>
       <c r="E13" s="8">
         <v>3237838</v>
       </c>
       <c r="F13" s="8">
         <v>2894986</v>
       </c>
       <c r="G13" s="8">
         <v>2637231</v>
       </c>
       <c r="H13" s="8">
         <v>2574020</v>
       </c>
       <c r="I13" s="8">
         <v>2180121</v>
       </c>
       <c r="J13" s="8">
         <v>2138699</v>
       </c>
       <c r="K13" s="8">
         <v>1839114</v>
       </c>
       <c r="L13" s="8">
         <v>1921277</v>
       </c>
       <c r="M13" s="8">
-        <v>1099311</v>
+        <v>1099866</v>
       </c>
       <c r="N13" s="8">
-        <v>26749539</v>
+        <v>26750094</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B14" s="8">
         <v>99484</v>
       </c>
       <c r="C14" s="8">
         <v>126400</v>
       </c>
       <c r="D14" s="8">
-        <v>151165</v>
+        <v>154265</v>
       </c>
       <c r="E14" s="8">
         <v>109013</v>
       </c>
       <c r="F14" s="8">
         <v>161676</v>
       </c>
       <c r="G14" s="8">
-        <v>216459</v>
+        <v>219487</v>
       </c>
       <c r="H14" s="8">
         <v>87420</v>
       </c>
       <c r="I14" s="8">
         <v>100623</v>
       </c>
       <c r="J14" s="8">
         <v>144797</v>
       </c>
       <c r="K14" s="8">
         <v>111360</v>
       </c>
       <c r="L14" s="8">
         <v>187951</v>
       </c>
       <c r="M14" s="8">
-        <v>239232</v>
+        <v>241942</v>
       </c>
       <c r="N14" s="8">
-        <v>1735579</v>
+        <v>1744419</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B15" s="8">
         <v>1619013</v>
       </c>
       <c r="C15" s="8">
         <v>1651751</v>
       </c>
       <c r="D15" s="8">
-        <v>2576668</v>
+        <v>2590215</v>
       </c>
       <c r="E15" s="8">
         <v>1758476</v>
       </c>
       <c r="F15" s="8">
         <v>1733741</v>
       </c>
       <c r="G15" s="8">
-        <v>2837709</v>
+        <v>2854855</v>
       </c>
       <c r="H15" s="8">
         <v>1534150</v>
       </c>
       <c r="I15" s="8">
         <v>1673620</v>
       </c>
       <c r="J15" s="8">
-        <v>2458682</v>
+        <v>2465943</v>
       </c>
       <c r="K15" s="8">
         <v>1374830</v>
       </c>
       <c r="L15" s="8">
         <v>1711230</v>
       </c>
       <c r="M15" s="8">
-        <v>3497223</v>
+        <v>3524793</v>
       </c>
       <c r="N15" s="8">
-        <v>24427094</v>
+        <v>24492618</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B16" s="8">
-        <v>46670958</v>
+        <v>48330658</v>
       </c>
       <c r="C16" s="8">
-        <v>45705058</v>
+        <v>47373097</v>
       </c>
       <c r="D16" s="8">
-        <v>51367858</v>
+        <v>52829821</v>
       </c>
       <c r="E16" s="8">
-        <v>44331632</v>
+        <v>45782941</v>
       </c>
       <c r="F16" s="8">
-        <v>45474184</v>
+        <v>47128872</v>
       </c>
       <c r="G16" s="8">
-        <v>51310668</v>
+        <v>52863651</v>
       </c>
       <c r="H16" s="8">
-        <v>42706992</v>
+        <v>42791170</v>
       </c>
       <c r="I16" s="8">
-        <v>47711949</v>
+        <v>47786106</v>
       </c>
       <c r="J16" s="8">
-        <v>53735530</v>
+        <v>53822373</v>
       </c>
       <c r="K16" s="8">
-        <v>50142506</v>
+        <v>50253054</v>
       </c>
       <c r="L16" s="8">
-        <v>44566250</v>
+        <v>44517625</v>
       </c>
       <c r="M16" s="8">
-        <v>60225795</v>
+        <v>60389583</v>
       </c>
       <c r="N16" s="8">
-        <v>583949379</v>
+        <v>593868951</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B17" s="8">
-        <v>40784809</v>
+        <v>42341150</v>
       </c>
       <c r="C17" s="8">
-        <v>40875263</v>
+        <v>42417934</v>
       </c>
       <c r="D17" s="8">
-        <v>45469026</v>
+        <v>46831714</v>
       </c>
       <c r="E17" s="8">
-        <v>38886144</v>
+        <v>40246434</v>
       </c>
       <c r="F17" s="8">
-        <v>39863730</v>
+        <v>41403251</v>
       </c>
       <c r="G17" s="8">
-        <v>44571675</v>
+        <v>46012885</v>
       </c>
       <c r="H17" s="8">
-        <v>37553686</v>
+        <v>37632174</v>
       </c>
       <c r="I17" s="8">
-        <v>41679855</v>
+        <v>41752606</v>
       </c>
       <c r="J17" s="8">
-        <v>46448397</v>
+        <v>46515371</v>
       </c>
       <c r="K17" s="8">
-        <v>43809451</v>
+        <v>43915344</v>
       </c>
       <c r="L17" s="8">
-        <v>38950864</v>
+        <v>38896084</v>
       </c>
       <c r="M17" s="8">
-        <v>52672488</v>
+        <v>52815547</v>
       </c>
       <c r="N17" s="8">
-        <v>511565387</v>
+        <v>520780495</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B18" s="8">
-        <v>797375</v>
+        <v>825565</v>
       </c>
       <c r="C18" s="8">
-        <v>899325</v>
+        <v>935743</v>
       </c>
       <c r="D18" s="8">
-        <v>761042</v>
+        <v>791600</v>
       </c>
       <c r="E18" s="8">
-        <v>750751</v>
+        <v>778146</v>
       </c>
       <c r="F18" s="8">
-        <v>828712</v>
+        <v>858886</v>
       </c>
       <c r="G18" s="8">
-        <v>727813</v>
+        <v>758259</v>
       </c>
       <c r="H18" s="8">
-        <v>656774</v>
+        <v>656855</v>
       </c>
       <c r="I18" s="8">
-        <v>658053</v>
+        <v>658075</v>
       </c>
       <c r="J18" s="8">
-        <v>772880</v>
+        <v>771878</v>
       </c>
       <c r="K18" s="8">
-        <v>877461</v>
+        <v>877151</v>
       </c>
       <c r="L18" s="8">
-        <v>740899</v>
+        <v>740635</v>
       </c>
       <c r="M18" s="8">
-        <v>918053</v>
+        <v>917838</v>
       </c>
       <c r="N18" s="8">
-        <v>9389139</v>
+        <v>9570632</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B19" s="8">
-        <v>1808924</v>
+        <v>1875433</v>
       </c>
       <c r="C19" s="8">
-        <v>1584272</v>
+        <v>1661533</v>
       </c>
       <c r="D19" s="8">
-        <v>1620887</v>
+        <v>1666093</v>
       </c>
       <c r="E19" s="8">
-        <v>1773946</v>
+        <v>1831351</v>
       </c>
       <c r="F19" s="8">
-        <v>1583686</v>
+        <v>1660958</v>
       </c>
       <c r="G19" s="8">
-        <v>1890657</v>
+        <v>1947872</v>
       </c>
       <c r="H19" s="8">
-        <v>1726124</v>
+        <v>1730639</v>
       </c>
       <c r="I19" s="8">
-        <v>1997280</v>
+        <v>1997475</v>
       </c>
       <c r="J19" s="8">
-        <v>2232187</v>
+        <v>2233496</v>
       </c>
       <c r="K19" s="8">
-        <v>2416220</v>
+        <v>2416383</v>
       </c>
       <c r="L19" s="8">
-        <v>2213196</v>
+        <v>2213470</v>
       </c>
       <c r="M19" s="8">
-        <v>2316935</v>
+        <v>2319434</v>
       </c>
       <c r="N19" s="8">
-        <v>23164315</v>
+        <v>23554138</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B20" s="8">
-        <v>148846</v>
+        <v>157505</v>
       </c>
       <c r="C20" s="8">
-        <v>200738</v>
+        <v>212427</v>
       </c>
       <c r="D20" s="8">
-        <v>280746</v>
+        <v>287835</v>
       </c>
       <c r="E20" s="8">
-        <v>347047</v>
+        <v>353267</v>
       </c>
       <c r="F20" s="8">
-        <v>263226</v>
+        <v>270946</v>
       </c>
       <c r="G20" s="8">
-        <v>304794</v>
+        <v>312863</v>
       </c>
       <c r="H20" s="8">
-        <v>214361</v>
+        <v>215455</v>
       </c>
       <c r="I20" s="8">
-        <v>222885</v>
+        <v>224074</v>
       </c>
       <c r="J20" s="8">
-        <v>243494</v>
+        <v>245549</v>
       </c>
       <c r="K20" s="8">
-        <v>378534</v>
+        <v>383335</v>
       </c>
       <c r="L20" s="8">
-        <v>210961</v>
+        <v>217107</v>
       </c>
       <c r="M20" s="8">
-        <v>377802</v>
+        <v>381760</v>
       </c>
       <c r="N20" s="8">
-        <v>3193433</v>
+        <v>3262124</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B21" s="8">
         <v>3131003</v>
       </c>
       <c r="C21" s="8">
         <v>2145460</v>
       </c>
       <c r="D21" s="8">
-        <v>3236157</v>
+        <v>3252580</v>
       </c>
       <c r="E21" s="8">
         <v>2573743</v>
       </c>
       <c r="F21" s="8">
         <v>2934831</v>
       </c>
       <c r="G21" s="8">
-        <v>3815730</v>
+        <v>3831772</v>
       </c>
       <c r="H21" s="8">
         <v>2556047</v>
       </c>
       <c r="I21" s="8">
         <v>3153876</v>
       </c>
       <c r="J21" s="8">
-        <v>4038572</v>
+        <v>4056079</v>
       </c>
       <c r="K21" s="8">
         <v>2660841</v>
       </c>
       <c r="L21" s="8">
         <v>2450328</v>
       </c>
       <c r="M21" s="8">
-        <v>3940517</v>
+        <v>3955003</v>
       </c>
       <c r="N21" s="8">
-        <v>36637105</v>
+        <v>36701562</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B22" s="8">
-        <v>46670958</v>
+        <v>48330658</v>
       </c>
       <c r="C22" s="8">
-        <v>45705058</v>
+        <v>47373097</v>
       </c>
       <c r="D22" s="8">
-        <v>51367858</v>
+        <v>52829821</v>
       </c>
       <c r="E22" s="8">
-        <v>44331632</v>
+        <v>45782941</v>
       </c>
       <c r="F22" s="8">
-        <v>45474184</v>
+        <v>47128872</v>
       </c>
       <c r="G22" s="8">
-        <v>51310668</v>
+        <v>52863651</v>
       </c>
       <c r="H22" s="8">
-        <v>42706992</v>
+        <v>42791170</v>
       </c>
       <c r="I22" s="8">
-        <v>47711949</v>
+        <v>47786106</v>
       </c>
       <c r="J22" s="8">
-        <v>53735530</v>
+        <v>53822373</v>
       </c>
       <c r="K22" s="8">
-        <v>50142506</v>
+        <v>50253054</v>
       </c>
       <c r="L22" s="8">
-        <v>44566250</v>
+        <v>44517625</v>
       </c>
       <c r="M22" s="8">
-        <v>60225795</v>
+        <v>60389583</v>
       </c>
       <c r="N22" s="8">
-        <v>583949379</v>
+        <v>593868951</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B23" s="8">
-        <v>44577636</v>
+        <v>46237336</v>
       </c>
       <c r="C23" s="8">
-        <v>43813939</v>
+        <v>45481978</v>
       </c>
       <c r="D23" s="8">
-        <v>49537940</v>
+        <v>50999904</v>
       </c>
       <c r="E23" s="8">
-        <v>42150885</v>
+        <v>43602195</v>
       </c>
       <c r="F23" s="8">
-        <v>43552964</v>
+        <v>45207652</v>
       </c>
       <c r="G23" s="8">
-        <v>50581569</v>
+        <v>52133978</v>
       </c>
       <c r="H23" s="8">
-        <v>40925650</v>
+        <v>41005306</v>
       </c>
       <c r="I23" s="8">
-        <v>45215237</v>
+        <v>45284893</v>
       </c>
       <c r="J23" s="8">
-        <v>49976193</v>
+        <v>50062825</v>
       </c>
       <c r="K23" s="8">
-        <v>48192156</v>
+        <v>48298204</v>
       </c>
       <c r="L23" s="8">
-        <v>43297699</v>
+        <v>43240074</v>
       </c>
       <c r="M23" s="8">
-        <v>57834576</v>
+        <v>57998244</v>
       </c>
       <c r="N23" s="8">
-        <v>559656444</v>
+        <v>569552589</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B24" s="8">
         <v>2093322</v>
       </c>
       <c r="C24" s="8">
         <v>1891119</v>
       </c>
       <c r="D24" s="8">
         <v>1829917</v>
       </c>
       <c r="E24" s="8">
         <v>2180746</v>
       </c>
       <c r="F24" s="8">
         <v>1921220</v>
       </c>
       <c r="G24" s="8">
-        <v>729099</v>
+        <v>729673</v>
       </c>
       <c r="H24" s="8">
-        <v>1781342</v>
+        <v>1785864</v>
       </c>
       <c r="I24" s="8">
-        <v>2496712</v>
+        <v>2501212</v>
       </c>
       <c r="J24" s="8">
-        <v>3759337</v>
+        <v>3759548</v>
       </c>
       <c r="K24" s="8">
-        <v>1950350</v>
+        <v>1954850</v>
       </c>
       <c r="L24" s="8">
-        <v>1268550</v>
+        <v>1277550</v>
       </c>
       <c r="M24" s="8">
-        <v>2391219</v>
+        <v>2391339</v>
       </c>
       <c r="N24" s="8">
-        <v>24292935</v>
+        <v>24316362</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B25" s="8">
-        <v>12574487</v>
+        <v>12634420</v>
       </c>
       <c r="C25" s="8">
-        <v>13274177</v>
+        <v>13335812</v>
       </c>
       <c r="D25" s="8">
-        <v>12691791</v>
+        <v>12733898</v>
       </c>
       <c r="E25" s="8">
-        <v>12177041</v>
+        <v>12272941</v>
       </c>
       <c r="F25" s="8">
-        <v>15621310</v>
+        <v>15673123</v>
       </c>
       <c r="G25" s="8">
-        <v>15419839</v>
+        <v>15454511</v>
       </c>
       <c r="H25" s="8">
         <v>11730166</v>
       </c>
       <c r="I25" s="8">
-        <v>13229522</v>
+        <v>13229604</v>
       </c>
       <c r="J25" s="8">
-        <v>13719627</v>
+        <v>13721090</v>
       </c>
       <c r="K25" s="8">
-        <v>11643081</v>
+        <v>11765004</v>
       </c>
       <c r="L25" s="8">
-        <v>10688645</v>
+        <v>10812702</v>
       </c>
       <c r="M25" s="8">
-        <v>11102530</v>
+        <v>11231391</v>
       </c>
       <c r="N25" s="8">
-        <v>153872216</v>
+        <v>154594663</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B26" s="8">
-        <v>7073574</v>
+        <v>7133222</v>
       </c>
       <c r="C26" s="8">
-        <v>6418761</v>
+        <v>6480301</v>
       </c>
       <c r="D26" s="8">
-        <v>6964314</v>
+        <v>7006421</v>
       </c>
       <c r="E26" s="8">
-        <v>6753274</v>
+        <v>6849174</v>
       </c>
       <c r="F26" s="8">
-        <v>10319858</v>
+        <v>10371671</v>
       </c>
       <c r="G26" s="8">
-        <v>10102520</v>
+        <v>10137191</v>
       </c>
       <c r="H26" s="8">
         <v>6530177</v>
       </c>
       <c r="I26" s="8">
-        <v>8387439</v>
+        <v>8387522</v>
       </c>
       <c r="J26" s="8">
-        <v>9162981</v>
+        <v>9164413</v>
       </c>
       <c r="K26" s="8">
-        <v>6714268</v>
+        <v>6836191</v>
       </c>
       <c r="L26" s="8">
-        <v>6520105</v>
+        <v>6644162</v>
       </c>
       <c r="M26" s="8">
-        <v>7144693</v>
+        <v>7255446</v>
       </c>
       <c r="N26" s="8">
-        <v>92091963</v>
+        <v>92795890</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B27" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C27" s="8">
         <v>6459086</v>
       </c>
       <c r="D27" s="8">
         <v>5167709</v>
       </c>
       <c r="E27" s="8">
         <v>4811988</v>
       </c>
       <c r="F27" s="8">
         <v>4783019</v>
       </c>
       <c r="G27" s="8">
         <v>4847207</v>
       </c>
       <c r="H27" s="8">
         <v>4537162</v>
       </c>
       <c r="I27" s="8">
         <v>4317648</v>
       </c>
       <c r="J27" s="8">
         <v>3954421</v>
       </c>
       <c r="K27" s="8">
         <v>4312640</v>
       </c>
       <c r="L27" s="8">
         <v>3632795</v>
       </c>
       <c r="M27" s="9" t="s">
         <v>25</v>
       </c>
       <c r="N27" s="8">
-        <v>55467198</v>
+        <v>55485211</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B28" s="8">
-        <v>62490</v>
+        <v>62775</v>
       </c>
       <c r="C28" s="8">
-        <v>65272</v>
+        <v>65367</v>
       </c>
       <c r="D28" s="9" t="s">
         <v>25</v>
       </c>
       <c r="E28" s="8">
         <v>48289</v>
       </c>
       <c r="F28" s="9" t="s">
         <v>25</v>
       </c>
       <c r="G28" s="8">
         <v>62381</v>
       </c>
       <c r="H28" s="8">
         <v>35979</v>
       </c>
       <c r="I28" s="8">
         <v>34450</v>
       </c>
       <c r="J28" s="8">
-        <v>105363</v>
+        <v>105394</v>
       </c>
       <c r="K28" s="8">
         <v>88059</v>
       </c>
       <c r="L28" s="8">
         <v>65730</v>
       </c>
       <c r="M28" s="8">
-        <v>75895</v>
+        <v>75991</v>
       </c>
       <c r="N28" s="8">
-        <v>997389</v>
+        <v>997896</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C29" s="8">
         <v>331058</v>
       </c>
       <c r="D29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="E29" s="8">
         <v>563490</v>
       </c>
       <c r="F29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="G29" s="8">
         <v>407732</v>
       </c>
       <c r="H29" s="8">
         <v>626847</v>
       </c>
       <c r="I29" s="8">
         <v>489985</v>
       </c>
       <c r="J29" s="8">
         <v>496862</v>
       </c>
       <c r="K29" s="8">
         <v>528115</v>
       </c>
       <c r="L29" s="8">
         <v>470015</v>
       </c>
       <c r="M29" s="8">
         <v>404644</v>
       </c>
       <c r="N29" s="8">
         <v>5315666</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B30" s="8">
-        <v>4960167</v>
+        <v>5020100</v>
       </c>
       <c r="C30" s="8">
-        <v>4956467</v>
+        <v>5018102</v>
       </c>
       <c r="D30" s="8">
-        <v>4891421</v>
+        <v>4933527</v>
       </c>
       <c r="E30" s="8">
-        <v>5596911</v>
+        <v>5692811</v>
       </c>
       <c r="F30" s="8">
-        <v>6420903</v>
+        <v>6472717</v>
       </c>
       <c r="G30" s="8">
-        <v>5891570</v>
+        <v>5926242</v>
       </c>
       <c r="H30" s="8">
         <v>5358660</v>
       </c>
       <c r="I30" s="8">
-        <v>7055955</v>
+        <v>7056038</v>
       </c>
       <c r="J30" s="8">
         <v>6898115</v>
       </c>
       <c r="K30" s="8">
-        <v>5170038</v>
+        <v>5291962</v>
       </c>
       <c r="L30" s="8">
-        <v>5175786</v>
+        <v>5299371</v>
       </c>
       <c r="M30" s="8">
-        <v>5593700</v>
+        <v>5644986</v>
       </c>
       <c r="N30" s="8">
-        <v>67969693</v>
+        <v>68612630</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B31" s="8">
-        <v>2081508</v>
+        <v>2141441</v>
       </c>
       <c r="C31" s="8">
-        <v>2082550</v>
+        <v>2144185</v>
       </c>
       <c r="D31" s="8">
-        <v>2276632</v>
+        <v>2318739</v>
       </c>
       <c r="E31" s="8">
-        <v>2108804</v>
+        <v>2204704</v>
       </c>
       <c r="F31" s="8">
-        <v>2344951</v>
+        <v>2396765</v>
       </c>
       <c r="G31" s="8">
-        <v>2092786</v>
+        <v>2127458</v>
       </c>
       <c r="H31" s="8">
         <v>1961341</v>
       </c>
       <c r="I31" s="8">
-        <v>2519277</v>
+        <v>2519360</v>
       </c>
       <c r="J31" s="8">
         <v>2684637</v>
       </c>
       <c r="K31" s="8">
         <v>2559976</v>
       </c>
       <c r="L31" s="8">
-        <v>2362056</v>
+        <v>2485641</v>
       </c>
       <c r="M31" s="8">
-        <v>2175415</v>
+        <v>2178529</v>
       </c>
       <c r="N31" s="8">
-        <v>27249933</v>
+        <v>27722775</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B32" s="8">
         <v>2878659</v>
       </c>
       <c r="C32" s="8">
         <v>2873917</v>
       </c>
       <c r="D32" s="8">
         <v>2614788</v>
       </c>
       <c r="E32" s="8">
         <v>3488107</v>
       </c>
       <c r="F32" s="8">
         <v>4075952</v>
       </c>
       <c r="G32" s="8">
         <v>3798784</v>
       </c>
       <c r="H32" s="8">
         <v>3397319</v>
       </c>
       <c r="I32" s="8">
         <v>4536678</v>
       </c>
       <c r="J32" s="8">
         <v>4213477</v>
       </c>
       <c r="K32" s="8">
-        <v>2610062</v>
+        <v>2731986</v>
       </c>
       <c r="L32" s="8">
         <v>2813730</v>
       </c>
       <c r="M32" s="8">
-        <v>3418285</v>
+        <v>3466457</v>
       </c>
       <c r="N32" s="8">
-        <v>40719759</v>
+        <v>40889855</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B33" s="8">
-        <v>1091916146</v>
+        <v>1093353428</v>
       </c>
       <c r="C33" s="8">
-        <v>1072877214</v>
+        <v>1074461802</v>
       </c>
       <c r="D33" s="8">
-        <v>1094282438</v>
+        <v>1096390412</v>
       </c>
       <c r="E33" s="8">
-        <v>1015858189</v>
+        <v>1017623534</v>
       </c>
       <c r="F33" s="8">
-        <v>977578728</v>
+        <v>979312264</v>
       </c>
       <c r="G33" s="8">
-        <v>976709782</v>
+        <v>980807018</v>
       </c>
       <c r="H33" s="8">
-        <v>897434079</v>
+        <v>899730441</v>
       </c>
       <c r="I33" s="8">
-        <v>860813466</v>
+        <v>862915475</v>
       </c>
       <c r="J33" s="8">
-        <v>930114453</v>
+        <v>932242221</v>
       </c>
       <c r="K33" s="8">
-        <v>950970717</v>
+        <v>955715719</v>
       </c>
       <c r="L33" s="8">
-        <v>976318037</v>
+        <v>981603407</v>
       </c>
       <c r="M33" s="8">
-        <v>1093791040</v>
+        <v>1100137594</v>
       </c>
       <c r="N33" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B34" s="8">
-        <v>1050751194</v>
+        <v>1051993858</v>
       </c>
       <c r="C34" s="8">
-        <v>1032082508</v>
+        <v>1033505702</v>
       </c>
       <c r="D34" s="8">
-        <v>1043902101</v>
+        <v>1045783632</v>
       </c>
       <c r="E34" s="8">
-        <v>974099502</v>
+        <v>975687488</v>
       </c>
       <c r="F34" s="8">
-        <v>934159638</v>
+        <v>935745593</v>
       </c>
       <c r="G34" s="8">
-        <v>921887404</v>
+        <v>925748951</v>
       </c>
       <c r="H34" s="8">
-        <v>851312140</v>
+        <v>853474231</v>
       </c>
       <c r="I34" s="8">
-        <v>814816243</v>
+        <v>816842443</v>
       </c>
       <c r="J34" s="8">
-        <v>874850279</v>
+        <v>876867082</v>
       </c>
       <c r="K34" s="8">
-        <v>906707727</v>
+        <v>911307298</v>
       </c>
       <c r="L34" s="8">
-        <v>933083914</v>
+        <v>938215493</v>
       </c>
       <c r="M34" s="8">
-        <v>1046063378</v>
+        <v>1052160945</v>
       </c>
       <c r="N34" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B35" s="8">
-        <v>11845966</v>
+        <v>11968605</v>
       </c>
       <c r="C35" s="8">
-        <v>11113675</v>
+        <v>11227304</v>
       </c>
       <c r="D35" s="8">
-        <v>11947880</v>
+        <v>12060914</v>
       </c>
       <c r="E35" s="8">
-        <v>10075272</v>
+        <v>10181414</v>
       </c>
       <c r="F35" s="8">
-        <v>10132060</v>
+        <v>10226697</v>
       </c>
       <c r="G35" s="8">
-        <v>11948307</v>
+        <v>12074826</v>
       </c>
       <c r="H35" s="8">
-        <v>11761935</v>
+        <v>11890244</v>
       </c>
       <c r="I35" s="8">
-        <v>11642739</v>
+        <v>11717122</v>
       </c>
       <c r="J35" s="8">
-        <v>12538941</v>
+        <v>12623732</v>
       </c>
       <c r="K35" s="8">
-        <v>12047573</v>
+        <v>12142246</v>
       </c>
       <c r="L35" s="8">
-        <v>10945405</v>
+        <v>11046870</v>
       </c>
       <c r="M35" s="8">
-        <v>12705389</v>
+        <v>12879743</v>
       </c>
       <c r="N35" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B36" s="8">
-        <v>1877820</v>
+        <v>1876808</v>
       </c>
       <c r="C36" s="8">
         <v>2088118</v>
       </c>
       <c r="D36" s="8">
         <v>2300677</v>
       </c>
       <c r="E36" s="8">
         <v>2712737</v>
       </c>
       <c r="F36" s="8">
         <v>3253328</v>
       </c>
       <c r="G36" s="8">
         <v>2294584</v>
       </c>
       <c r="H36" s="8">
         <v>3037151</v>
       </c>
       <c r="I36" s="8">
         <v>2271095</v>
       </c>
       <c r="J36" s="8">
         <v>1955341</v>
       </c>
       <c r="K36" s="8">
         <v>2697835</v>
       </c>
       <c r="L36" s="8">
         <v>2035552</v>
       </c>
       <c r="M36" s="8">
-        <v>2387602</v>
+        <v>2387657</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B37" s="8">
-        <v>22304552</v>
+        <v>22363936</v>
       </c>
       <c r="C37" s="8">
-        <v>22337110</v>
+        <v>22374892</v>
       </c>
       <c r="D37" s="8">
-        <v>29245891</v>
+        <v>29309968</v>
       </c>
       <c r="E37" s="8">
-        <v>23567832</v>
+        <v>23626274</v>
       </c>
       <c r="F37" s="8">
-        <v>24739934</v>
+        <v>24780823</v>
       </c>
       <c r="G37" s="8">
-        <v>33451038</v>
+        <v>33520414</v>
       </c>
       <c r="H37" s="8">
-        <v>25976517</v>
+        <v>25979858</v>
       </c>
       <c r="I37" s="8">
-        <v>26177619</v>
+        <v>26177719</v>
       </c>
       <c r="J37" s="8">
-        <v>34090561</v>
+        <v>34095157</v>
       </c>
       <c r="K37" s="8">
-        <v>25257728</v>
+        <v>25257649</v>
       </c>
       <c r="L37" s="8">
-        <v>25066907</v>
+        <v>25066554</v>
       </c>
       <c r="M37" s="8">
-        <v>25309034</v>
+        <v>25311557</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B38" s="8">
-        <v>1142878</v>
+        <v>1156485</v>
       </c>
       <c r="C38" s="8">
-        <v>1101611</v>
+        <v>1111593</v>
       </c>
       <c r="D38" s="8">
-        <v>1253843</v>
+        <v>1270678</v>
       </c>
       <c r="E38" s="8">
-        <v>1188734</v>
+        <v>1201510</v>
       </c>
       <c r="F38" s="8">
-        <v>1139482</v>
+        <v>1151537</v>
       </c>
       <c r="G38" s="8">
-        <v>1400666</v>
+        <v>1417069</v>
       </c>
       <c r="H38" s="8">
-        <v>1217264</v>
+        <v>1219884</v>
       </c>
       <c r="I38" s="8">
-        <v>1190530</v>
+        <v>1191857</v>
       </c>
       <c r="J38" s="8">
-        <v>1268626</v>
+        <v>1270631</v>
       </c>
       <c r="K38" s="8">
-        <v>1008944</v>
+        <v>1059781</v>
       </c>
       <c r="L38" s="8">
-        <v>1198195</v>
+        <v>1250873</v>
       </c>
       <c r="M38" s="8">
-        <v>1269328</v>
+        <v>1318218</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B39" s="8">
         <v>3993736</v>
       </c>
       <c r="C39" s="8">
         <v>4154192</v>
       </c>
       <c r="D39" s="8">
-        <v>5632046</v>
+        <v>5664543</v>
       </c>
       <c r="E39" s="8">
         <v>4214112</v>
       </c>
       <c r="F39" s="8">
         <v>4154286</v>
       </c>
       <c r="G39" s="8">
-        <v>5727783</v>
+        <v>5751174</v>
       </c>
       <c r="H39" s="8">
         <v>4129073</v>
       </c>
       <c r="I39" s="8">
         <v>4715240</v>
       </c>
       <c r="J39" s="8">
-        <v>5410706</v>
+        <v>5430279</v>
       </c>
       <c r="K39" s="8">
         <v>3250910</v>
       </c>
       <c r="L39" s="8">
         <v>3988065</v>
       </c>
       <c r="M39" s="8">
-        <v>6056309</v>
+        <v>6079475</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B40" s="8">
-        <v>1091916146</v>
+        <v>1093353428</v>
       </c>
       <c r="C40" s="8">
-        <v>1072877214</v>
+        <v>1074461802</v>
       </c>
       <c r="D40" s="8">
-        <v>1094282438</v>
+        <v>1096390412</v>
       </c>
       <c r="E40" s="8">
-        <v>1015858189</v>
+        <v>1017623534</v>
       </c>
       <c r="F40" s="8">
-        <v>977578728</v>
+        <v>979312264</v>
       </c>
       <c r="G40" s="8">
-        <v>976709782</v>
+        <v>980807018</v>
       </c>
       <c r="H40" s="8">
-        <v>897434079</v>
+        <v>899730441</v>
       </c>
       <c r="I40" s="8">
-        <v>860813466</v>
+        <v>862915475</v>
       </c>
       <c r="J40" s="8">
-        <v>930114453</v>
+        <v>932242221</v>
       </c>
       <c r="K40" s="8">
-        <v>950970717</v>
+        <v>955715719</v>
       </c>
       <c r="L40" s="8">
-        <v>976318037</v>
+        <v>981603407</v>
       </c>
       <c r="M40" s="8">
-        <v>1093791040</v>
+        <v>1100137594</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B41" s="8">
-        <v>170034597</v>
+        <v>171283333</v>
       </c>
       <c r="C41" s="8">
-        <v>169491276</v>
+        <v>170888940</v>
       </c>
       <c r="D41" s="8">
-        <v>184545490</v>
+        <v>186326882</v>
       </c>
       <c r="E41" s="8">
-        <v>173552296</v>
+        <v>175153749</v>
       </c>
       <c r="F41" s="8">
-        <v>173886750</v>
+        <v>175444926</v>
       </c>
       <c r="G41" s="8">
-        <v>193663642</v>
+        <v>195405608</v>
       </c>
       <c r="H41" s="8">
-        <v>180113368</v>
+        <v>180309073</v>
       </c>
       <c r="I41" s="8">
-        <v>188609607</v>
+        <v>188817435</v>
       </c>
       <c r="J41" s="8">
-        <v>201184472</v>
+        <v>201433255</v>
       </c>
       <c r="K41" s="8">
-        <v>178206129</v>
+        <v>179020483</v>
       </c>
       <c r="L41" s="8">
-        <v>178372764</v>
+        <v>179164342</v>
       </c>
       <c r="M41" s="8">
-        <v>183187813</v>
+        <v>183999093</v>
       </c>
       <c r="N41" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B42" s="8">
-        <v>921881549</v>
+        <v>922070096</v>
       </c>
       <c r="C42" s="8">
-        <v>903385938</v>
+        <v>903572862</v>
       </c>
       <c r="D42" s="8">
-        <v>909736948</v>
+        <v>910063529</v>
       </c>
       <c r="E42" s="8">
-        <v>842305893</v>
+        <v>842469785</v>
       </c>
       <c r="F42" s="8">
-        <v>803691979</v>
+        <v>803867338</v>
       </c>
       <c r="G42" s="8">
-        <v>783046140</v>
+        <v>785401410</v>
       </c>
       <c r="H42" s="8">
-        <v>717320711</v>
+        <v>719421368</v>
       </c>
       <c r="I42" s="8">
-        <v>672203859</v>
+        <v>674098040</v>
       </c>
       <c r="J42" s="8">
-        <v>728929981</v>
+        <v>730808966</v>
       </c>
       <c r="K42" s="8">
-        <v>772764588</v>
+        <v>776695236</v>
       </c>
       <c r="L42" s="8">
-        <v>797945274</v>
+        <v>802439065</v>
       </c>
       <c r="M42" s="8">
-        <v>910603226</v>
+        <v>916138502</v>
       </c>
       <c r="N42" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="43" ht="12" customHeight="1"/>
     <row r="44" ht="14" customHeight="1">
       <c r="A44" s="10" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B44" s="10"/>
       <c r="C44" s="10"/>
       <c r="D44" s="10"/>
       <c r="E44" s="10"/>
       <c r="F44" s="10"/>
       <c r="G44" s="10"/>
       <c r="H44" s="10"/>
       <c r="I44" s="10"/>
       <c r="J44" s="10"/>
       <c r="K44" s="10"/>
       <c r="L44" s="10"/>
       <c r="M44" s="10"/>
       <c r="N44" s="10"/>
     </row>
     <row r="45" ht="14" customHeight="1">
       <c r="A45" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B45" s="11"/>
       <c r="C45" s="11"/>
       <c r="D45" s="11"/>
       <c r="E45" s="11"/>
       <c r="F45" s="11"/>
       <c r="G45" s="11"/>
       <c r="H45" s="11"/>
       <c r="I45" s="11"/>
       <c r="J45" s="11"/>
       <c r="K45" s="11"/>
       <c r="L45" s="11"/>
       <c r="M45" s="11"/>
       <c r="N45" s="11"/>
     </row>
     <row r="46" ht="29" customHeight="1">
       <c r="A46" s="12" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B46" s="12"/>
       <c r="C46" s="12"/>
       <c r="D46" s="12"/>
       <c r="E46" s="12"/>
       <c r="F46" s="12"/>
       <c r="G46" s="12"/>
       <c r="H46" s="12"/>
       <c r="I46" s="12"/>
       <c r="J46" s="12"/>
       <c r="K46" s="12"/>
       <c r="L46" s="12"/>
       <c r="M46" s="12"/>
       <c r="N46" s="12"/>
     </row>
     <row r="47" ht="14" customHeight="1">
       <c r="A47" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B47" s="11"/>
       <c r="C47" s="11"/>
       <c r="D47" s="11"/>
       <c r="E47" s="11"/>
       <c r="F47" s="11"/>
       <c r="G47" s="11"/>
       <c r="H47" s="11"/>
       <c r="I47" s="11"/>
       <c r="J47" s="11"/>
       <c r="K47" s="11"/>
       <c r="L47" s="11"/>
       <c r="M47" s="11"/>
       <c r="N47" s="11"/>
     </row>
     <row r="48" ht="12" customHeight="1">
       <c r="A48" s="13" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B48" s="13"/>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="13"/>
       <c r="G48" s="13"/>
       <c r="H48" s="13"/>
       <c r="I48" s="13"/>
       <c r="J48" s="13"/>
       <c r="K48" s="13"/>
       <c r="L48" s="13"/>
       <c r="M48" s="13"/>
       <c r="N48" s="13"/>
     </row>
     <row r="49" ht="14" customHeight="1">
       <c r="A49" s="12" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="12"/>
       <c r="E49" s="12"/>
       <c r="F49" s="12"/>
       <c r="G49" s="12"/>
       <c r="H49" s="12"/>
       <c r="I49" s="12"/>
       <c r="J49" s="12"/>
       <c r="K49" s="12"/>
       <c r="L49" s="12"/>
       <c r="M49" s="12"/>
       <c r="N49" s="12"/>
     </row>
     <row r="50" ht="43" customHeight="1">
       <c r="A50" s="12" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B50" s="12"/>
       <c r="C50" s="12"/>
       <c r="D50" s="12"/>
       <c r="E50" s="12"/>
       <c r="F50" s="12"/>
       <c r="G50" s="12"/>
       <c r="H50" s="12"/>
       <c r="I50" s="12"/>
       <c r="J50" s="12"/>
       <c r="K50" s="12"/>
       <c r="L50" s="12"/>
       <c r="M50" s="12"/>
       <c r="N50" s="12"/>
     </row>
     <row r="51" ht="14" customHeight="1">
       <c r="A51" s="12" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B51" s="12"/>
       <c r="C51" s="12"/>
       <c r="D51" s="12"/>
       <c r="E51" s="12"/>
       <c r="F51" s="12"/>
       <c r="G51" s="12"/>
       <c r="H51" s="12"/>
       <c r="I51" s="12"/>
       <c r="J51" s="12"/>
       <c r="K51" s="12"/>
       <c r="L51" s="12"/>
       <c r="M51" s="12"/>
       <c r="N51" s="12"/>
     </row>
     <row r="52" ht="14" customHeight="1">
       <c r="A52" s="12" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B52" s="12"/>
       <c r="C52" s="12"/>
       <c r="D52" s="12"/>
       <c r="E52" s="12"/>
       <c r="F52" s="12"/>
       <c r="G52" s="12"/>
       <c r="H52" s="12"/>
       <c r="I52" s="12"/>
       <c r="J52" s="12"/>
       <c r="K52" s="12"/>
       <c r="L52" s="12"/>
       <c r="M52" s="12"/>
       <c r="N52" s="12"/>
     </row>
     <row r="53" ht="12" customHeight="1">
       <c r="A53" s="13" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B53" s="13"/>
       <c r="C53" s="13"/>
       <c r="D53" s="13"/>
       <c r="E53" s="13"/>
       <c r="F53" s="13"/>
       <c r="G53" s="13"/>
       <c r="H53" s="13"/>
       <c r="I53" s="13"/>
       <c r="J53" s="13"/>
       <c r="K53" s="13"/>
       <c r="L53" s="13"/>
       <c r="M53" s="13"/>
       <c r="N53" s="13"/>
     </row>
     <row r="54" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A44:N44"/>
@@ -13308,1775 +13548,1775 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B9" s="8">
         <v>1601</v>
       </c>
       <c r="C9" s="8">
         <v>1595</v>
       </c>
       <c r="D9" s="8">
-        <v>3739</v>
+        <v>3743</v>
       </c>
       <c r="E9" s="8">
         <v>1571</v>
       </c>
       <c r="F9" s="8">
         <v>1579</v>
       </c>
       <c r="G9" s="8">
-        <v>3713</v>
+        <v>3717</v>
       </c>
       <c r="H9" s="8">
         <v>1570</v>
       </c>
       <c r="I9" s="8">
         <v>1575</v>
       </c>
       <c r="J9" s="8">
-        <v>3727</v>
+        <v>3731</v>
       </c>
       <c r="K9" s="8">
         <v>1568</v>
       </c>
       <c r="L9" s="8">
         <v>1575</v>
       </c>
       <c r="M9" s="8">
-        <v>9185</v>
+        <v>9213</v>
       </c>
       <c r="N9" s="8">
-        <v>9535</v>
+        <v>9562</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B10" s="8">
-        <v>61026199</v>
+        <v>61480896</v>
       </c>
       <c r="C10" s="8">
-        <v>30483316</v>
+        <v>31214067</v>
       </c>
       <c r="D10" s="8">
-        <v>30197427</v>
+        <v>31064674</v>
       </c>
       <c r="E10" s="8">
-        <v>20702683</v>
+        <v>21458600</v>
       </c>
       <c r="F10" s="8">
-        <v>14682964</v>
+        <v>15686144</v>
       </c>
       <c r="G10" s="8">
-        <v>15602738</v>
+        <v>16501211</v>
       </c>
       <c r="H10" s="8">
-        <v>11283911</v>
+        <v>11573570</v>
       </c>
       <c r="I10" s="8">
         <v>17864103</v>
       </c>
       <c r="J10" s="8">
-        <v>67748647</v>
+        <v>67749524</v>
       </c>
       <c r="K10" s="8">
         <v>115978113</v>
       </c>
       <c r="L10" s="8">
         <v>164864742</v>
       </c>
       <c r="M10" s="8">
-        <v>213758378</v>
+        <v>213942616</v>
       </c>
       <c r="N10" s="8">
-        <v>764193221</v>
+        <v>769378259</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B11" s="8">
-        <v>54707996</v>
+        <v>54837249</v>
       </c>
       <c r="C11" s="8">
-        <v>23300304</v>
+        <v>23415305</v>
       </c>
       <c r="D11" s="8">
-        <v>21059164</v>
+        <v>21233930</v>
       </c>
       <c r="E11" s="8">
-        <v>13218789</v>
+        <v>13307795</v>
       </c>
       <c r="F11" s="8">
-        <v>6004908</v>
+        <v>6155145</v>
       </c>
       <c r="G11" s="8">
-        <v>7686386</v>
+        <v>7887498</v>
       </c>
       <c r="H11" s="8">
-        <v>4293007</v>
+        <v>4425078</v>
       </c>
       <c r="I11" s="8">
         <v>7862811</v>
       </c>
       <c r="J11" s="8">
-        <v>60074046</v>
+        <v>60074923</v>
       </c>
       <c r="K11" s="8">
         <v>107444947</v>
       </c>
       <c r="L11" s="8">
         <v>156748287</v>
       </c>
       <c r="M11" s="8">
-        <v>203996413</v>
+        <v>204141175</v>
       </c>
       <c r="N11" s="8">
-        <v>666397059</v>
+        <v>667534142</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B12" s="8">
-        <v>2904472</v>
+        <v>3229916</v>
       </c>
       <c r="C12" s="8">
-        <v>2994217</v>
+        <v>3609968</v>
       </c>
       <c r="D12" s="8">
-        <v>2704432</v>
+        <v>3375557</v>
       </c>
       <c r="E12" s="8">
-        <v>2477233</v>
+        <v>3144143</v>
       </c>
       <c r="F12" s="8">
-        <v>3376671</v>
+        <v>4229614</v>
       </c>
       <c r="G12" s="8">
-        <v>2123139</v>
+        <v>2815231</v>
       </c>
       <c r="H12" s="8">
-        <v>2865011</v>
+        <v>3022599</v>
       </c>
       <c r="I12" s="8">
         <v>4948062</v>
       </c>
       <c r="J12" s="8">
         <v>2716974</v>
       </c>
       <c r="K12" s="8">
         <v>3287427</v>
       </c>
       <c r="L12" s="8">
         <v>4079109</v>
       </c>
       <c r="M12" s="8">
-        <v>3896506</v>
+        <v>3902911</v>
       </c>
       <c r="N12" s="8">
-        <v>38373255</v>
+        <v>42361511</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B13" s="8">
         <v>1667076</v>
       </c>
       <c r="C13" s="8">
         <v>2413459</v>
       </c>
       <c r="D13" s="8">
         <v>2854545</v>
       </c>
       <c r="E13" s="8">
         <v>3006758</v>
       </c>
       <c r="F13" s="8">
         <v>3085464</v>
       </c>
       <c r="G13" s="8">
         <v>2728465</v>
       </c>
       <c r="H13" s="8">
         <v>2197998</v>
       </c>
       <c r="I13" s="8">
         <v>2724471</v>
       </c>
       <c r="J13" s="8">
         <v>2018493</v>
       </c>
       <c r="K13" s="8">
         <v>2507997</v>
       </c>
       <c r="L13" s="8">
         <v>1831164</v>
       </c>
       <c r="M13" s="8">
         <v>1461378</v>
       </c>
       <c r="N13" s="8">
         <v>28497269</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B14" s="8">
         <v>69922</v>
       </c>
       <c r="C14" s="8">
         <v>112363</v>
       </c>
       <c r="D14" s="8">
         <v>253318</v>
       </c>
       <c r="E14" s="8">
         <v>127924</v>
       </c>
       <c r="F14" s="8">
         <v>142685</v>
       </c>
       <c r="G14" s="8">
         <v>159682</v>
       </c>
       <c r="H14" s="8">
         <v>124552</v>
       </c>
       <c r="I14" s="8">
         <v>93543</v>
       </c>
       <c r="J14" s="8">
         <v>156499</v>
       </c>
       <c r="K14" s="8">
         <v>194105</v>
       </c>
       <c r="L14" s="8">
         <v>89084</v>
       </c>
       <c r="M14" s="8">
-        <v>170980</v>
+        <v>171285</v>
       </c>
       <c r="N14" s="8">
-        <v>1694658</v>
+        <v>1694963</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B15" s="8">
         <v>1676731</v>
       </c>
       <c r="C15" s="8">
         <v>1662973</v>
       </c>
       <c r="D15" s="8">
-        <v>3325968</v>
+        <v>3347324</v>
       </c>
       <c r="E15" s="8">
         <v>1871979</v>
       </c>
       <c r="F15" s="8">
         <v>2073236</v>
       </c>
       <c r="G15" s="8">
-        <v>2905064</v>
+        <v>2910334</v>
       </c>
       <c r="H15" s="8">
         <v>1803342</v>
       </c>
       <c r="I15" s="8">
         <v>2235216</v>
       </c>
       <c r="J15" s="8">
         <v>2782635</v>
       </c>
       <c r="K15" s="8">
         <v>2543637</v>
       </c>
       <c r="L15" s="8">
         <v>2117099</v>
       </c>
       <c r="M15" s="8">
-        <v>4233101</v>
+        <v>4265868</v>
       </c>
       <c r="N15" s="8">
-        <v>29230981</v>
+        <v>29290373</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B16" s="8">
-        <v>50201476</v>
+        <v>50196133</v>
       </c>
       <c r="C16" s="8">
-        <v>48058198</v>
+        <v>48058199</v>
       </c>
       <c r="D16" s="8">
-        <v>61426052</v>
+        <v>61440980</v>
       </c>
       <c r="E16" s="8">
-        <v>46653881</v>
+        <v>46690852</v>
       </c>
       <c r="F16" s="8">
-        <v>46818346</v>
+        <v>46761271</v>
       </c>
       <c r="G16" s="8">
-        <v>58858074</v>
+        <v>58859682</v>
       </c>
       <c r="H16" s="8">
-        <v>45056689</v>
+        <v>45089454</v>
       </c>
       <c r="I16" s="8">
-        <v>49221170</v>
+        <v>50703955</v>
       </c>
       <c r="J16" s="8">
-        <v>53962003</v>
+        <v>55446496</v>
       </c>
       <c r="K16" s="8">
-        <v>51276243</v>
+        <v>51264013</v>
       </c>
       <c r="L16" s="8">
-        <v>51970167</v>
+        <v>52569480</v>
       </c>
       <c r="M16" s="8">
-        <v>62903325</v>
+        <v>62961046</v>
       </c>
       <c r="N16" s="8">
-        <v>626405625</v>
+        <v>630041561</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B17" s="8">
-        <v>44485684</v>
+        <v>44609170</v>
       </c>
       <c r="C17" s="8">
-        <v>42394064</v>
+        <v>42531771</v>
       </c>
       <c r="D17" s="8">
-        <v>53588751</v>
+        <v>53757805</v>
       </c>
       <c r="E17" s="8">
-        <v>40864228</v>
+        <v>41033548</v>
       </c>
       <c r="F17" s="8">
-        <v>40772203</v>
+        <v>40881159</v>
       </c>
       <c r="G17" s="8">
-        <v>51351164</v>
+        <v>51484825</v>
       </c>
       <c r="H17" s="8">
-        <v>39462651</v>
+        <v>39631504</v>
       </c>
       <c r="I17" s="8">
-        <v>42596482</v>
+        <v>43972986</v>
       </c>
       <c r="J17" s="8">
-        <v>46395667</v>
+        <v>47762809</v>
       </c>
       <c r="K17" s="8">
-        <v>44414557</v>
+        <v>44401774</v>
       </c>
       <c r="L17" s="8">
-        <v>45223087</v>
+        <v>45722836</v>
       </c>
       <c r="M17" s="8">
-        <v>54685823</v>
+        <v>54697214</v>
       </c>
       <c r="N17" s="8">
-        <v>546234359</v>
+        <v>550487402</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B18" s="8">
-        <v>935748</v>
+        <v>806919</v>
       </c>
       <c r="C18" s="8">
-        <v>1158667</v>
+        <v>1020961</v>
       </c>
       <c r="D18" s="8">
-        <v>1334399</v>
+        <v>1165347</v>
       </c>
       <c r="E18" s="8">
-        <v>797622</v>
+        <v>663555</v>
       </c>
       <c r="F18" s="8">
-        <v>853963</v>
+        <v>696071</v>
       </c>
       <c r="G18" s="8">
-        <v>921857</v>
+        <v>774301</v>
       </c>
       <c r="H18" s="8">
-        <v>755646</v>
+        <v>617545</v>
       </c>
       <c r="I18" s="8">
-        <v>723328</v>
+        <v>743858</v>
       </c>
       <c r="J18" s="8">
-        <v>758193</v>
+        <v>785975</v>
       </c>
       <c r="K18" s="8">
-        <v>800662</v>
+        <v>801294</v>
       </c>
       <c r="L18" s="8">
-        <v>825474</v>
+        <v>843735</v>
       </c>
       <c r="M18" s="8">
-        <v>1055818</v>
+        <v>932510</v>
       </c>
       <c r="N18" s="8">
-        <v>10921378</v>
+        <v>9852071</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B19" s="8">
         <v>1778649</v>
       </c>
       <c r="C19" s="8">
         <v>1806251</v>
       </c>
       <c r="D19" s="8">
         <v>2298626</v>
       </c>
       <c r="E19" s="8">
-        <v>1874496</v>
+        <v>1875996</v>
       </c>
       <c r="F19" s="8">
-        <v>1965050</v>
+        <v>1957003</v>
       </c>
       <c r="G19" s="8">
-        <v>2219374</v>
+        <v>2217504</v>
       </c>
       <c r="H19" s="8">
-        <v>1756801</v>
+        <v>1758726</v>
       </c>
       <c r="I19" s="8">
-        <v>2286589</v>
+        <v>2366771</v>
       </c>
       <c r="J19" s="8">
-        <v>2432146</v>
+        <v>2501621</v>
       </c>
       <c r="K19" s="8">
-        <v>2572830</v>
+        <v>2572761</v>
       </c>
       <c r="L19" s="8">
-        <v>2965227</v>
+        <v>3041209</v>
       </c>
       <c r="M19" s="8">
-        <v>2373179</v>
+        <v>2515403</v>
       </c>
       <c r="N19" s="8">
-        <v>26329219</v>
+        <v>26690520</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B20" s="8">
         <v>171395</v>
       </c>
       <c r="C20" s="8">
         <v>185275</v>
       </c>
       <c r="D20" s="8">
         <v>339512</v>
       </c>
       <c r="E20" s="8">
-        <v>237075</v>
+        <v>237292</v>
       </c>
       <c r="F20" s="8">
-        <v>259970</v>
+        <v>259878</v>
       </c>
       <c r="G20" s="8">
-        <v>387408</v>
+        <v>387458</v>
       </c>
       <c r="H20" s="8">
-        <v>223166</v>
+        <v>223254</v>
       </c>
       <c r="I20" s="8">
-        <v>235114</v>
+        <v>240682</v>
       </c>
       <c r="J20" s="8">
-        <v>232049</v>
+        <v>238883</v>
       </c>
       <c r="K20" s="8">
-        <v>176225</v>
+        <v>176216</v>
       </c>
       <c r="L20" s="8">
-        <v>194156</v>
+        <v>199475</v>
       </c>
       <c r="M20" s="8">
-        <v>345960</v>
+        <v>358586</v>
       </c>
       <c r="N20" s="8">
-        <v>2987305</v>
+        <v>3017907</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B21" s="8">
         <v>2830000</v>
       </c>
       <c r="C21" s="8">
         <v>2513941</v>
       </c>
       <c r="D21" s="8">
-        <v>3864763</v>
+        <v>3879691</v>
       </c>
       <c r="E21" s="8">
         <v>2880462</v>
       </c>
       <c r="F21" s="8">
         <v>2967160</v>
       </c>
       <c r="G21" s="8">
-        <v>3978271</v>
+        <v>3995595</v>
       </c>
       <c r="H21" s="8">
         <v>2858425</v>
       </c>
       <c r="I21" s="8">
         <v>3379658</v>
       </c>
       <c r="J21" s="8">
-        <v>4143949</v>
+        <v>4157208</v>
       </c>
       <c r="K21" s="8">
         <v>3311968</v>
       </c>
       <c r="L21" s="8">
         <v>2762223</v>
       </c>
       <c r="M21" s="8">
-        <v>4442546</v>
+        <v>4457332</v>
       </c>
       <c r="N21" s="8">
-        <v>39933364</v>
+        <v>39993662</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B22" s="8">
-        <v>50201476</v>
+        <v>50196133</v>
       </c>
       <c r="C22" s="8">
-        <v>48058198</v>
+        <v>48058199</v>
       </c>
       <c r="D22" s="8">
-        <v>61426052</v>
+        <v>61440980</v>
       </c>
       <c r="E22" s="8">
-        <v>46653881</v>
+        <v>46690852</v>
       </c>
       <c r="F22" s="8">
-        <v>46818346</v>
+        <v>46761271</v>
       </c>
       <c r="G22" s="8">
-        <v>58858074</v>
+        <v>58859682</v>
       </c>
       <c r="H22" s="8">
-        <v>45056689</v>
+        <v>45089454</v>
       </c>
       <c r="I22" s="8">
-        <v>49221170</v>
+        <v>50703955</v>
       </c>
       <c r="J22" s="8">
-        <v>53962003</v>
+        <v>55446496</v>
       </c>
       <c r="K22" s="8">
-        <v>51276243</v>
+        <v>51264013</v>
       </c>
       <c r="L22" s="8">
-        <v>51970167</v>
+        <v>52569480</v>
       </c>
       <c r="M22" s="8">
-        <v>62903325</v>
+        <v>62961046</v>
       </c>
       <c r="N22" s="8">
-        <v>626405625</v>
+        <v>630041561</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B23" s="8">
-        <v>48882717</v>
+        <v>48877375</v>
       </c>
       <c r="C23" s="8">
         <v>47428149</v>
       </c>
       <c r="D23" s="8">
-        <v>60187446</v>
+        <v>60202374</v>
       </c>
       <c r="E23" s="8">
-        <v>45591924</v>
+        <v>45628895</v>
       </c>
       <c r="F23" s="8">
-        <v>46273680</v>
+        <v>46216605</v>
       </c>
       <c r="G23" s="8">
-        <v>56629315</v>
+        <v>56630923</v>
       </c>
       <c r="H23" s="8">
-        <v>43625179</v>
+        <v>43657945</v>
       </c>
       <c r="I23" s="8">
-        <v>48387188</v>
+        <v>49869972</v>
       </c>
       <c r="J23" s="8">
-        <v>52520725</v>
+        <v>54005218</v>
       </c>
       <c r="K23" s="8">
-        <v>49613151</v>
+        <v>49600920</v>
       </c>
       <c r="L23" s="8">
-        <v>50698491</v>
+        <v>51297804</v>
       </c>
       <c r="M23" s="8">
-        <v>60526646</v>
+        <v>60584367</v>
       </c>
       <c r="N23" s="8">
-        <v>610364610</v>
+        <v>614000546</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B24" s="8">
         <v>1318759</v>
       </c>
       <c r="C24" s="8">
         <v>630049</v>
       </c>
       <c r="D24" s="8">
         <v>1238606</v>
       </c>
       <c r="E24" s="8">
         <v>1061957</v>
       </c>
       <c r="F24" s="8">
         <v>544666</v>
       </c>
       <c r="G24" s="8">
         <v>2228760</v>
       </c>
       <c r="H24" s="8">
         <v>1431509</v>
       </c>
       <c r="I24" s="8">
         <v>833982</v>
       </c>
       <c r="J24" s="8">
         <v>1441279</v>
       </c>
       <c r="K24" s="8">
         <v>1663092</v>
       </c>
       <c r="L24" s="8">
         <v>1271676</v>
       </c>
       <c r="M24" s="8">
         <v>2376679</v>
       </c>
       <c r="N24" s="8">
         <v>16041015</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B25" s="8">
-        <v>9787818</v>
+        <v>9854477</v>
       </c>
       <c r="C25" s="8">
-        <v>8949715</v>
+        <v>9227840</v>
       </c>
       <c r="D25" s="8">
-        <v>13771623</v>
+        <v>14055609</v>
       </c>
       <c r="E25" s="8">
-        <v>9488266</v>
+        <v>9854846</v>
       </c>
       <c r="F25" s="8">
-        <v>9877342</v>
+        <v>10449848</v>
       </c>
       <c r="G25" s="8">
-        <v>11938712</v>
+        <v>12371067</v>
       </c>
       <c r="H25" s="8">
-        <v>9757299</v>
+        <v>9756980</v>
       </c>
       <c r="I25" s="8">
-        <v>15739112</v>
+        <v>15801596</v>
       </c>
       <c r="J25" s="8">
-        <v>12535835</v>
+        <v>12590173</v>
       </c>
       <c r="K25" s="8">
-        <v>13570439</v>
+        <v>13569840</v>
       </c>
       <c r="L25" s="8">
-        <v>12857000</v>
+        <v>12890983</v>
       </c>
       <c r="M25" s="8">
-        <v>12324538</v>
+        <v>12328933</v>
       </c>
       <c r="N25" s="8">
-        <v>140597699</v>
+        <v>142752193</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B26" s="8">
-        <v>6433048</v>
+        <v>6433053</v>
       </c>
       <c r="C26" s="8">
         <v>5490656</v>
       </c>
       <c r="D26" s="8">
         <v>9208012</v>
       </c>
       <c r="E26" s="8">
-        <v>5957618</v>
+        <v>5961027</v>
       </c>
       <c r="F26" s="8">
-        <v>5934411</v>
+        <v>5937392</v>
       </c>
       <c r="G26" s="8">
-        <v>7895507</v>
+        <v>7899302</v>
       </c>
       <c r="H26" s="8">
-        <v>5609739</v>
+        <v>5609420</v>
       </c>
       <c r="I26" s="8">
-        <v>8503077</v>
+        <v>8565561</v>
       </c>
       <c r="J26" s="8">
-        <v>7378134</v>
+        <v>7432283</v>
       </c>
       <c r="K26" s="8">
-        <v>8012945</v>
+        <v>8012346</v>
       </c>
       <c r="L26" s="8">
-        <v>7267971</v>
+        <v>7301859</v>
       </c>
       <c r="M26" s="8">
-        <v>6679085</v>
+        <v>6683480</v>
       </c>
       <c r="N26" s="8">
-        <v>84370203</v>
+        <v>84534391</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B27" s="8">
-        <v>2971940</v>
+        <v>3038593</v>
       </c>
       <c r="C27" s="9" t="s">
         <v>25</v>
       </c>
       <c r="D27" s="8">
-        <v>3907816</v>
+        <v>4191802</v>
       </c>
       <c r="E27" s="8">
-        <v>2990644</v>
+        <v>3353814</v>
       </c>
       <c r="F27" s="8">
-        <v>3488388</v>
+        <v>4057913</v>
       </c>
       <c r="G27" s="8">
-        <v>3485491</v>
+        <v>3914051</v>
       </c>
       <c r="H27" s="8">
         <v>3627118</v>
       </c>
       <c r="I27" s="8">
         <v>6427023</v>
       </c>
       <c r="J27" s="8">
         <v>4513867</v>
       </c>
       <c r="K27" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L27" s="9" t="s">
         <v>25</v>
       </c>
       <c r="M27" s="8">
-        <v>5012504</v>
+        <v>5012409</v>
       </c>
       <c r="N27" s="8">
-        <v>49429914</v>
+        <v>51419839</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B28" s="8">
         <v>53720</v>
       </c>
       <c r="C28" s="8">
         <v>37047</v>
       </c>
       <c r="D28" s="8">
         <v>48372</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>25</v>
       </c>
       <c r="F28" s="8">
         <v>36286</v>
       </c>
       <c r="G28" s="8">
         <v>65905</v>
       </c>
       <c r="H28" s="9" t="s">
         <v>25</v>
       </c>
       <c r="I28" s="8">
         <v>69175</v>
       </c>
       <c r="J28" s="8">
-        <v>35995</v>
+        <v>36186</v>
       </c>
       <c r="K28" s="8">
         <v>67009</v>
       </c>
       <c r="L28" s="8">
-        <v>115948</v>
+        <v>116043</v>
       </c>
       <c r="M28" s="8">
-        <v>56203</v>
+        <v>56298</v>
       </c>
       <c r="N28" s="8">
-        <v>758538</v>
+        <v>758918</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B29" s="8">
         <v>329111</v>
       </c>
       <c r="C29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="D29" s="8">
         <v>607424</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="F29" s="8">
         <v>418258</v>
       </c>
       <c r="G29" s="8">
         <v>491809</v>
       </c>
       <c r="H29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="I29" s="8">
         <v>739836</v>
       </c>
       <c r="J29" s="8">
         <v>607838</v>
       </c>
       <c r="K29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="M29" s="8">
         <v>576747</v>
       </c>
       <c r="N29" s="8">
         <v>6039045</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B30" s="8">
         <v>4744818</v>
       </c>
       <c r="C30" s="8">
         <v>4487395</v>
       </c>
       <c r="D30" s="8">
         <v>5985806</v>
       </c>
       <c r="E30" s="8">
-        <v>4581999</v>
+        <v>4585409</v>
       </c>
       <c r="F30" s="8">
-        <v>4681011</v>
+        <v>4683993</v>
       </c>
       <c r="G30" s="8">
-        <v>5609919</v>
+        <v>5613714</v>
       </c>
       <c r="H30" s="8">
-        <v>4553249</v>
+        <v>4552930</v>
       </c>
       <c r="I30" s="8">
-        <v>6397399</v>
+        <v>6459882</v>
       </c>
       <c r="J30" s="8">
-        <v>4841273</v>
+        <v>4895611</v>
       </c>
       <c r="K30" s="8">
-        <v>5156054</v>
+        <v>5155455</v>
       </c>
       <c r="L30" s="8">
-        <v>5412170</v>
+        <v>5446153</v>
       </c>
       <c r="M30" s="8">
-        <v>4363389</v>
+        <v>4365933</v>
       </c>
       <c r="N30" s="8">
-        <v>60814483</v>
+        <v>60977099</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B31" s="8">
         <v>2127673</v>
       </c>
       <c r="C31" s="8">
         <v>2165059</v>
       </c>
       <c r="D31" s="8">
         <v>2949558</v>
       </c>
       <c r="E31" s="8">
-        <v>2266321</v>
+        <v>2269730</v>
       </c>
       <c r="F31" s="8">
-        <v>2662942</v>
+        <v>2665924</v>
       </c>
       <c r="G31" s="8">
-        <v>2609455</v>
+        <v>2613250</v>
       </c>
       <c r="H31" s="8">
-        <v>1968145</v>
+        <v>1967826</v>
       </c>
       <c r="I31" s="8">
-        <v>2693036</v>
+        <v>2755520</v>
       </c>
       <c r="J31" s="8">
-        <v>2257483</v>
+        <v>2311821</v>
       </c>
       <c r="K31" s="8">
-        <v>2472078</v>
+        <v>2471479</v>
       </c>
       <c r="L31" s="8">
-        <v>2957518</v>
+        <v>2991501</v>
       </c>
       <c r="M31" s="8">
-        <v>2017956</v>
+        <v>2020500</v>
       </c>
       <c r="N31" s="8">
-        <v>29147223</v>
+        <v>29309839</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B32" s="8">
         <v>2617146</v>
       </c>
       <c r="C32" s="8">
         <v>2322336</v>
       </c>
       <c r="D32" s="8">
         <v>3036249</v>
       </c>
       <c r="E32" s="8">
         <v>2315678</v>
       </c>
       <c r="F32" s="8">
         <v>2018069</v>
       </c>
       <c r="G32" s="8">
         <v>3000464</v>
       </c>
       <c r="H32" s="8">
         <v>2585104</v>
       </c>
       <c r="I32" s="8">
         <v>3704363</v>
       </c>
       <c r="J32" s="8">
         <v>2583790</v>
       </c>
       <c r="K32" s="8">
         <v>2683976</v>
       </c>
       <c r="L32" s="8">
         <v>2454652</v>
       </c>
       <c r="M32" s="8">
         <v>2345434</v>
       </c>
       <c r="N32" s="8">
         <v>31667260</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B33" s="8">
-        <v>1061220212</v>
+        <v>1061220216</v>
       </c>
       <c r="C33" s="8">
-        <v>1039009519</v>
+        <v>1039010617</v>
       </c>
       <c r="D33" s="8">
-        <v>1035155710</v>
+        <v>1035328516</v>
       </c>
       <c r="E33" s="8">
-        <v>973692895</v>
+        <v>973091811</v>
       </c>
       <c r="F33" s="8">
-        <v>931606550</v>
+        <v>930978652</v>
       </c>
       <c r="G33" s="8">
-        <v>914909876</v>
+        <v>914822261</v>
       </c>
       <c r="H33" s="8">
-        <v>850000954</v>
+        <v>849483266</v>
       </c>
       <c r="I33" s="8">
-        <v>801614146</v>
+        <v>803720528</v>
       </c>
       <c r="J33" s="8">
-        <v>829426521</v>
+        <v>831850177</v>
       </c>
       <c r="K33" s="8">
-        <v>864279585</v>
+        <v>862390569</v>
       </c>
       <c r="L33" s="8">
-        <v>976264942</v>
+        <v>974902080</v>
       </c>
       <c r="M33" s="8">
-        <v>1153678535</v>
+        <v>1151359553</v>
       </c>
       <c r="N33" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B34" s="8">
-        <v>1019681897</v>
+        <v>1020074647</v>
       </c>
       <c r="C34" s="8">
-        <v>997129564</v>
+        <v>997507445</v>
       </c>
       <c r="D34" s="8">
-        <v>990897722</v>
+        <v>991405362</v>
       </c>
       <c r="E34" s="8">
-        <v>931543195</v>
+        <v>931344143</v>
       </c>
       <c r="F34" s="8">
-        <v>886680365</v>
+        <v>886455877</v>
       </c>
       <c r="G34" s="8">
-        <v>867501790</v>
+        <v>867856529</v>
       </c>
       <c r="H34" s="8">
-        <v>804156764</v>
+        <v>804071106</v>
       </c>
       <c r="I34" s="8">
-        <v>756071446</v>
+        <v>757907699</v>
       </c>
       <c r="J34" s="8">
-        <v>781830698</v>
+        <v>783922729</v>
       </c>
       <c r="K34" s="8">
-        <v>818950881</v>
+        <v>817526868</v>
       </c>
       <c r="L34" s="8">
-        <v>932567121</v>
+        <v>931295698</v>
       </c>
       <c r="M34" s="8">
-        <v>1106250215</v>
+        <v>1104504016</v>
       </c>
       <c r="N34" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B35" s="8">
-        <v>11903220</v>
+        <v>11277265</v>
       </c>
       <c r="C35" s="8">
-        <v>11904983</v>
+        <v>11350008</v>
       </c>
       <c r="D35" s="8">
-        <v>11976799</v>
+        <v>11350520</v>
       </c>
       <c r="E35" s="8">
-        <v>11324245</v>
+        <v>10723222</v>
       </c>
       <c r="F35" s="8">
-        <v>12379808</v>
+        <v>11823802</v>
       </c>
       <c r="G35" s="8">
-        <v>12603961</v>
+        <v>12046518</v>
       </c>
       <c r="H35" s="8">
-        <v>12990176</v>
+        <v>12387342</v>
       </c>
       <c r="I35" s="8">
-        <v>13036787</v>
+        <v>13186176</v>
       </c>
       <c r="J35" s="8">
-        <v>13907249</v>
+        <v>14060249</v>
       </c>
       <c r="K35" s="8">
-        <v>13150246</v>
+        <v>13147839</v>
       </c>
       <c r="L35" s="8">
-        <v>13307357</v>
+        <v>13234821</v>
       </c>
       <c r="M35" s="8">
-        <v>13507793</v>
+        <v>13510675</v>
       </c>
       <c r="N35" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B36" s="8">
-        <v>2109426</v>
+        <v>2342635</v>
       </c>
       <c r="C36" s="8">
-        <v>2197399</v>
+        <v>2375591</v>
       </c>
       <c r="D36" s="8">
-        <v>1971939</v>
+        <v>2212550</v>
       </c>
       <c r="E36" s="8">
-        <v>2032993</v>
+        <v>2247110</v>
       </c>
       <c r="F36" s="8">
-        <v>1864102</v>
+        <v>2011356</v>
       </c>
       <c r="G36" s="8">
-        <v>1767628</v>
+        <v>1882333</v>
       </c>
       <c r="H36" s="8">
-        <v>1870373</v>
+        <v>2066298</v>
       </c>
       <c r="I36" s="8">
         <v>2096879</v>
       </c>
       <c r="J36" s="8">
         <v>2315188</v>
       </c>
       <c r="K36" s="8">
         <v>2097809</v>
       </c>
       <c r="L36" s="8">
         <v>1639341</v>
       </c>
       <c r="M36" s="8">
-        <v>2474893</v>
+        <v>1762833</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B37" s="8">
         <v>22235622</v>
       </c>
       <c r="C37" s="8">
         <v>22535184</v>
       </c>
       <c r="D37" s="8">
-        <v>23362556</v>
+        <v>23366424</v>
       </c>
       <c r="E37" s="8">
-        <v>23673799</v>
+        <v>23655624</v>
       </c>
       <c r="F37" s="8">
-        <v>24875669</v>
+        <v>24862575</v>
       </c>
       <c r="G37" s="8">
-        <v>26250655</v>
+        <v>26232983</v>
       </c>
       <c r="H37" s="8">
-        <v>25861619</v>
+        <v>25836518</v>
       </c>
       <c r="I37" s="8">
-        <v>25542371</v>
+        <v>25635548</v>
       </c>
       <c r="J37" s="8">
-        <v>25420069</v>
+        <v>25559080</v>
       </c>
       <c r="K37" s="8">
-        <v>25260779</v>
+        <v>24790828</v>
       </c>
       <c r="L37" s="8">
-        <v>23716799</v>
+        <v>23682118</v>
       </c>
       <c r="M37" s="8">
-        <v>23884848</v>
+        <v>23968429</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B38" s="8">
         <v>1186614</v>
       </c>
       <c r="C38" s="8">
         <v>1141037</v>
       </c>
       <c r="D38" s="8">
         <v>1334594</v>
       </c>
       <c r="E38" s="8">
-        <v>1263167</v>
+        <v>1266215</v>
       </c>
       <c r="F38" s="8">
-        <v>1287924</v>
+        <v>1306360</v>
       </c>
       <c r="G38" s="8">
-        <v>1254160</v>
+        <v>1254476</v>
       </c>
       <c r="H38" s="8">
-        <v>1202583</v>
+        <v>1202564</v>
       </c>
       <c r="I38" s="8">
-        <v>1117095</v>
+        <v>1144658</v>
       </c>
       <c r="J38" s="8">
-        <v>1261409</v>
+        <v>1284532</v>
       </c>
       <c r="K38" s="8">
-        <v>1118706</v>
+        <v>1126061</v>
       </c>
       <c r="L38" s="8">
-        <v>1161136</v>
+        <v>1176914</v>
       </c>
       <c r="M38" s="8">
-        <v>1288780</v>
+        <v>1309319</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B39" s="8">
         <v>4103431</v>
       </c>
       <c r="C39" s="8">
         <v>4101352</v>
       </c>
       <c r="D39" s="8">
-        <v>5612100</v>
+        <v>5659066</v>
       </c>
       <c r="E39" s="8">
         <v>3855497</v>
       </c>
       <c r="F39" s="8">
         <v>4518683</v>
       </c>
       <c r="G39" s="8">
-        <v>5531682</v>
+        <v>5549423</v>
       </c>
       <c r="H39" s="8">
         <v>3919438</v>
       </c>
       <c r="I39" s="8">
         <v>3749567</v>
       </c>
       <c r="J39" s="8">
-        <v>4691907</v>
+        <v>4708398</v>
       </c>
       <c r="K39" s="8">
         <v>3701164</v>
       </c>
       <c r="L39" s="8">
         <v>3873188</v>
       </c>
       <c r="M39" s="8">
-        <v>6272006</v>
+        <v>6304281</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B40" s="8">
-        <v>1061220212</v>
+        <v>1061220216</v>
       </c>
       <c r="C40" s="8">
-        <v>1039009519</v>
+        <v>1039010617</v>
       </c>
       <c r="D40" s="8">
-        <v>1035155710</v>
+        <v>1035328516</v>
       </c>
       <c r="E40" s="8">
-        <v>973692895</v>
+        <v>973091811</v>
       </c>
       <c r="F40" s="8">
-        <v>931606550</v>
+        <v>930978652</v>
       </c>
       <c r="G40" s="8">
-        <v>914909876</v>
+        <v>914822261</v>
       </c>
       <c r="H40" s="8">
-        <v>850000954</v>
+        <v>849483266</v>
       </c>
       <c r="I40" s="8">
-        <v>801614146</v>
+        <v>803720528</v>
       </c>
       <c r="J40" s="8">
-        <v>829426521</v>
+        <v>831850177</v>
       </c>
       <c r="K40" s="8">
-        <v>864279585</v>
+        <v>862390569</v>
       </c>
       <c r="L40" s="8">
-        <v>976264942</v>
+        <v>974902080</v>
       </c>
       <c r="M40" s="8">
-        <v>1153678535</v>
+        <v>1151359553</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B41" s="8">
-        <v>175462850</v>
+        <v>175462854</v>
       </c>
       <c r="C41" s="8">
-        <v>179928770</v>
+        <v>179928773</v>
       </c>
       <c r="D41" s="8">
-        <v>189057639</v>
+        <v>189109812</v>
       </c>
       <c r="E41" s="8">
-        <v>185800288</v>
+        <v>185199204</v>
       </c>
       <c r="F41" s="8">
-        <v>195195375</v>
+        <v>194567477</v>
       </c>
       <c r="G41" s="8">
-        <v>200400840</v>
+        <v>200213937</v>
       </c>
       <c r="H41" s="8">
-        <v>197776940</v>
+        <v>197259252</v>
       </c>
       <c r="I41" s="8">
-        <v>199209172</v>
+        <v>201315554</v>
       </c>
       <c r="J41" s="8">
-        <v>200855255</v>
+        <v>203181006</v>
       </c>
       <c r="K41" s="8">
-        <v>194455952</v>
+        <v>192566936</v>
       </c>
       <c r="L41" s="8">
-        <v>193529670</v>
+        <v>192166807</v>
       </c>
       <c r="M41" s="8">
-        <v>188562429</v>
+        <v>185873999</v>
       </c>
       <c r="N41" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B42" s="8">
         <v>885757361</v>
       </c>
       <c r="C42" s="8">
-        <v>859080749</v>
+        <v>859081844</v>
       </c>
       <c r="D42" s="8">
-        <v>846098071</v>
+        <v>846218705</v>
       </c>
       <c r="E42" s="8">
         <v>787892607</v>
       </c>
       <c r="F42" s="8">
         <v>736411175</v>
       </c>
       <c r="G42" s="8">
-        <v>714509036</v>
+        <v>714608324</v>
       </c>
       <c r="H42" s="8">
         <v>652224014</v>
       </c>
       <c r="I42" s="8">
         <v>602404973</v>
       </c>
       <c r="J42" s="8">
-        <v>628571266</v>
+        <v>628669170</v>
       </c>
       <c r="K42" s="8">
         <v>669823633</v>
       </c>
       <c r="L42" s="8">
         <v>782735272</v>
       </c>
       <c r="M42" s="8">
-        <v>965116106</v>
+        <v>965485555</v>
       </c>
       <c r="N42" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="43" ht="12" customHeight="1"/>
     <row r="44" ht="14" customHeight="1">
       <c r="A44" s="10" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B44" s="10"/>
       <c r="C44" s="10"/>
       <c r="D44" s="10"/>
       <c r="E44" s="10"/>
       <c r="F44" s="10"/>
       <c r="G44" s="10"/>
       <c r="H44" s="10"/>
       <c r="I44" s="10"/>
       <c r="J44" s="10"/>
       <c r="K44" s="10"/>
       <c r="L44" s="10"/>
       <c r="M44" s="10"/>
       <c r="N44" s="10"/>
     </row>
     <row r="45" ht="14" customHeight="1">
       <c r="A45" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B45" s="11"/>
       <c r="C45" s="11"/>
       <c r="D45" s="11"/>
       <c r="E45" s="11"/>
       <c r="F45" s="11"/>
       <c r="G45" s="11"/>
       <c r="H45" s="11"/>
       <c r="I45" s="11"/>
       <c r="J45" s="11"/>
       <c r="K45" s="11"/>
       <c r="L45" s="11"/>
       <c r="M45" s="11"/>
       <c r="N45" s="11"/>
     </row>
     <row r="46" ht="29" customHeight="1">
       <c r="A46" s="12" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B46" s="12"/>
       <c r="C46" s="12"/>
       <c r="D46" s="12"/>
       <c r="E46" s="12"/>
       <c r="F46" s="12"/>
       <c r="G46" s="12"/>
       <c r="H46" s="12"/>
       <c r="I46" s="12"/>
       <c r="J46" s="12"/>
       <c r="K46" s="12"/>
       <c r="L46" s="12"/>
       <c r="M46" s="12"/>
       <c r="N46" s="12"/>
     </row>
     <row r="47" ht="14" customHeight="1">
       <c r="A47" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B47" s="11"/>
       <c r="C47" s="11"/>
       <c r="D47" s="11"/>
       <c r="E47" s="11"/>
       <c r="F47" s="11"/>
       <c r="G47" s="11"/>
       <c r="H47" s="11"/>
       <c r="I47" s="11"/>
       <c r="J47" s="11"/>
       <c r="K47" s="11"/>
       <c r="L47" s="11"/>
       <c r="M47" s="11"/>
       <c r="N47" s="11"/>
     </row>
     <row r="48" ht="12" customHeight="1">
       <c r="A48" s="13" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B48" s="13"/>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="13"/>
       <c r="G48" s="13"/>
       <c r="H48" s="13"/>
       <c r="I48" s="13"/>
       <c r="J48" s="13"/>
       <c r="K48" s="13"/>
       <c r="L48" s="13"/>
       <c r="M48" s="13"/>
       <c r="N48" s="13"/>
     </row>
     <row r="49" ht="14" customHeight="1">
       <c r="A49" s="12" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="12"/>
       <c r="E49" s="12"/>
       <c r="F49" s="12"/>
       <c r="G49" s="12"/>
       <c r="H49" s="12"/>
       <c r="I49" s="12"/>
       <c r="J49" s="12"/>
       <c r="K49" s="12"/>
       <c r="L49" s="12"/>
       <c r="M49" s="12"/>
       <c r="N49" s="12"/>
     </row>
     <row r="50" ht="43" customHeight="1">
       <c r="A50" s="12" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B50" s="12"/>
       <c r="C50" s="12"/>
       <c r="D50" s="12"/>
       <c r="E50" s="12"/>
       <c r="F50" s="12"/>
       <c r="G50" s="12"/>
       <c r="H50" s="12"/>
       <c r="I50" s="12"/>
       <c r="J50" s="12"/>
       <c r="K50" s="12"/>
       <c r="L50" s="12"/>
       <c r="M50" s="12"/>
       <c r="N50" s="12"/>
     </row>
     <row r="51" ht="14" customHeight="1">
       <c r="A51" s="12" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B51" s="12"/>
       <c r="C51" s="12"/>
       <c r="D51" s="12"/>
       <c r="E51" s="12"/>
       <c r="F51" s="12"/>
       <c r="G51" s="12"/>
       <c r="H51" s="12"/>
       <c r="I51" s="12"/>
       <c r="J51" s="12"/>
       <c r="K51" s="12"/>
       <c r="L51" s="12"/>
       <c r="M51" s="12"/>
       <c r="N51" s="12"/>
     </row>
     <row r="52" ht="14" customHeight="1">
       <c r="A52" s="12" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B52" s="12"/>
       <c r="C52" s="12"/>
       <c r="D52" s="12"/>
       <c r="E52" s="12"/>
       <c r="F52" s="12"/>
       <c r="G52" s="12"/>
       <c r="H52" s="12"/>
       <c r="I52" s="12"/>
       <c r="J52" s="12"/>
       <c r="K52" s="12"/>
       <c r="L52" s="12"/>
       <c r="M52" s="12"/>
       <c r="N52" s="12"/>
     </row>
     <row r="53" ht="12" customHeight="1">
       <c r="A53" s="13" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B53" s="13"/>
       <c r="C53" s="13"/>
       <c r="D53" s="13"/>
       <c r="E53" s="13"/>
       <c r="F53" s="13"/>
       <c r="G53" s="13"/>
       <c r="H53" s="13"/>
       <c r="I53" s="13"/>
       <c r="J53" s="13"/>
       <c r="K53" s="13"/>
       <c r="L53" s="13"/>
       <c r="M53" s="13"/>
       <c r="N53" s="13"/>
     </row>
     <row r="54" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A44:N44"/>
@@ -15118,1775 +15358,1775 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B9" s="8">
         <v>1642</v>
       </c>
       <c r="C9" s="8">
         <v>1623</v>
       </c>
       <c r="D9" s="8">
-        <v>3791</v>
+        <v>3794</v>
       </c>
       <c r="E9" s="8">
         <v>1631</v>
       </c>
       <c r="F9" s="8">
         <v>1643</v>
       </c>
       <c r="G9" s="8">
-        <v>3797</v>
+        <v>3800</v>
       </c>
       <c r="H9" s="8">
         <v>1618</v>
       </c>
       <c r="I9" s="8">
         <v>1638</v>
       </c>
       <c r="J9" s="8">
-        <v>3802</v>
+        <v>3806</v>
       </c>
       <c r="K9" s="8">
         <v>1616</v>
       </c>
       <c r="L9" s="8">
         <v>1605</v>
       </c>
       <c r="M9" s="8">
-        <v>9231</v>
+        <v>9256</v>
       </c>
       <c r="N9" s="8">
-        <v>9575</v>
+        <v>9596</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B10" s="8">
-        <v>70080750</v>
+        <v>70271162</v>
       </c>
       <c r="C10" s="8">
-        <v>43120110</v>
+        <v>43393257</v>
       </c>
       <c r="D10" s="8">
-        <v>32968265</v>
+        <v>33276790</v>
       </c>
       <c r="E10" s="8">
-        <v>19162079</v>
+        <v>19432578</v>
       </c>
       <c r="F10" s="8">
-        <v>16461904</v>
+        <v>16766305</v>
       </c>
       <c r="G10" s="8">
-        <v>13972584</v>
+        <v>14443469</v>
       </c>
       <c r="H10" s="8">
-        <v>8764383</v>
+        <v>9223167</v>
       </c>
       <c r="I10" s="8">
-        <v>42435536</v>
+        <v>42886849</v>
       </c>
       <c r="J10" s="8">
-        <v>117328810</v>
+        <v>117767628</v>
       </c>
       <c r="K10" s="8">
-        <v>134066571</v>
+        <v>134471531</v>
       </c>
       <c r="L10" s="8">
-        <v>114795436</v>
+        <v>115193765</v>
       </c>
       <c r="M10" s="8">
-        <v>156560575</v>
+        <v>156981664</v>
       </c>
       <c r="N10" s="8">
-        <v>769717004</v>
+        <v>774108165</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B11" s="8">
-        <v>64093281</v>
+        <v>64196944</v>
       </c>
       <c r="C11" s="8">
-        <v>35806426</v>
+        <v>35954481</v>
       </c>
       <c r="D11" s="8">
-        <v>22231080</v>
+        <v>22374314</v>
       </c>
       <c r="E11" s="8">
-        <v>11980708</v>
+        <v>12109883</v>
       </c>
       <c r="F11" s="8">
-        <v>10307747</v>
+        <v>10414097</v>
       </c>
       <c r="G11" s="8">
-        <v>4188912</v>
+        <v>4304763</v>
       </c>
       <c r="H11" s="8">
-        <v>1788071</v>
+        <v>1907116</v>
       </c>
       <c r="I11" s="8">
-        <v>27879542</v>
+        <v>28019309</v>
       </c>
       <c r="J11" s="8">
-        <v>106511068</v>
+        <v>106658685</v>
       </c>
       <c r="K11" s="8">
-        <v>124309201</v>
+        <v>124402596</v>
       </c>
       <c r="L11" s="8">
-        <v>105770863</v>
+        <v>105871217</v>
       </c>
       <c r="M11" s="8">
-        <v>143671859</v>
+        <v>143799330</v>
       </c>
       <c r="N11" s="8">
-        <v>658538758</v>
+        <v>660012735</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B12" s="8">
-        <v>2318541</v>
+        <v>2405290</v>
       </c>
       <c r="C12" s="8">
-        <v>4052207</v>
+        <v>4177298</v>
       </c>
       <c r="D12" s="8">
-        <v>4565436</v>
+        <v>4718249</v>
       </c>
       <c r="E12" s="8">
-        <v>2596614</v>
+        <v>2737938</v>
       </c>
       <c r="F12" s="8">
-        <v>1596895</v>
+        <v>1794946</v>
       </c>
       <c r="G12" s="8">
-        <v>2283932</v>
+        <v>2632673</v>
       </c>
       <c r="H12" s="8">
-        <v>1807121</v>
+        <v>2146860</v>
       </c>
       <c r="I12" s="8">
-        <v>8561224</v>
+        <v>8872770</v>
       </c>
       <c r="J12" s="8">
-        <v>4928446</v>
+        <v>5214101</v>
       </c>
       <c r="K12" s="8">
-        <v>5045395</v>
+        <v>5356960</v>
       </c>
       <c r="L12" s="8">
-        <v>4335746</v>
+        <v>4633720</v>
       </c>
       <c r="M12" s="8">
-        <v>6252992</v>
+        <v>6512378</v>
       </c>
       <c r="N12" s="8">
-        <v>48344549</v>
+        <v>51203183</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B13" s="8">
         <v>2091484</v>
       </c>
       <c r="C13" s="8">
         <v>1720927</v>
       </c>
       <c r="D13" s="8">
         <v>2915772</v>
       </c>
       <c r="E13" s="8">
         <v>2548613</v>
       </c>
       <c r="F13" s="8">
         <v>2553800</v>
       </c>
       <c r="G13" s="8">
         <v>3457404</v>
       </c>
       <c r="H13" s="8">
         <v>3462451</v>
       </c>
       <c r="I13" s="8">
         <v>3949875</v>
       </c>
       <c r="J13" s="8">
         <v>2515985</v>
       </c>
       <c r="K13" s="8">
         <v>2605382</v>
       </c>
       <c r="L13" s="8">
         <v>2547016</v>
       </c>
       <c r="M13" s="8">
-        <v>1189590</v>
+        <v>1188805</v>
       </c>
       <c r="N13" s="8">
-        <v>31558299</v>
+        <v>31557514</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B14" s="8">
         <v>143750</v>
       </c>
       <c r="C14" s="8">
         <v>118172</v>
       </c>
       <c r="D14" s="8">
         <v>278710</v>
       </c>
       <c r="E14" s="8">
         <v>271977</v>
       </c>
       <c r="F14" s="8">
         <v>168104</v>
       </c>
       <c r="G14" s="8">
         <v>320645</v>
       </c>
       <c r="H14" s="8">
         <v>209196</v>
       </c>
       <c r="I14" s="8">
         <v>137815</v>
       </c>
       <c r="J14" s="8">
         <v>209412</v>
       </c>
       <c r="K14" s="8">
         <v>110713</v>
       </c>
       <c r="L14" s="8">
         <v>65334</v>
       </c>
       <c r="M14" s="8">
-        <v>182343</v>
+        <v>182620</v>
       </c>
       <c r="N14" s="8">
-        <v>2216171</v>
+        <v>2216448</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B15" s="8">
         <v>1433694</v>
       </c>
       <c r="C15" s="8">
         <v>1422378</v>
       </c>
       <c r="D15" s="8">
-        <v>2977267</v>
+        <v>2989745</v>
       </c>
       <c r="E15" s="8">
         <v>1764168</v>
       </c>
       <c r="F15" s="8">
         <v>1835358</v>
       </c>
       <c r="G15" s="8">
-        <v>3721691</v>
+        <v>3727984</v>
       </c>
       <c r="H15" s="8">
         <v>1497544</v>
       </c>
       <c r="I15" s="8">
         <v>1907080</v>
       </c>
       <c r="J15" s="8">
-        <v>3163900</v>
+        <v>3169446</v>
       </c>
       <c r="K15" s="8">
         <v>1995880</v>
       </c>
       <c r="L15" s="8">
         <v>2076477</v>
       </c>
       <c r="M15" s="8">
-        <v>5263790</v>
+        <v>5298532</v>
       </c>
       <c r="N15" s="8">
-        <v>29059227</v>
+        <v>29118285</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B16" s="8">
-        <v>50185804</v>
+        <v>50185948</v>
       </c>
       <c r="C16" s="8">
-        <v>51079496</v>
+        <v>51079140</v>
       </c>
       <c r="D16" s="8">
-        <v>67148996</v>
+        <v>67162825</v>
       </c>
       <c r="E16" s="8">
-        <v>52012307</v>
+        <v>52012308</v>
       </c>
       <c r="F16" s="8">
-        <v>52659715</v>
+        <v>52659129</v>
       </c>
       <c r="G16" s="8">
-        <v>61527818</v>
+        <v>61540228</v>
       </c>
       <c r="H16" s="8">
-        <v>47491836</v>
+        <v>47491837</v>
       </c>
       <c r="I16" s="8">
-        <v>53378500</v>
+        <v>53377550</v>
       </c>
       <c r="J16" s="8">
-        <v>58996782</v>
+        <v>59013344</v>
       </c>
       <c r="K16" s="8">
-        <v>54632885</v>
+        <v>54632410</v>
       </c>
       <c r="L16" s="8">
-        <v>54313386</v>
+        <v>54312436</v>
       </c>
       <c r="M16" s="8">
-        <v>66032483</v>
+        <v>66060310</v>
       </c>
       <c r="N16" s="8">
-        <v>669460009</v>
+        <v>669527466</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B17" s="8">
-        <v>44430622</v>
+        <v>44511930</v>
       </c>
       <c r="C17" s="8">
-        <v>45000909</v>
+        <v>45083198</v>
       </c>
       <c r="D17" s="8">
-        <v>59922436</v>
+        <v>60060266</v>
       </c>
       <c r="E17" s="8">
-        <v>46272135</v>
+        <v>46463875</v>
       </c>
       <c r="F17" s="8">
-        <v>46353537</v>
+        <v>46498937</v>
       </c>
       <c r="G17" s="8">
-        <v>52987665</v>
+        <v>53103587</v>
       </c>
       <c r="H17" s="8">
-        <v>41876554</v>
+        <v>42003985</v>
       </c>
       <c r="I17" s="8">
-        <v>46962898</v>
+        <v>47109232</v>
       </c>
       <c r="J17" s="8">
-        <v>50586132</v>
+        <v>50727412</v>
       </c>
       <c r="K17" s="8">
-        <v>47628268</v>
+        <v>47748057</v>
       </c>
       <c r="L17" s="8">
-        <v>46632433</v>
+        <v>46717851</v>
       </c>
       <c r="M17" s="8">
-        <v>57024163</v>
+        <v>57179397</v>
       </c>
       <c r="N17" s="8">
-        <v>585677753</v>
+        <v>587207727</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B18" s="8">
-        <v>656167</v>
+        <v>575003</v>
       </c>
       <c r="C18" s="8">
-        <v>694105</v>
+        <v>611460</v>
       </c>
       <c r="D18" s="8">
-        <v>1011190</v>
+        <v>873644</v>
       </c>
       <c r="E18" s="8">
-        <v>997545</v>
+        <v>805806</v>
       </c>
       <c r="F18" s="8">
-        <v>881195</v>
+        <v>735209</v>
       </c>
       <c r="G18" s="8">
-        <v>1329752</v>
+        <v>1213378</v>
       </c>
       <c r="H18" s="8">
-        <v>787857</v>
+        <v>660427</v>
       </c>
       <c r="I18" s="8">
-        <v>932294</v>
+        <v>785010</v>
       </c>
       <c r="J18" s="8">
-        <v>955382</v>
+        <v>820251</v>
       </c>
       <c r="K18" s="8">
-        <v>920421</v>
+        <v>800158</v>
       </c>
       <c r="L18" s="8">
-        <v>1242268</v>
+        <v>1155899</v>
       </c>
       <c r="M18" s="8">
-        <v>1285875</v>
+        <v>1145832</v>
       </c>
       <c r="N18" s="8">
-        <v>11694052</v>
+        <v>10182077</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B19" s="8">
         <v>1846555</v>
       </c>
       <c r="C19" s="8">
         <v>2012054</v>
       </c>
       <c r="D19" s="8">
         <v>2107128</v>
       </c>
       <c r="E19" s="8">
         <v>1921278</v>
       </c>
       <c r="F19" s="8">
         <v>2187506</v>
       </c>
       <c r="G19" s="8">
         <v>2229795</v>
       </c>
       <c r="H19" s="8">
         <v>1880947</v>
       </c>
       <c r="I19" s="8">
         <v>2190513</v>
       </c>
       <c r="J19" s="8">
         <v>2684162</v>
       </c>
       <c r="K19" s="8">
         <v>2870999</v>
       </c>
       <c r="L19" s="8">
         <v>3228018</v>
       </c>
       <c r="M19" s="8">
-        <v>2912145</v>
+        <v>2912522</v>
       </c>
       <c r="N19" s="8">
-        <v>28071100</v>
+        <v>28071477</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B20" s="8">
         <v>149428</v>
       </c>
       <c r="C20" s="8">
         <v>151982</v>
       </c>
       <c r="D20" s="8">
         <v>324379</v>
       </c>
       <c r="E20" s="8">
         <v>278825</v>
       </c>
       <c r="F20" s="8">
         <v>217282</v>
       </c>
       <c r="G20" s="8">
         <v>333175</v>
       </c>
       <c r="H20" s="8">
         <v>214106</v>
       </c>
       <c r="I20" s="8">
         <v>220654</v>
       </c>
       <c r="J20" s="8">
         <v>258679</v>
       </c>
       <c r="K20" s="8">
         <v>200937</v>
       </c>
       <c r="L20" s="8">
         <v>203418</v>
       </c>
       <c r="M20" s="8">
-        <v>366271</v>
+        <v>367249</v>
       </c>
       <c r="N20" s="8">
-        <v>2919136</v>
+        <v>2920114</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B21" s="8">
         <v>3103032</v>
       </c>
       <c r="C21" s="8">
         <v>3220445</v>
       </c>
       <c r="D21" s="8">
-        <v>3783863</v>
+        <v>3797409</v>
       </c>
       <c r="E21" s="8">
         <v>2542524</v>
       </c>
       <c r="F21" s="8">
         <v>3020194</v>
       </c>
       <c r="G21" s="8">
-        <v>4647430</v>
+        <v>4660292</v>
       </c>
       <c r="H21" s="8">
         <v>2732372</v>
       </c>
       <c r="I21" s="8">
         <v>3072141</v>
       </c>
       <c r="J21" s="8">
-        <v>4512427</v>
+        <v>4522840</v>
       </c>
       <c r="K21" s="8">
         <v>3012259</v>
       </c>
       <c r="L21" s="8">
         <v>3007250</v>
       </c>
       <c r="M21" s="8">
-        <v>4444029</v>
+        <v>4455310</v>
       </c>
       <c r="N21" s="8">
-        <v>41097968</v>
+        <v>41146071</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B22" s="8">
-        <v>50185804</v>
+        <v>50185948</v>
       </c>
       <c r="C22" s="8">
-        <v>51079496</v>
+        <v>51079140</v>
       </c>
       <c r="D22" s="8">
-        <v>67148996</v>
+        <v>67162825</v>
       </c>
       <c r="E22" s="8">
-        <v>52012307</v>
+        <v>52012308</v>
       </c>
       <c r="F22" s="8">
-        <v>52659715</v>
+        <v>52659129</v>
       </c>
       <c r="G22" s="8">
-        <v>61527818</v>
+        <v>61540228</v>
       </c>
       <c r="H22" s="8">
-        <v>47491836</v>
+        <v>47491837</v>
       </c>
       <c r="I22" s="8">
-        <v>53378500</v>
+        <v>53377550</v>
       </c>
       <c r="J22" s="8">
-        <v>58996782</v>
+        <v>59013344</v>
       </c>
       <c r="K22" s="8">
-        <v>54632885</v>
+        <v>54632410</v>
       </c>
       <c r="L22" s="8">
-        <v>54313386</v>
+        <v>54312436</v>
       </c>
       <c r="M22" s="8">
-        <v>66032483</v>
+        <v>66060310</v>
       </c>
       <c r="N22" s="8">
-        <v>669460009</v>
+        <v>669527466</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B23" s="8">
-        <v>49022509</v>
+        <v>49022653</v>
       </c>
       <c r="C23" s="8">
-        <v>50437170</v>
+        <v>50436814</v>
       </c>
       <c r="D23" s="8">
-        <v>65903586</v>
+        <v>65917416</v>
       </c>
       <c r="E23" s="8">
-        <v>51296880</v>
+        <v>51296881</v>
       </c>
       <c r="F23" s="8">
-        <v>51329129</v>
+        <v>51328543</v>
       </c>
       <c r="G23" s="8">
-        <v>60113246</v>
+        <v>60125656</v>
       </c>
       <c r="H23" s="8">
-        <v>46503411</v>
+        <v>46503412</v>
       </c>
       <c r="I23" s="8">
-        <v>52096250</v>
+        <v>52095300</v>
       </c>
       <c r="J23" s="8">
-        <v>58212478</v>
+        <v>58229040</v>
       </c>
       <c r="K23" s="8">
-        <v>54430419</v>
+        <v>54429944</v>
       </c>
       <c r="L23" s="8">
-        <v>53350425</v>
+        <v>53349474</v>
       </c>
       <c r="M23" s="8">
-        <v>64168619</v>
+        <v>64196446</v>
       </c>
       <c r="N23" s="8">
-        <v>656864122</v>
+        <v>656931579</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B24" s="8">
         <v>1163295</v>
       </c>
       <c r="C24" s="8">
         <v>642326</v>
       </c>
       <c r="D24" s="8">
         <v>1245410</v>
       </c>
       <c r="E24" s="8">
         <v>715427</v>
       </c>
       <c r="F24" s="8">
         <v>1330586</v>
       </c>
       <c r="G24" s="8">
         <v>1414572</v>
       </c>
       <c r="H24" s="8">
         <v>988425</v>
       </c>
       <c r="I24" s="8">
         <v>1282250</v>
       </c>
       <c r="J24" s="8">
         <v>784305</v>
       </c>
       <c r="K24" s="8">
         <v>202466</v>
       </c>
       <c r="L24" s="8">
         <v>962962</v>
       </c>
       <c r="M24" s="8">
         <v>1863864</v>
       </c>
       <c r="N24" s="8">
         <v>12595887</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B25" s="8">
-        <v>7745646</v>
+        <v>8769640</v>
       </c>
       <c r="C25" s="8">
-        <v>9718388</v>
+        <v>10896253</v>
       </c>
       <c r="D25" s="8">
-        <v>14051650</v>
+        <v>15373297</v>
       </c>
       <c r="E25" s="8">
-        <v>10015392</v>
+        <v>11398390</v>
       </c>
       <c r="F25" s="8">
-        <v>12148594</v>
+        <v>12310296</v>
       </c>
       <c r="G25" s="8">
-        <v>13040535</v>
+        <v>14013113</v>
       </c>
       <c r="H25" s="8">
-        <v>9866771</v>
+        <v>10014876</v>
       </c>
       <c r="I25" s="8">
-        <v>14394351</v>
+        <v>14822873</v>
       </c>
       <c r="J25" s="8">
-        <v>16495874</v>
+        <v>16928381</v>
       </c>
       <c r="K25" s="8">
-        <v>12361379</v>
+        <v>12618469</v>
       </c>
       <c r="L25" s="8">
-        <v>11112925</v>
+        <v>11414280</v>
       </c>
       <c r="M25" s="8">
-        <v>10661536</v>
+        <v>10913775</v>
       </c>
       <c r="N25" s="8">
-        <v>141613040</v>
+        <v>149473644</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B26" s="8">
         <v>5383035</v>
       </c>
       <c r="C26" s="8">
-        <v>7314115</v>
+        <v>7314125</v>
       </c>
       <c r="D26" s="8">
-        <v>10646287</v>
+        <v>10646300</v>
       </c>
       <c r="E26" s="8">
-        <v>8105052</v>
+        <v>8105059</v>
       </c>
       <c r="F26" s="8">
-        <v>8193222</v>
+        <v>8193228</v>
       </c>
       <c r="G26" s="8">
-        <v>10243107</v>
+        <v>10243109</v>
       </c>
       <c r="H26" s="8">
         <v>6342794</v>
       </c>
       <c r="I26" s="8">
         <v>8749566</v>
       </c>
       <c r="J26" s="8">
         <v>8660876</v>
       </c>
       <c r="K26" s="8">
-        <v>7080694</v>
+        <v>7080699</v>
       </c>
       <c r="L26" s="8">
         <v>7374070</v>
       </c>
       <c r="M26" s="8">
-        <v>7217895</v>
+        <v>7221414</v>
       </c>
       <c r="N26" s="8">
-        <v>95310713</v>
+        <v>95314275</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B27" s="8">
-        <v>2053886</v>
+        <v>3077880</v>
       </c>
       <c r="C27" s="9" t="s">
         <v>25</v>
       </c>
       <c r="D27" s="8">
-        <v>2800925</v>
+        <v>4122560</v>
       </c>
       <c r="E27" s="8">
-        <v>1377068</v>
+        <v>2760059</v>
       </c>
       <c r="F27" s="8">
-        <v>3178435</v>
+        <v>3340132</v>
       </c>
       <c r="G27" s="8">
-        <v>2221475</v>
+        <v>3194051</v>
       </c>
       <c r="H27" s="8">
-        <v>2861377</v>
+        <v>3009483</v>
       </c>
       <c r="I27" s="8">
-        <v>5105205</v>
+        <v>5533727</v>
       </c>
       <c r="J27" s="8">
-        <v>7395109</v>
+        <v>7827616</v>
       </c>
       <c r="K27" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L27" s="9" t="s">
         <v>25</v>
       </c>
       <c r="M27" s="9" t="s">
         <v>25</v>
       </c>
       <c r="N27" s="8">
-        <v>39645138</v>
+        <v>47502179</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B28" s="8">
         <v>55769</v>
       </c>
       <c r="C28" s="8">
         <v>73652</v>
       </c>
       <c r="D28" s="8">
         <v>134888</v>
       </c>
       <c r="E28" s="8">
         <v>66165</v>
       </c>
       <c r="F28" s="8">
         <v>104235</v>
       </c>
       <c r="G28" s="8">
         <v>126640</v>
       </c>
       <c r="H28" s="8">
         <v>82780</v>
       </c>
       <c r="I28" s="9" t="s">
         <v>25</v>
       </c>
       <c r="J28" s="8">
         <v>89847</v>
       </c>
       <c r="K28" s="8">
         <v>86892</v>
       </c>
       <c r="L28" s="8">
         <v>73851</v>
       </c>
       <c r="M28" s="9" t="s">
         <v>25</v>
       </c>
       <c r="N28" s="8">
-        <v>1095310</v>
+        <v>1095312</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B29" s="8">
         <v>252956</v>
       </c>
       <c r="C29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="D29" s="8">
         <v>469550</v>
       </c>
       <c r="E29" s="8">
         <v>467107</v>
       </c>
       <c r="F29" s="8">
         <v>672701</v>
       </c>
       <c r="G29" s="8">
         <v>449313</v>
       </c>
       <c r="H29" s="8">
         <v>579819</v>
       </c>
       <c r="I29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="J29" s="8">
         <v>350041</v>
       </c>
       <c r="K29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="M29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="N29" s="8">
         <v>5561878</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B30" s="8">
         <v>4229736</v>
       </c>
       <c r="C30" s="8">
         <v>6215457</v>
       </c>
       <c r="D30" s="8">
         <v>9133514</v>
       </c>
       <c r="E30" s="8">
         <v>7547073</v>
       </c>
       <c r="F30" s="8">
         <v>7072379</v>
       </c>
       <c r="G30" s="8">
         <v>8621196</v>
       </c>
       <c r="H30" s="8">
         <v>5457501</v>
       </c>
       <c r="I30" s="8">
         <v>6702004</v>
       </c>
       <c r="J30" s="8">
         <v>5844813</v>
       </c>
       <c r="K30" s="8">
         <v>5565585</v>
       </c>
       <c r="L30" s="8">
         <v>5630995</v>
       </c>
       <c r="M30" s="8">
-        <v>4714681</v>
+        <v>4716501</v>
       </c>
       <c r="N30" s="8">
-        <v>76734934</v>
+        <v>76736754</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B31" s="8">
         <v>2069440</v>
       </c>
       <c r="C31" s="8">
         <v>2483073</v>
       </c>
       <c r="D31" s="8">
         <v>3601810</v>
       </c>
       <c r="E31" s="8">
         <v>3663044</v>
       </c>
       <c r="F31" s="8">
         <v>3720276</v>
       </c>
       <c r="G31" s="8">
         <v>3822550</v>
       </c>
       <c r="H31" s="8">
         <v>2595161</v>
       </c>
       <c r="I31" s="8">
         <v>3215640</v>
       </c>
       <c r="J31" s="8">
         <v>2950259</v>
       </c>
       <c r="K31" s="8">
         <v>2612399</v>
       </c>
       <c r="L31" s="8">
         <v>2796378</v>
       </c>
       <c r="M31" s="8">
-        <v>2501970</v>
+        <v>2503790</v>
       </c>
       <c r="N31" s="8">
-        <v>36032000</v>
+        <v>36033820</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B32" s="8">
         <v>2160295</v>
       </c>
       <c r="C32" s="8">
         <v>3732384</v>
       </c>
       <c r="D32" s="8">
         <v>5531704</v>
       </c>
       <c r="E32" s="8">
         <v>3884029</v>
       </c>
       <c r="F32" s="8">
         <v>3352103</v>
       </c>
       <c r="G32" s="8">
         <v>4798646</v>
       </c>
       <c r="H32" s="8">
         <v>2862340</v>
       </c>
       <c r="I32" s="8">
         <v>3486365</v>
       </c>
       <c r="J32" s="8">
         <v>2894554</v>
       </c>
       <c r="K32" s="8">
         <v>2953186</v>
       </c>
       <c r="L32" s="8">
         <v>2834617</v>
       </c>
       <c r="M32" s="8">
         <v>2212711</v>
       </c>
       <c r="N32" s="8">
         <v>40702933</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B33" s="8">
-        <v>1076306154</v>
+        <v>1076306276</v>
       </c>
       <c r="C33" s="8">
-        <v>1053950147</v>
+        <v>1053947655</v>
       </c>
       <c r="D33" s="8">
-        <v>1041676604</v>
+        <v>1041756724</v>
       </c>
       <c r="E33" s="8">
-        <v>968712087</v>
+        <v>968708764</v>
       </c>
       <c r="F33" s="8">
-        <v>928015828</v>
+        <v>928012980</v>
       </c>
       <c r="G33" s="8">
-        <v>908408574</v>
+        <v>908466962</v>
       </c>
       <c r="H33" s="8">
-        <v>843015368</v>
+        <v>843012163</v>
       </c>
       <c r="I33" s="8">
-        <v>816786431</v>
+        <v>816784177</v>
       </c>
       <c r="J33" s="8">
-        <v>889629325</v>
+        <v>889680527</v>
       </c>
       <c r="K33" s="8">
-        <v>935173636</v>
+        <v>935172691</v>
       </c>
       <c r="L33" s="8">
-        <v>989531530</v>
+        <v>989531712</v>
       </c>
       <c r="M33" s="8">
-        <v>1109706091</v>
+        <v>1109930271</v>
       </c>
       <c r="N33" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B34" s="8">
-        <v>1034796388</v>
+        <v>1035213476</v>
       </c>
       <c r="C34" s="8">
-        <v>1012589677</v>
+        <v>1013082247</v>
       </c>
       <c r="D34" s="8">
-        <v>997668181</v>
+        <v>998225885</v>
       </c>
       <c r="E34" s="8">
-        <v>927330560</v>
+        <v>927785053</v>
       </c>
       <c r="F34" s="8">
-        <v>887059546</v>
+        <v>887485592</v>
       </c>
       <c r="G34" s="8">
-        <v>863917080</v>
+        <v>864379579</v>
       </c>
       <c r="H34" s="8">
-        <v>801278787</v>
+        <v>801706011</v>
       </c>
       <c r="I34" s="8">
-        <v>770617600</v>
+        <v>771017925</v>
       </c>
       <c r="J34" s="8">
-        <v>842099028</v>
+        <v>842565717</v>
       </c>
       <c r="K34" s="8">
-        <v>892877435</v>
+        <v>893303877</v>
       </c>
       <c r="L34" s="8">
-        <v>947027427</v>
+        <v>947464357</v>
       </c>
       <c r="M34" s="8">
-        <v>1064669074</v>
+        <v>1065227081</v>
       </c>
       <c r="N34" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B35" s="8">
-        <v>13126826</v>
+        <v>12545149</v>
       </c>
       <c r="C35" s="8">
-        <v>11840241</v>
+        <v>12096502</v>
       </c>
       <c r="D35" s="8">
-        <v>12939836</v>
+        <v>13107785</v>
       </c>
       <c r="E35" s="8">
-        <v>12164193</v>
+        <v>12339703</v>
       </c>
       <c r="F35" s="8">
-        <v>13128374</v>
+        <v>12374890</v>
       </c>
       <c r="G35" s="8">
-        <v>13651694</v>
+        <v>13050706</v>
       </c>
       <c r="H35" s="8">
-        <v>11724659</v>
+        <v>11067507</v>
       </c>
       <c r="I35" s="8">
-        <v>11632228</v>
+        <v>11012157</v>
       </c>
       <c r="J35" s="8">
-        <v>13735810</v>
+        <v>13081131</v>
       </c>
       <c r="K35" s="8">
-        <v>11497268</v>
+        <v>10804391</v>
       </c>
       <c r="L35" s="8">
-        <v>11238950</v>
+        <v>10459174</v>
       </c>
       <c r="M35" s="8">
-        <v>12695179</v>
+        <v>11961161</v>
       </c>
       <c r="N35" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B36" s="8">
-        <v>1726075</v>
+        <v>1890785</v>
       </c>
       <c r="C36" s="8">
-        <v>3404121</v>
+        <v>2652799</v>
       </c>
       <c r="D36" s="8">
-        <v>2583029</v>
+        <v>1909323</v>
       </c>
       <c r="E36" s="8">
-        <v>2222351</v>
+        <v>1589025</v>
       </c>
       <c r="F36" s="8">
-        <v>1253162</v>
+        <v>1577752</v>
       </c>
       <c r="G36" s="8">
-        <v>1289136</v>
+        <v>1476001</v>
       </c>
       <c r="H36" s="8">
-        <v>1471787</v>
+        <v>1698509</v>
       </c>
       <c r="I36" s="8">
-        <v>4571388</v>
+        <v>4788879</v>
       </c>
       <c r="J36" s="8">
-        <v>2240893</v>
+        <v>2470528</v>
       </c>
       <c r="K36" s="8">
-        <v>1622027</v>
+        <v>1887517</v>
       </c>
       <c r="L36" s="8">
-        <v>2174127</v>
+        <v>2517155</v>
       </c>
       <c r="M36" s="8">
-        <v>2155155</v>
+        <v>2519995</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B37" s="8">
         <v>21156076</v>
       </c>
       <c r="C37" s="8">
         <v>20816510</v>
       </c>
       <c r="D37" s="8">
-        <v>21913936</v>
+        <v>21914887</v>
       </c>
       <c r="E37" s="8">
         <v>21933347</v>
       </c>
       <c r="F37" s="8">
         <v>21887907</v>
       </c>
       <c r="G37" s="8">
-        <v>23278151</v>
+        <v>23279102</v>
       </c>
       <c r="H37" s="8">
         <v>24216243</v>
       </c>
       <c r="I37" s="8">
         <v>25737856</v>
       </c>
       <c r="J37" s="8">
-        <v>25747958</v>
+        <v>25748909</v>
       </c>
       <c r="K37" s="8">
         <v>24853778</v>
       </c>
       <c r="L37" s="8">
         <v>24358595</v>
       </c>
       <c r="M37" s="8">
         <v>22928832</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B38" s="8">
         <v>1343369</v>
       </c>
       <c r="C38" s="8">
         <v>1336923</v>
       </c>
       <c r="D38" s="8">
         <v>1400740</v>
       </c>
       <c r="E38" s="8">
         <v>1464999</v>
       </c>
       <c r="F38" s="8">
         <v>1310225</v>
       </c>
       <c r="G38" s="8">
         <v>1472670</v>
       </c>
       <c r="H38" s="8">
         <v>1436059</v>
       </c>
       <c r="I38" s="8">
         <v>1460135</v>
       </c>
       <c r="J38" s="8">
         <v>1631609</v>
       </c>
       <c r="K38" s="8">
         <v>1425093</v>
       </c>
       <c r="L38" s="8">
         <v>1366121</v>
       </c>
       <c r="M38" s="8">
-        <v>1336850</v>
+        <v>1337501</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B39" s="8">
         <v>4157421</v>
       </c>
       <c r="C39" s="8">
         <v>3962674</v>
       </c>
       <c r="D39" s="8">
-        <v>5170881</v>
+        <v>5198104</v>
       </c>
       <c r="E39" s="8">
         <v>3596636</v>
       </c>
       <c r="F39" s="8">
         <v>3376614</v>
       </c>
       <c r="G39" s="8">
-        <v>4799842</v>
+        <v>4808904</v>
       </c>
       <c r="H39" s="8">
         <v>2887834</v>
       </c>
       <c r="I39" s="8">
         <v>2767224</v>
       </c>
       <c r="J39" s="8">
-        <v>4174027</v>
+        <v>4182634</v>
       </c>
       <c r="K39" s="8">
         <v>2898034</v>
       </c>
       <c r="L39" s="8">
         <v>3366311</v>
       </c>
       <c r="M39" s="8">
-        <v>5921001</v>
+        <v>5955701</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B40" s="8">
-        <v>1076306154</v>
+        <v>1076306276</v>
       </c>
       <c r="C40" s="8">
-        <v>1053950147</v>
+        <v>1053947655</v>
       </c>
       <c r="D40" s="8">
-        <v>1041676604</v>
+        <v>1041756724</v>
       </c>
       <c r="E40" s="8">
-        <v>968712087</v>
+        <v>968708764</v>
       </c>
       <c r="F40" s="8">
-        <v>928015828</v>
+        <v>928012980</v>
       </c>
       <c r="G40" s="8">
-        <v>908408574</v>
+        <v>908466962</v>
       </c>
       <c r="H40" s="8">
-        <v>843015368</v>
+        <v>843012163</v>
       </c>
       <c r="I40" s="8">
-        <v>816786431</v>
+        <v>816784177</v>
       </c>
       <c r="J40" s="8">
-        <v>889629325</v>
+        <v>889680527</v>
       </c>
       <c r="K40" s="8">
-        <v>935173636</v>
+        <v>935172691</v>
       </c>
       <c r="L40" s="8">
-        <v>989531530</v>
+        <v>989531712</v>
       </c>
       <c r="M40" s="8">
-        <v>1109706091</v>
+        <v>1109930271</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B41" s="8">
-        <v>186692292</v>
+        <v>186692414</v>
       </c>
       <c r="C41" s="8">
-        <v>180229690</v>
+        <v>180227199</v>
       </c>
       <c r="D41" s="8">
-        <v>186646188</v>
+        <v>186656892</v>
       </c>
       <c r="E41" s="8">
-        <v>181876858</v>
+        <v>181873534</v>
       </c>
       <c r="F41" s="8">
-        <v>183416845</v>
+        <v>183413997</v>
       </c>
       <c r="G41" s="8">
-        <v>195436525</v>
+        <v>195439863</v>
       </c>
       <c r="H41" s="8">
-        <v>194936242</v>
+        <v>194933036</v>
       </c>
       <c r="I41" s="8">
-        <v>199973458</v>
+        <v>199971204</v>
       </c>
       <c r="J41" s="8">
-        <v>210921203</v>
+        <v>210926729</v>
       </c>
       <c r="K41" s="8">
-        <v>194864269</v>
+        <v>194863322</v>
       </c>
       <c r="L41" s="8">
-        <v>190047762</v>
+        <v>190047944</v>
       </c>
       <c r="M41" s="8">
-        <v>190545651</v>
+        <v>190573580</v>
       </c>
       <c r="N41" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B42" s="8">
         <v>889613863</v>
       </c>
       <c r="C42" s="8">
         <v>873720456</v>
       </c>
       <c r="D42" s="8">
-        <v>855030417</v>
+        <v>855099832</v>
       </c>
       <c r="E42" s="8">
         <v>786835229</v>
       </c>
       <c r="F42" s="8">
         <v>744598983</v>
       </c>
       <c r="G42" s="8">
-        <v>712972049</v>
+        <v>713027099</v>
       </c>
       <c r="H42" s="8">
-        <v>648079126</v>
+        <v>648079127</v>
       </c>
       <c r="I42" s="8">
         <v>616812973</v>
       </c>
       <c r="J42" s="8">
-        <v>678708122</v>
+        <v>678753798</v>
       </c>
       <c r="K42" s="8">
-        <v>740309368</v>
+        <v>740309369</v>
       </c>
       <c r="L42" s="8">
         <v>799483768</v>
       </c>
       <c r="M42" s="8">
-        <v>919160440</v>
+        <v>919356691</v>
       </c>
       <c r="N42" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="43" ht="12" customHeight="1"/>
     <row r="44" ht="14" customHeight="1">
       <c r="A44" s="10" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B44" s="10"/>
       <c r="C44" s="10"/>
       <c r="D44" s="10"/>
       <c r="E44" s="10"/>
       <c r="F44" s="10"/>
       <c r="G44" s="10"/>
       <c r="H44" s="10"/>
       <c r="I44" s="10"/>
       <c r="J44" s="10"/>
       <c r="K44" s="10"/>
       <c r="L44" s="10"/>
       <c r="M44" s="10"/>
       <c r="N44" s="10"/>
     </row>
     <row r="45" ht="14" customHeight="1">
       <c r="A45" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B45" s="11"/>
       <c r="C45" s="11"/>
       <c r="D45" s="11"/>
       <c r="E45" s="11"/>
       <c r="F45" s="11"/>
       <c r="G45" s="11"/>
       <c r="H45" s="11"/>
       <c r="I45" s="11"/>
       <c r="J45" s="11"/>
       <c r="K45" s="11"/>
       <c r="L45" s="11"/>
       <c r="M45" s="11"/>
       <c r="N45" s="11"/>
     </row>
     <row r="46" ht="29" customHeight="1">
       <c r="A46" s="12" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B46" s="12"/>
       <c r="C46" s="12"/>
       <c r="D46" s="12"/>
       <c r="E46" s="12"/>
       <c r="F46" s="12"/>
       <c r="G46" s="12"/>
       <c r="H46" s="12"/>
       <c r="I46" s="12"/>
       <c r="J46" s="12"/>
       <c r="K46" s="12"/>
       <c r="L46" s="12"/>
       <c r="M46" s="12"/>
       <c r="N46" s="12"/>
     </row>
     <row r="47" ht="14" customHeight="1">
       <c r="A47" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B47" s="11"/>
       <c r="C47" s="11"/>
       <c r="D47" s="11"/>
       <c r="E47" s="11"/>
       <c r="F47" s="11"/>
       <c r="G47" s="11"/>
       <c r="H47" s="11"/>
       <c r="I47" s="11"/>
       <c r="J47" s="11"/>
       <c r="K47" s="11"/>
       <c r="L47" s="11"/>
       <c r="M47" s="11"/>
       <c r="N47" s="11"/>
     </row>
     <row r="48" ht="12" customHeight="1">
       <c r="A48" s="13" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B48" s="13"/>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="13"/>
       <c r="G48" s="13"/>
       <c r="H48" s="13"/>
       <c r="I48" s="13"/>
       <c r="J48" s="13"/>
       <c r="K48" s="13"/>
       <c r="L48" s="13"/>
       <c r="M48" s="13"/>
       <c r="N48" s="13"/>
     </row>
     <row r="49" ht="14" customHeight="1">
       <c r="A49" s="12" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="12"/>
       <c r="E49" s="12"/>
       <c r="F49" s="12"/>
       <c r="G49" s="12"/>
       <c r="H49" s="12"/>
       <c r="I49" s="12"/>
       <c r="J49" s="12"/>
       <c r="K49" s="12"/>
       <c r="L49" s="12"/>
       <c r="M49" s="12"/>
       <c r="N49" s="12"/>
     </row>
     <row r="50" ht="43" customHeight="1">
       <c r="A50" s="12" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B50" s="12"/>
       <c r="C50" s="12"/>
       <c r="D50" s="12"/>
       <c r="E50" s="12"/>
       <c r="F50" s="12"/>
       <c r="G50" s="12"/>
       <c r="H50" s="12"/>
       <c r="I50" s="12"/>
       <c r="J50" s="12"/>
       <c r="K50" s="12"/>
       <c r="L50" s="12"/>
       <c r="M50" s="12"/>
       <c r="N50" s="12"/>
     </row>
     <row r="51" ht="14" customHeight="1">
       <c r="A51" s="12" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B51" s="12"/>
       <c r="C51" s="12"/>
       <c r="D51" s="12"/>
       <c r="E51" s="12"/>
       <c r="F51" s="12"/>
       <c r="G51" s="12"/>
       <c r="H51" s="12"/>
       <c r="I51" s="12"/>
       <c r="J51" s="12"/>
       <c r="K51" s="12"/>
       <c r="L51" s="12"/>
       <c r="M51" s="12"/>
       <c r="N51" s="12"/>
     </row>
     <row r="52" ht="14" customHeight="1">
       <c r="A52" s="12" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B52" s="12"/>
       <c r="C52" s="12"/>
       <c r="D52" s="12"/>
       <c r="E52" s="12"/>
       <c r="F52" s="12"/>
       <c r="G52" s="12"/>
       <c r="H52" s="12"/>
       <c r="I52" s="12"/>
       <c r="J52" s="12"/>
       <c r="K52" s="12"/>
       <c r="L52" s="12"/>
       <c r="M52" s="12"/>
       <c r="N52" s="12"/>
     </row>
     <row r="53" ht="12" customHeight="1">
       <c r="A53" s="13" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B53" s="13"/>
       <c r="C53" s="13"/>
       <c r="D53" s="13"/>
       <c r="E53" s="13"/>
       <c r="F53" s="13"/>
       <c r="G53" s="13"/>
       <c r="H53" s="13"/>
       <c r="I53" s="13"/>
       <c r="J53" s="13"/>
       <c r="K53" s="13"/>
       <c r="L53" s="13"/>
       <c r="M53" s="13"/>
       <c r="N53" s="13"/>
     </row>
     <row r="54" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A44:N44"/>
@@ -16928,1775 +17168,1775 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B9" s="8">
         <v>1692</v>
       </c>
       <c r="C9" s="8">
         <v>1645</v>
       </c>
       <c r="D9" s="8">
-        <v>3710</v>
+        <v>3711</v>
       </c>
       <c r="E9" s="8">
         <v>1662</v>
       </c>
       <c r="F9" s="8">
         <v>1636</v>
       </c>
       <c r="G9" s="8">
         <v>3683</v>
       </c>
       <c r="H9" s="8">
         <v>1657</v>
       </c>
       <c r="I9" s="8">
         <v>1637</v>
       </c>
       <c r="J9" s="8">
         <v>3685</v>
       </c>
       <c r="K9" s="8">
         <v>1652</v>
       </c>
       <c r="L9" s="8">
         <v>1640</v>
       </c>
       <c r="M9" s="8">
-        <v>9026</v>
+        <v>9031</v>
       </c>
       <c r="N9" s="8">
-        <v>9381</v>
+        <v>9385</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B10" s="8">
         <v>48870102</v>
       </c>
       <c r="C10" s="8">
         <v>49428862</v>
       </c>
       <c r="D10" s="8">
         <v>31483382</v>
       </c>
       <c r="E10" s="8">
         <v>14809036</v>
       </c>
       <c r="F10" s="8">
         <v>11922148</v>
       </c>
       <c r="G10" s="8">
-        <v>15693729</v>
+        <v>15994780</v>
       </c>
       <c r="H10" s="8">
-        <v>10327346</v>
+        <v>10590593</v>
       </c>
       <c r="I10" s="8">
-        <v>41830541</v>
+        <v>42095743</v>
       </c>
       <c r="J10" s="8">
-        <v>113290974</v>
+        <v>113613849</v>
       </c>
       <c r="K10" s="8">
-        <v>152925429</v>
+        <v>153257722</v>
       </c>
       <c r="L10" s="8">
-        <v>127341212</v>
+        <v>127595189</v>
       </c>
       <c r="M10" s="8">
-        <v>153858338</v>
+        <v>154116017</v>
       </c>
       <c r="N10" s="8">
-        <v>771781098</v>
+        <v>773777423</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B11" s="8">
         <v>43402954</v>
       </c>
       <c r="C11" s="8">
         <v>41303513</v>
       </c>
       <c r="D11" s="8">
         <v>22535519</v>
       </c>
       <c r="E11" s="8">
         <v>8708705</v>
       </c>
       <c r="F11" s="8">
         <v>5246174</v>
       </c>
       <c r="G11" s="8">
-        <v>6837067</v>
+        <v>6956692</v>
       </c>
       <c r="H11" s="8">
-        <v>2196300</v>
+        <v>2324756</v>
       </c>
       <c r="I11" s="8">
-        <v>26414901</v>
+        <v>26544493</v>
       </c>
       <c r="J11" s="8">
-        <v>101293117</v>
+        <v>101400305</v>
       </c>
       <c r="K11" s="8">
-        <v>144795542</v>
+        <v>144972903</v>
       </c>
       <c r="L11" s="8">
-        <v>118067579</v>
+        <v>118173154</v>
       </c>
       <c r="M11" s="8">
-        <v>144160222</v>
+        <v>144242538</v>
       </c>
       <c r="N11" s="8">
-        <v>664961594</v>
+        <v>665811708</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B12" s="8">
         <v>2027194</v>
       </c>
       <c r="C12" s="8">
         <v>3872954</v>
       </c>
       <c r="D12" s="8">
         <v>2408784</v>
       </c>
       <c r="E12" s="8">
         <v>1649764</v>
       </c>
       <c r="F12" s="8">
         <v>1774112</v>
       </c>
       <c r="G12" s="8">
-        <v>1927773</v>
+        <v>2109199</v>
       </c>
       <c r="H12" s="8">
-        <v>2603743</v>
+        <v>2738534</v>
       </c>
       <c r="I12" s="9" t="s">
         <v>25</v>
       </c>
       <c r="J12" s="8">
-        <v>6122388</v>
+        <v>6338076</v>
       </c>
       <c r="K12" s="8">
-        <v>2873323</v>
+        <v>3028255</v>
       </c>
       <c r="L12" s="8">
-        <v>3435735</v>
+        <v>3584136</v>
       </c>
       <c r="M12" s="9" t="s">
         <v>25</v>
       </c>
       <c r="N12" s="8">
-        <v>41849117</v>
+        <v>42995328</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B13" s="8">
         <v>1516716</v>
       </c>
       <c r="C13" s="8">
         <v>2287511</v>
       </c>
       <c r="D13" s="8">
         <v>2980289</v>
       </c>
       <c r="E13" s="8">
         <v>2599444</v>
       </c>
       <c r="F13" s="8">
         <v>3052437</v>
       </c>
       <c r="G13" s="8">
         <v>3090036</v>
       </c>
       <c r="H13" s="8">
         <v>3398049</v>
       </c>
       <c r="I13" s="9" t="s">
         <v>25</v>
       </c>
       <c r="J13" s="8">
         <v>2698021</v>
       </c>
       <c r="K13" s="8">
         <v>3206796</v>
       </c>
       <c r="L13" s="8">
         <v>3815825</v>
       </c>
       <c r="M13" s="9" t="s">
         <v>25</v>
       </c>
       <c r="N13" s="8">
         <v>33998382</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B14" s="8">
         <v>259683</v>
       </c>
       <c r="C14" s="8">
         <v>241706</v>
       </c>
       <c r="D14" s="8">
         <v>400334</v>
       </c>
       <c r="E14" s="8">
         <v>263518</v>
       </c>
       <c r="F14" s="8">
         <v>341467</v>
       </c>
       <c r="G14" s="8">
         <v>411003</v>
       </c>
       <c r="H14" s="8">
         <v>289229</v>
       </c>
       <c r="I14" s="8">
         <v>197138</v>
       </c>
       <c r="J14" s="8">
         <v>236706</v>
       </c>
       <c r="K14" s="8">
         <v>184074</v>
       </c>
       <c r="L14" s="8">
         <v>201807</v>
       </c>
       <c r="M14" s="8">
         <v>249288</v>
       </c>
       <c r="N14" s="8">
         <v>3275952</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B15" s="8">
         <v>1663554</v>
       </c>
       <c r="C15" s="8">
         <v>1723178</v>
       </c>
       <c r="D15" s="8">
         <v>3158455</v>
       </c>
       <c r="E15" s="8">
         <v>1587604</v>
       </c>
       <c r="F15" s="8">
         <v>1507958</v>
       </c>
       <c r="G15" s="8">
         <v>3427849</v>
       </c>
       <c r="H15" s="8">
         <v>1840024</v>
       </c>
       <c r="I15" s="8">
         <v>1559503</v>
       </c>
       <c r="J15" s="8">
         <v>2940741</v>
       </c>
       <c r="K15" s="8">
         <v>1865694</v>
       </c>
       <c r="L15" s="8">
         <v>1820267</v>
       </c>
       <c r="M15" s="8">
         <v>4601223</v>
       </c>
       <c r="N15" s="8">
         <v>27696051</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B16" s="8">
         <v>50218021</v>
       </c>
       <c r="C16" s="8">
         <v>51779129</v>
       </c>
       <c r="D16" s="8">
-        <v>70347028</v>
+        <v>70349947</v>
       </c>
       <c r="E16" s="8">
         <v>58054085</v>
       </c>
       <c r="F16" s="8">
         <v>57614449</v>
       </c>
       <c r="G16" s="8">
-        <v>67991089</v>
+        <v>67990847</v>
       </c>
       <c r="H16" s="8">
-        <v>55376234</v>
+        <v>55371347</v>
       </c>
       <c r="I16" s="8">
-        <v>57303116</v>
+        <v>57308390</v>
       </c>
       <c r="J16" s="8">
-        <v>62705074</v>
+        <v>62704797</v>
       </c>
       <c r="K16" s="8">
-        <v>55044718</v>
+        <v>55015764</v>
       </c>
       <c r="L16" s="8">
-        <v>57961606</v>
+        <v>57961625</v>
       </c>
       <c r="M16" s="8">
-        <v>69977743</v>
+        <v>69991021</v>
       </c>
       <c r="N16" s="8">
-        <v>714372289</v>
+        <v>714359421</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B17" s="8">
         <v>44586168</v>
       </c>
       <c r="C17" s="8">
         <v>46080210</v>
       </c>
       <c r="D17" s="8">
-        <v>62738508</v>
+        <v>62741428</v>
       </c>
       <c r="E17" s="8">
         <v>51445671</v>
       </c>
       <c r="F17" s="8">
         <v>51008465</v>
       </c>
       <c r="G17" s="8">
-        <v>59215179</v>
+        <v>59436992</v>
       </c>
       <c r="H17" s="8">
-        <v>49031510</v>
+        <v>49173439</v>
       </c>
       <c r="I17" s="8">
-        <v>51310612</v>
+        <v>51422503</v>
       </c>
       <c r="J17" s="8">
-        <v>54300151</v>
+        <v>54383417</v>
       </c>
       <c r="K17" s="8">
-        <v>47673701</v>
+        <v>47797540</v>
       </c>
       <c r="L17" s="8">
-        <v>50393087</v>
+        <v>50497917</v>
       </c>
       <c r="M17" s="8">
-        <v>60264388</v>
+        <v>60355416</v>
       </c>
       <c r="N17" s="8">
-        <v>628047652</v>
+        <v>628929168</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B18" s="8">
         <v>531720</v>
       </c>
       <c r="C18" s="8">
         <v>823751</v>
       </c>
       <c r="D18" s="8">
         <v>1332915</v>
       </c>
       <c r="E18" s="8">
         <v>1078775</v>
       </c>
       <c r="F18" s="8">
         <v>834059</v>
       </c>
       <c r="G18" s="8">
-        <v>1039058</v>
+        <v>817002</v>
       </c>
       <c r="H18" s="8">
-        <v>705367</v>
+        <v>558550</v>
       </c>
       <c r="I18" s="8">
-        <v>922641</v>
+        <v>816024</v>
       </c>
       <c r="J18" s="8">
-        <v>815516</v>
+        <v>731974</v>
       </c>
       <c r="K18" s="8">
-        <v>789371</v>
+        <v>636578</v>
       </c>
       <c r="L18" s="8">
-        <v>814136</v>
+        <v>709325</v>
       </c>
       <c r="M18" s="8">
-        <v>975302</v>
+        <v>897551</v>
       </c>
       <c r="N18" s="8">
-        <v>10662610</v>
+        <v>9768226</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B19" s="8">
         <v>1553537</v>
       </c>
       <c r="C19" s="8">
         <v>1760599</v>
       </c>
       <c r="D19" s="8">
         <v>2029705</v>
       </c>
       <c r="E19" s="8">
         <v>2449354</v>
       </c>
       <c r="F19" s="8">
         <v>2381121</v>
       </c>
       <c r="G19" s="8">
         <v>2471421</v>
       </c>
       <c r="H19" s="8">
         <v>2415435</v>
       </c>
       <c r="I19" s="8">
         <v>2353732</v>
       </c>
       <c r="J19" s="8">
         <v>2709228</v>
       </c>
       <c r="K19" s="8">
         <v>3616890</v>
       </c>
       <c r="L19" s="8">
         <v>3618148</v>
       </c>
       <c r="M19" s="8">
         <v>3161123</v>
       </c>
       <c r="N19" s="8">
         <v>30520294</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B20" s="8">
         <v>164499</v>
       </c>
       <c r="C20" s="8">
         <v>274181</v>
       </c>
       <c r="D20" s="8">
         <v>331840</v>
       </c>
       <c r="E20" s="8">
         <v>274778</v>
       </c>
       <c r="F20" s="8">
         <v>294669</v>
       </c>
       <c r="G20" s="8">
         <v>327048</v>
       </c>
       <c r="H20" s="8">
         <v>251344</v>
       </c>
       <c r="I20" s="8">
         <v>204145</v>
       </c>
       <c r="J20" s="8">
         <v>296548</v>
       </c>
       <c r="K20" s="8">
         <v>197335</v>
       </c>
       <c r="L20" s="8">
         <v>246581</v>
       </c>
       <c r="M20" s="8">
         <v>380555</v>
       </c>
       <c r="N20" s="8">
         <v>3243524</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B21" s="8">
         <v>3382095</v>
       </c>
       <c r="C21" s="8">
         <v>2840387</v>
       </c>
       <c r="D21" s="8">
         <v>3914060</v>
       </c>
       <c r="E21" s="8">
         <v>2805507</v>
       </c>
       <c r="F21" s="8">
         <v>3096134</v>
       </c>
       <c r="G21" s="8">
         <v>4938383</v>
       </c>
       <c r="H21" s="8">
         <v>2972578</v>
       </c>
       <c r="I21" s="8">
         <v>2511987</v>
       </c>
       <c r="J21" s="8">
         <v>4583630</v>
       </c>
       <c r="K21" s="8">
         <v>2767420</v>
       </c>
       <c r="L21" s="8">
         <v>2889653</v>
       </c>
       <c r="M21" s="8">
         <v>5196375</v>
       </c>
       <c r="N21" s="8">
         <v>41898210</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B22" s="8">
         <v>50218021</v>
       </c>
       <c r="C22" s="8">
         <v>51779129</v>
       </c>
       <c r="D22" s="8">
-        <v>70347028</v>
+        <v>70349947</v>
       </c>
       <c r="E22" s="8">
         <v>58054085</v>
       </c>
       <c r="F22" s="8">
         <v>57614449</v>
       </c>
       <c r="G22" s="8">
-        <v>67991089</v>
+        <v>67990847</v>
       </c>
       <c r="H22" s="8">
-        <v>55376234</v>
+        <v>55371347</v>
       </c>
       <c r="I22" s="8">
-        <v>57303116</v>
+        <v>57308390</v>
       </c>
       <c r="J22" s="8">
-        <v>62705074</v>
+        <v>62704797</v>
       </c>
       <c r="K22" s="8">
-        <v>55044718</v>
+        <v>55015764</v>
       </c>
       <c r="L22" s="8">
-        <v>57961606</v>
+        <v>57961625</v>
       </c>
       <c r="M22" s="8">
-        <v>69977743</v>
+        <v>69991021</v>
       </c>
       <c r="N22" s="8">
-        <v>714372289</v>
+        <v>714359421</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B23" s="8">
         <v>49909925</v>
       </c>
       <c r="C23" s="8">
         <v>51585178</v>
       </c>
       <c r="D23" s="8">
-        <v>70145104</v>
+        <v>70148024</v>
       </c>
       <c r="E23" s="8">
         <v>57825299</v>
       </c>
       <c r="F23" s="8">
         <v>57267514</v>
       </c>
       <c r="G23" s="8">
-        <v>67384952</v>
+        <v>67384710</v>
       </c>
       <c r="H23" s="8">
-        <v>54878418</v>
+        <v>54873531</v>
       </c>
       <c r="I23" s="8">
-        <v>57052628</v>
+        <v>57057903</v>
       </c>
       <c r="J23" s="8">
-        <v>61849669</v>
+        <v>61849393</v>
       </c>
       <c r="K23" s="8">
-        <v>54755308</v>
+        <v>54726354</v>
       </c>
       <c r="L23" s="8">
-        <v>57447899</v>
+        <v>57447918</v>
       </c>
       <c r="M23" s="8">
-        <v>68676744</v>
+        <v>68690022</v>
       </c>
       <c r="N23" s="8">
-        <v>708778639</v>
+        <v>708765771</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B24" s="8">
         <v>308096</v>
       </c>
       <c r="C24" s="8">
         <v>193951</v>
       </c>
       <c r="D24" s="8">
         <v>201923</v>
       </c>
       <c r="E24" s="8">
         <v>228785</v>
       </c>
       <c r="F24" s="8">
         <v>346936</v>
       </c>
       <c r="G24" s="8">
         <v>606136</v>
       </c>
       <c r="H24" s="8">
         <v>497816</v>
       </c>
       <c r="I24" s="8">
         <v>250488</v>
       </c>
       <c r="J24" s="8">
         <v>855404</v>
       </c>
       <c r="K24" s="8">
         <v>289410</v>
       </c>
       <c r="L24" s="8">
         <v>513707</v>
       </c>
       <c r="M24" s="8">
         <v>1300999</v>
       </c>
       <c r="N24" s="8">
         <v>5593650</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B25" s="8">
         <v>9101258</v>
       </c>
       <c r="C25" s="8">
         <v>9175995</v>
       </c>
       <c r="D25" s="8">
         <v>11975206</v>
       </c>
       <c r="E25" s="8">
         <v>11319345</v>
       </c>
       <c r="F25" s="8">
         <v>10809504</v>
       </c>
       <c r="G25" s="8">
-        <v>11509600</v>
+        <v>13119067</v>
       </c>
       <c r="H25" s="8">
-        <v>10848736</v>
+        <v>12007862</v>
       </c>
       <c r="I25" s="8">
-        <v>11078098</v>
+        <v>12378939</v>
       </c>
       <c r="J25" s="8">
-        <v>13581737</v>
+        <v>15239068</v>
       </c>
       <c r="K25" s="8">
-        <v>10941083</v>
+        <v>12185061</v>
       </c>
       <c r="L25" s="8">
-        <v>10955229</v>
+        <v>12471729</v>
       </c>
       <c r="M25" s="8">
-        <v>9730665</v>
+        <v>10981285</v>
       </c>
       <c r="N25" s="8">
-        <v>131026456</v>
+        <v>140764319</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B26" s="8">
         <v>6976836</v>
       </c>
       <c r="C26" s="8">
         <v>7662933</v>
       </c>
       <c r="D26" s="8">
         <v>9694249</v>
       </c>
       <c r="E26" s="8">
         <v>9142572</v>
       </c>
       <c r="F26" s="8">
         <v>8621813</v>
       </c>
       <c r="G26" s="8">
         <v>9449399</v>
       </c>
       <c r="H26" s="8">
         <v>8848650</v>
       </c>
       <c r="I26" s="8">
         <v>9092366</v>
       </c>
       <c r="J26" s="8">
-        <v>11470854</v>
+        <v>11470975</v>
       </c>
       <c r="K26" s="8">
         <v>8875281</v>
       </c>
       <c r="L26" s="8">
         <v>8854913</v>
       </c>
       <c r="M26" s="8">
         <v>7716519</v>
       </c>
       <c r="N26" s="8">
-        <v>106406385</v>
+        <v>106406506</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B27" s="8">
         <v>1459790</v>
       </c>
       <c r="C27" s="8">
         <v>810002</v>
       </c>
       <c r="D27" s="8">
         <v>1471807</v>
       </c>
       <c r="E27" s="8">
         <v>1450928</v>
       </c>
       <c r="F27" s="8">
         <v>1405213</v>
       </c>
       <c r="G27" s="8">
-        <v>1389984</v>
+        <v>2999450</v>
       </c>
       <c r="H27" s="8">
-        <v>1409409</v>
+        <v>2568535</v>
       </c>
       <c r="I27" s="8">
-        <v>1414674</v>
+        <v>2715515</v>
       </c>
       <c r="J27" s="8">
-        <v>1342770</v>
+        <v>2999980</v>
       </c>
       <c r="K27" s="8">
-        <v>1555562</v>
+        <v>2799540</v>
       </c>
       <c r="L27" s="8">
-        <v>1500155</v>
+        <v>3016655</v>
       </c>
       <c r="M27" s="8">
-        <v>1443183</v>
+        <v>2693803</v>
       </c>
       <c r="N27" s="8">
-        <v>16653477</v>
+        <v>26391219</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B28" s="8">
         <v>85765</v>
       </c>
       <c r="C28" s="9" t="s">
         <v>25</v>
       </c>
       <c r="D28" s="8">
         <v>129358</v>
       </c>
       <c r="E28" s="8">
         <v>83432</v>
       </c>
       <c r="F28" s="8">
         <v>91688</v>
       </c>
       <c r="G28" s="8">
         <v>61673</v>
       </c>
       <c r="H28" s="9" t="s">
         <v>25</v>
       </c>
       <c r="I28" s="8">
         <v>202366</v>
       </c>
       <c r="J28" s="8">
         <v>117414</v>
       </c>
       <c r="K28" s="8">
         <v>132813</v>
       </c>
       <c r="L28" s="8">
         <v>75984</v>
       </c>
       <c r="M28" s="8">
         <v>76143</v>
       </c>
       <c r="N28" s="8">
         <v>1319371</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B29" s="8">
         <v>578866</v>
       </c>
       <c r="C29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="D29" s="8">
         <v>679792</v>
       </c>
       <c r="E29" s="8">
         <v>642413</v>
       </c>
       <c r="F29" s="8">
         <v>690789</v>
       </c>
       <c r="G29" s="8">
         <v>608544</v>
       </c>
       <c r="H29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="I29" s="8">
         <v>368692</v>
       </c>
       <c r="J29" s="8">
         <v>650699</v>
       </c>
       <c r="K29" s="8">
         <v>377428</v>
       </c>
       <c r="L29" s="8">
         <v>524177</v>
       </c>
       <c r="M29" s="8">
         <v>494820</v>
       </c>
       <c r="N29" s="8">
         <v>6647224</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B30" s="8">
         <v>5649292</v>
       </c>
       <c r="C30" s="8">
         <v>6402149</v>
       </c>
       <c r="D30" s="8">
         <v>8233268</v>
       </c>
       <c r="E30" s="8">
         <v>8163377</v>
       </c>
       <c r="F30" s="8">
         <v>7692600</v>
       </c>
       <c r="G30" s="8">
         <v>8178678</v>
       </c>
       <c r="H30" s="8">
         <v>7843452</v>
       </c>
       <c r="I30" s="8">
         <v>7772529</v>
       </c>
       <c r="J30" s="8">
         <v>7780197</v>
       </c>
       <c r="K30" s="8">
         <v>7253891</v>
       </c>
       <c r="L30" s="8">
         <v>7179190</v>
       </c>
       <c r="M30" s="8">
         <v>5888872</v>
       </c>
       <c r="N30" s="8">
         <v>88037496</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B31" s="8">
         <v>2340629</v>
       </c>
       <c r="C31" s="8">
         <v>2675798</v>
       </c>
       <c r="D31" s="8">
         <v>3138799</v>
       </c>
       <c r="E31" s="8">
         <v>3304126</v>
       </c>
       <c r="F31" s="8">
         <v>3296392</v>
       </c>
       <c r="G31" s="8">
         <v>3002225</v>
       </c>
       <c r="H31" s="8">
         <v>2927026</v>
       </c>
       <c r="I31" s="8">
         <v>3080290</v>
       </c>
       <c r="J31" s="8">
         <v>2891521</v>
       </c>
       <c r="K31" s="8">
         <v>3010582</v>
       </c>
       <c r="L31" s="8">
         <v>3312751</v>
       </c>
       <c r="M31" s="8">
         <v>2280617</v>
       </c>
       <c r="N31" s="8">
         <v>35260755</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B32" s="8">
         <v>3308663</v>
       </c>
       <c r="C32" s="8">
         <v>3726351</v>
       </c>
       <c r="D32" s="8">
         <v>5094469</v>
       </c>
       <c r="E32" s="8">
         <v>4859252</v>
       </c>
       <c r="F32" s="8">
         <v>4396208</v>
       </c>
       <c r="G32" s="8">
         <v>5176453</v>
       </c>
       <c r="H32" s="8">
         <v>4916427</v>
       </c>
       <c r="I32" s="8">
         <v>4692239</v>
       </c>
       <c r="J32" s="8">
         <v>4888676</v>
       </c>
       <c r="K32" s="8">
         <v>4243310</v>
       </c>
       <c r="L32" s="8">
         <v>3866439</v>
       </c>
       <c r="M32" s="8">
         <v>3608255</v>
       </c>
       <c r="N32" s="8">
         <v>52776741</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B33" s="8">
         <v>1080813783</v>
       </c>
       <c r="C33" s="8">
         <v>1078948250</v>
       </c>
       <c r="D33" s="8">
-        <v>1052628434</v>
+        <v>1052636754</v>
       </c>
       <c r="E33" s="8">
         <v>990595851</v>
       </c>
       <c r="F33" s="8">
         <v>931722535</v>
       </c>
       <c r="G33" s="8">
-        <v>906119614</v>
+        <v>906163377</v>
       </c>
       <c r="H33" s="8">
-        <v>833643475</v>
+        <v>833648148</v>
       </c>
       <c r="I33" s="8">
-        <v>811553456</v>
+        <v>811561002</v>
       </c>
       <c r="J33" s="8">
-        <v>871664809</v>
+        <v>871681713</v>
       </c>
       <c r="K33" s="8">
-        <v>938587718</v>
+        <v>938586426</v>
       </c>
       <c r="L33" s="8">
-        <v>999471597</v>
+        <v>999471601</v>
       </c>
       <c r="M33" s="8">
-        <v>1112896873</v>
+        <v>1112922883</v>
       </c>
       <c r="N33" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B34" s="8">
         <v>1041165295</v>
       </c>
       <c r="C34" s="8">
         <v>1039037340</v>
       </c>
       <c r="D34" s="8">
-        <v>1010036677</v>
+        <v>1010044997</v>
       </c>
       <c r="E34" s="8">
         <v>951804165</v>
       </c>
       <c r="F34" s="8">
         <v>892451210</v>
       </c>
       <c r="G34" s="8">
-        <v>864136097</v>
+        <v>864414273</v>
       </c>
       <c r="H34" s="8">
-        <v>792433016</v>
+        <v>792700373</v>
       </c>
       <c r="I34" s="8">
-        <v>765108881</v>
+        <v>765402752</v>
       </c>
       <c r="J34" s="8">
-        <v>826748412</v>
+        <v>827073807</v>
       </c>
       <c r="K34" s="8">
-        <v>896877293</v>
+        <v>897260277</v>
       </c>
       <c r="L34" s="8">
-        <v>958050373</v>
+        <v>958434478</v>
       </c>
       <c r="M34" s="8">
-        <v>1060943735</v>
+        <v>1061357410</v>
       </c>
       <c r="N34" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B35" s="8">
         <v>13760511</v>
       </c>
       <c r="C35" s="8">
         <v>13300715</v>
       </c>
       <c r="D35" s="8">
         <v>13058384</v>
       </c>
       <c r="E35" s="8">
         <v>11802791</v>
       </c>
       <c r="F35" s="8">
         <v>12064682</v>
       </c>
       <c r="G35" s="8">
-        <v>12509252</v>
+        <v>11999325</v>
       </c>
       <c r="H35" s="8">
-        <v>11967800</v>
+        <v>11481722</v>
       </c>
       <c r="I35" s="8">
-        <v>11732290</v>
+        <v>11273284</v>
       </c>
       <c r="J35" s="8">
-        <v>14145193</v>
+        <v>13640240</v>
       </c>
       <c r="K35" s="8">
-        <v>13081851</v>
+        <v>12431434</v>
       </c>
       <c r="L35" s="8">
-        <v>12413749</v>
+        <v>11885378</v>
       </c>
       <c r="M35" s="8">
-        <v>21348704</v>
+        <v>20673214</v>
       </c>
       <c r="N35" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B36" s="8">
         <v>1640264</v>
       </c>
       <c r="C36" s="8">
         <v>1840327</v>
       </c>
       <c r="D36" s="8">
         <v>1656680</v>
       </c>
       <c r="E36" s="8">
         <v>1749599</v>
       </c>
       <c r="F36" s="8">
         <v>1797802</v>
       </c>
       <c r="G36" s="8">
-        <v>1603111</v>
+        <v>1878626</v>
       </c>
       <c r="H36" s="8">
-        <v>2085997</v>
+        <v>2309390</v>
       </c>
       <c r="I36" s="8">
-        <v>6735803</v>
+        <v>6908484</v>
       </c>
       <c r="J36" s="8">
-        <v>1787894</v>
+        <v>1984355</v>
       </c>
       <c r="K36" s="8">
-        <v>1828868</v>
+        <v>2095010</v>
       </c>
       <c r="L36" s="8">
-        <v>1606284</v>
+        <v>1750553</v>
       </c>
       <c r="M36" s="8">
-        <v>1851627</v>
+        <v>2139451</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B37" s="8">
         <v>19671818</v>
       </c>
       <c r="C37" s="8">
         <v>19904568</v>
       </c>
       <c r="D37" s="8">
         <v>21170362</v>
       </c>
       <c r="E37" s="8">
         <v>20400502</v>
       </c>
       <c r="F37" s="8">
         <v>20322574</v>
       </c>
       <c r="G37" s="8">
         <v>21339995</v>
       </c>
       <c r="H37" s="8">
         <v>21823438</v>
       </c>
       <c r="I37" s="8">
         <v>22860084</v>
       </c>
       <c r="J37" s="8">
         <v>22816820</v>
       </c>
       <c r="K37" s="8">
         <v>21584914</v>
       </c>
       <c r="L37" s="8">
         <v>22108097</v>
       </c>
       <c r="M37" s="8">
         <v>21003229</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B38" s="8">
         <v>868806</v>
       </c>
       <c r="C38" s="8">
         <v>765631</v>
       </c>
       <c r="D38" s="8">
         <v>976156</v>
       </c>
       <c r="E38" s="8">
         <v>851407</v>
       </c>
       <c r="F38" s="8">
         <v>1028183</v>
       </c>
       <c r="G38" s="8">
         <v>1311100</v>
       </c>
       <c r="H38" s="8">
         <v>1337365</v>
       </c>
       <c r="I38" s="8">
         <v>1409750</v>
       </c>
       <c r="J38" s="8">
         <v>1523957</v>
       </c>
       <c r="K38" s="8">
         <v>1384747</v>
       </c>
       <c r="L38" s="8">
         <v>1358637</v>
       </c>
       <c r="M38" s="8">
         <v>1415891</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B39" s="8">
         <v>3707088</v>
       </c>
       <c r="C39" s="8">
         <v>4099670</v>
       </c>
       <c r="D39" s="8">
         <v>5730175</v>
       </c>
       <c r="E39" s="8">
         <v>3987387</v>
       </c>
       <c r="F39" s="8">
         <v>4058083</v>
       </c>
       <c r="G39" s="8">
         <v>5220058</v>
       </c>
       <c r="H39" s="8">
         <v>3995859</v>
       </c>
       <c r="I39" s="8">
         <v>3706648</v>
       </c>
       <c r="J39" s="8">
         <v>4642533</v>
       </c>
       <c r="K39" s="8">
         <v>3830045</v>
       </c>
       <c r="L39" s="8">
         <v>3934457</v>
       </c>
       <c r="M39" s="8">
         <v>6333687</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B40" s="8">
         <v>1080813783</v>
       </c>
       <c r="C40" s="8">
         <v>1078948250</v>
       </c>
       <c r="D40" s="8">
-        <v>1052628434</v>
+        <v>1052636754</v>
       </c>
       <c r="E40" s="8">
         <v>990595851</v>
       </c>
       <c r="F40" s="8">
         <v>931722535</v>
       </c>
       <c r="G40" s="8">
-        <v>906119614</v>
+        <v>906163377</v>
       </c>
       <c r="H40" s="8">
-        <v>833643475</v>
+        <v>833648148</v>
       </c>
       <c r="I40" s="8">
-        <v>811553456</v>
+        <v>811561002</v>
       </c>
       <c r="J40" s="8">
-        <v>871664809</v>
+        <v>871681713</v>
       </c>
       <c r="K40" s="8">
-        <v>938587718</v>
+        <v>938586426</v>
       </c>
       <c r="L40" s="8">
-        <v>999471597</v>
+        <v>999471601</v>
       </c>
       <c r="M40" s="8">
-        <v>1112896873</v>
+        <v>1112922883</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B41" s="8">
         <v>179909040</v>
       </c>
       <c r="C41" s="8">
         <v>181849119</v>
       </c>
       <c r="D41" s="8">
         <v>189427396</v>
       </c>
       <c r="E41" s="8">
         <v>190605315</v>
       </c>
       <c r="F41" s="8">
         <v>190419187</v>
       </c>
       <c r="G41" s="8">
-        <v>205334946</v>
+        <v>205346295</v>
       </c>
       <c r="H41" s="8">
-        <v>201939963</v>
+        <v>201929113</v>
       </c>
       <c r="I41" s="8">
-        <v>206489927</v>
+        <v>206473972</v>
       </c>
       <c r="J41" s="8">
-        <v>211244529</v>
+        <v>211234151</v>
       </c>
       <c r="K41" s="8">
-        <v>201666634</v>
+        <v>201665342</v>
       </c>
       <c r="L41" s="8">
-        <v>192052242</v>
+        <v>192052247</v>
       </c>
       <c r="M41" s="8">
-        <v>200897604</v>
+        <v>200899432</v>
       </c>
       <c r="N41" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B42" s="8">
         <v>900904744</v>
       </c>
       <c r="C42" s="8">
         <v>897099131</v>
       </c>
       <c r="D42" s="8">
-        <v>863201039</v>
+        <v>863209359</v>
       </c>
       <c r="E42" s="8">
         <v>799990535</v>
       </c>
       <c r="F42" s="8">
         <v>741303348</v>
       </c>
       <c r="G42" s="8">
-        <v>700784668</v>
+        <v>700817083</v>
       </c>
       <c r="H42" s="8">
-        <v>631703512</v>
+        <v>631719035</v>
       </c>
       <c r="I42" s="8">
-        <v>605063529</v>
+        <v>605087030</v>
       </c>
       <c r="J42" s="8">
-        <v>660420280</v>
+        <v>660447562</v>
       </c>
       <c r="K42" s="8">
         <v>736921084</v>
       </c>
       <c r="L42" s="8">
         <v>807419354</v>
       </c>
       <c r="M42" s="8">
-        <v>911999270</v>
+        <v>912023451</v>
       </c>
       <c r="N42" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="43" ht="12" customHeight="1"/>
     <row r="44" ht="14" customHeight="1">
       <c r="A44" s="10" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B44" s="10"/>
       <c r="C44" s="10"/>
       <c r="D44" s="10"/>
       <c r="E44" s="10"/>
       <c r="F44" s="10"/>
       <c r="G44" s="10"/>
       <c r="H44" s="10"/>
       <c r="I44" s="10"/>
       <c r="J44" s="10"/>
       <c r="K44" s="10"/>
       <c r="L44" s="10"/>
       <c r="M44" s="10"/>
       <c r="N44" s="10"/>
     </row>
     <row r="45" ht="14" customHeight="1">
       <c r="A45" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B45" s="11"/>
       <c r="C45" s="11"/>
       <c r="D45" s="11"/>
       <c r="E45" s="11"/>
       <c r="F45" s="11"/>
       <c r="G45" s="11"/>
       <c r="H45" s="11"/>
       <c r="I45" s="11"/>
       <c r="J45" s="11"/>
       <c r="K45" s="11"/>
       <c r="L45" s="11"/>
       <c r="M45" s="11"/>
       <c r="N45" s="11"/>
     </row>
     <row r="46" ht="29" customHeight="1">
       <c r="A46" s="12" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B46" s="12"/>
       <c r="C46" s="12"/>
       <c r="D46" s="12"/>
       <c r="E46" s="12"/>
       <c r="F46" s="12"/>
       <c r="G46" s="12"/>
       <c r="H46" s="12"/>
       <c r="I46" s="12"/>
       <c r="J46" s="12"/>
       <c r="K46" s="12"/>
       <c r="L46" s="12"/>
       <c r="M46" s="12"/>
       <c r="N46" s="12"/>
     </row>
     <row r="47" ht="14" customHeight="1">
       <c r="A47" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B47" s="11"/>
       <c r="C47" s="11"/>
       <c r="D47" s="11"/>
       <c r="E47" s="11"/>
       <c r="F47" s="11"/>
       <c r="G47" s="11"/>
       <c r="H47" s="11"/>
       <c r="I47" s="11"/>
       <c r="J47" s="11"/>
       <c r="K47" s="11"/>
       <c r="L47" s="11"/>
       <c r="M47" s="11"/>
       <c r="N47" s="11"/>
     </row>
     <row r="48" ht="12" customHeight="1">
       <c r="A48" s="13" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B48" s="13"/>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="13"/>
       <c r="G48" s="13"/>
       <c r="H48" s="13"/>
       <c r="I48" s="13"/>
       <c r="J48" s="13"/>
       <c r="K48" s="13"/>
       <c r="L48" s="13"/>
       <c r="M48" s="13"/>
       <c r="N48" s="13"/>
     </row>
     <row r="49" ht="14" customHeight="1">
       <c r="A49" s="12" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="12"/>
       <c r="E49" s="12"/>
       <c r="F49" s="12"/>
       <c r="G49" s="12"/>
       <c r="H49" s="12"/>
       <c r="I49" s="12"/>
       <c r="J49" s="12"/>
       <c r="K49" s="12"/>
       <c r="L49" s="12"/>
       <c r="M49" s="12"/>
       <c r="N49" s="12"/>
     </row>
     <row r="50" ht="43" customHeight="1">
       <c r="A50" s="12" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B50" s="12"/>
       <c r="C50" s="12"/>
       <c r="D50" s="12"/>
       <c r="E50" s="12"/>
       <c r="F50" s="12"/>
       <c r="G50" s="12"/>
       <c r="H50" s="12"/>
       <c r="I50" s="12"/>
       <c r="J50" s="12"/>
       <c r="K50" s="12"/>
       <c r="L50" s="12"/>
       <c r="M50" s="12"/>
       <c r="N50" s="12"/>
     </row>
     <row r="51" ht="14" customHeight="1">
       <c r="A51" s="12" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B51" s="12"/>
       <c r="C51" s="12"/>
       <c r="D51" s="12"/>
       <c r="E51" s="12"/>
       <c r="F51" s="12"/>
       <c r="G51" s="12"/>
       <c r="H51" s="12"/>
       <c r="I51" s="12"/>
       <c r="J51" s="12"/>
       <c r="K51" s="12"/>
       <c r="L51" s="12"/>
       <c r="M51" s="12"/>
       <c r="N51" s="12"/>
     </row>
     <row r="52" ht="14" customHeight="1">
       <c r="A52" s="12" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B52" s="12"/>
       <c r="C52" s="12"/>
       <c r="D52" s="12"/>
       <c r="E52" s="12"/>
       <c r="F52" s="12"/>
       <c r="G52" s="12"/>
       <c r="H52" s="12"/>
       <c r="I52" s="12"/>
       <c r="J52" s="12"/>
       <c r="K52" s="12"/>
       <c r="L52" s="12"/>
       <c r="M52" s="12"/>
       <c r="N52" s="12"/>
     </row>
     <row r="53" ht="12" customHeight="1">
       <c r="A53" s="13" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B53" s="13"/>
       <c r="C53" s="13"/>
       <c r="D53" s="13"/>
       <c r="E53" s="13"/>
       <c r="F53" s="13"/>
       <c r="G53" s="13"/>
       <c r="H53" s="13"/>
       <c r="I53" s="13"/>
       <c r="J53" s="13"/>
       <c r="K53" s="13"/>
       <c r="L53" s="13"/>
       <c r="M53" s="13"/>
       <c r="N53" s="13"/>
     </row>
     <row r="54" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A44:N44"/>
@@ -18738,1775 +18978,1775 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B9" s="8">
         <v>1741</v>
       </c>
       <c r="C9" s="8">
         <v>1683</v>
       </c>
       <c r="D9" s="8">
         <v>3620</v>
       </c>
       <c r="E9" s="8">
         <v>1664</v>
       </c>
       <c r="F9" s="8">
         <v>1655</v>
       </c>
       <c r="G9" s="8">
         <v>3607</v>
       </c>
       <c r="H9" s="8">
         <v>1674</v>
       </c>
       <c r="I9" s="8">
         <v>1663</v>
       </c>
       <c r="J9" s="8">
         <v>3651</v>
       </c>
       <c r="K9" s="8">
         <v>1694</v>
       </c>
       <c r="L9" s="8">
         <v>1670</v>
       </c>
       <c r="M9" s="8">
-        <v>8663</v>
+        <v>8664</v>
       </c>
       <c r="N9" s="8">
-        <v>9004</v>
+        <v>9005</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B10" s="8">
         <v>77378663</v>
       </c>
       <c r="C10" s="8">
         <v>32676678</v>
       </c>
       <c r="D10" s="8">
         <v>29834786</v>
       </c>
       <c r="E10" s="8">
         <v>21282068</v>
       </c>
       <c r="F10" s="8">
         <v>16526970</v>
       </c>
       <c r="G10" s="8">
         <v>15883083</v>
       </c>
       <c r="H10" s="8">
         <v>12381600</v>
       </c>
       <c r="I10" s="8">
         <v>43323441</v>
       </c>
       <c r="J10" s="8">
         <v>133098857</v>
       </c>
       <c r="K10" s="8">
         <v>137812313</v>
       </c>
       <c r="L10" s="8">
         <v>100563747</v>
       </c>
       <c r="M10" s="8">
         <v>148655393</v>
       </c>
       <c r="N10" s="8">
         <v>769417598</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B11" s="8">
         <v>70263208</v>
       </c>
       <c r="C11" s="8">
         <v>24717286</v>
       </c>
       <c r="D11" s="8">
         <v>22643142</v>
       </c>
       <c r="E11" s="8">
         <v>16125143</v>
       </c>
       <c r="F11" s="8">
         <v>11796833</v>
       </c>
       <c r="G11" s="8">
         <v>8488232</v>
       </c>
       <c r="H11" s="8">
         <v>6532582</v>
       </c>
       <c r="I11" s="8">
         <v>29259255</v>
       </c>
       <c r="J11" s="8">
         <v>122135109</v>
       </c>
       <c r="K11" s="8">
         <v>128022722</v>
       </c>
       <c r="L11" s="8">
         <v>94062978</v>
       </c>
       <c r="M11" s="8">
         <v>139051311</v>
       </c>
       <c r="N11" s="8">
         <v>673097800</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B12" s="8">
         <v>2948474</v>
       </c>
       <c r="C12" s="8">
         <v>4477705</v>
       </c>
       <c r="D12" s="8">
         <v>1932025</v>
       </c>
       <c r="E12" s="8">
         <v>1787948</v>
       </c>
       <c r="F12" s="8">
         <v>1634413</v>
       </c>
       <c r="G12" s="8">
         <v>1922883</v>
       </c>
       <c r="H12" s="8">
         <v>2072785</v>
       </c>
       <c r="I12" s="8">
         <v>10068674</v>
       </c>
       <c r="J12" s="8">
         <v>6268187</v>
       </c>
       <c r="K12" s="8">
         <v>4869925</v>
       </c>
       <c r="L12" s="8">
         <v>2459883</v>
       </c>
       <c r="M12" s="8">
         <v>2568632</v>
       </c>
       <c r="N12" s="8">
         <v>43011534</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B13" s="8">
         <v>2952145</v>
       </c>
       <c r="C13" s="8">
         <v>2267616</v>
       </c>
       <c r="D13" s="8">
         <v>2543454</v>
       </c>
       <c r="E13" s="8">
         <v>2219335</v>
       </c>
       <c r="F13" s="8">
         <v>2086895</v>
       </c>
       <c r="G13" s="8">
         <v>2884270</v>
       </c>
       <c r="H13" s="8">
         <v>2546839</v>
       </c>
       <c r="I13" s="8">
         <v>2514465</v>
       </c>
       <c r="J13" s="8">
         <v>2001516</v>
       </c>
       <c r="K13" s="8">
         <v>3303235</v>
       </c>
       <c r="L13" s="8">
         <v>2718666</v>
       </c>
       <c r="M13" s="8">
         <v>1860336</v>
       </c>
       <c r="N13" s="8">
         <v>29898772</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B14" s="8">
         <v>106961</v>
       </c>
       <c r="C14" s="8">
         <v>181257</v>
       </c>
       <c r="D14" s="8">
         <v>301114</v>
       </c>
       <c r="E14" s="8">
         <v>182611</v>
       </c>
       <c r="F14" s="8">
         <v>99132</v>
       </c>
       <c r="G14" s="8">
         <v>211188</v>
       </c>
       <c r="H14" s="8">
         <v>96048</v>
       </c>
       <c r="I14" s="8">
         <v>185239</v>
       </c>
       <c r="J14" s="8">
         <v>193108</v>
       </c>
       <c r="K14" s="8">
         <v>105854</v>
       </c>
       <c r="L14" s="8">
         <v>208346</v>
       </c>
       <c r="M14" s="8">
         <v>243686</v>
       </c>
       <c r="N14" s="8">
         <v>2114542</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B15" s="8">
         <v>1107876</v>
       </c>
       <c r="C15" s="8">
         <v>1032813</v>
       </c>
       <c r="D15" s="8">
         <v>2415050</v>
       </c>
       <c r="E15" s="8">
         <v>967032</v>
       </c>
       <c r="F15" s="8">
         <v>909698</v>
       </c>
       <c r="G15" s="8">
         <v>2376510</v>
       </c>
       <c r="H15" s="8">
         <v>1133347</v>
       </c>
       <c r="I15" s="8">
         <v>1295809</v>
       </c>
       <c r="J15" s="8">
         <v>2500937</v>
       </c>
       <c r="K15" s="8">
         <v>1510577</v>
       </c>
       <c r="L15" s="8">
         <v>1113874</v>
       </c>
       <c r="M15" s="8">
         <v>4931427</v>
       </c>
       <c r="N15" s="8">
         <v>21294949</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B16" s="8">
         <v>56818272</v>
       </c>
       <c r="C16" s="8">
         <v>54790940</v>
       </c>
       <c r="D16" s="8">
         <v>64377547</v>
       </c>
       <c r="E16" s="8">
         <v>56170885</v>
       </c>
       <c r="F16" s="8">
         <v>57754842</v>
       </c>
       <c r="G16" s="8">
         <v>70293165</v>
       </c>
       <c r="H16" s="8">
         <v>58873205</v>
       </c>
       <c r="I16" s="8">
         <v>58852926</v>
       </c>
       <c r="J16" s="8">
         <v>67866351</v>
       </c>
       <c r="K16" s="8">
         <v>64598177</v>
       </c>
       <c r="L16" s="8">
         <v>59120943</v>
       </c>
       <c r="M16" s="8">
         <v>73396293</v>
       </c>
       <c r="N16" s="8">
         <v>742913547</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B17" s="8">
         <v>50999409</v>
       </c>
       <c r="C17" s="8">
         <v>49136866</v>
       </c>
       <c r="D17" s="8">
         <v>58123528</v>
       </c>
       <c r="E17" s="8">
         <v>51229283</v>
       </c>
       <c r="F17" s="8">
         <v>51530870</v>
       </c>
       <c r="G17" s="8">
         <v>61878044</v>
       </c>
       <c r="H17" s="8">
         <v>52471012</v>
       </c>
       <c r="I17" s="8">
         <v>52539762</v>
       </c>
       <c r="J17" s="8">
         <v>60305171</v>
       </c>
       <c r="K17" s="8">
         <v>57172951</v>
       </c>
       <c r="L17" s="8">
         <v>51560018</v>
       </c>
       <c r="M17" s="8">
         <v>63814838</v>
       </c>
       <c r="N17" s="8">
         <v>660761754</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B18" s="8">
         <v>867050</v>
       </c>
       <c r="C18" s="8">
         <v>892274</v>
       </c>
       <c r="D18" s="8">
         <v>763166</v>
       </c>
       <c r="E18" s="8">
         <v>556380</v>
       </c>
       <c r="F18" s="8">
         <v>769930</v>
       </c>
       <c r="G18" s="8">
         <v>1193639</v>
       </c>
       <c r="H18" s="8">
         <v>1146246</v>
       </c>
       <c r="I18" s="8">
         <v>819671</v>
       </c>
       <c r="J18" s="8">
         <v>985062</v>
       </c>
       <c r="K18" s="8">
         <v>593877</v>
       </c>
       <c r="L18" s="8">
         <v>678615</v>
       </c>
       <c r="M18" s="8">
         <v>811175</v>
       </c>
       <c r="N18" s="8">
         <v>10077086</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B19" s="8">
         <v>1956358</v>
       </c>
       <c r="C19" s="8">
         <v>1989948</v>
       </c>
       <c r="D19" s="8">
         <v>1727876</v>
       </c>
       <c r="E19" s="8">
         <v>1419969</v>
       </c>
       <c r="F19" s="8">
         <v>1753619</v>
       </c>
       <c r="G19" s="8">
         <v>2053346</v>
       </c>
       <c r="H19" s="8">
         <v>1835445</v>
       </c>
       <c r="I19" s="8">
         <v>2161012</v>
       </c>
       <c r="J19" s="8">
         <v>2623182</v>
       </c>
       <c r="K19" s="8">
         <v>3319773</v>
       </c>
       <c r="L19" s="8">
         <v>3549985</v>
       </c>
       <c r="M19" s="8">
         <v>3058768</v>
       </c>
       <c r="N19" s="8">
         <v>27449280</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B20" s="8">
         <v>149962</v>
       </c>
       <c r="C20" s="8">
         <v>155804</v>
       </c>
       <c r="D20" s="8">
         <v>210109</v>
       </c>
       <c r="E20" s="8">
         <v>145777</v>
       </c>
       <c r="F20" s="8">
         <v>188479</v>
       </c>
       <c r="G20" s="8">
         <v>279994</v>
       </c>
       <c r="H20" s="8">
         <v>218714</v>
       </c>
       <c r="I20" s="8">
         <v>191766</v>
       </c>
       <c r="J20" s="8">
         <v>299836</v>
       </c>
       <c r="K20" s="8">
         <v>231888</v>
       </c>
       <c r="L20" s="8">
         <v>197210</v>
       </c>
       <c r="M20" s="8">
         <v>584539</v>
       </c>
       <c r="N20" s="8">
         <v>2854078</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B21" s="8">
         <v>2845493</v>
       </c>
       <c r="C21" s="8">
         <v>2616048</v>
       </c>
       <c r="D21" s="8">
         <v>3552869</v>
       </c>
       <c r="E21" s="8">
         <v>2819475</v>
       </c>
       <c r="F21" s="8">
         <v>3511944</v>
       </c>
       <c r="G21" s="8">
         <v>4888142</v>
       </c>
       <c r="H21" s="8">
         <v>3201788</v>
       </c>
       <c r="I21" s="8">
         <v>3140715</v>
       </c>
       <c r="J21" s="8">
         <v>3653100</v>
       </c>
       <c r="K21" s="8">
         <v>3279688</v>
       </c>
       <c r="L21" s="8">
         <v>3135115</v>
       </c>
       <c r="M21" s="8">
         <v>5126972</v>
       </c>
       <c r="N21" s="8">
         <v>41771348</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B22" s="8">
         <v>56818272</v>
       </c>
       <c r="C22" s="8">
         <v>54790940</v>
       </c>
       <c r="D22" s="8">
         <v>64377547</v>
       </c>
       <c r="E22" s="8">
         <v>56170885</v>
       </c>
       <c r="F22" s="8">
         <v>57754842</v>
       </c>
       <c r="G22" s="8">
         <v>70293165</v>
       </c>
       <c r="H22" s="8">
         <v>58873205</v>
       </c>
       <c r="I22" s="8">
         <v>58852926</v>
       </c>
       <c r="J22" s="8">
         <v>67866351</v>
       </c>
       <c r="K22" s="8">
         <v>64598177</v>
       </c>
       <c r="L22" s="8">
         <v>59120943</v>
       </c>
       <c r="M22" s="8">
         <v>73396293</v>
       </c>
       <c r="N22" s="8">
         <v>742913547</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B23" s="8">
         <v>54198090</v>
       </c>
       <c r="C23" s="8">
         <v>53137174</v>
       </c>
       <c r="D23" s="8">
         <v>62158542</v>
       </c>
       <c r="E23" s="8">
         <v>54678167</v>
       </c>
       <c r="F23" s="9" t="s">
         <v>25</v>
       </c>
       <c r="G23" s="8">
         <v>66637677</v>
       </c>
       <c r="H23" s="8">
         <v>56821450</v>
       </c>
       <c r="I23" s="8">
         <v>57926477</v>
       </c>
       <c r="J23" s="8">
         <v>67406427</v>
       </c>
       <c r="K23" s="8">
         <v>64221229</v>
       </c>
       <c r="L23" s="8">
         <v>58945592</v>
       </c>
       <c r="M23" s="9" t="s">
         <v>25</v>
       </c>
       <c r="N23" s="8">
         <v>724940888</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B24" s="8">
         <v>2620182</v>
       </c>
       <c r="C24" s="8">
         <v>1653767</v>
       </c>
       <c r="D24" s="8">
         <v>2219005</v>
       </c>
       <c r="E24" s="8">
         <v>1492718</v>
       </c>
       <c r="F24" s="9" t="s">
         <v>25</v>
       </c>
       <c r="G24" s="8">
         <v>3655488</v>
       </c>
       <c r="H24" s="8">
         <v>2051754</v>
       </c>
       <c r="I24" s="8">
         <v>926449</v>
       </c>
       <c r="J24" s="8">
         <v>459925</v>
       </c>
       <c r="K24" s="8">
         <v>376948</v>
       </c>
       <c r="L24" s="8">
         <v>175351</v>
       </c>
       <c r="M24" s="9" t="s">
         <v>25</v>
       </c>
       <c r="N24" s="8">
         <v>17972659</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B25" s="8">
         <v>9665350</v>
       </c>
       <c r="C25" s="8">
         <v>9245651</v>
       </c>
       <c r="D25" s="8">
         <v>11123138</v>
       </c>
       <c r="E25" s="8">
         <v>11410354</v>
       </c>
       <c r="F25" s="8">
         <v>10040478</v>
       </c>
       <c r="G25" s="8">
         <v>11793341</v>
       </c>
       <c r="H25" s="8">
         <v>12952761</v>
       </c>
       <c r="I25" s="8">
         <v>13859832</v>
       </c>
       <c r="J25" s="8">
         <v>13645810</v>
       </c>
       <c r="K25" s="8">
         <v>12576766</v>
       </c>
       <c r="L25" s="8">
         <v>10237004</v>
       </c>
       <c r="M25" s="8">
         <v>11404102</v>
       </c>
       <c r="N25" s="8">
         <v>137954587</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B26" s="8">
         <v>8572296</v>
       </c>
       <c r="C26" s="8">
         <v>8181195</v>
       </c>
       <c r="D26" s="8">
         <v>8736661</v>
       </c>
       <c r="E26" s="8">
         <v>9446678</v>
       </c>
       <c r="F26" s="8">
         <v>8375349</v>
       </c>
       <c r="G26" s="8">
         <v>10588567</v>
       </c>
       <c r="H26" s="8">
         <v>11484747</v>
       </c>
       <c r="I26" s="8">
         <v>10604078</v>
       </c>
       <c r="J26" s="8">
         <v>11763955</v>
       </c>
       <c r="K26" s="8">
         <v>9842163</v>
       </c>
       <c r="L26" s="8">
         <v>8160209</v>
       </c>
       <c r="M26" s="8">
         <v>9037830</v>
       </c>
       <c r="N26" s="8">
         <v>114793729</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B27" s="8">
         <v>750650</v>
       </c>
       <c r="C27" s="8">
         <v>775347</v>
       </c>
       <c r="D27" s="8">
         <v>2129351</v>
       </c>
       <c r="E27" s="8">
         <v>1568018</v>
       </c>
       <c r="F27" s="8">
         <v>1325536</v>
       </c>
       <c r="G27" s="8">
         <v>864570</v>
       </c>
       <c r="H27" s="8">
         <v>1187649</v>
       </c>
       <c r="I27" s="8">
         <v>2941875</v>
       </c>
       <c r="J27" s="8">
         <v>1508719</v>
       </c>
       <c r="K27" s="8">
         <v>2348919</v>
       </c>
       <c r="L27" s="8">
         <v>1750040</v>
       </c>
       <c r="M27" s="8">
         <v>1276010</v>
       </c>
       <c r="N27" s="8">
         <v>18426685</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B28" s="8">
         <v>121210</v>
       </c>
       <c r="C28" s="9" t="s">
         <v>25</v>
       </c>
       <c r="D28" s="8">
         <v>97483</v>
       </c>
       <c r="E28" s="8">
         <v>46090</v>
       </c>
       <c r="F28" s="8">
         <v>42458</v>
       </c>
       <c r="G28" s="8">
         <v>26021</v>
       </c>
       <c r="H28" s="8">
         <v>44535</v>
       </c>
       <c r="I28" s="8">
         <v>51529</v>
       </c>
       <c r="J28" s="9" t="s">
         <v>25</v>
       </c>
       <c r="K28" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L28" s="8">
         <v>108003</v>
       </c>
       <c r="M28" s="8">
         <v>113576</v>
       </c>
       <c r="N28" s="8">
         <v>982381</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B29" s="8">
         <v>221193</v>
       </c>
       <c r="C29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="D29" s="8">
         <v>159643</v>
       </c>
       <c r="E29" s="8">
         <v>349569</v>
       </c>
       <c r="F29" s="8">
         <v>297134</v>
       </c>
       <c r="G29" s="8">
         <v>314183</v>
       </c>
       <c r="H29" s="8">
         <v>235830</v>
       </c>
       <c r="I29" s="8">
         <v>262350</v>
       </c>
       <c r="J29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="K29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L29" s="8">
         <v>218751</v>
       </c>
       <c r="M29" s="8">
         <v>976685</v>
       </c>
       <c r="N29" s="8">
         <v>3751792</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B30" s="8">
         <v>7503237</v>
       </c>
       <c r="C30" s="8">
         <v>6714368</v>
       </c>
       <c r="D30" s="8">
         <v>7499355</v>
       </c>
       <c r="E30" s="8">
         <v>8638033</v>
       </c>
       <c r="F30" s="8">
         <v>7599937</v>
       </c>
       <c r="G30" s="8">
         <v>9005694</v>
       </c>
       <c r="H30" s="8">
         <v>9696166</v>
       </c>
       <c r="I30" s="8">
         <v>9064651</v>
       </c>
       <c r="J30" s="8">
         <v>9285402</v>
       </c>
       <c r="K30" s="8">
         <v>8105053</v>
       </c>
       <c r="L30" s="8">
         <v>6719149</v>
       </c>
       <c r="M30" s="8">
         <v>6670815</v>
       </c>
       <c r="N30" s="8">
         <v>96501860</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B31" s="8">
         <v>2816237</v>
       </c>
       <c r="C31" s="8">
         <v>2514333</v>
       </c>
       <c r="D31" s="8">
         <v>2845059</v>
       </c>
       <c r="E31" s="8">
         <v>2755640</v>
       </c>
       <c r="F31" s="8">
         <v>2176153</v>
       </c>
       <c r="G31" s="8">
         <v>2627636</v>
       </c>
       <c r="H31" s="8">
         <v>3116173</v>
       </c>
       <c r="I31" s="8">
         <v>3092043</v>
       </c>
       <c r="J31" s="8">
         <v>3334783</v>
       </c>
       <c r="K31" s="8">
         <v>3369999</v>
       </c>
       <c r="L31" s="8">
         <v>2952645</v>
       </c>
       <c r="M31" s="8">
         <v>2827289</v>
       </c>
       <c r="N31" s="8">
         <v>34427990</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B32" s="8">
         <v>4687001</v>
       </c>
       <c r="C32" s="8">
         <v>4200035</v>
       </c>
       <c r="D32" s="8">
         <v>4654296</v>
       </c>
       <c r="E32" s="8">
         <v>5882393</v>
       </c>
       <c r="F32" s="8">
         <v>5423784</v>
       </c>
       <c r="G32" s="8">
         <v>6378059</v>
       </c>
       <c r="H32" s="8">
         <v>6579992</v>
       </c>
       <c r="I32" s="8">
         <v>5972607</v>
       </c>
       <c r="J32" s="8">
         <v>5950619</v>
       </c>
       <c r="K32" s="8">
         <v>4735054</v>
       </c>
       <c r="L32" s="8">
         <v>3766504</v>
       </c>
       <c r="M32" s="8">
         <v>3843526</v>
       </c>
       <c r="N32" s="8">
         <v>62073870</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B33" s="8">
         <v>1205346572</v>
       </c>
       <c r="C33" s="8">
         <v>1174193636</v>
       </c>
       <c r="D33" s="8">
         <v>1165492091</v>
       </c>
       <c r="E33" s="8">
         <v>1091470003</v>
       </c>
       <c r="F33" s="8">
         <v>1044391845</v>
       </c>
       <c r="G33" s="8">
         <v>1017401941</v>
       </c>
       <c r="H33" s="8">
         <v>929923730</v>
       </c>
       <c r="I33" s="8">
         <v>900185324</v>
       </c>
       <c r="J33" s="8">
         <v>970364799</v>
       </c>
       <c r="K33" s="8">
         <v>1014517075</v>
       </c>
       <c r="L33" s="8">
         <v>1043119102</v>
       </c>
       <c r="M33" s="8">
         <v>1158562621</v>
       </c>
       <c r="N33" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B34" s="8">
         <v>1160750220</v>
       </c>
       <c r="C34" s="8">
         <v>1130464657</v>
       </c>
       <c r="D34" s="8">
         <v>1119627516</v>
       </c>
       <c r="E34" s="8">
         <v>1049667006</v>
       </c>
       <c r="F34" s="8">
         <v>1002531586</v>
       </c>
       <c r="G34" s="8">
         <v>972560182</v>
       </c>
       <c r="H34" s="8">
         <v>887198164</v>
       </c>
       <c r="I34" s="8">
         <v>854562595</v>
       </c>
       <c r="J34" s="8">
         <v>926089349</v>
       </c>
       <c r="K34" s="8">
         <v>975370279</v>
       </c>
       <c r="L34" s="8">
         <v>1004029498</v>
       </c>
       <c r="M34" s="8">
         <v>1107132564</v>
       </c>
       <c r="N34" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B35" s="8">
         <v>17905316</v>
       </c>
       <c r="C35" s="8">
         <v>16275413</v>
       </c>
       <c r="D35" s="8">
         <v>17460838</v>
       </c>
       <c r="E35" s="8">
         <v>14305053</v>
       </c>
       <c r="F35" s="8">
         <v>12909532</v>
       </c>
       <c r="G35" s="8">
         <v>13150000</v>
       </c>
       <c r="H35" s="8">
         <v>12420329</v>
       </c>
       <c r="I35" s="8">
         <v>11870746</v>
       </c>
       <c r="J35" s="8">
         <v>13921231</v>
       </c>
       <c r="K35" s="8">
         <v>12275609</v>
       </c>
       <c r="L35" s="8">
         <v>13228791</v>
       </c>
       <c r="M35" s="8">
         <v>22975142</v>
       </c>
       <c r="N35" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B36" s="8">
         <v>2449890</v>
       </c>
       <c r="C36" s="8">
         <v>3741330</v>
       </c>
       <c r="D36" s="8">
         <v>2182480</v>
       </c>
       <c r="E36" s="8">
         <v>2301460</v>
       </c>
       <c r="F36" s="8">
         <v>3133079</v>
       </c>
       <c r="G36" s="8">
         <v>3165431</v>
       </c>
       <c r="H36" s="8">
         <v>3802234</v>
       </c>
       <c r="I36" s="8">
         <v>7139769</v>
       </c>
       <c r="J36" s="8">
         <v>2990440</v>
       </c>
       <c r="K36" s="8">
         <v>1763212</v>
       </c>
       <c r="L36" s="8">
         <v>1785230</v>
       </c>
       <c r="M36" s="8">
         <v>1485310</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B37" s="8">
         <v>19957003</v>
       </c>
       <c r="C37" s="8">
         <v>19668822</v>
       </c>
       <c r="D37" s="8">
         <v>20895879</v>
       </c>
       <c r="E37" s="8">
         <v>21107446</v>
       </c>
       <c r="F37" s="8">
         <v>21561767</v>
       </c>
       <c r="G37" s="8">
         <v>23375684</v>
       </c>
       <c r="H37" s="8">
         <v>22975088</v>
       </c>
       <c r="I37" s="8">
         <v>23133776</v>
       </c>
       <c r="J37" s="8">
         <v>22810737</v>
       </c>
       <c r="K37" s="8">
         <v>21850481</v>
       </c>
       <c r="L37" s="8">
         <v>20714409</v>
       </c>
       <c r="M37" s="8">
         <v>20382338</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B38" s="8">
         <v>775847</v>
       </c>
       <c r="C38" s="8">
         <v>778344</v>
       </c>
       <c r="D38" s="8">
         <v>870167</v>
       </c>
       <c r="E38" s="8">
         <v>845834</v>
       </c>
       <c r="F38" s="8">
         <v>813132</v>
       </c>
       <c r="G38" s="8">
         <v>910295</v>
       </c>
       <c r="H38" s="8">
         <v>761318</v>
       </c>
       <c r="I38" s="8">
         <v>819235</v>
       </c>
       <c r="J38" s="8">
         <v>946349</v>
       </c>
       <c r="K38" s="8">
         <v>686569</v>
       </c>
       <c r="L38" s="8">
         <v>726712</v>
       </c>
       <c r="M38" s="8">
         <v>935914</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B39" s="8">
         <v>3508296</v>
       </c>
       <c r="C39" s="8">
         <v>3265071</v>
       </c>
       <c r="D39" s="8">
         <v>4455212</v>
       </c>
       <c r="E39" s="8">
         <v>3243205</v>
       </c>
       <c r="F39" s="8">
         <v>3442748</v>
       </c>
       <c r="G39" s="8">
         <v>4240350</v>
       </c>
       <c r="H39" s="8">
         <v>2766596</v>
       </c>
       <c r="I39" s="8">
         <v>2659203</v>
       </c>
       <c r="J39" s="8">
         <v>3606692</v>
       </c>
       <c r="K39" s="8">
         <v>2570925</v>
       </c>
       <c r="L39" s="8">
         <v>2634462</v>
       </c>
       <c r="M39" s="8">
         <v>5651353</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B40" s="8">
         <v>1205346572</v>
       </c>
       <c r="C40" s="8">
         <v>1174193636</v>
       </c>
       <c r="D40" s="8">
         <v>1165492091</v>
       </c>
       <c r="E40" s="8">
         <v>1091470003</v>
       </c>
       <c r="F40" s="8">
         <v>1044391845</v>
       </c>
       <c r="G40" s="8">
         <v>1017401941</v>
       </c>
       <c r="H40" s="8">
         <v>929923730</v>
       </c>
       <c r="I40" s="8">
         <v>900185324</v>
       </c>
       <c r="J40" s="8">
         <v>970364799</v>
       </c>
       <c r="K40" s="8">
         <v>1014517075</v>
       </c>
       <c r="L40" s="8">
         <v>1043119102</v>
       </c>
       <c r="M40" s="8">
         <v>1158562621</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B41" s="8">
         <v>183811164</v>
       </c>
       <c r="C41" s="8">
         <v>180432615</v>
       </c>
       <c r="D41" s="8">
         <v>185951573</v>
       </c>
       <c r="E41" s="8">
         <v>181487645</v>
       </c>
       <c r="F41" s="8">
         <v>184672075</v>
       </c>
       <c r="G41" s="8">
         <v>196239197</v>
       </c>
       <c r="H41" s="8">
         <v>196951543</v>
       </c>
       <c r="I41" s="8">
         <v>204266518</v>
       </c>
       <c r="J41" s="8">
         <v>208137337</v>
       </c>
       <c r="K41" s="8">
         <v>194645223</v>
       </c>
       <c r="L41" s="8">
         <v>186890169</v>
       </c>
       <c r="M41" s="8">
         <v>196952353</v>
       </c>
       <c r="N41" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B42" s="8">
         <v>1021535409</v>
       </c>
       <c r="C42" s="8">
         <v>993761021</v>
       </c>
       <c r="D42" s="8">
         <v>979540519</v>
       </c>
       <c r="E42" s="8">
         <v>909982358</v>
       </c>
       <c r="F42" s="8">
         <v>859719770</v>
       </c>
       <c r="G42" s="8">
         <v>821162743</v>
       </c>
       <c r="H42" s="8">
         <v>732972186</v>
       </c>
       <c r="I42" s="8">
         <v>695918806</v>
       </c>
       <c r="J42" s="8">
         <v>762227462</v>
       </c>
       <c r="K42" s="8">
         <v>819871852</v>
       </c>
       <c r="L42" s="8">
         <v>856228933</v>
       </c>
       <c r="M42" s="8">
         <v>961610268</v>
       </c>
       <c r="N42" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="43" ht="12" customHeight="1"/>
     <row r="44" ht="14" customHeight="1">
       <c r="A44" s="10" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B44" s="10"/>
       <c r="C44" s="10"/>
       <c r="D44" s="10"/>
       <c r="E44" s="10"/>
       <c r="F44" s="10"/>
       <c r="G44" s="10"/>
       <c r="H44" s="10"/>
       <c r="I44" s="10"/>
       <c r="J44" s="10"/>
       <c r="K44" s="10"/>
       <c r="L44" s="10"/>
       <c r="M44" s="10"/>
       <c r="N44" s="10"/>
     </row>
     <row r="45" ht="14" customHeight="1">
       <c r="A45" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B45" s="11"/>
       <c r="C45" s="11"/>
       <c r="D45" s="11"/>
       <c r="E45" s="11"/>
       <c r="F45" s="11"/>
       <c r="G45" s="11"/>
       <c r="H45" s="11"/>
       <c r="I45" s="11"/>
       <c r="J45" s="11"/>
       <c r="K45" s="11"/>
       <c r="L45" s="11"/>
       <c r="M45" s="11"/>
       <c r="N45" s="11"/>
     </row>
     <row r="46" ht="29" customHeight="1">
       <c r="A46" s="12" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B46" s="12"/>
       <c r="C46" s="12"/>
       <c r="D46" s="12"/>
       <c r="E46" s="12"/>
       <c r="F46" s="12"/>
       <c r="G46" s="12"/>
       <c r="H46" s="12"/>
       <c r="I46" s="12"/>
       <c r="J46" s="12"/>
       <c r="K46" s="12"/>
       <c r="L46" s="12"/>
       <c r="M46" s="12"/>
       <c r="N46" s="12"/>
     </row>
     <row r="47" ht="14" customHeight="1">
       <c r="A47" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B47" s="11"/>
       <c r="C47" s="11"/>
       <c r="D47" s="11"/>
       <c r="E47" s="11"/>
       <c r="F47" s="11"/>
       <c r="G47" s="11"/>
       <c r="H47" s="11"/>
       <c r="I47" s="11"/>
       <c r="J47" s="11"/>
       <c r="K47" s="11"/>
       <c r="L47" s="11"/>
       <c r="M47" s="11"/>
       <c r="N47" s="11"/>
     </row>
     <row r="48" ht="12" customHeight="1">
       <c r="A48" s="13" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B48" s="13"/>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="13"/>
       <c r="G48" s="13"/>
       <c r="H48" s="13"/>
       <c r="I48" s="13"/>
       <c r="J48" s="13"/>
       <c r="K48" s="13"/>
       <c r="L48" s="13"/>
       <c r="M48" s="13"/>
       <c r="N48" s="13"/>
     </row>
     <row r="49" ht="14" customHeight="1">
       <c r="A49" s="12" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="12"/>
       <c r="E49" s="12"/>
       <c r="F49" s="12"/>
       <c r="G49" s="12"/>
       <c r="H49" s="12"/>
       <c r="I49" s="12"/>
       <c r="J49" s="12"/>
       <c r="K49" s="12"/>
       <c r="L49" s="12"/>
       <c r="M49" s="12"/>
       <c r="N49" s="12"/>
     </row>
     <row r="50" ht="43" customHeight="1">
       <c r="A50" s="12" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B50" s="12"/>
       <c r="C50" s="12"/>
       <c r="D50" s="12"/>
       <c r="E50" s="12"/>
       <c r="F50" s="12"/>
       <c r="G50" s="12"/>
       <c r="H50" s="12"/>
       <c r="I50" s="12"/>
       <c r="J50" s="12"/>
       <c r="K50" s="12"/>
       <c r="L50" s="12"/>
       <c r="M50" s="12"/>
       <c r="N50" s="12"/>
     </row>
     <row r="51" ht="14" customHeight="1">
       <c r="A51" s="12" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B51" s="12"/>
       <c r="C51" s="12"/>
       <c r="D51" s="12"/>
       <c r="E51" s="12"/>
       <c r="F51" s="12"/>
       <c r="G51" s="12"/>
       <c r="H51" s="12"/>
       <c r="I51" s="12"/>
       <c r="J51" s="12"/>
       <c r="K51" s="12"/>
       <c r="L51" s="12"/>
       <c r="M51" s="12"/>
       <c r="N51" s="12"/>
     </row>
     <row r="52" ht="14" customHeight="1">
       <c r="A52" s="12" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B52" s="12"/>
       <c r="C52" s="12"/>
       <c r="D52" s="12"/>
       <c r="E52" s="12"/>
       <c r="F52" s="12"/>
       <c r="G52" s="12"/>
       <c r="H52" s="12"/>
       <c r="I52" s="12"/>
       <c r="J52" s="12"/>
       <c r="K52" s="12"/>
       <c r="L52" s="12"/>
       <c r="M52" s="12"/>
       <c r="N52" s="12"/>
     </row>
     <row r="53" ht="12" customHeight="1">
       <c r="A53" s="13" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B53" s="13"/>
       <c r="C53" s="13"/>
       <c r="D53" s="13"/>
       <c r="E53" s="13"/>
       <c r="F53" s="13"/>
       <c r="G53" s="13"/>
       <c r="H53" s="13"/>
       <c r="I53" s="13"/>
       <c r="J53" s="13"/>
       <c r="K53" s="13"/>
       <c r="L53" s="13"/>
       <c r="M53" s="13"/>
       <c r="N53" s="13"/>
     </row>
     <row r="54" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A44:N44"/>
@@ -20548,1775 +20788,1775 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B9" s="8">
         <v>1724</v>
       </c>
       <c r="C9" s="8">
         <v>1675</v>
       </c>
       <c r="D9" s="8">
         <v>3633</v>
       </c>
       <c r="E9" s="8">
         <v>1700</v>
       </c>
       <c r="F9" s="8">
         <v>1673</v>
       </c>
       <c r="G9" s="8">
         <v>3627</v>
       </c>
       <c r="H9" s="8">
         <v>1682</v>
       </c>
       <c r="I9" s="8">
         <v>1680</v>
       </c>
       <c r="J9" s="8">
         <v>3613</v>
       </c>
       <c r="K9" s="8">
         <v>1705</v>
       </c>
       <c r="L9" s="8">
         <v>1683</v>
       </c>
       <c r="M9" s="8">
-        <v>8395</v>
+        <v>8396</v>
       </c>
       <c r="N9" s="8">
-        <v>8762</v>
+        <v>8763</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B10" s="8">
         <v>80215572</v>
       </c>
       <c r="C10" s="8">
         <v>46391448</v>
       </c>
       <c r="D10" s="8">
         <v>37689505</v>
       </c>
       <c r="E10" s="8">
         <v>19598702</v>
       </c>
       <c r="F10" s="8">
         <v>18209139</v>
       </c>
       <c r="G10" s="8">
         <v>15046472</v>
       </c>
       <c r="H10" s="8">
         <v>11886940</v>
       </c>
       <c r="I10" s="8">
         <v>33883336</v>
       </c>
       <c r="J10" s="8">
         <v>137573811</v>
       </c>
       <c r="K10" s="8">
         <v>155368010</v>
       </c>
       <c r="L10" s="8">
         <v>122350668</v>
       </c>
       <c r="M10" s="8">
-        <v>175839854</v>
+        <v>175839875</v>
       </c>
       <c r="N10" s="8">
-        <v>854053456</v>
+        <v>854053477</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B11" s="8">
         <v>73802882</v>
       </c>
       <c r="C11" s="8">
         <v>40148080</v>
       </c>
       <c r="D11" s="8">
         <v>27162631</v>
       </c>
       <c r="E11" s="8">
         <v>13777655</v>
       </c>
       <c r="F11" s="8">
         <v>11299792</v>
       </c>
       <c r="G11" s="8">
         <v>7138895</v>
       </c>
       <c r="H11" s="8">
         <v>5293791</v>
       </c>
       <c r="I11" s="8">
         <v>21632365</v>
       </c>
       <c r="J11" s="8">
         <v>118294395</v>
       </c>
       <c r="K11" s="8">
         <v>143951157</v>
       </c>
       <c r="L11" s="8">
         <v>115121091</v>
       </c>
       <c r="M11" s="8">
-        <v>166468759</v>
+        <v>166468780</v>
       </c>
       <c r="N11" s="8">
-        <v>744091494</v>
+        <v>744091515</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B12" s="8">
         <v>2372629</v>
       </c>
       <c r="C12" s="8">
         <v>2401005</v>
       </c>
       <c r="D12" s="8">
         <v>5856245</v>
       </c>
       <c r="E12" s="8">
         <v>1537877</v>
       </c>
       <c r="F12" s="8">
         <v>1877601</v>
       </c>
       <c r="G12" s="8">
         <v>1643180</v>
       </c>
       <c r="H12" s="8">
         <v>1960053</v>
       </c>
       <c r="I12" s="8">
         <v>7984258</v>
       </c>
       <c r="J12" s="8">
         <v>13743887</v>
       </c>
       <c r="K12" s="8">
         <v>6698728</v>
       </c>
       <c r="L12" s="8">
         <v>4232379</v>
       </c>
       <c r="M12" s="8">
         <v>3769928</v>
       </c>
       <c r="N12" s="8">
         <v>54077770</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B13" s="8">
         <v>2599540</v>
       </c>
       <c r="C13" s="8">
         <v>2506601</v>
       </c>
       <c r="D13" s="8">
         <v>2046000</v>
       </c>
       <c r="E13" s="8">
         <v>2955688</v>
       </c>
       <c r="F13" s="8">
         <v>3394658</v>
       </c>
       <c r="G13" s="8">
         <v>3389900</v>
       </c>
       <c r="H13" s="8">
         <v>2812968</v>
       </c>
       <c r="I13" s="8">
         <v>2779928</v>
       </c>
       <c r="J13" s="8">
         <v>2789449</v>
       </c>
       <c r="K13" s="8">
         <v>3427898</v>
       </c>
       <c r="L13" s="8">
         <v>1756943</v>
       </c>
       <c r="M13" s="8">
         <v>911935</v>
       </c>
       <c r="N13" s="8">
         <v>31371508</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B14" s="8">
         <v>66850</v>
       </c>
       <c r="C14" s="8">
         <v>185142</v>
       </c>
       <c r="D14" s="8">
         <v>347311</v>
       </c>
       <c r="E14" s="8">
         <v>85535</v>
       </c>
       <c r="F14" s="8">
         <v>373928</v>
       </c>
       <c r="G14" s="8">
         <v>238371</v>
       </c>
       <c r="H14" s="8">
         <v>380587</v>
       </c>
       <c r="I14" s="8">
         <v>207746</v>
       </c>
       <c r="J14" s="8">
         <v>116145</v>
       </c>
       <c r="K14" s="8">
         <v>82843</v>
       </c>
       <c r="L14" s="8">
         <v>60820</v>
       </c>
       <c r="M14" s="8">
         <v>292951</v>
       </c>
       <c r="N14" s="8">
         <v>2438230</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B15" s="8">
         <v>1373670</v>
       </c>
       <c r="C15" s="8">
         <v>1150620</v>
       </c>
       <c r="D15" s="8">
         <v>2277319</v>
       </c>
       <c r="E15" s="8">
         <v>1241946</v>
       </c>
       <c r="F15" s="8">
         <v>1263160</v>
       </c>
       <c r="G15" s="8">
         <v>2636126</v>
       </c>
       <c r="H15" s="8">
         <v>1439539</v>
       </c>
       <c r="I15" s="8">
         <v>1279039</v>
       </c>
       <c r="J15" s="8">
         <v>2629935</v>
       </c>
       <c r="K15" s="8">
         <v>1207384</v>
       </c>
       <c r="L15" s="8">
         <v>1179435</v>
       </c>
       <c r="M15" s="8">
         <v>4396282</v>
       </c>
       <c r="N15" s="8">
         <v>22074455</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B16" s="8">
         <v>60426353</v>
       </c>
       <c r="C16" s="8">
         <v>51568405</v>
       </c>
       <c r="D16" s="8">
         <v>64043287</v>
       </c>
       <c r="E16" s="8">
         <v>55138508</v>
       </c>
       <c r="F16" s="8">
         <v>63025953</v>
       </c>
       <c r="G16" s="8">
         <v>61833649</v>
       </c>
       <c r="H16" s="8">
         <v>52964077</v>
       </c>
       <c r="I16" s="8">
         <v>62040402</v>
       </c>
       <c r="J16" s="8">
         <v>62416045</v>
       </c>
       <c r="K16" s="8">
         <v>61158534</v>
       </c>
       <c r="L16" s="8">
         <v>59024123</v>
       </c>
       <c r="M16" s="8">
-        <v>71600134</v>
+        <v>71600153</v>
       </c>
       <c r="N16" s="8">
-        <v>725239471</v>
+        <v>725239490</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B17" s="8">
         <v>53463921</v>
       </c>
       <c r="C17" s="8">
         <v>45594530</v>
       </c>
       <c r="D17" s="8">
         <v>56852743</v>
       </c>
       <c r="E17" s="8">
         <v>49184736</v>
       </c>
       <c r="F17" s="8">
         <v>55231769</v>
       </c>
       <c r="G17" s="8">
         <v>53579353</v>
       </c>
       <c r="H17" s="8">
         <v>46603597</v>
       </c>
       <c r="I17" s="8">
         <v>54592388</v>
       </c>
       <c r="J17" s="8">
         <v>54285391</v>
       </c>
       <c r="K17" s="8">
         <v>53713986</v>
       </c>
       <c r="L17" s="8">
         <v>51121414</v>
       </c>
       <c r="M17" s="8">
-        <v>61314226</v>
+        <v>61314245</v>
       </c>
       <c r="N17" s="8">
-        <v>635538054</v>
+        <v>635538073</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B18" s="8">
         <v>892540</v>
       </c>
       <c r="C18" s="8">
         <v>817930</v>
       </c>
       <c r="D18" s="8">
         <v>790569</v>
       </c>
       <c r="E18" s="8">
         <v>622241</v>
       </c>
       <c r="F18" s="8">
         <v>865523</v>
       </c>
       <c r="G18" s="8">
         <v>680616</v>
       </c>
       <c r="H18" s="8">
         <v>625996</v>
       </c>
       <c r="I18" s="8">
         <v>957146</v>
       </c>
       <c r="J18" s="8">
         <v>1029278</v>
       </c>
       <c r="K18" s="8">
         <v>760110</v>
       </c>
       <c r="L18" s="8">
         <v>918205</v>
       </c>
       <c r="M18" s="8">
         <v>1196407</v>
       </c>
       <c r="N18" s="8">
         <v>10156562</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B19" s="8">
         <v>1913705</v>
       </c>
       <c r="C19" s="8">
         <v>1519846</v>
       </c>
       <c r="D19" s="8">
         <v>1833490</v>
       </c>
       <c r="E19" s="8">
         <v>1773114</v>
       </c>
       <c r="F19" s="8">
         <v>2404000</v>
       </c>
       <c r="G19" s="8">
         <v>2049250</v>
       </c>
       <c r="H19" s="8">
         <v>1804011</v>
       </c>
       <c r="I19" s="8">
         <v>2538679</v>
       </c>
       <c r="J19" s="8">
         <v>2517057</v>
       </c>
       <c r="K19" s="8">
         <v>3153299</v>
       </c>
       <c r="L19" s="8">
         <v>3650131</v>
       </c>
       <c r="M19" s="8">
         <v>3092215</v>
       </c>
       <c r="N19" s="8">
         <v>28248795</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B20" s="8">
         <v>70266</v>
       </c>
       <c r="C20" s="8">
         <v>85606</v>
       </c>
       <c r="D20" s="8">
         <v>210587</v>
       </c>
       <c r="E20" s="8">
         <v>140189</v>
       </c>
       <c r="F20" s="8">
         <v>213028</v>
       </c>
       <c r="G20" s="8">
         <v>211668</v>
       </c>
       <c r="H20" s="8">
         <v>200379</v>
       </c>
       <c r="I20" s="8">
         <v>169611</v>
       </c>
       <c r="J20" s="8">
         <v>178615</v>
       </c>
       <c r="K20" s="8">
         <v>152471</v>
       </c>
       <c r="L20" s="8">
         <v>157877</v>
       </c>
       <c r="M20" s="8">
         <v>300036</v>
       </c>
       <c r="N20" s="8">
         <v>2090334</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B21" s="8">
         <v>4085922</v>
       </c>
       <c r="C21" s="8">
         <v>3550493</v>
       </c>
       <c r="D21" s="8">
         <v>4355899</v>
       </c>
       <c r="E21" s="8">
         <v>3418229</v>
       </c>
       <c r="F21" s="8">
         <v>4311632</v>
       </c>
       <c r="G21" s="8">
         <v>5312762</v>
       </c>
       <c r="H21" s="8">
         <v>3730094</v>
       </c>
       <c r="I21" s="8">
         <v>3782577</v>
       </c>
       <c r="J21" s="8">
         <v>4405704</v>
       </c>
       <c r="K21" s="8">
         <v>3378668</v>
       </c>
       <c r="L21" s="8">
         <v>3176496</v>
       </c>
       <c r="M21" s="8">
         <v>5697250</v>
       </c>
       <c r="N21" s="8">
         <v>49205726</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B22" s="8">
         <v>60426353</v>
       </c>
       <c r="C22" s="8">
         <v>51568405</v>
       </c>
       <c r="D22" s="8">
         <v>64043287</v>
       </c>
       <c r="E22" s="8">
         <v>55138508</v>
       </c>
       <c r="F22" s="8">
         <v>63025953</v>
       </c>
       <c r="G22" s="8">
         <v>61833649</v>
       </c>
       <c r="H22" s="8">
         <v>52964077</v>
       </c>
       <c r="I22" s="8">
         <v>62040402</v>
       </c>
       <c r="J22" s="8">
         <v>62416045</v>
       </c>
       <c r="K22" s="8">
         <v>61158534</v>
       </c>
       <c r="L22" s="8">
         <v>59024123</v>
       </c>
       <c r="M22" s="8">
-        <v>71600134</v>
+        <v>71600153</v>
       </c>
       <c r="N22" s="8">
-        <v>725239471</v>
+        <v>725239490</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B23" s="8">
         <v>59500981</v>
       </c>
       <c r="C23" s="8">
         <v>50608154</v>
       </c>
       <c r="D23" s="8">
         <v>62992619</v>
       </c>
       <c r="E23" s="8">
         <v>54091546</v>
       </c>
       <c r="F23" s="8">
         <v>61345744</v>
       </c>
       <c r="G23" s="8">
         <v>60557558</v>
       </c>
       <c r="H23" s="8">
         <v>51648883</v>
       </c>
       <c r="I23" s="8">
         <v>60594701</v>
       </c>
       <c r="J23" s="8">
         <v>61093284</v>
       </c>
       <c r="K23" s="8">
         <v>59964472</v>
       </c>
       <c r="L23" s="8">
         <v>58188082</v>
       </c>
       <c r="M23" s="8">
-        <v>69854575</v>
+        <v>69854594</v>
       </c>
       <c r="N23" s="8">
-        <v>710440600</v>
+        <v>710440619</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B24" s="8">
         <v>925372</v>
       </c>
       <c r="C24" s="8">
         <v>960252</v>
       </c>
       <c r="D24" s="8">
         <v>1050668</v>
       </c>
       <c r="E24" s="8">
         <v>1046962</v>
       </c>
       <c r="F24" s="8">
         <v>1680209</v>
       </c>
       <c r="G24" s="8">
         <v>1276091</v>
       </c>
       <c r="H24" s="8">
         <v>1315194</v>
       </c>
       <c r="I24" s="8">
         <v>1445701</v>
       </c>
       <c r="J24" s="8">
         <v>1322761</v>
       </c>
       <c r="K24" s="8">
         <v>1194062</v>
       </c>
       <c r="L24" s="8">
         <v>836041</v>
       </c>
       <c r="M24" s="8">
         <v>1745559</v>
       </c>
       <c r="N24" s="8">
         <v>14798872</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B25" s="8">
         <v>10826483</v>
       </c>
       <c r="C25" s="8">
         <v>9292650</v>
       </c>
       <c r="D25" s="8">
         <v>10909338</v>
       </c>
       <c r="E25" s="8">
         <v>9732184</v>
       </c>
       <c r="F25" s="8">
         <v>9229468</v>
       </c>
       <c r="G25" s="8">
         <v>9149315</v>
       </c>
       <c r="H25" s="8">
         <v>8810214</v>
       </c>
       <c r="I25" s="8">
         <v>11193887</v>
       </c>
       <c r="J25" s="8">
         <v>9794470</v>
       </c>
       <c r="K25" s="8">
         <v>10359041</v>
       </c>
       <c r="L25" s="8">
         <v>8802385</v>
       </c>
       <c r="M25" s="8">
-        <v>9134716</v>
+        <v>9134718</v>
       </c>
       <c r="N25" s="8">
-        <v>117234154</v>
+        <v>117234156</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B26" s="8">
         <v>9903405</v>
       </c>
       <c r="C26" s="8">
         <v>8189548</v>
       </c>
       <c r="D26" s="8">
         <v>9066297</v>
       </c>
       <c r="E26" s="8">
         <v>8918497</v>
       </c>
       <c r="F26" s="8">
         <v>8214781</v>
       </c>
       <c r="G26" s="8">
         <v>8008348</v>
       </c>
       <c r="H26" s="8">
         <v>7566532</v>
       </c>
       <c r="I26" s="8">
         <v>10266990</v>
       </c>
       <c r="J26" s="8">
         <v>8988674</v>
       </c>
       <c r="K26" s="8">
         <v>9038415</v>
       </c>
       <c r="L26" s="8">
         <v>7624122</v>
       </c>
       <c r="M26" s="8">
-        <v>8043475</v>
+        <v>8043477</v>
       </c>
       <c r="N26" s="8">
-        <v>103829084</v>
+        <v>103829086</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B27" s="8">
         <v>660661</v>
       </c>
       <c r="C27" s="8">
         <v>878606</v>
       </c>
       <c r="D27" s="8">
         <v>1734965</v>
       </c>
       <c r="E27" s="8">
         <v>641325</v>
       </c>
       <c r="F27" s="8">
         <v>685729</v>
       </c>
       <c r="G27" s="8">
         <v>822773</v>
       </c>
       <c r="H27" s="8">
         <v>1037776</v>
       </c>
       <c r="I27" s="8">
         <v>521762</v>
       </c>
       <c r="J27" s="8">
         <v>671318</v>
       </c>
       <c r="K27" s="8">
         <v>1109629</v>
       </c>
       <c r="L27" s="8">
         <v>762052</v>
       </c>
       <c r="M27" s="8">
         <v>740315</v>
       </c>
       <c r="N27" s="8">
         <v>10266912</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B28" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C28" s="8">
         <v>44201</v>
       </c>
       <c r="D28" s="9" t="s">
         <v>25</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>25</v>
       </c>
       <c r="F28" s="8">
         <v>143383</v>
       </c>
       <c r="G28" s="8">
         <v>84820</v>
       </c>
       <c r="H28" s="9" t="s">
         <v>25</v>
       </c>
       <c r="I28" s="9" t="s">
         <v>25</v>
       </c>
       <c r="J28" s="8">
         <v>64420</v>
       </c>
       <c r="K28" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L28" s="8">
         <v>104559</v>
       </c>
       <c r="M28" s="8">
         <v>82984</v>
       </c>
       <c r="N28" s="8">
         <v>1360583</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C29" s="8">
         <v>180296</v>
       </c>
       <c r="D29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="F29" s="8">
         <v>185575</v>
       </c>
       <c r="G29" s="8">
         <v>233373</v>
       </c>
       <c r="H29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="I29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="J29" s="8">
         <v>70059</v>
       </c>
       <c r="K29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L29" s="8">
         <v>311652</v>
       </c>
       <c r="M29" s="8">
         <v>267942</v>
       </c>
       <c r="N29" s="8">
         <v>1777575</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B30" s="8">
         <v>8363133</v>
       </c>
       <c r="C30" s="8">
         <v>7022799</v>
       </c>
       <c r="D30" s="8">
         <v>7144657</v>
       </c>
       <c r="E30" s="8">
         <v>7895419</v>
       </c>
       <c r="F30" s="8">
         <v>7665588</v>
       </c>
       <c r="G30" s="8">
         <v>6152897</v>
       </c>
       <c r="H30" s="8">
         <v>7027158</v>
       </c>
       <c r="I30" s="8">
         <v>9170759</v>
       </c>
       <c r="J30" s="8">
         <v>7378029</v>
       </c>
       <c r="K30" s="8">
         <v>7504481</v>
       </c>
       <c r="L30" s="8">
         <v>6543552</v>
       </c>
       <c r="M30" s="8">
         <v>6287698</v>
       </c>
       <c r="N30" s="8">
         <v>88156170</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B31" s="8">
         <v>3115954</v>
       </c>
       <c r="C31" s="8">
         <v>2202913</v>
       </c>
       <c r="D31" s="8">
         <v>2640167</v>
       </c>
       <c r="E31" s="8">
         <v>3067730</v>
       </c>
       <c r="F31" s="8">
         <v>3584342</v>
       </c>
       <c r="G31" s="8">
         <v>3048572</v>
       </c>
       <c r="H31" s="8">
         <v>3086122</v>
       </c>
       <c r="I31" s="8">
         <v>3547958</v>
       </c>
       <c r="J31" s="8">
         <v>3114402</v>
       </c>
       <c r="K31" s="8">
         <v>3156706</v>
       </c>
       <c r="L31" s="8">
         <v>3482722</v>
       </c>
       <c r="M31" s="8">
         <v>2752145</v>
       </c>
       <c r="N31" s="8">
         <v>36799733</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B32" s="8">
         <v>5247179</v>
       </c>
       <c r="C32" s="8">
         <v>4819886</v>
       </c>
       <c r="D32" s="8">
         <v>4504490</v>
       </c>
       <c r="E32" s="8">
         <v>4827689</v>
       </c>
       <c r="F32" s="8">
         <v>4081246</v>
       </c>
       <c r="G32" s="8">
         <v>3104325</v>
       </c>
       <c r="H32" s="8">
         <v>3941036</v>
       </c>
       <c r="I32" s="8">
         <v>5622801</v>
       </c>
       <c r="J32" s="8">
         <v>4263627</v>
       </c>
       <c r="K32" s="8">
         <v>4347774</v>
       </c>
       <c r="L32" s="8">
         <v>3060830</v>
       </c>
       <c r="M32" s="8">
         <v>3535553</v>
       </c>
       <c r="N32" s="8">
         <v>51356437</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B33" s="8">
         <v>1202230572</v>
       </c>
       <c r="C33" s="8">
         <v>1189188579</v>
       </c>
       <c r="D33" s="8">
         <v>1186563532</v>
       </c>
       <c r="E33" s="8">
         <v>1112530406</v>
       </c>
       <c r="F33" s="8">
         <v>1058352812</v>
       </c>
       <c r="G33" s="8">
         <v>1036900424</v>
       </c>
       <c r="H33" s="8">
         <v>961211164</v>
       </c>
       <c r="I33" s="8">
         <v>913088913</v>
       </c>
       <c r="J33" s="8">
         <v>999294194</v>
       </c>
       <c r="K33" s="8">
         <v>1053294085</v>
       </c>
       <c r="L33" s="8">
         <v>1113088654</v>
       </c>
       <c r="M33" s="8">
         <v>1256340780</v>
       </c>
       <c r="N33" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B34" s="8">
         <v>1162154422</v>
       </c>
       <c r="C34" s="8">
         <v>1149588704</v>
       </c>
       <c r="D34" s="8">
         <v>1143522701</v>
       </c>
       <c r="E34" s="8">
         <v>1070828546</v>
       </c>
       <c r="F34" s="8">
         <v>1016727971</v>
       </c>
       <c r="G34" s="8">
         <v>992823568</v>
       </c>
       <c r="H34" s="8">
         <v>919267888</v>
       </c>
       <c r="I34" s="8">
         <v>870481078</v>
       </c>
       <c r="J34" s="8">
         <v>948514612</v>
       </c>
       <c r="K34" s="8">
         <v>1008673968</v>
       </c>
       <c r="L34" s="8">
         <v>1067838253</v>
       </c>
       <c r="M34" s="8">
         <v>1200764509</v>
       </c>
       <c r="N34" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B35" s="8">
         <v>15888510</v>
       </c>
       <c r="C35" s="8">
         <v>15417905</v>
       </c>
       <c r="D35" s="8">
         <v>16670702</v>
       </c>
       <c r="E35" s="8">
         <v>15273416</v>
       </c>
       <c r="F35" s="8">
         <v>14900112</v>
       </c>
       <c r="G35" s="8">
         <v>15467408</v>
       </c>
       <c r="H35" s="8">
         <v>13786553</v>
       </c>
       <c r="I35" s="8">
         <v>13346979</v>
       </c>
       <c r="J35" s="8">
         <v>15094347</v>
       </c>
       <c r="K35" s="8">
         <v>15504050</v>
       </c>
       <c r="L35" s="8">
         <v>17925929</v>
       </c>
       <c r="M35" s="8">
         <v>27983426</v>
       </c>
       <c r="N35" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B36" s="8">
         <v>1478073</v>
       </c>
       <c r="C36" s="8">
         <v>964099</v>
       </c>
       <c r="D36" s="8">
         <v>1451084</v>
       </c>
       <c r="E36" s="8">
         <v>873487</v>
       </c>
       <c r="F36" s="8">
         <v>962025</v>
       </c>
       <c r="G36" s="8">
         <v>878370</v>
       </c>
       <c r="H36" s="8">
         <v>1076896</v>
       </c>
       <c r="I36" s="9" t="s">
         <v>25</v>
       </c>
       <c r="J36" s="8">
         <v>7327031</v>
       </c>
       <c r="K36" s="8">
         <v>2345046</v>
       </c>
       <c r="L36" s="8">
         <v>2009360</v>
       </c>
       <c r="M36" s="8">
         <v>1753831</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B37" s="8">
         <v>18884049</v>
       </c>
       <c r="C37" s="8">
         <v>19397326</v>
       </c>
       <c r="D37" s="8">
         <v>20090655</v>
       </c>
       <c r="E37" s="8">
         <v>21352936</v>
       </c>
       <c r="F37" s="8">
         <v>21882796</v>
       </c>
       <c r="G37" s="8">
         <v>22786857</v>
       </c>
       <c r="H37" s="8">
         <v>23144400</v>
       </c>
       <c r="I37" s="8">
         <v>19992873</v>
       </c>
       <c r="J37" s="8">
         <v>23642599</v>
       </c>
       <c r="K37" s="8">
         <v>23152949</v>
       </c>
       <c r="L37" s="8">
         <v>21475366</v>
       </c>
       <c r="M37" s="8">
         <v>19596546</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B38" s="8">
         <v>405905</v>
       </c>
       <c r="C38" s="8">
         <v>506901</v>
       </c>
       <c r="D38" s="8">
         <v>546402</v>
       </c>
       <c r="E38" s="8">
         <v>669851</v>
       </c>
       <c r="F38" s="8">
         <v>573294</v>
       </c>
       <c r="G38" s="8">
         <v>744839</v>
       </c>
       <c r="H38" s="8">
         <v>706130</v>
       </c>
       <c r="I38" s="8">
         <v>714193</v>
       </c>
       <c r="J38" s="8">
         <v>734842</v>
       </c>
       <c r="K38" s="8">
         <v>803270</v>
       </c>
       <c r="L38" s="8">
         <v>782343</v>
       </c>
       <c r="M38" s="8">
         <v>976477</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B39" s="8">
         <v>3419613</v>
       </c>
       <c r="C39" s="8">
         <v>3313644</v>
       </c>
       <c r="D39" s="8">
         <v>4281989</v>
       </c>
       <c r="E39" s="8">
         <v>3532170</v>
       </c>
       <c r="F39" s="8">
         <v>3306615</v>
       </c>
       <c r="G39" s="8">
         <v>4199380</v>
       </c>
       <c r="H39" s="8">
         <v>3229297</v>
       </c>
       <c r="I39" s="9" t="s">
         <v>25</v>
       </c>
       <c r="J39" s="8">
         <v>3980764</v>
       </c>
       <c r="K39" s="8">
         <v>2814802</v>
       </c>
       <c r="L39" s="8">
         <v>3057404</v>
       </c>
       <c r="M39" s="8">
         <v>5265991</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B40" s="8">
         <v>1202230572</v>
       </c>
       <c r="C40" s="8">
         <v>1189188579</v>
       </c>
       <c r="D40" s="8">
         <v>1186563532</v>
       </c>
       <c r="E40" s="8">
         <v>1112530406</v>
       </c>
       <c r="F40" s="8">
         <v>1058352812</v>
       </c>
       <c r="G40" s="8">
         <v>1036900424</v>
       </c>
       <c r="H40" s="8">
         <v>961211164</v>
       </c>
       <c r="I40" s="8">
         <v>913088913</v>
       </c>
       <c r="J40" s="8">
         <v>999294194</v>
       </c>
       <c r="K40" s="8">
         <v>1053294085</v>
       </c>
       <c r="L40" s="8">
         <v>1113088654</v>
       </c>
       <c r="M40" s="8">
         <v>1256340780</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B41" s="8">
         <v>171243451</v>
       </c>
       <c r="C41" s="8">
         <v>171496471</v>
       </c>
       <c r="D41" s="8">
         <v>180985573</v>
       </c>
       <c r="E41" s="8">
         <v>183192561</v>
       </c>
       <c r="F41" s="8">
         <v>185675691</v>
       </c>
       <c r="G41" s="8">
         <v>199604950</v>
       </c>
       <c r="H41" s="8">
         <v>202719996</v>
       </c>
       <c r="I41" s="8">
         <v>207411876</v>
       </c>
       <c r="J41" s="8">
         <v>213416768</v>
       </c>
       <c r="K41" s="8">
         <v>204275599</v>
       </c>
       <c r="L41" s="8">
         <v>198338437</v>
       </c>
       <c r="M41" s="8">
         <v>204912643</v>
       </c>
       <c r="N41" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B42" s="8">
         <v>1030987121</v>
       </c>
       <c r="C42" s="8">
         <v>1017692108</v>
       </c>
       <c r="D42" s="8">
         <v>1005577958</v>
       </c>
       <c r="E42" s="8">
         <v>929337845</v>
       </c>
       <c r="F42" s="8">
         <v>872677121</v>
       </c>
       <c r="G42" s="8">
         <v>837295474</v>
       </c>
       <c r="H42" s="8">
         <v>758491168</v>
       </c>
       <c r="I42" s="8">
         <v>705677037</v>
       </c>
       <c r="J42" s="8">
         <v>785877426</v>
       </c>
       <c r="K42" s="8">
         <v>849018486</v>
       </c>
       <c r="L42" s="8">
         <v>914750217</v>
       </c>
       <c r="M42" s="8">
         <v>1051428137</v>
       </c>
       <c r="N42" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="43" ht="12" customHeight="1"/>
     <row r="44" ht="14" customHeight="1">
       <c r="A44" s="10" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B44" s="10"/>
       <c r="C44" s="10"/>
       <c r="D44" s="10"/>
       <c r="E44" s="10"/>
       <c r="F44" s="10"/>
       <c r="G44" s="10"/>
       <c r="H44" s="10"/>
       <c r="I44" s="10"/>
       <c r="J44" s="10"/>
       <c r="K44" s="10"/>
       <c r="L44" s="10"/>
       <c r="M44" s="10"/>
       <c r="N44" s="10"/>
     </row>
     <row r="45" ht="14" customHeight="1">
       <c r="A45" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B45" s="11"/>
       <c r="C45" s="11"/>
       <c r="D45" s="11"/>
       <c r="E45" s="11"/>
       <c r="F45" s="11"/>
       <c r="G45" s="11"/>
       <c r="H45" s="11"/>
       <c r="I45" s="11"/>
       <c r="J45" s="11"/>
       <c r="K45" s="11"/>
       <c r="L45" s="11"/>
       <c r="M45" s="11"/>
       <c r="N45" s="11"/>
     </row>
     <row r="46" ht="29" customHeight="1">
       <c r="A46" s="12" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B46" s="12"/>
       <c r="C46" s="12"/>
       <c r="D46" s="12"/>
       <c r="E46" s="12"/>
       <c r="F46" s="12"/>
       <c r="G46" s="12"/>
       <c r="H46" s="12"/>
       <c r="I46" s="12"/>
       <c r="J46" s="12"/>
       <c r="K46" s="12"/>
       <c r="L46" s="12"/>
       <c r="M46" s="12"/>
       <c r="N46" s="12"/>
     </row>
     <row r="47" ht="14" customHeight="1">
       <c r="A47" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B47" s="11"/>
       <c r="C47" s="11"/>
       <c r="D47" s="11"/>
       <c r="E47" s="11"/>
       <c r="F47" s="11"/>
       <c r="G47" s="11"/>
       <c r="H47" s="11"/>
       <c r="I47" s="11"/>
       <c r="J47" s="11"/>
       <c r="K47" s="11"/>
       <c r="L47" s="11"/>
       <c r="M47" s="11"/>
       <c r="N47" s="11"/>
     </row>
     <row r="48" ht="12" customHeight="1">
       <c r="A48" s="13" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B48" s="13"/>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="13"/>
       <c r="G48" s="13"/>
       <c r="H48" s="13"/>
       <c r="I48" s="13"/>
       <c r="J48" s="13"/>
       <c r="K48" s="13"/>
       <c r="L48" s="13"/>
       <c r="M48" s="13"/>
       <c r="N48" s="13"/>
     </row>
     <row r="49" ht="14" customHeight="1">
       <c r="A49" s="12" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="12"/>
       <c r="E49" s="12"/>
       <c r="F49" s="12"/>
       <c r="G49" s="12"/>
       <c r="H49" s="12"/>
       <c r="I49" s="12"/>
       <c r="J49" s="12"/>
       <c r="K49" s="12"/>
       <c r="L49" s="12"/>
       <c r="M49" s="12"/>
       <c r="N49" s="12"/>
     </row>
     <row r="50" ht="43" customHeight="1">
       <c r="A50" s="12" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B50" s="12"/>
       <c r="C50" s="12"/>
       <c r="D50" s="12"/>
       <c r="E50" s="12"/>
       <c r="F50" s="12"/>
       <c r="G50" s="12"/>
       <c r="H50" s="12"/>
       <c r="I50" s="12"/>
       <c r="J50" s="12"/>
       <c r="K50" s="12"/>
       <c r="L50" s="12"/>
       <c r="M50" s="12"/>
       <c r="N50" s="12"/>
     </row>
     <row r="51" ht="14" customHeight="1">
       <c r="A51" s="12" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B51" s="12"/>
       <c r="C51" s="12"/>
       <c r="D51" s="12"/>
       <c r="E51" s="12"/>
       <c r="F51" s="12"/>
       <c r="G51" s="12"/>
       <c r="H51" s="12"/>
       <c r="I51" s="12"/>
       <c r="J51" s="12"/>
       <c r="K51" s="12"/>
       <c r="L51" s="12"/>
       <c r="M51" s="12"/>
       <c r="N51" s="12"/>
     </row>
     <row r="52" ht="14" customHeight="1">
       <c r="A52" s="12" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B52" s="12"/>
       <c r="C52" s="12"/>
       <c r="D52" s="12"/>
       <c r="E52" s="12"/>
       <c r="F52" s="12"/>
       <c r="G52" s="12"/>
       <c r="H52" s="12"/>
       <c r="I52" s="12"/>
       <c r="J52" s="12"/>
       <c r="K52" s="12"/>
       <c r="L52" s="12"/>
       <c r="M52" s="12"/>
       <c r="N52" s="12"/>
     </row>
     <row r="53" ht="12" customHeight="1">
       <c r="A53" s="13" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B53" s="13"/>
       <c r="C53" s="13"/>
       <c r="D53" s="13"/>
       <c r="E53" s="13"/>
       <c r="F53" s="13"/>
       <c r="G53" s="13"/>
       <c r="H53" s="13"/>
       <c r="I53" s="13"/>
       <c r="J53" s="13"/>
       <c r="K53" s="13"/>
       <c r="L53" s="13"/>
       <c r="M53" s="13"/>
       <c r="N53" s="13"/>
     </row>
     <row r="54" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A44:N44"/>
@@ -22358,1775 +22598,1775 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B9" s="8">
         <v>1722</v>
       </c>
       <c r="C9" s="8">
         <v>1691</v>
       </c>
       <c r="D9" s="8">
         <v>3533</v>
       </c>
       <c r="E9" s="8">
         <v>1712</v>
       </c>
       <c r="F9" s="8">
         <v>1708</v>
       </c>
       <c r="G9" s="8">
         <v>3563</v>
       </c>
       <c r="H9" s="8">
         <v>1707</v>
       </c>
       <c r="I9" s="8">
         <v>1698</v>
       </c>
       <c r="J9" s="8">
         <v>3562</v>
       </c>
       <c r="K9" s="8">
         <v>1725</v>
       </c>
       <c r="L9" s="8">
         <v>1694</v>
       </c>
       <c r="M9" s="8">
-        <v>8025</v>
+        <v>8026</v>
       </c>
       <c r="N9" s="8">
-        <v>8360</v>
+        <v>8361</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B10" s="8">
         <v>49163221</v>
       </c>
       <c r="C10" s="8">
         <v>41727244</v>
       </c>
       <c r="D10" s="8">
         <v>28511624</v>
       </c>
       <c r="E10" s="8">
         <v>16397276</v>
       </c>
       <c r="F10" s="8">
         <v>15226663</v>
       </c>
       <c r="G10" s="8">
         <v>13985979</v>
       </c>
       <c r="H10" s="8">
         <v>8290986</v>
       </c>
       <c r="I10" s="8">
         <v>39365211</v>
       </c>
       <c r="J10" s="8">
         <v>138736869</v>
       </c>
       <c r="K10" s="8">
         <v>170367400</v>
       </c>
       <c r="L10" s="8">
         <v>136185339</v>
       </c>
       <c r="M10" s="8">
         <v>214034971</v>
       </c>
       <c r="N10" s="8">
         <v>871992783</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B11" s="8">
         <v>39323743</v>
       </c>
       <c r="C11" s="8">
         <v>35679598</v>
       </c>
       <c r="D11" s="8">
         <v>18562576</v>
       </c>
       <c r="E11" s="8">
         <v>9092686</v>
       </c>
       <c r="F11" s="8">
         <v>8340046</v>
       </c>
       <c r="G11" s="8">
         <v>5723118</v>
       </c>
       <c r="H11" s="8">
         <v>2366979</v>
       </c>
       <c r="I11" s="8">
         <v>22521572</v>
       </c>
       <c r="J11" s="8">
         <v>122561489</v>
       </c>
       <c r="K11" s="8">
         <v>162794592</v>
       </c>
       <c r="L11" s="8">
         <v>129610644</v>
       </c>
       <c r="M11" s="8">
         <v>205336112</v>
       </c>
       <c r="N11" s="8">
         <v>761913155</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B12" s="8">
         <v>6096359</v>
       </c>
       <c r="C12" s="8">
         <v>2583652</v>
       </c>
       <c r="D12" s="8">
         <v>4894175</v>
       </c>
       <c r="E12" s="8">
         <v>2189601</v>
       </c>
       <c r="F12" s="8">
         <v>1806116</v>
       </c>
       <c r="G12" s="8">
         <v>2000212</v>
       </c>
       <c r="H12" s="8">
         <v>2046040</v>
       </c>
       <c r="I12" s="8">
         <v>12195399</v>
       </c>
       <c r="J12" s="8">
         <v>11041073</v>
       </c>
       <c r="K12" s="8">
         <v>3684973</v>
       </c>
       <c r="L12" s="8">
         <v>2778240</v>
       </c>
       <c r="M12" s="8">
         <v>3020451</v>
       </c>
       <c r="N12" s="8">
         <v>54336293</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B13" s="8">
         <v>2406905</v>
       </c>
       <c r="C13" s="8">
         <v>1915508</v>
       </c>
       <c r="D13" s="8">
         <v>2613336</v>
       </c>
       <c r="E13" s="8">
         <v>3716910</v>
       </c>
       <c r="F13" s="8">
         <v>3450122</v>
       </c>
       <c r="G13" s="8">
         <v>3574612</v>
       </c>
       <c r="H13" s="8">
         <v>2521740</v>
       </c>
       <c r="I13" s="8">
         <v>2906569</v>
       </c>
       <c r="J13" s="8">
         <v>2862001</v>
       </c>
       <c r="K13" s="8">
         <v>2489025</v>
       </c>
       <c r="L13" s="8">
         <v>2477981</v>
       </c>
       <c r="M13" s="8">
         <v>1459970</v>
       </c>
       <c r="N13" s="8">
         <v>32394679</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>25</v>
       </c>
       <c r="D14" s="8">
         <v>184050</v>
       </c>
       <c r="E14" s="8">
         <v>154692</v>
       </c>
       <c r="F14" s="8">
         <v>107683</v>
       </c>
       <c r="G14" s="8">
         <v>126439</v>
       </c>
       <c r="H14" s="8">
         <v>37801</v>
       </c>
       <c r="I14" s="8">
         <v>132135</v>
       </c>
       <c r="J14" s="8">
         <v>56806</v>
       </c>
       <c r="K14" s="8">
         <v>56156</v>
       </c>
       <c r="L14" s="8">
         <v>91053</v>
       </c>
       <c r="M14" s="8">
         <v>165046</v>
       </c>
       <c r="N14" s="8">
         <v>1275330</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C15" s="9" t="s">
         <v>25</v>
       </c>
       <c r="D15" s="8">
         <v>2257487</v>
       </c>
       <c r="E15" s="8">
         <v>1243389</v>
       </c>
       <c r="F15" s="8">
         <v>1522695</v>
       </c>
       <c r="G15" s="8">
         <v>2561599</v>
       </c>
       <c r="H15" s="8">
         <v>1318425</v>
       </c>
       <c r="I15" s="8">
         <v>1609535</v>
       </c>
       <c r="J15" s="8">
         <v>2215499</v>
       </c>
       <c r="K15" s="8">
         <v>1342654</v>
       </c>
       <c r="L15" s="8">
         <v>1227420</v>
       </c>
       <c r="M15" s="8">
         <v>4053393</v>
       </c>
       <c r="N15" s="8">
         <v>22073327</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B16" s="8">
         <v>51760054</v>
       </c>
       <c r="C16" s="8">
         <v>51730203</v>
       </c>
       <c r="D16" s="8">
         <v>67881154</v>
       </c>
       <c r="E16" s="8">
         <v>58351466</v>
       </c>
       <c r="F16" s="8">
         <v>63095593</v>
       </c>
       <c r="G16" s="8">
         <v>63021516</v>
       </c>
       <c r="H16" s="8">
         <v>53554325</v>
       </c>
       <c r="I16" s="8">
         <v>65657343</v>
       </c>
       <c r="J16" s="8">
         <v>60100257</v>
       </c>
       <c r="K16" s="8">
         <v>66225865</v>
       </c>
       <c r="L16" s="8">
         <v>62722968</v>
       </c>
       <c r="M16" s="8">
-        <v>74066491</v>
+        <v>74066620</v>
       </c>
       <c r="N16" s="8">
-        <v>738167236</v>
+        <v>738167365</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B17" s="8">
         <v>45409383</v>
       </c>
       <c r="C17" s="8">
         <v>45707168</v>
       </c>
       <c r="D17" s="8">
         <v>60456303</v>
       </c>
       <c r="E17" s="8">
         <v>51590184</v>
       </c>
       <c r="F17" s="8">
         <v>55324969</v>
       </c>
       <c r="G17" s="8">
         <v>55554621</v>
       </c>
       <c r="H17" s="8">
         <v>46470309</v>
       </c>
       <c r="I17" s="8">
         <v>57958703</v>
       </c>
       <c r="J17" s="8">
         <v>52353272</v>
       </c>
       <c r="K17" s="8">
         <v>57384036</v>
       </c>
       <c r="L17" s="8">
         <v>54311952</v>
       </c>
       <c r="M17" s="8">
         <v>64155100</v>
       </c>
       <c r="N17" s="8">
         <v>646676000</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B18" s="8">
         <v>1250581</v>
       </c>
       <c r="C18" s="8">
         <v>861242</v>
       </c>
       <c r="D18" s="8">
         <v>902434</v>
       </c>
       <c r="E18" s="8">
         <v>784004</v>
       </c>
       <c r="F18" s="8">
         <v>923718</v>
       </c>
       <c r="G18" s="8">
         <v>733681</v>
       </c>
       <c r="H18" s="8">
         <v>685944</v>
       </c>
       <c r="I18" s="8">
         <v>1005830</v>
       </c>
       <c r="J18" s="8">
         <v>624157</v>
       </c>
       <c r="K18" s="8">
         <v>812743</v>
       </c>
       <c r="L18" s="8">
         <v>828174</v>
       </c>
       <c r="M18" s="8">
         <v>1022882</v>
       </c>
       <c r="N18" s="8">
         <v>10435390</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B19" s="8">
         <v>1588443</v>
       </c>
       <c r="C19" s="8">
         <v>1709299</v>
       </c>
       <c r="D19" s="8">
         <v>1853015</v>
       </c>
       <c r="E19" s="8">
         <v>1921014</v>
       </c>
       <c r="F19" s="8">
         <v>2144837</v>
       </c>
       <c r="G19" s="8">
         <v>2128471</v>
       </c>
       <c r="H19" s="8">
         <v>2094102</v>
       </c>
       <c r="I19" s="8">
         <v>2758069</v>
       </c>
       <c r="J19" s="8">
         <v>2333018</v>
       </c>
       <c r="K19" s="8">
         <v>3648092</v>
       </c>
       <c r="L19" s="8">
         <v>3788380</v>
       </c>
       <c r="M19" s="8">
-        <v>2968247</v>
+        <v>2968376</v>
       </c>
       <c r="N19" s="8">
-        <v>28934987</v>
+        <v>28935116</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B20" s="8">
         <v>38764</v>
       </c>
       <c r="C20" s="8">
         <v>41516</v>
       </c>
       <c r="D20" s="8">
         <v>77792</v>
       </c>
       <c r="E20" s="8">
         <v>65090</v>
       </c>
       <c r="F20" s="8">
         <v>119014</v>
       </c>
       <c r="G20" s="8">
         <v>159913</v>
       </c>
       <c r="H20" s="8">
         <v>88099</v>
       </c>
       <c r="I20" s="8">
         <v>145659</v>
       </c>
       <c r="J20" s="8">
         <v>122547</v>
       </c>
       <c r="K20" s="8">
         <v>116085</v>
       </c>
       <c r="L20" s="8">
         <v>130145</v>
       </c>
       <c r="M20" s="8">
         <v>254320</v>
       </c>
       <c r="N20" s="8">
         <v>1358944</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B21" s="8">
         <v>3472883</v>
       </c>
       <c r="C21" s="8">
         <v>3410979</v>
       </c>
       <c r="D21" s="8">
         <v>4591610</v>
       </c>
       <c r="E21" s="8">
         <v>3991175</v>
       </c>
       <c r="F21" s="8">
         <v>4583055</v>
       </c>
       <c r="G21" s="8">
         <v>4444829</v>
       </c>
       <c r="H21" s="8">
         <v>4215871</v>
       </c>
       <c r="I21" s="8">
         <v>3789081</v>
       </c>
       <c r="J21" s="8">
         <v>4667263</v>
       </c>
       <c r="K21" s="8">
         <v>4264909</v>
       </c>
       <c r="L21" s="8">
         <v>3664317</v>
       </c>
       <c r="M21" s="8">
         <v>5665942</v>
       </c>
       <c r="N21" s="8">
         <v>50761914</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B22" s="8">
         <v>51760054</v>
       </c>
       <c r="C22" s="8">
         <v>51730203</v>
       </c>
       <c r="D22" s="8">
         <v>67881154</v>
       </c>
       <c r="E22" s="8">
         <v>58351466</v>
       </c>
       <c r="F22" s="8">
         <v>63095593</v>
       </c>
       <c r="G22" s="8">
         <v>63021516</v>
       </c>
       <c r="H22" s="8">
         <v>53554325</v>
       </c>
       <c r="I22" s="8">
         <v>65657343</v>
       </c>
       <c r="J22" s="8">
         <v>60100257</v>
       </c>
       <c r="K22" s="8">
         <v>66225865</v>
       </c>
       <c r="L22" s="8">
         <v>62722968</v>
       </c>
       <c r="M22" s="8">
-        <v>74066491</v>
+        <v>74066620</v>
       </c>
       <c r="N22" s="8">
-        <v>738167236</v>
+        <v>738167365</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B23" s="8">
         <v>50325281</v>
       </c>
       <c r="C23" s="8">
         <v>51217495</v>
       </c>
       <c r="D23" s="8">
         <v>66829463</v>
       </c>
       <c r="E23" s="8">
         <v>57590376</v>
       </c>
       <c r="F23" s="8">
         <v>61704640</v>
       </c>
       <c r="G23" s="8">
         <v>62255689</v>
       </c>
       <c r="H23" s="8">
         <v>52564098</v>
       </c>
       <c r="I23" s="8">
         <v>64337741</v>
       </c>
       <c r="J23" s="8">
         <v>58647350</v>
       </c>
       <c r="K23" s="8">
         <v>65295069</v>
       </c>
       <c r="L23" s="8">
         <v>61784711</v>
       </c>
       <c r="M23" s="8">
-        <v>72439766</v>
+        <v>72439895</v>
       </c>
       <c r="N23" s="8">
-        <v>724991679</v>
+        <v>724991808</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B24" s="8">
         <v>1434773</v>
       </c>
       <c r="C24" s="8">
         <v>512708</v>
       </c>
       <c r="D24" s="8">
         <v>1051690</v>
       </c>
       <c r="E24" s="8">
         <v>761090</v>
       </c>
       <c r="F24" s="8">
         <v>1390953</v>
       </c>
       <c r="G24" s="8">
         <v>765827</v>
       </c>
       <c r="H24" s="8">
         <v>990228</v>
       </c>
       <c r="I24" s="8">
         <v>1319602</v>
       </c>
       <c r="J24" s="8">
         <v>1452906</v>
       </c>
       <c r="K24" s="8">
         <v>930797</v>
       </c>
       <c r="L24" s="8">
         <v>938257</v>
       </c>
       <c r="M24" s="8">
         <v>1626725</v>
       </c>
       <c r="N24" s="8">
         <v>13175556</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B25" s="8">
         <v>9029641</v>
       </c>
       <c r="C25" s="8">
         <v>9409442</v>
       </c>
       <c r="D25" s="8">
         <v>9871198</v>
       </c>
       <c r="E25" s="8">
         <v>9347557</v>
       </c>
       <c r="F25" s="8">
         <v>10713010</v>
       </c>
       <c r="G25" s="8">
         <v>10657031</v>
       </c>
       <c r="H25" s="8">
         <v>9260767</v>
       </c>
       <c r="I25" s="8">
         <v>7864177</v>
       </c>
       <c r="J25" s="8">
         <v>8978038</v>
       </c>
       <c r="K25" s="8">
         <v>9616432</v>
       </c>
       <c r="L25" s="8">
         <v>9270743</v>
       </c>
       <c r="M25" s="8">
-        <v>11401270</v>
+        <v>11401272</v>
       </c>
       <c r="N25" s="8">
-        <v>115419305</v>
+        <v>115419307</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B26" s="8">
         <v>7917834</v>
       </c>
       <c r="C26" s="8">
         <v>8509603</v>
       </c>
       <c r="D26" s="8">
         <v>7752118</v>
       </c>
       <c r="E26" s="8">
         <v>8421187</v>
       </c>
       <c r="F26" s="8">
         <v>9673230</v>
       </c>
       <c r="G26" s="8">
         <v>9638096</v>
       </c>
       <c r="H26" s="8">
         <v>8425432</v>
       </c>
       <c r="I26" s="8">
         <v>6928078</v>
       </c>
       <c r="J26" s="8">
         <v>8297505</v>
       </c>
       <c r="K26" s="8">
         <v>8780961</v>
       </c>
       <c r="L26" s="8">
         <v>8274460</v>
       </c>
       <c r="M26" s="8">
         <v>10456915</v>
       </c>
       <c r="N26" s="8">
         <v>103075418</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B27" s="8">
         <v>824446</v>
       </c>
       <c r="C27" s="8">
         <v>709004</v>
       </c>
       <c r="D27" s="8">
         <v>1733306</v>
       </c>
       <c r="E27" s="8">
         <v>624027</v>
       </c>
       <c r="F27" s="8">
         <v>704012</v>
       </c>
       <c r="G27" s="8">
         <v>726889</v>
       </c>
       <c r="H27" s="8">
         <v>543212</v>
       </c>
       <c r="I27" s="8">
         <v>697120</v>
       </c>
       <c r="J27" s="8">
         <v>502232</v>
       </c>
       <c r="K27" s="8">
         <v>640048</v>
       </c>
       <c r="L27" s="8">
         <v>806210</v>
       </c>
       <c r="M27" s="8">
         <v>789773</v>
       </c>
       <c r="N27" s="8">
         <v>9300278</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B28" s="8">
         <v>143460</v>
       </c>
       <c r="C28" s="8">
         <v>113148</v>
       </c>
       <c r="D28" s="9" t="s">
         <v>25</v>
       </c>
       <c r="E28" s="8">
         <v>88022</v>
       </c>
       <c r="F28" s="8">
         <v>152190</v>
       </c>
       <c r="G28" s="8">
         <v>130371</v>
       </c>
       <c r="H28" s="8">
         <v>143965</v>
       </c>
       <c r="I28" s="8">
         <v>136753</v>
       </c>
       <c r="J28" s="8">
         <v>112031</v>
       </c>
       <c r="K28" s="8">
         <v>137754</v>
       </c>
       <c r="L28" s="8">
         <v>124603</v>
       </c>
       <c r="M28" s="9" t="s">
         <v>25</v>
       </c>
       <c r="N28" s="8">
-        <v>1577268</v>
+        <v>1577270</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B29" s="8">
         <v>143901</v>
       </c>
       <c r="C29" s="8">
         <v>77687</v>
       </c>
       <c r="D29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="E29" s="8">
         <v>214321</v>
       </c>
       <c r="F29" s="8">
         <v>183579</v>
       </c>
       <c r="G29" s="8">
         <v>161675</v>
       </c>
       <c r="H29" s="8">
         <v>148158</v>
       </c>
       <c r="I29" s="8">
         <v>102226</v>
       </c>
       <c r="J29" s="8">
         <v>66270</v>
       </c>
       <c r="K29" s="8">
         <v>57668</v>
       </c>
       <c r="L29" s="8">
         <v>65470</v>
       </c>
       <c r="M29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="N29" s="8">
         <v>1466340</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B30" s="8">
         <v>7245134</v>
       </c>
       <c r="C30" s="8">
         <v>7826430</v>
       </c>
       <c r="D30" s="8">
         <v>6935334</v>
       </c>
       <c r="E30" s="8">
         <v>7836699</v>
       </c>
       <c r="F30" s="8">
         <v>9400019</v>
       </c>
       <c r="G30" s="8">
         <v>9286532</v>
       </c>
       <c r="H30" s="8">
         <v>8175045</v>
       </c>
       <c r="I30" s="8">
         <v>6286228</v>
       </c>
       <c r="J30" s="8">
         <v>7074924</v>
       </c>
       <c r="K30" s="8">
         <v>7689291</v>
       </c>
       <c r="L30" s="8">
         <v>7285249</v>
       </c>
       <c r="M30" s="8">
         <v>6381219</v>
       </c>
       <c r="N30" s="8">
         <v>91422105</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B31" s="8">
         <v>3389471</v>
       </c>
       <c r="C31" s="8">
         <v>3571016</v>
       </c>
       <c r="D31" s="8">
         <v>3683626</v>
       </c>
       <c r="E31" s="8">
         <v>3726094</v>
       </c>
       <c r="F31" s="8">
         <v>3981056</v>
       </c>
       <c r="G31" s="8">
         <v>3764303</v>
       </c>
       <c r="H31" s="8">
         <v>3105358</v>
       </c>
       <c r="I31" s="8">
         <v>3488681</v>
       </c>
       <c r="J31" s="8">
         <v>2820106</v>
       </c>
       <c r="K31" s="8">
         <v>3610320</v>
       </c>
       <c r="L31" s="8">
         <v>3521737</v>
       </c>
       <c r="M31" s="8">
         <v>2875575</v>
       </c>
       <c r="N31" s="8">
         <v>41537342</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B32" s="8">
         <v>3855663</v>
       </c>
       <c r="C32" s="8">
         <v>4255414</v>
       </c>
       <c r="D32" s="8">
         <v>3251708</v>
       </c>
       <c r="E32" s="8">
         <v>4110606</v>
       </c>
       <c r="F32" s="8">
         <v>5418962</v>
       </c>
       <c r="G32" s="8">
         <v>5522230</v>
       </c>
       <c r="H32" s="8">
         <v>5069687</v>
       </c>
       <c r="I32" s="8">
         <v>2797548</v>
       </c>
       <c r="J32" s="8">
         <v>4254818</v>
       </c>
       <c r="K32" s="8">
         <v>4078971</v>
       </c>
       <c r="L32" s="8">
         <v>3763513</v>
       </c>
       <c r="M32" s="8">
         <v>3505644</v>
       </c>
       <c r="N32" s="8">
         <v>49884763</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B33" s="8">
         <v>1162982249</v>
       </c>
       <c r="C33" s="8">
         <v>1147978042</v>
       </c>
       <c r="D33" s="8">
         <v>1135641790</v>
       </c>
       <c r="E33" s="8">
         <v>1058806118</v>
       </c>
       <c r="F33" s="8">
         <v>999762042</v>
       </c>
       <c r="G33" s="8">
         <v>970085744</v>
       </c>
       <c r="H33" s="8">
         <v>892556830</v>
       </c>
       <c r="I33" s="8">
         <v>852686856</v>
       </c>
       <c r="J33" s="8">
         <v>939665221</v>
       </c>
       <c r="K33" s="8">
         <v>1009167845</v>
       </c>
       <c r="L33" s="8">
         <v>1075987973</v>
       </c>
       <c r="M33" s="8">
         <v>1247262197</v>
       </c>
       <c r="N33" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B34" s="8">
         <v>1083309795</v>
       </c>
       <c r="C34" s="8">
         <v>1079222064</v>
       </c>
       <c r="D34" s="8">
         <v>1090203020</v>
       </c>
       <c r="E34" s="8">
         <v>1017147384</v>
       </c>
       <c r="F34" s="8">
         <v>957788713</v>
       </c>
       <c r="G34" s="8">
         <v>925838890</v>
       </c>
       <c r="H34" s="8">
         <v>850480355</v>
       </c>
       <c r="I34" s="8">
         <v>808124034</v>
       </c>
       <c r="J34" s="8">
         <v>889340342</v>
       </c>
       <c r="K34" s="8">
         <v>968285339</v>
       </c>
       <c r="L34" s="8">
         <v>1035510258</v>
       </c>
       <c r="M34" s="8">
         <v>1203495992</v>
       </c>
       <c r="N34" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B35" s="8">
         <v>55140447</v>
       </c>
       <c r="C35" s="8">
         <v>44102954</v>
       </c>
       <c r="D35" s="8">
         <v>18775247</v>
       </c>
       <c r="E35" s="8">
         <v>14820711</v>
       </c>
       <c r="F35" s="8">
         <v>14399987</v>
       </c>
       <c r="G35" s="8">
         <v>14754487</v>
       </c>
       <c r="H35" s="8">
         <v>12803357</v>
       </c>
       <c r="I35" s="8">
         <v>14781554</v>
       </c>
       <c r="J35" s="8">
         <v>19150646</v>
       </c>
       <c r="K35" s="8">
         <v>14248535</v>
       </c>
       <c r="L35" s="8">
         <v>14718290</v>
       </c>
       <c r="M35" s="8">
         <v>18314032</v>
       </c>
       <c r="N35" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B36" s="8">
         <v>839455</v>
       </c>
       <c r="C36" s="8">
         <v>729553</v>
       </c>
       <c r="D36" s="8">
         <v>966851</v>
       </c>
       <c r="E36" s="8">
         <v>989719</v>
       </c>
       <c r="F36" s="8">
         <v>873135</v>
       </c>
       <c r="G36" s="8">
         <v>844817</v>
       </c>
       <c r="H36" s="8">
         <v>935677</v>
       </c>
       <c r="I36" s="8">
         <v>2514511</v>
       </c>
       <c r="J36" s="8">
         <v>2650301</v>
       </c>
       <c r="K36" s="8">
         <v>937260</v>
       </c>
       <c r="L36" s="8">
         <v>1046714</v>
       </c>
       <c r="M36" s="8">
         <v>742985</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B37" s="8">
         <v>20384091</v>
       </c>
       <c r="C37" s="8">
         <v>20449791</v>
       </c>
       <c r="D37" s="8">
         <v>20803533</v>
       </c>
       <c r="E37" s="8">
         <v>21908053</v>
       </c>
       <c r="F37" s="8">
         <v>22491568</v>
       </c>
       <c r="G37" s="8">
         <v>23505272</v>
       </c>
       <c r="H37" s="8">
         <v>23508043</v>
       </c>
       <c r="I37" s="8">
         <v>23142844</v>
       </c>
       <c r="J37" s="8">
         <v>23490979</v>
       </c>
       <c r="K37" s="8">
         <v>21993158</v>
       </c>
       <c r="L37" s="8">
         <v>20688753</v>
       </c>
       <c r="M37" s="8">
         <v>19051303</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B38" s="8">
         <v>254857</v>
       </c>
       <c r="C38" s="8">
         <v>277857</v>
       </c>
       <c r="D38" s="8">
         <v>336535</v>
       </c>
       <c r="E38" s="8">
         <v>398251</v>
       </c>
       <c r="F38" s="8">
         <v>409787</v>
       </c>
       <c r="G38" s="8">
         <v>526502</v>
       </c>
       <c r="H38" s="8">
         <v>467335</v>
       </c>
       <c r="I38" s="8">
         <v>529528</v>
       </c>
       <c r="J38" s="8">
         <v>578616</v>
       </c>
       <c r="K38" s="8">
         <v>490929</v>
       </c>
       <c r="L38" s="8">
         <v>552309</v>
       </c>
       <c r="M38" s="8">
         <v>462387</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B39" s="8">
         <v>3053605</v>
       </c>
       <c r="C39" s="8">
         <v>3195824</v>
       </c>
       <c r="D39" s="8">
         <v>4556604</v>
       </c>
       <c r="E39" s="8">
         <v>3541998</v>
       </c>
       <c r="F39" s="8">
         <v>3798852</v>
       </c>
       <c r="G39" s="8">
         <v>4615776</v>
       </c>
       <c r="H39" s="8">
         <v>4362063</v>
       </c>
       <c r="I39" s="8">
         <v>3594386</v>
       </c>
       <c r="J39" s="8">
         <v>4454338</v>
       </c>
       <c r="K39" s="8">
         <v>3212623</v>
       </c>
       <c r="L39" s="8">
         <v>3471649</v>
       </c>
       <c r="M39" s="8">
         <v>5195497</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B40" s="8">
         <v>1162982249</v>
       </c>
       <c r="C40" s="8">
         <v>1147978042</v>
       </c>
       <c r="D40" s="8">
         <v>1135641790</v>
       </c>
       <c r="E40" s="8">
         <v>1058806118</v>
       </c>
       <c r="F40" s="8">
         <v>999762042</v>
       </c>
       <c r="G40" s="8">
         <v>970085744</v>
       </c>
       <c r="H40" s="8">
         <v>892556830</v>
       </c>
       <c r="I40" s="8">
         <v>852686856</v>
       </c>
       <c r="J40" s="8">
         <v>939665221</v>
       </c>
       <c r="K40" s="8">
         <v>1009167845</v>
       </c>
       <c r="L40" s="8">
         <v>1075987973</v>
       </c>
       <c r="M40" s="8">
         <v>1247262197</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B41" s="8">
         <v>191067383</v>
       </c>
       <c r="C41" s="8">
         <v>190109522</v>
       </c>
       <c r="D41" s="8">
         <v>193394378</v>
       </c>
       <c r="E41" s="8">
         <v>187539294</v>
       </c>
       <c r="F41" s="8">
         <v>188010908</v>
       </c>
       <c r="G41" s="8">
         <v>203261675</v>
       </c>
       <c r="H41" s="8">
         <v>202266378</v>
       </c>
       <c r="I41" s="8">
         <v>202717313</v>
       </c>
       <c r="J41" s="8">
         <v>210821256</v>
       </c>
       <c r="K41" s="8">
         <v>196926068</v>
       </c>
       <c r="L41" s="8">
         <v>188217694</v>
       </c>
       <c r="M41" s="8">
         <v>188042133</v>
       </c>
       <c r="N41" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B42" s="8">
         <v>971914867</v>
       </c>
       <c r="C42" s="8">
         <v>957868520</v>
       </c>
       <c r="D42" s="8">
         <v>942247412</v>
       </c>
       <c r="E42" s="8">
         <v>871266824</v>
       </c>
       <c r="F42" s="8">
         <v>811751134</v>
       </c>
       <c r="G42" s="8">
         <v>766824069</v>
       </c>
       <c r="H42" s="8">
         <v>690290452</v>
       </c>
       <c r="I42" s="8">
         <v>649969543</v>
       </c>
       <c r="J42" s="8">
         <v>728843965</v>
       </c>
       <c r="K42" s="8">
         <v>812241776</v>
       </c>
       <c r="L42" s="8">
         <v>887770279</v>
       </c>
       <c r="M42" s="8">
         <v>1059220063</v>
       </c>
       <c r="N42" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="43" ht="12" customHeight="1"/>
     <row r="44" ht="14" customHeight="1">
       <c r="A44" s="10" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B44" s="10"/>
       <c r="C44" s="10"/>
       <c r="D44" s="10"/>
       <c r="E44" s="10"/>
       <c r="F44" s="10"/>
       <c r="G44" s="10"/>
       <c r="H44" s="10"/>
       <c r="I44" s="10"/>
       <c r="J44" s="10"/>
       <c r="K44" s="10"/>
       <c r="L44" s="10"/>
       <c r="M44" s="10"/>
       <c r="N44" s="10"/>
     </row>
     <row r="45" ht="14" customHeight="1">
       <c r="A45" s="12" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B45" s="12"/>
       <c r="C45" s="12"/>
       <c r="D45" s="12"/>
       <c r="E45" s="12"/>
       <c r="F45" s="12"/>
       <c r="G45" s="12"/>
       <c r="H45" s="12"/>
       <c r="I45" s="12"/>
       <c r="J45" s="12"/>
       <c r="K45" s="12"/>
       <c r="L45" s="12"/>
       <c r="M45" s="12"/>
       <c r="N45" s="12"/>
     </row>
     <row r="46" ht="29" customHeight="1">
       <c r="A46" s="12" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B46" s="12"/>
       <c r="C46" s="12"/>
       <c r="D46" s="12"/>
       <c r="E46" s="12"/>
       <c r="F46" s="12"/>
       <c r="G46" s="12"/>
       <c r="H46" s="12"/>
       <c r="I46" s="12"/>
       <c r="J46" s="12"/>
       <c r="K46" s="12"/>
       <c r="L46" s="12"/>
       <c r="M46" s="12"/>
       <c r="N46" s="12"/>
     </row>
     <row r="47" ht="14" customHeight="1">
       <c r="A47" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B47" s="11"/>
       <c r="C47" s="11"/>
       <c r="D47" s="11"/>
       <c r="E47" s="11"/>
       <c r="F47" s="11"/>
       <c r="G47" s="11"/>
       <c r="H47" s="11"/>
       <c r="I47" s="11"/>
       <c r="J47" s="11"/>
       <c r="K47" s="11"/>
       <c r="L47" s="11"/>
       <c r="M47" s="11"/>
       <c r="N47" s="11"/>
     </row>
     <row r="48" ht="12" customHeight="1">
       <c r="A48" s="13" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B48" s="13"/>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="13"/>
       <c r="G48" s="13"/>
       <c r="H48" s="13"/>
       <c r="I48" s="13"/>
       <c r="J48" s="13"/>
       <c r="K48" s="13"/>
       <c r="L48" s="13"/>
       <c r="M48" s="13"/>
       <c r="N48" s="13"/>
     </row>
     <row r="49" ht="14" customHeight="1">
       <c r="A49" s="12" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="12"/>
       <c r="E49" s="12"/>
       <c r="F49" s="12"/>
       <c r="G49" s="12"/>
       <c r="H49" s="12"/>
       <c r="I49" s="12"/>
       <c r="J49" s="12"/>
       <c r="K49" s="12"/>
       <c r="L49" s="12"/>
       <c r="M49" s="12"/>
       <c r="N49" s="12"/>
     </row>
     <row r="50" ht="43" customHeight="1">
       <c r="A50" s="12" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B50" s="12"/>
       <c r="C50" s="12"/>
       <c r="D50" s="12"/>
       <c r="E50" s="12"/>
       <c r="F50" s="12"/>
       <c r="G50" s="12"/>
       <c r="H50" s="12"/>
       <c r="I50" s="12"/>
       <c r="J50" s="12"/>
       <c r="K50" s="12"/>
       <c r="L50" s="12"/>
       <c r="M50" s="12"/>
       <c r="N50" s="12"/>
     </row>
     <row r="51" ht="14" customHeight="1">
       <c r="A51" s="12" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B51" s="12"/>
       <c r="C51" s="12"/>
       <c r="D51" s="12"/>
       <c r="E51" s="12"/>
       <c r="F51" s="12"/>
       <c r="G51" s="12"/>
       <c r="H51" s="12"/>
       <c r="I51" s="12"/>
       <c r="J51" s="12"/>
       <c r="K51" s="12"/>
       <c r="L51" s="12"/>
       <c r="M51" s="12"/>
       <c r="N51" s="12"/>
     </row>
     <row r="52" ht="14" customHeight="1">
       <c r="A52" s="12" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B52" s="12"/>
       <c r="C52" s="12"/>
       <c r="D52" s="12"/>
       <c r="E52" s="12"/>
       <c r="F52" s="12"/>
       <c r="G52" s="12"/>
       <c r="H52" s="12"/>
       <c r="I52" s="12"/>
       <c r="J52" s="12"/>
       <c r="K52" s="12"/>
       <c r="L52" s="12"/>
       <c r="M52" s="12"/>
       <c r="N52" s="12"/>
     </row>
     <row r="53" ht="12" customHeight="1">
       <c r="A53" s="13" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B53" s="13"/>
       <c r="C53" s="13"/>
       <c r="D53" s="13"/>
       <c r="E53" s="13"/>
       <c r="F53" s="13"/>
       <c r="G53" s="13"/>
       <c r="H53" s="13"/>
       <c r="I53" s="13"/>
       <c r="J53" s="13"/>
       <c r="K53" s="13"/>
       <c r="L53" s="13"/>
       <c r="M53" s="13"/>
       <c r="N53" s="13"/>
     </row>
     <row r="54" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A44:N44"/>
@@ -24168,1775 +24408,1775 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B9" s="8">
         <v>1805</v>
       </c>
       <c r="C9" s="8">
         <v>1776</v>
       </c>
       <c r="D9" s="8">
         <v>3525</v>
       </c>
       <c r="E9" s="8">
         <v>1783</v>
       </c>
       <c r="F9" s="8">
         <v>1776</v>
       </c>
       <c r="G9" s="8">
         <v>3522</v>
       </c>
       <c r="H9" s="8">
         <v>1783</v>
       </c>
       <c r="I9" s="8">
         <v>1773</v>
       </c>
       <c r="J9" s="8">
         <v>3545</v>
       </c>
       <c r="K9" s="8">
         <v>1779</v>
       </c>
       <c r="L9" s="8">
         <v>1757</v>
       </c>
       <c r="M9" s="8">
-        <v>7922</v>
+        <v>7923</v>
       </c>
       <c r="N9" s="8">
-        <v>8292</v>
+        <v>8293</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B10" s="8">
         <v>66788746</v>
       </c>
       <c r="C10" s="8">
         <v>44731148</v>
       </c>
       <c r="D10" s="8">
         <v>27622408</v>
       </c>
       <c r="E10" s="8">
         <v>11591648</v>
       </c>
       <c r="F10" s="8">
         <v>13867818</v>
       </c>
       <c r="G10" s="8">
         <v>14185245</v>
       </c>
       <c r="H10" s="8">
         <v>11148881</v>
       </c>
       <c r="I10" s="8">
         <v>46444619</v>
       </c>
       <c r="J10" s="8">
         <v>143785090</v>
       </c>
       <c r="K10" s="8">
         <v>181387967</v>
       </c>
       <c r="L10" s="8">
         <v>132032497</v>
       </c>
       <c r="M10" s="8">
-        <v>196368454</v>
+        <v>196368476</v>
       </c>
       <c r="N10" s="8">
-        <v>889954520</v>
+        <v>889954542</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B11" s="8">
         <v>45771591</v>
       </c>
       <c r="C11" s="8">
         <v>27732634</v>
       </c>
       <c r="D11" s="8">
         <v>16295549</v>
       </c>
       <c r="E11" s="8">
         <v>7529140</v>
       </c>
       <c r="F11" s="8">
         <v>10608061</v>
       </c>
       <c r="G11" s="8">
         <v>8095185</v>
       </c>
       <c r="H11" s="8">
         <v>7698524</v>
       </c>
       <c r="I11" s="8">
         <v>34323081</v>
       </c>
       <c r="J11" s="8">
         <v>128286012</v>
       </c>
       <c r="K11" s="8">
         <v>152046737</v>
       </c>
       <c r="L11" s="8">
         <v>98529216</v>
       </c>
       <c r="M11" s="8">
-        <v>128390438</v>
+        <v>128390460</v>
       </c>
       <c r="N11" s="8">
-        <v>665306166</v>
+        <v>665306188</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B12" s="8">
         <v>17025649</v>
       </c>
       <c r="C12" s="8">
         <v>13637773</v>
       </c>
       <c r="D12" s="8">
         <v>5658462</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>25</v>
       </c>
       <c r="F12" s="8">
         <v>-1496085</v>
       </c>
       <c r="G12" s="9" t="s">
         <v>25</v>
       </c>
       <c r="H12" s="8">
         <v>-780837</v>
       </c>
       <c r="I12" s="9" t="s">
         <v>25</v>
       </c>
       <c r="J12" s="8">
         <v>10295895</v>
       </c>
       <c r="K12" s="8">
         <v>24947472</v>
       </c>
       <c r="L12" s="8">
         <v>30042122</v>
       </c>
       <c r="M12" s="8">
         <v>63177562</v>
       </c>
       <c r="N12" s="8">
         <v>169665738</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B13" s="8">
         <v>3045803</v>
       </c>
       <c r="C13" s="8">
         <v>2381077</v>
       </c>
       <c r="D13" s="8">
         <v>3449808</v>
       </c>
       <c r="E13" s="8">
         <v>2990951</v>
       </c>
       <c r="F13" s="8">
         <v>3339482</v>
       </c>
       <c r="G13" s="8">
         <v>3316634</v>
       </c>
       <c r="H13" s="8">
         <v>3102566</v>
       </c>
       <c r="I13" s="9" t="s">
         <v>25</v>
       </c>
       <c r="J13" s="8">
         <v>2975224</v>
       </c>
       <c r="K13" s="8">
         <v>2971313</v>
       </c>
       <c r="L13" s="8">
         <v>2164779</v>
       </c>
       <c r="M13" s="9" t="s">
         <v>25</v>
       </c>
       <c r="N13" s="8">
         <v>34556917</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B14" s="8">
         <v>4506</v>
       </c>
       <c r="C14" s="8">
         <v>1885</v>
       </c>
       <c r="D14" s="8">
         <v>115293</v>
       </c>
       <c r="E14" s="8">
         <v>3031</v>
       </c>
       <c r="F14" s="8">
         <v>21650</v>
       </c>
       <c r="G14" s="9" t="s">
         <v>25</v>
       </c>
       <c r="H14" s="8">
         <v>24389</v>
       </c>
       <c r="I14" s="8">
         <v>2038</v>
       </c>
       <c r="J14" s="8">
         <v>57677</v>
       </c>
       <c r="K14" s="8">
         <v>10735</v>
       </c>
       <c r="L14" s="8">
         <v>3261</v>
       </c>
       <c r="M14" s="9" t="s">
         <v>25</v>
       </c>
       <c r="N14" s="8">
         <v>843233</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B15" s="8">
         <v>941196</v>
       </c>
       <c r="C15" s="8">
         <v>977779</v>
       </c>
       <c r="D15" s="8">
         <v>2103296</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>25</v>
       </c>
       <c r="F15" s="8">
         <v>1394710</v>
       </c>
       <c r="G15" s="8">
         <v>2326548</v>
       </c>
       <c r="H15" s="8">
         <v>1104239</v>
       </c>
       <c r="I15" s="8">
         <v>1651759</v>
       </c>
       <c r="J15" s="8">
         <v>2170282</v>
       </c>
       <c r="K15" s="8">
         <v>1411710</v>
       </c>
       <c r="L15" s="8">
         <v>1293119</v>
       </c>
       <c r="M15" s="9" t="s">
         <v>25</v>
       </c>
       <c r="N15" s="8">
         <v>19582467</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B16" s="8">
         <v>49452156</v>
       </c>
       <c r="C16" s="8">
         <v>50951313</v>
       </c>
       <c r="D16" s="8">
         <v>62865691</v>
       </c>
       <c r="E16" s="8">
         <v>50951399</v>
       </c>
       <c r="F16" s="8">
         <v>58925006</v>
       </c>
       <c r="G16" s="8">
         <v>62853519</v>
       </c>
       <c r="H16" s="8">
         <v>51056617</v>
       </c>
       <c r="I16" s="8">
         <v>59067209</v>
       </c>
       <c r="J16" s="8">
         <v>62119510</v>
       </c>
       <c r="K16" s="8">
         <v>64459833</v>
       </c>
       <c r="L16" s="8">
         <v>64477331</v>
       </c>
       <c r="M16" s="8">
-        <v>71698435</v>
+        <v>71698455</v>
       </c>
       <c r="N16" s="8">
-        <v>708878021</v>
+        <v>708878041</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B17" s="8">
         <v>39560190</v>
       </c>
       <c r="C17" s="8">
         <v>41475747</v>
       </c>
       <c r="D17" s="8">
         <v>49387601</v>
       </c>
       <c r="E17" s="8">
         <v>41038848</v>
       </c>
       <c r="F17" s="8">
         <v>47287987</v>
       </c>
       <c r="G17" s="8">
         <v>49322796</v>
       </c>
       <c r="H17" s="8">
         <v>40727875</v>
       </c>
       <c r="I17" s="8">
         <v>46130405</v>
       </c>
       <c r="J17" s="8">
         <v>48020610</v>
       </c>
       <c r="K17" s="8">
         <v>51095584</v>
       </c>
       <c r="L17" s="8">
         <v>50504399</v>
       </c>
       <c r="M17" s="8">
-        <v>54303723</v>
+        <v>54303743</v>
       </c>
       <c r="N17" s="8">
-        <v>558855763</v>
+        <v>558855783</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B18" s="8">
         <v>4983296</v>
       </c>
       <c r="C18" s="8">
         <v>4771090</v>
       </c>
       <c r="D18" s="8">
         <v>7427492</v>
       </c>
       <c r="E18" s="8">
         <v>4806413</v>
       </c>
       <c r="F18" s="8">
         <v>5121594</v>
       </c>
       <c r="G18" s="8">
         <v>6109855</v>
       </c>
       <c r="H18" s="8">
         <v>4616925</v>
       </c>
       <c r="I18" s="8">
         <v>6272846</v>
       </c>
       <c r="J18" s="8">
         <v>6943456</v>
       </c>
       <c r="K18" s="8">
         <v>5963247</v>
       </c>
       <c r="L18" s="8">
         <v>6419451</v>
       </c>
       <c r="M18" s="8">
         <v>9385623</v>
       </c>
       <c r="N18" s="8">
         <v>72821289</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B19" s="8">
         <v>1716073</v>
       </c>
       <c r="C19" s="8">
         <v>1746110</v>
       </c>
       <c r="D19" s="8">
         <v>1677250</v>
       </c>
       <c r="E19" s="8">
         <v>1860594</v>
       </c>
       <c r="F19" s="8">
         <v>2399860</v>
       </c>
       <c r="G19" s="8">
         <v>2131298</v>
       </c>
       <c r="H19" s="8">
         <v>1974871</v>
       </c>
       <c r="I19" s="8">
         <v>2393834</v>
       </c>
       <c r="J19" s="8">
         <v>2766389</v>
       </c>
       <c r="K19" s="8">
         <v>3357936</v>
       </c>
       <c r="L19" s="8">
         <v>3851284</v>
       </c>
       <c r="M19" s="8">
         <v>2922222</v>
       </c>
       <c r="N19" s="8">
         <v>28797721</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B20" s="8">
         <v>33407</v>
       </c>
       <c r="C20" s="8">
         <v>42852</v>
       </c>
       <c r="D20" s="8">
         <v>61546</v>
       </c>
       <c r="E20" s="8">
         <v>59759</v>
       </c>
       <c r="F20" s="8">
         <v>70685</v>
       </c>
       <c r="G20" s="8">
         <v>125751</v>
       </c>
       <c r="H20" s="8">
         <v>64520</v>
       </c>
       <c r="I20" s="8">
         <v>71933</v>
       </c>
       <c r="J20" s="8">
         <v>95592</v>
       </c>
       <c r="K20" s="8">
         <v>75410</v>
       </c>
       <c r="L20" s="8">
         <v>91387</v>
       </c>
       <c r="M20" s="8">
         <v>188689</v>
       </c>
       <c r="N20" s="8">
         <v>981531</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B21" s="8">
         <v>3159192</v>
       </c>
       <c r="C21" s="8">
         <v>2915514</v>
       </c>
       <c r="D21" s="8">
         <v>4311803</v>
       </c>
       <c r="E21" s="8">
         <v>3185785</v>
       </c>
       <c r="F21" s="8">
         <v>4044879</v>
       </c>
       <c r="G21" s="8">
         <v>5163819</v>
       </c>
       <c r="H21" s="8">
         <v>3672426</v>
       </c>
       <c r="I21" s="8">
         <v>4198191</v>
       </c>
       <c r="J21" s="8">
         <v>4293463</v>
       </c>
       <c r="K21" s="8">
         <v>3967657</v>
       </c>
       <c r="L21" s="8">
         <v>3610810</v>
       </c>
       <c r="M21" s="8">
         <v>4898178</v>
       </c>
       <c r="N21" s="8">
         <v>47421717</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B22" s="8">
         <v>49452156</v>
       </c>
       <c r="C22" s="8">
         <v>50951313</v>
       </c>
       <c r="D22" s="8">
         <v>62865691</v>
       </c>
       <c r="E22" s="8">
         <v>50951399</v>
       </c>
       <c r="F22" s="8">
         <v>58925006</v>
       </c>
       <c r="G22" s="8">
         <v>62853519</v>
       </c>
       <c r="H22" s="8">
         <v>51056617</v>
       </c>
       <c r="I22" s="8">
         <v>59067209</v>
       </c>
       <c r="J22" s="8">
         <v>62119510</v>
       </c>
       <c r="K22" s="8">
         <v>64459833</v>
       </c>
       <c r="L22" s="8">
         <v>64477331</v>
       </c>
       <c r="M22" s="8">
-        <v>71698435</v>
+        <v>71698455</v>
       </c>
       <c r="N22" s="8">
-        <v>708878021</v>
+        <v>708878041</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B23" s="8">
         <v>48404820</v>
       </c>
       <c r="C23" s="8">
         <v>49035595</v>
       </c>
       <c r="D23" s="8">
         <v>60866286</v>
       </c>
       <c r="E23" s="8">
         <v>50056238</v>
       </c>
       <c r="F23" s="8">
         <v>57947389</v>
       </c>
       <c r="G23" s="8">
         <v>62017763</v>
       </c>
       <c r="H23" s="8">
         <v>50077220</v>
       </c>
       <c r="I23" s="8">
         <v>58383121</v>
       </c>
       <c r="J23" s="8">
         <v>61232282</v>
       </c>
       <c r="K23" s="8">
         <v>63306081</v>
       </c>
       <c r="L23" s="8">
         <v>63155408</v>
       </c>
       <c r="M23" s="8">
-        <v>70538784</v>
+        <v>70538804</v>
       </c>
       <c r="N23" s="8">
-        <v>695020988</v>
+        <v>695021008</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B24" s="8">
         <v>1047336</v>
       </c>
       <c r="C24" s="8">
         <v>1915718</v>
       </c>
       <c r="D24" s="8">
         <v>1999405</v>
       </c>
       <c r="E24" s="8">
         <v>895161</v>
       </c>
       <c r="F24" s="8">
         <v>977616</v>
       </c>
       <c r="G24" s="8">
         <v>835756</v>
       </c>
       <c r="H24" s="8">
         <v>979397</v>
       </c>
       <c r="I24" s="8">
         <v>684088</v>
       </c>
       <c r="J24" s="8">
         <v>887228</v>
       </c>
       <c r="K24" s="8">
         <v>1153752</v>
       </c>
       <c r="L24" s="8">
         <v>1321924</v>
       </c>
       <c r="M24" s="8">
         <v>1159650</v>
       </c>
       <c r="N24" s="8">
         <v>13857033</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B25" s="8">
         <v>8725199</v>
       </c>
       <c r="C25" s="8">
         <v>8641943</v>
       </c>
       <c r="D25" s="8">
         <v>10794811</v>
       </c>
       <c r="E25" s="8">
         <v>9752412</v>
       </c>
       <c r="F25" s="8">
         <v>10687232</v>
       </c>
       <c r="G25" s="8">
         <v>10474666</v>
       </c>
       <c r="H25" s="8">
         <v>8550869</v>
       </c>
       <c r="I25" s="8">
         <v>11973381</v>
       </c>
       <c r="J25" s="8">
         <v>12251143</v>
       </c>
       <c r="K25" s="8">
         <v>8292099</v>
       </c>
       <c r="L25" s="8">
         <v>7806987</v>
       </c>
       <c r="M25" s="8">
-        <v>11358932</v>
+        <v>11358934</v>
       </c>
       <c r="N25" s="8">
-        <v>119309675</v>
+        <v>119309677</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B26" s="8">
         <v>7228102</v>
       </c>
       <c r="C26" s="8">
         <v>7379779</v>
       </c>
       <c r="D26" s="8">
         <v>8620605</v>
       </c>
       <c r="E26" s="8">
         <v>7603252</v>
       </c>
       <c r="F26" s="8">
         <v>9241624</v>
       </c>
       <c r="G26" s="8">
         <v>8966670</v>
       </c>
       <c r="H26" s="8">
         <v>7222562</v>
       </c>
       <c r="I26" s="8">
         <v>10429170</v>
       </c>
       <c r="J26" s="8">
         <v>10740017</v>
       </c>
       <c r="K26" s="8">
         <v>6644523</v>
       </c>
       <c r="L26" s="8">
         <v>6402170</v>
       </c>
       <c r="M26" s="8">
-        <v>9592516</v>
+        <v>9592518</v>
       </c>
       <c r="N26" s="8">
-        <v>100070989</v>
+        <v>100070991</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B27" s="8">
         <v>1154054</v>
       </c>
       <c r="C27" s="8">
         <v>945705</v>
       </c>
       <c r="D27" s="8">
         <v>1503435</v>
       </c>
       <c r="E27" s="8">
         <v>1923970</v>
       </c>
       <c r="F27" s="8">
         <v>1196431</v>
       </c>
       <c r="G27" s="8">
         <v>1201990</v>
       </c>
       <c r="H27" s="8">
         <v>1056177</v>
       </c>
       <c r="I27" s="8">
         <v>1334135</v>
       </c>
       <c r="J27" s="8">
         <v>1349400</v>
       </c>
       <c r="K27" s="8">
         <v>1471849</v>
       </c>
       <c r="L27" s="8">
         <v>1242351</v>
       </c>
       <c r="M27" s="8">
         <v>1558293</v>
       </c>
       <c r="N27" s="8">
         <v>15937789</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B28" s="8">
         <v>73620</v>
       </c>
       <c r="C28" s="8">
         <v>100163</v>
       </c>
       <c r="D28" s="8">
         <v>123828</v>
       </c>
       <c r="E28" s="8">
         <v>120466</v>
       </c>
       <c r="F28" s="8">
         <v>120166</v>
       </c>
       <c r="G28" s="8">
         <v>79178</v>
       </c>
       <c r="H28" s="8">
         <v>114958</v>
       </c>
       <c r="I28" s="8">
         <v>118129</v>
       </c>
       <c r="J28" s="8">
         <v>109617</v>
       </c>
       <c r="K28" s="8">
         <v>111446</v>
       </c>
       <c r="L28" s="8">
         <v>87461</v>
       </c>
       <c r="M28" s="8">
         <v>67385</v>
       </c>
       <c r="N28" s="8">
         <v>1226419</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B29" s="8">
         <v>269424</v>
       </c>
       <c r="C29" s="8">
         <v>216297</v>
       </c>
       <c r="D29" s="8">
         <v>546943</v>
       </c>
       <c r="E29" s="8">
         <v>104725</v>
       </c>
       <c r="F29" s="8">
         <v>129011</v>
       </c>
       <c r="G29" s="8">
         <v>226827</v>
       </c>
       <c r="H29" s="8">
         <v>157171</v>
       </c>
       <c r="I29" s="8">
         <v>91947</v>
       </c>
       <c r="J29" s="8">
         <v>52109</v>
       </c>
       <c r="K29" s="8">
         <v>64283</v>
       </c>
       <c r="L29" s="8">
         <v>75005</v>
       </c>
       <c r="M29" s="8">
         <v>140738</v>
       </c>
       <c r="N29" s="8">
         <v>2074478</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B30" s="8">
         <v>7039678</v>
       </c>
       <c r="C30" s="8">
         <v>7081185</v>
       </c>
       <c r="D30" s="8">
         <v>8569034</v>
       </c>
       <c r="E30" s="8">
         <v>7924102</v>
       </c>
       <c r="F30" s="8">
         <v>9613472</v>
       </c>
       <c r="G30" s="8">
         <v>8608888</v>
       </c>
       <c r="H30" s="8">
         <v>7297462</v>
       </c>
       <c r="I30" s="8">
         <v>9729629</v>
       </c>
       <c r="J30" s="8">
         <v>8496570</v>
       </c>
       <c r="K30" s="8">
         <v>6472085</v>
       </c>
       <c r="L30" s="8">
         <v>6491907</v>
       </c>
       <c r="M30" s="8">
         <v>6764982</v>
       </c>
       <c r="N30" s="8">
         <v>94088993</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B31" s="8">
         <v>3701358</v>
       </c>
       <c r="C31" s="8">
         <v>3967272</v>
       </c>
       <c r="D31" s="8">
         <v>4244040</v>
       </c>
       <c r="E31" s="8">
         <v>4122978</v>
       </c>
       <c r="F31" s="8">
         <v>4616807</v>
       </c>
       <c r="G31" s="8">
         <v>4459687</v>
       </c>
       <c r="H31" s="8">
         <v>3630589</v>
       </c>
       <c r="I31" s="8">
         <v>4369389</v>
       </c>
       <c r="J31" s="8">
         <v>3831282</v>
       </c>
       <c r="K31" s="8">
         <v>3957517</v>
       </c>
       <c r="L31" s="8">
         <v>3763210</v>
       </c>
       <c r="M31" s="8">
         <v>2966766</v>
       </c>
       <c r="N31" s="8">
         <v>47630894</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B32" s="8">
         <v>3338320</v>
       </c>
       <c r="C32" s="8">
         <v>3113913</v>
       </c>
       <c r="D32" s="8">
         <v>4324994</v>
       </c>
       <c r="E32" s="8">
         <v>3801124</v>
       </c>
       <c r="F32" s="8">
         <v>4996666</v>
       </c>
       <c r="G32" s="8">
         <v>4149201</v>
       </c>
       <c r="H32" s="8">
         <v>3666873</v>
       </c>
       <c r="I32" s="8">
         <v>5360240</v>
       </c>
       <c r="J32" s="8">
         <v>4665288</v>
       </c>
       <c r="K32" s="8">
         <v>2514567</v>
       </c>
       <c r="L32" s="8">
         <v>2728697</v>
       </c>
       <c r="M32" s="8">
         <v>3798216</v>
       </c>
       <c r="N32" s="8">
         <v>46458098</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B33" s="8">
         <v>1130256932</v>
       </c>
       <c r="C33" s="8">
         <v>1111404231</v>
       </c>
       <c r="D33" s="8">
         <v>1099206131</v>
       </c>
       <c r="E33" s="8">
         <v>1027284824</v>
       </c>
       <c r="F33" s="8">
         <v>975847414</v>
       </c>
       <c r="G33" s="8">
         <v>945011444</v>
       </c>
       <c r="H33" s="8">
         <v>872630447</v>
       </c>
       <c r="I33" s="8">
         <v>790490678</v>
       </c>
       <c r="J33" s="8">
         <v>938588564</v>
       </c>
       <c r="K33" s="8">
         <v>1021064727</v>
       </c>
       <c r="L33" s="8">
         <v>1084622614</v>
       </c>
       <c r="M33" s="8">
         <v>1233896244</v>
       </c>
       <c r="N33" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B34" s="8">
         <v>866657750</v>
       </c>
       <c r="C34" s="8">
         <v>849387996</v>
       </c>
       <c r="D34" s="8">
         <v>827045177</v>
       </c>
       <c r="E34" s="8">
         <v>776262745</v>
       </c>
       <c r="F34" s="8">
         <v>736671648</v>
       </c>
       <c r="G34" s="8">
         <v>703732633</v>
       </c>
       <c r="H34" s="8">
         <v>655067863</v>
       </c>
       <c r="I34" s="8">
         <v>586393579</v>
       </c>
       <c r="J34" s="8">
         <v>726226645</v>
       </c>
       <c r="K34" s="8">
         <v>808063090</v>
       </c>
       <c r="L34" s="8">
         <v>853976040</v>
       </c>
       <c r="M34" s="8">
         <v>938170736</v>
       </c>
       <c r="N34" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B35" s="8">
         <v>239405454</v>
       </c>
       <c r="C35" s="8">
         <v>239587750</v>
       </c>
       <c r="D35" s="8">
         <v>246065819</v>
       </c>
       <c r="E35" s="8">
         <v>226401033</v>
       </c>
       <c r="F35" s="8">
         <v>213052193</v>
       </c>
       <c r="G35" s="8">
         <v>213795213</v>
       </c>
       <c r="H35" s="8">
         <v>190838996</v>
       </c>
       <c r="I35" s="8">
         <v>174359524</v>
       </c>
       <c r="J35" s="8">
         <v>182806147</v>
       </c>
       <c r="K35" s="8">
         <v>185696381</v>
       </c>
       <c r="L35" s="8">
         <v>205819036</v>
       </c>
       <c r="M35" s="8">
         <v>271054789</v>
       </c>
       <c r="N35" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B36" s="8">
         <v>2224292</v>
       </c>
       <c r="C36" s="8">
         <v>1064238</v>
       </c>
       <c r="D36" s="8">
         <v>1786877</v>
       </c>
       <c r="E36" s="8">
         <v>1003651</v>
       </c>
       <c r="F36" s="8">
         <v>1546226</v>
       </c>
       <c r="G36" s="8">
         <v>818991</v>
       </c>
       <c r="H36" s="8">
         <v>639258</v>
       </c>
       <c r="I36" s="8">
         <v>2207004</v>
       </c>
       <c r="J36" s="8">
         <v>823496</v>
       </c>
       <c r="K36" s="8">
         <v>702039</v>
       </c>
       <c r="L36" s="8">
         <v>607038</v>
       </c>
       <c r="M36" s="8">
         <v>596867</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B37" s="8">
         <v>17936328</v>
       </c>
       <c r="C37" s="8">
         <v>17550676</v>
       </c>
       <c r="D37" s="8">
         <v>19884023</v>
       </c>
       <c r="E37" s="8">
         <v>20068501</v>
       </c>
       <c r="F37" s="8">
         <v>20961506</v>
       </c>
       <c r="G37" s="8">
         <v>21845250</v>
       </c>
       <c r="H37" s="8">
         <v>22916411</v>
       </c>
       <c r="I37" s="8">
         <v>24195519</v>
       </c>
       <c r="J37" s="8">
         <v>24415500</v>
       </c>
       <c r="K37" s="8">
         <v>23357754</v>
       </c>
       <c r="L37" s="8">
         <v>21014634</v>
       </c>
       <c r="M37" s="8">
         <v>19343959</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B38" s="8">
         <v>207655</v>
       </c>
       <c r="C38" s="8">
         <v>256512</v>
       </c>
       <c r="D38" s="8">
         <v>282479</v>
       </c>
       <c r="E38" s="8">
         <v>267425</v>
       </c>
       <c r="F38" s="8">
         <v>228257</v>
       </c>
       <c r="G38" s="8">
         <v>1070471</v>
       </c>
       <c r="H38" s="8">
         <v>329960</v>
       </c>
       <c r="I38" s="8">
         <v>342531</v>
       </c>
       <c r="J38" s="8">
         <v>340734</v>
       </c>
       <c r="K38" s="8">
         <v>315521</v>
       </c>
       <c r="L38" s="8">
         <v>270701</v>
       </c>
       <c r="M38" s="8">
         <v>274846</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B39" s="8">
         <v>3825451</v>
       </c>
       <c r="C39" s="8">
         <v>3557059</v>
       </c>
       <c r="D39" s="8">
         <v>4141755</v>
       </c>
       <c r="E39" s="8">
         <v>3281468</v>
       </c>
       <c r="F39" s="8">
         <v>3387584</v>
       </c>
       <c r="G39" s="8">
         <v>3748887</v>
       </c>
       <c r="H39" s="8">
         <v>2837959</v>
       </c>
       <c r="I39" s="8">
         <v>2992521</v>
       </c>
       <c r="J39" s="8">
         <v>3976042</v>
       </c>
       <c r="K39" s="8">
         <v>2929942</v>
       </c>
       <c r="L39" s="8">
         <v>2935165</v>
       </c>
       <c r="M39" s="8">
         <v>4455046</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B40" s="8">
         <v>1130256932</v>
       </c>
       <c r="C40" s="8">
         <v>1111404231</v>
       </c>
       <c r="D40" s="8">
         <v>1099206131</v>
       </c>
       <c r="E40" s="8">
         <v>1027284824</v>
       </c>
       <c r="F40" s="8">
         <v>975847414</v>
       </c>
       <c r="G40" s="8">
         <v>945011444</v>
       </c>
       <c r="H40" s="8">
         <v>872630447</v>
       </c>
       <c r="I40" s="8">
         <v>790490678</v>
       </c>
       <c r="J40" s="8">
         <v>938588564</v>
       </c>
       <c r="K40" s="8">
         <v>1021064727</v>
       </c>
       <c r="L40" s="8">
         <v>1084622614</v>
       </c>
       <c r="M40" s="8">
         <v>1233896244</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B41" s="8">
         <v>182018408</v>
       </c>
       <c r="C41" s="8">
         <v>184801299</v>
       </c>
       <c r="D41" s="8">
         <v>197362067</v>
       </c>
       <c r="E41" s="8">
         <v>196536582</v>
       </c>
       <c r="F41" s="8">
         <v>201716620</v>
       </c>
       <c r="G41" s="8">
         <v>214878155</v>
       </c>
       <c r="H41" s="8">
         <v>214534541</v>
       </c>
       <c r="I41" s="8">
         <v>223937722</v>
       </c>
       <c r="J41" s="8">
         <v>229067069</v>
       </c>
       <c r="K41" s="8">
         <v>215318822</v>
       </c>
       <c r="L41" s="8">
         <v>204182963</v>
       </c>
       <c r="M41" s="8">
         <v>200659663</v>
       </c>
       <c r="N41" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B42" s="8">
         <v>948238524</v>
       </c>
       <c r="C42" s="8">
         <v>926602931</v>
       </c>
       <c r="D42" s="8">
         <v>901844063</v>
       </c>
       <c r="E42" s="8">
         <v>830748242</v>
       </c>
       <c r="F42" s="8">
         <v>774130794</v>
       </c>
       <c r="G42" s="8">
         <v>730133289</v>
       </c>
       <c r="H42" s="8">
         <v>658095906</v>
       </c>
       <c r="I42" s="8">
         <v>566552956</v>
       </c>
       <c r="J42" s="8">
         <v>709521495</v>
       </c>
       <c r="K42" s="8">
         <v>805745905</v>
       </c>
       <c r="L42" s="8">
         <v>880439652</v>
       </c>
       <c r="M42" s="8">
         <v>1033236581</v>
       </c>
       <c r="N42" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="43" ht="12" customHeight="1"/>
     <row r="44" ht="14" customHeight="1">
       <c r="A44" s="10" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B44" s="10"/>
       <c r="C44" s="10"/>
       <c r="D44" s="10"/>
       <c r="E44" s="10"/>
       <c r="F44" s="10"/>
       <c r="G44" s="10"/>
       <c r="H44" s="10"/>
       <c r="I44" s="10"/>
       <c r="J44" s="10"/>
       <c r="K44" s="10"/>
       <c r="L44" s="10"/>
       <c r="M44" s="10"/>
       <c r="N44" s="10"/>
     </row>
     <row r="45" ht="14" customHeight="1">
       <c r="A45" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B45" s="11"/>
       <c r="C45" s="11"/>
       <c r="D45" s="11"/>
       <c r="E45" s="11"/>
       <c r="F45" s="11"/>
       <c r="G45" s="11"/>
       <c r="H45" s="11"/>
       <c r="I45" s="11"/>
       <c r="J45" s="11"/>
       <c r="K45" s="11"/>
       <c r="L45" s="11"/>
       <c r="M45" s="11"/>
       <c r="N45" s="11"/>
     </row>
     <row r="46" ht="29" customHeight="1">
       <c r="A46" s="12" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B46" s="12"/>
       <c r="C46" s="12"/>
       <c r="D46" s="12"/>
       <c r="E46" s="12"/>
       <c r="F46" s="12"/>
       <c r="G46" s="12"/>
       <c r="H46" s="12"/>
       <c r="I46" s="12"/>
       <c r="J46" s="12"/>
       <c r="K46" s="12"/>
       <c r="L46" s="12"/>
       <c r="M46" s="12"/>
       <c r="N46" s="12"/>
     </row>
     <row r="47" ht="43" customHeight="1">
       <c r="A47" s="12" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B47" s="12"/>
       <c r="C47" s="12"/>
       <c r="D47" s="12"/>
       <c r="E47" s="12"/>
       <c r="F47" s="12"/>
       <c r="G47" s="12"/>
       <c r="H47" s="12"/>
       <c r="I47" s="12"/>
       <c r="J47" s="12"/>
       <c r="K47" s="12"/>
       <c r="L47" s="12"/>
       <c r="M47" s="12"/>
       <c r="N47" s="12"/>
     </row>
     <row r="48" ht="12" customHeight="1">
       <c r="A48" s="13" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B48" s="13"/>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="13"/>
       <c r="G48" s="13"/>
       <c r="H48" s="13"/>
       <c r="I48" s="13"/>
       <c r="J48" s="13"/>
       <c r="K48" s="13"/>
       <c r="L48" s="13"/>
       <c r="M48" s="13"/>
       <c r="N48" s="13"/>
     </row>
     <row r="49" ht="14" customHeight="1">
       <c r="A49" s="12" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="12"/>
       <c r="E49" s="12"/>
       <c r="F49" s="12"/>
       <c r="G49" s="12"/>
       <c r="H49" s="12"/>
       <c r="I49" s="12"/>
       <c r="J49" s="12"/>
       <c r="K49" s="12"/>
       <c r="L49" s="12"/>
       <c r="M49" s="12"/>
       <c r="N49" s="12"/>
     </row>
     <row r="50" ht="43" customHeight="1">
       <c r="A50" s="12" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B50" s="12"/>
       <c r="C50" s="12"/>
       <c r="D50" s="12"/>
       <c r="E50" s="12"/>
       <c r="F50" s="12"/>
       <c r="G50" s="12"/>
       <c r="H50" s="12"/>
       <c r="I50" s="12"/>
       <c r="J50" s="12"/>
       <c r="K50" s="12"/>
       <c r="L50" s="12"/>
       <c r="M50" s="12"/>
       <c r="N50" s="12"/>
     </row>
     <row r="51" ht="14" customHeight="1">
       <c r="A51" s="12" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B51" s="12"/>
       <c r="C51" s="12"/>
       <c r="D51" s="12"/>
       <c r="E51" s="12"/>
       <c r="F51" s="12"/>
       <c r="G51" s="12"/>
       <c r="H51" s="12"/>
       <c r="I51" s="12"/>
       <c r="J51" s="12"/>
       <c r="K51" s="12"/>
       <c r="L51" s="12"/>
       <c r="M51" s="12"/>
       <c r="N51" s="12"/>
     </row>
     <row r="52" ht="14" customHeight="1">
       <c r="A52" s="12" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B52" s="12"/>
       <c r="C52" s="12"/>
       <c r="D52" s="12"/>
       <c r="E52" s="12"/>
       <c r="F52" s="12"/>
       <c r="G52" s="12"/>
       <c r="H52" s="12"/>
       <c r="I52" s="12"/>
       <c r="J52" s="12"/>
       <c r="K52" s="12"/>
       <c r="L52" s="12"/>
       <c r="M52" s="12"/>
       <c r="N52" s="12"/>
     </row>
     <row r="53" ht="12" customHeight="1">
       <c r="A53" s="13" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B53" s="13"/>
       <c r="C53" s="13"/>
       <c r="D53" s="13"/>
       <c r="E53" s="13"/>
       <c r="F53" s="13"/>
       <c r="G53" s="13"/>
       <c r="H53" s="13"/>
       <c r="I53" s="13"/>
       <c r="J53" s="13"/>
       <c r="K53" s="13"/>
       <c r="L53" s="13"/>
       <c r="M53" s="13"/>
       <c r="N53" s="13"/>
     </row>
     <row r="54" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A44:N44"/>
@@ -26168,63 +26408,63 @@
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <dir xmlns="02617c3e-573d-4b6e-8178-608e9b4df8d5" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F25A32FA-43FC-4301-8646-07C093EC72F5}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A80BBA7-E4F2-4E00-8579-FF750996FD64}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F48E6D97-2F5B-4BCA-BC15-4A910218C346}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{65DF1BB1-A8AB-47CB-9936-9F4034F8D1BB}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7707FDA4-2E45-4745-94F8-EC84E0B65505}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AC9D13DB-1616-4CC4-A931-75013DC4BFC7}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CD6F62E4-35AB-4342-BB6C-664DDEE21D83}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3CA3B61B-83AC-4EF1-94F4-22E6105C6E9A}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>