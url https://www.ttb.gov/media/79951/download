--- v1 (2025-12-25)
+++ v2 (2026-03-04)
@@ -46,102 +46,110 @@
   <workbookPr showInkAnnotation="0" autoCompressPictures="0"/>
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="1" r:id="rId1"/>
     <sheet name="2024" sheetId="2" r:id="rId2"/>
     <sheet name="2023" sheetId="3" r:id="rId3"/>
     <sheet name="2022" sheetId="4" r:id="rId4"/>
     <sheet name="2021" sheetId="5" r:id="rId5"/>
     <sheet name="2020" sheetId="6" r:id="rId6"/>
     <sheet name="2019" sheetId="7" r:id="rId7"/>
     <sheet name="2018" sheetId="8" r:id="rId8"/>
     <sheet name="2017" sheetId="9" r:id="rId9"/>
     <sheet name="2016" sheetId="10" r:id="rId10"/>
     <sheet name="2015" sheetId="11" r:id="rId11"/>
     <sheet name="2014" sheetId="12" r:id="rId12"/>
     <sheet name="2013" sheetId="13" r:id="rId13"/>
     <sheet name="2012" sheetId="14" r:id="rId14"/>
   </sheets>
   <calcPr calcId="0" concurrentCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1188" uniqueCount="245">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1198" uniqueCount="247">
   <si>
     <t>U.S. DEPARTMENT OF THE TREASURY</t>
   </si>
   <si>
     <t>ALCOHOL AND TOBACCO TAX AND TRADE BUREAU</t>
   </si>
   <si>
     <t>2025 MONTHLY NATIONAL STATISTICAL REPORT - Wine</t>
   </si>
   <si>
     <t> </t>
   </si>
   <si>
-    <t>Report Date: 10-DEC-2025</t>
+    <t>Report Date: 22-JAN-2026</t>
   </si>
   <si>
     <t>Report Symbol: TTB-S-5120-2025</t>
   </si>
   <si>
     <t>Units: Wine Gallons</t>
   </si>
   <si>
     <t xml:space="preserve">January 
  2025</t>
   </si>
   <si>
     <t xml:space="preserve">February 
  2025</t>
   </si>
   <si>
     <t xml:space="preserve">March 
  2025</t>
   </si>
   <si>
     <t xml:space="preserve">April 
  2025</t>
   </si>
   <si>
     <t xml:space="preserve">May 
  2025</t>
   </si>
   <si>
     <t xml:space="preserve">June 
  2025</t>
   </si>
   <si>
     <t xml:space="preserve">July 
  2025</t>
   </si>
   <si>
     <t xml:space="preserve">August 
+ 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">September 
+ 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">October 
  2025</t>
   </si>
   <si>
     <r>
       <t>Number of Industry Members</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9.5"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t>c</t>
     </r>
   </si>
   <si>
     <t>Production</t>
   </si>
   <si>
     <t>    Still Wine ≤ 16% ABV</t>
   </si>
   <si>
     <t>    Still Wine &gt; 16% ABV</t>
   </si>
@@ -1423,66 +1431,68 @@
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr filterMode="0" enableFormatConditionsCalculation="0">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:I53"/>
+  <dimension ref="A1:K53"/>
   <sheetViews>
     <sheetView zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0">
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12" customHeight="1" x14ac:dyDescent="0"/>
   <cols>
     <col min="1" max="1" width="43.57" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="15.71" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="15.71" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
@@ -1500,1187 +1510,1417 @@
       </c>
       <c r="B8" s="6" t="s">
         <v>7</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>9</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>10</v>
       </c>
       <c r="F8" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G8" s="6" t="s">
         <v>12</v>
       </c>
       <c r="H8" s="6" t="s">
         <v>13</v>
       </c>
       <c r="I8" s="6" t="s">
         <v>14</v>
       </c>
+      <c r="J8" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="K8" s="6" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B9" s="8">
-        <v>1458</v>
+        <v>1462</v>
       </c>
       <c r="C9" s="8">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="D9" s="8">
-        <v>3496</v>
+        <v>3529</v>
       </c>
       <c r="E9" s="8">
-        <v>1420</v>
+        <v>1423</v>
       </c>
       <c r="F9" s="8">
-        <v>1404</v>
+        <v>1414</v>
       </c>
       <c r="G9" s="8">
-        <v>3409</v>
+        <v>3474</v>
       </c>
       <c r="H9" s="8">
-        <v>1360</v>
+        <v>1381</v>
       </c>
       <c r="I9" s="8">
-        <v>1345</v>
+        <v>1371</v>
+      </c>
+      <c r="J9" s="8">
+        <v>3304</v>
+      </c>
+      <c r="K9" s="8">
+        <v>1326</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B10" s="8">
-        <v>44010667</v>
+        <v>44010747</v>
       </c>
       <c r="C10" s="8">
         <v>30696969</v>
       </c>
       <c r="D10" s="8">
-        <v>28319066</v>
+        <v>28388705</v>
       </c>
       <c r="E10" s="8">
-        <v>16151474</v>
+        <v>16136981</v>
       </c>
       <c r="F10" s="8">
-        <v>7242473</v>
+        <v>7344169</v>
       </c>
       <c r="G10" s="8">
-        <v>13271433</v>
+        <v>13404384</v>
       </c>
       <c r="H10" s="8">
-        <v>12360318</v>
+        <v>12453308</v>
       </c>
       <c r="I10" s="8">
-        <v>18787708</v>
+        <v>18758460</v>
+      </c>
+      <c r="J10" s="8">
+        <v>82157043</v>
+      </c>
+      <c r="K10" s="8">
+        <v>118633684</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B11" s="8">
-        <v>38203308</v>
+        <v>38203388</v>
       </c>
       <c r="C11" s="8">
         <v>24301701</v>
       </c>
       <c r="D11" s="8">
-        <v>20288715</v>
+        <v>20356802</v>
       </c>
       <c r="E11" s="8">
-        <v>9405933</v>
+        <v>9391440</v>
       </c>
       <c r="F11" s="8">
-        <v>2188687</v>
+        <v>2264909</v>
       </c>
       <c r="G11" s="8">
-        <v>7297589</v>
+        <v>7417838</v>
       </c>
       <c r="H11" s="8">
-        <v>6683049</v>
+        <v>6739801</v>
       </c>
       <c r="I11" s="8">
-        <v>13098420</v>
+        <v>13048880</v>
+      </c>
+      <c r="J11" s="8">
+        <v>74372728</v>
+      </c>
+      <c r="K11" s="8">
+        <v>109652020</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B12" s="8">
         <v>2399418</v>
       </c>
       <c r="C12" s="8">
         <v>2599737</v>
       </c>
       <c r="D12" s="8">
-        <v>3869398</v>
+        <v>3870241</v>
       </c>
       <c r="E12" s="8">
         <v>3390877</v>
       </c>
       <c r="F12" s="8">
-        <v>1886973</v>
+        <v>1912448</v>
       </c>
       <c r="G12" s="8">
-        <v>2148288</v>
+        <v>2148365</v>
       </c>
       <c r="H12" s="8">
-        <v>1930237</v>
+        <v>1965476</v>
       </c>
       <c r="I12" s="8">
-        <v>2774668</v>
+        <v>2775448</v>
+      </c>
+      <c r="J12" s="8">
+        <v>3349101</v>
+      </c>
+      <c r="K12" s="8">
+        <v>5802586</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B13" s="8">
         <v>2028361</v>
       </c>
       <c r="C13" s="8">
         <v>2494943</v>
       </c>
       <c r="D13" s="8">
         <v>1753094</v>
       </c>
       <c r="E13" s="8">
         <v>1943689</v>
       </c>
       <c r="F13" s="8">
         <v>1555213</v>
       </c>
       <c r="G13" s="8">
-        <v>1822684</v>
+        <v>1822377</v>
       </c>
       <c r="H13" s="8">
         <v>1872803</v>
       </c>
       <c r="I13" s="8">
         <v>1465019</v>
       </c>
+      <c r="J13" s="8">
+        <v>1543589</v>
+      </c>
+      <c r="K13" s="8">
+        <v>1402660</v>
+      </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>64585</v>
       </c>
       <c r="C14" s="8">
         <v>126725</v>
       </c>
       <c r="D14" s="8">
-        <v>155955</v>
+        <v>156003</v>
       </c>
       <c r="E14" s="8">
         <v>207310</v>
       </c>
       <c r="F14" s="8">
         <v>247708</v>
       </c>
       <c r="G14" s="8">
-        <v>189810</v>
+        <v>191079</v>
       </c>
       <c r="H14" s="8">
         <v>315475</v>
       </c>
       <c r="I14" s="8">
         <v>86353</v>
       </c>
+      <c r="J14" s="8">
+        <v>336474</v>
+      </c>
+      <c r="K14" s="8">
+        <v>111660</v>
+      </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B15" s="8">
         <v>1314996</v>
       </c>
       <c r="C15" s="8">
         <v>1173863</v>
       </c>
       <c r="D15" s="8">
-        <v>2251904</v>
+        <v>2252565</v>
       </c>
       <c r="E15" s="8">
         <v>1203666</v>
       </c>
       <c r="F15" s="8">
         <v>1363891</v>
       </c>
       <c r="G15" s="8">
-        <v>1813062</v>
+        <v>1824725</v>
       </c>
       <c r="H15" s="8">
-        <v>1558753</v>
+        <v>1559753</v>
       </c>
       <c r="I15" s="8">
-        <v>1363247</v>
+        <v>1382761</v>
+      </c>
+      <c r="J15" s="8">
+        <v>2555151</v>
+      </c>
+      <c r="K15" s="8">
+        <v>1664758</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B16" s="8">
-        <v>43892568</v>
+        <v>43893678</v>
       </c>
       <c r="C16" s="8">
-        <v>44392372</v>
+        <v>44393480</v>
       </c>
       <c r="D16" s="8">
-        <v>48267381</v>
+        <v>48327152</v>
       </c>
       <c r="E16" s="8">
-        <v>43956335</v>
+        <v>43312199</v>
       </c>
       <c r="F16" s="8">
-        <v>41477419</v>
+        <v>41485948</v>
       </c>
       <c r="G16" s="8">
-        <v>49297179</v>
+        <v>49439210</v>
       </c>
       <c r="H16" s="8">
-        <v>43271310</v>
+        <v>43426418</v>
       </c>
       <c r="I16" s="8">
-        <v>42225756</v>
+        <v>42218875</v>
+      </c>
+      <c r="J16" s="8">
+        <v>50690952</v>
+      </c>
+      <c r="K16" s="8">
+        <v>47832996</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B17" s="8">
-        <v>38656777</v>
+        <v>38657284</v>
       </c>
       <c r="C17" s="8">
-        <v>39876302</v>
+        <v>39877369</v>
       </c>
       <c r="D17" s="8">
-        <v>42537251</v>
+        <v>42592299</v>
       </c>
       <c r="E17" s="8">
-        <v>39238962</v>
+        <v>38600054</v>
       </c>
       <c r="F17" s="8">
-        <v>36704565</v>
+        <v>36712469</v>
       </c>
       <c r="G17" s="8">
-        <v>43659941</v>
+        <v>43785965</v>
       </c>
       <c r="H17" s="8">
-        <v>37979366</v>
+        <v>38120279</v>
       </c>
       <c r="I17" s="8">
-        <v>36575847</v>
+        <v>36548629</v>
+      </c>
+      <c r="J17" s="8">
+        <v>43815685</v>
+      </c>
+      <c r="K17" s="8">
+        <v>42228484</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B18" s="8">
         <v>768489</v>
       </c>
       <c r="C18" s="8">
-        <v>700615</v>
+        <v>700614</v>
       </c>
       <c r="D18" s="8">
-        <v>889459</v>
+        <v>890246</v>
       </c>
       <c r="E18" s="8">
-        <v>699389</v>
+        <v>693858</v>
       </c>
       <c r="F18" s="8">
-        <v>584419</v>
+        <v>584438</v>
       </c>
       <c r="G18" s="8">
-        <v>676178</v>
+        <v>676339</v>
       </c>
       <c r="H18" s="8">
-        <v>591037</v>
+        <v>591168</v>
       </c>
       <c r="I18" s="8">
-        <v>612441</v>
+        <v>612799</v>
+      </c>
+      <c r="J18" s="8">
+        <v>664751</v>
+      </c>
+      <c r="K18" s="8">
+        <v>631763</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B19" s="8">
-        <v>1688549</v>
+        <v>1689034</v>
       </c>
       <c r="C19" s="8">
-        <v>1501030</v>
+        <v>1501075</v>
       </c>
       <c r="D19" s="8">
-        <v>1803219</v>
+        <v>1804245</v>
       </c>
       <c r="E19" s="8">
-        <v>1546538</v>
+        <v>1546853</v>
       </c>
       <c r="F19" s="8">
-        <v>1439585</v>
+        <v>1439632</v>
       </c>
       <c r="G19" s="8">
-        <v>1361522</v>
+        <v>1363389</v>
       </c>
       <c r="H19" s="8">
-        <v>1881417</v>
+        <v>1882922</v>
       </c>
       <c r="I19" s="8">
-        <v>1532412</v>
+        <v>1532491</v>
+      </c>
+      <c r="J19" s="8">
+        <v>1706020</v>
+      </c>
+      <c r="K19" s="8">
+        <v>1951146</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B20" s="8">
         <v>206180</v>
       </c>
       <c r="C20" s="8">
         <v>186282</v>
       </c>
       <c r="D20" s="8">
-        <v>283184</v>
+        <v>283318</v>
       </c>
       <c r="E20" s="8">
         <v>207679</v>
       </c>
       <c r="F20" s="8">
-        <v>205976</v>
+        <v>206550</v>
       </c>
       <c r="G20" s="8">
-        <v>383005</v>
+        <v>383922</v>
       </c>
       <c r="H20" s="8">
-        <v>375783</v>
+        <v>386644</v>
       </c>
       <c r="I20" s="8">
-        <v>388739</v>
+        <v>388971</v>
+      </c>
+      <c r="J20" s="8">
+        <v>525891</v>
+      </c>
+      <c r="K20" s="8">
+        <v>524821</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B21" s="8">
-        <v>2572573</v>
+        <v>2572691</v>
       </c>
       <c r="C21" s="8">
-        <v>2128144</v>
+        <v>2128140</v>
       </c>
       <c r="D21" s="8">
-        <v>2754268</v>
+        <v>2757045</v>
       </c>
       <c r="E21" s="8">
-        <v>2263768</v>
+        <v>2263756</v>
       </c>
       <c r="F21" s="8">
-        <v>2542875</v>
+        <v>2542859</v>
       </c>
       <c r="G21" s="8">
-        <v>3216533</v>
+        <v>3229595</v>
       </c>
       <c r="H21" s="8">
-        <v>2443708</v>
+        <v>2445405</v>
       </c>
       <c r="I21" s="8">
-        <v>3116317</v>
+        <v>3135986</v>
+      </c>
+      <c r="J21" s="8">
+        <v>3978605</v>
+      </c>
+      <c r="K21" s="8">
+        <v>2496782</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B22" s="8">
-        <v>43892568</v>
+        <v>43893678</v>
       </c>
       <c r="C22" s="8">
-        <v>44392372</v>
+        <v>44393480</v>
       </c>
       <c r="D22" s="8">
-        <v>48267381</v>
+        <v>48327152</v>
       </c>
       <c r="E22" s="8">
-        <v>43956335</v>
+        <v>43312199</v>
       </c>
       <c r="F22" s="8">
-        <v>41477419</v>
+        <v>41485948</v>
       </c>
       <c r="G22" s="8">
-        <v>49297179</v>
+        <v>49439210</v>
       </c>
       <c r="H22" s="8">
-        <v>43271310</v>
+        <v>43426418</v>
       </c>
       <c r="I22" s="8">
-        <v>42225756</v>
+        <v>42218875</v>
+      </c>
+      <c r="J22" s="8">
+        <v>50690952</v>
+      </c>
+      <c r="K22" s="8">
+        <v>47832996</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B23" s="8">
-        <v>42323941</v>
+        <v>42325048</v>
       </c>
       <c r="C23" s="8">
-        <v>40531093</v>
+        <v>40532201</v>
       </c>
       <c r="D23" s="8">
-        <v>47023348</v>
+        <v>47082764</v>
       </c>
       <c r="E23" s="8">
-        <v>42092328</v>
+        <v>42092680</v>
       </c>
       <c r="F23" s="8">
-        <v>40057762</v>
+        <v>40066290</v>
       </c>
       <c r="G23" s="8">
-        <v>47899818</v>
+        <v>48041500</v>
       </c>
       <c r="H23" s="8">
-        <v>41372037</v>
+        <v>41553546</v>
       </c>
       <c r="I23" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
+      </c>
+      <c r="J23" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="K23" s="9" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B24" s="8">
-        <v>1568627</v>
+        <v>1568630</v>
       </c>
       <c r="C24" s="8">
         <v>3861279</v>
       </c>
       <c r="D24" s="8">
-        <v>1244033</v>
+        <v>1244389</v>
       </c>
       <c r="E24" s="8">
-        <v>1864008</v>
+        <v>1219519</v>
       </c>
       <c r="F24" s="8">
-        <v>1419656</v>
+        <v>1419658</v>
       </c>
       <c r="G24" s="8">
-        <v>1397361</v>
+        <v>1397710</v>
       </c>
       <c r="H24" s="8">
-        <v>1899273</v>
+        <v>1872872</v>
       </c>
       <c r="I24" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
+      </c>
+      <c r="J24" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="K24" s="9" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B25" s="8">
-        <v>10786177</v>
+        <v>10786217</v>
       </c>
       <c r="C25" s="8">
-        <v>10252256</v>
+        <v>10252461</v>
       </c>
       <c r="D25" s="8">
-        <v>12347693</v>
+        <v>12350002</v>
       </c>
       <c r="E25" s="8">
-        <v>8692817</v>
+        <v>8693045</v>
       </c>
       <c r="F25" s="8">
-        <v>8694207</v>
+        <v>8358194</v>
       </c>
       <c r="G25" s="8">
-        <v>10283942</v>
+        <v>10280782</v>
       </c>
       <c r="H25" s="8">
-        <v>10296526</v>
+        <v>10309402</v>
       </c>
       <c r="I25" s="8">
-        <v>15286533</v>
+        <v>15287153</v>
+      </c>
+      <c r="J25" s="8">
+        <v>11819131</v>
+      </c>
+      <c r="K25" s="8">
+        <v>9735973</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B26" s="8">
-        <v>6484797</v>
+        <v>6484837</v>
       </c>
       <c r="C26" s="8">
-        <v>6145372</v>
+        <v>6145565</v>
       </c>
       <c r="D26" s="8">
-        <v>6818275</v>
+        <v>6820577</v>
       </c>
       <c r="E26" s="8">
-        <v>5161761</v>
+        <v>5161982</v>
       </c>
       <c r="F26" s="8">
-        <v>5859737</v>
+        <v>5522567</v>
       </c>
       <c r="G26" s="8">
-        <v>6255369</v>
+        <v>6252193</v>
       </c>
       <c r="H26" s="8">
-        <v>6166671</v>
+        <v>6176452</v>
       </c>
       <c r="I26" s="8">
-        <v>10858337</v>
+        <v>10858932</v>
+      </c>
+      <c r="J26" s="8">
+        <v>7032168</v>
+      </c>
+      <c r="K26" s="8">
+        <v>5489707</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B27" s="8">
         <v>3960448</v>
       </c>
       <c r="C27" s="8">
         <v>3786655</v>
       </c>
       <c r="D27" s="8">
         <v>5212422</v>
       </c>
       <c r="E27" s="8">
         <v>2933967</v>
       </c>
       <c r="F27" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="G27" s="8">
         <v>3793852</v>
       </c>
       <c r="H27" s="8">
-        <v>3575264</v>
+        <v>3578350</v>
       </c>
       <c r="I27" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
+      </c>
+      <c r="J27" s="8">
+        <v>4637526</v>
+      </c>
+      <c r="K27" s="9" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B28" s="8">
         <v>24655</v>
       </c>
       <c r="C28" s="8">
-        <v>34758</v>
+        <v>34769</v>
       </c>
       <c r="D28" s="8">
-        <v>27887</v>
+        <v>27891</v>
       </c>
       <c r="E28" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F28" s="8">
-        <v>49652</v>
+        <v>49660</v>
       </c>
       <c r="G28" s="8">
-        <v>31012</v>
+        <v>31022</v>
       </c>
       <c r="H28" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="I28" s="8">
-        <v>34000</v>
+        <v>34026</v>
+      </c>
+      <c r="J28" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="K28" s="8">
+        <v>46474</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B29" s="8">
         <v>316278</v>
       </c>
       <c r="C29" s="8">
         <v>285472</v>
       </c>
       <c r="D29" s="8">
-        <v>289110</v>
+        <v>289112</v>
       </c>
       <c r="E29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="G29" s="8">
-        <v>203710</v>
+        <v>203715</v>
       </c>
       <c r="H29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="I29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
+      </c>
+      <c r="J29" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="K29" s="9" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B30" s="8">
         <v>5699333</v>
       </c>
       <c r="C30" s="8">
         <v>5342734</v>
       </c>
       <c r="D30" s="8">
         <v>4937646</v>
       </c>
       <c r="E30" s="8">
         <v>4007988</v>
       </c>
       <c r="F30" s="8">
         <v>4509690</v>
       </c>
       <c r="G30" s="8">
-        <v>4394573</v>
+        <v>4390347</v>
       </c>
       <c r="H30" s="8">
-        <v>5269235</v>
+        <v>5278573</v>
       </c>
       <c r="I30" s="8">
-        <v>4374158</v>
+        <v>4374150</v>
+      </c>
+      <c r="J30" s="8">
+        <v>4842913</v>
+      </c>
+      <c r="K30" s="8">
+        <v>3731853</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B31" s="8">
         <v>1778285</v>
       </c>
       <c r="C31" s="8">
         <v>1825434</v>
       </c>
       <c r="D31" s="8">
         <v>1614018</v>
       </c>
       <c r="E31" s="8">
         <v>1557651</v>
       </c>
       <c r="F31" s="8">
         <v>1365306</v>
       </c>
       <c r="G31" s="8">
-        <v>1252298</v>
+        <v>1248072</v>
       </c>
       <c r="H31" s="8">
-        <v>1252485</v>
+        <v>1261823</v>
       </c>
       <c r="I31" s="8">
-        <v>993986</v>
+        <v>993979</v>
+      </c>
+      <c r="J31" s="8">
+        <v>1368035</v>
+      </c>
+      <c r="K31" s="8">
+        <v>1484572</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B32" s="8">
         <v>3921048</v>
       </c>
       <c r="C32" s="8">
         <v>3517300</v>
       </c>
       <c r="D32" s="8">
         <v>3323629</v>
       </c>
       <c r="E32" s="8">
         <v>2450337</v>
       </c>
       <c r="F32" s="8">
         <v>3144384</v>
       </c>
       <c r="G32" s="8">
         <v>3142275</v>
       </c>
       <c r="H32" s="8">
         <v>4016750</v>
       </c>
       <c r="I32" s="8">
         <v>3380172</v>
       </c>
+      <c r="J32" s="8">
+        <v>3474878</v>
+      </c>
+      <c r="K32" s="8">
+        <v>2247281</v>
+      </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B33" s="8">
-        <v>1005715109</v>
+        <v>1006496813</v>
       </c>
       <c r="C33" s="8">
-        <v>989602176</v>
+        <v>988935800</v>
       </c>
       <c r="D33" s="8">
-        <v>998746371</v>
+        <v>998162715</v>
       </c>
       <c r="E33" s="8">
-        <v>938377905</v>
+        <v>937407023</v>
       </c>
       <c r="F33" s="8">
-        <v>907589454</v>
+        <v>906860826</v>
       </c>
       <c r="G33" s="8">
-        <v>905375560</v>
+        <v>905673871</v>
       </c>
       <c r="H33" s="8">
-        <v>834313193</v>
+        <v>838558299</v>
       </c>
       <c r="I33" s="8">
-        <v>799050129</v>
+        <v>802196241</v>
+      </c>
+      <c r="J33" s="8">
+        <v>861609634</v>
+      </c>
+      <c r="K33" s="8">
+        <v>898164870</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B34" s="8">
-        <v>963184012</v>
+        <v>964283186</v>
       </c>
       <c r="C34" s="8">
-        <v>946420269</v>
+        <v>946475501</v>
       </c>
       <c r="D34" s="8">
-        <v>953172671</v>
+        <v>953659100</v>
       </c>
       <c r="E34" s="8">
-        <v>894752901</v>
+        <v>894849254</v>
       </c>
       <c r="F34" s="8">
-        <v>866609304</v>
+        <v>866990275</v>
       </c>
       <c r="G34" s="8">
-        <v>859450637</v>
+        <v>860911122</v>
       </c>
       <c r="H34" s="8">
-        <v>792657819</v>
+        <v>796016073</v>
       </c>
       <c r="I34" s="8">
-        <v>758270310</v>
+        <v>760664574</v>
+      </c>
+      <c r="J34" s="8">
+        <v>818490010</v>
+      </c>
+      <c r="K34" s="8">
+        <v>858271728</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B35" s="8">
-        <v>10926171</v>
+        <v>10926173</v>
       </c>
       <c r="C35" s="8">
-        <v>10901311</v>
+        <v>10901314</v>
       </c>
       <c r="D35" s="8">
-        <v>11367217</v>
+        <v>11373720</v>
       </c>
       <c r="E35" s="8">
-        <v>10483372</v>
+        <v>10483379</v>
       </c>
       <c r="F35" s="8">
-        <v>10822795</v>
+        <v>10870874</v>
       </c>
       <c r="G35" s="8">
-        <v>11790267</v>
+        <v>11844670</v>
       </c>
       <c r="H35" s="8">
-        <v>10774006</v>
+        <v>10849158</v>
       </c>
       <c r="I35" s="8">
-        <v>10305299</v>
+        <v>10354757</v>
+      </c>
+      <c r="J35" s="8">
+        <v>9719373</v>
+      </c>
+      <c r="K35" s="8">
+        <v>9935080</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B36" s="8">
         <v>2080797</v>
       </c>
       <c r="C36" s="8">
         <v>1604872</v>
       </c>
       <c r="D36" s="8">
         <v>1934286</v>
       </c>
       <c r="E36" s="8">
         <v>2760825</v>
       </c>
       <c r="F36" s="8">
-        <v>1473613</v>
+        <v>1475645</v>
       </c>
       <c r="G36" s="8">
-        <v>1655850</v>
+        <v>1659329</v>
       </c>
       <c r="H36" s="8">
-        <v>1709433</v>
+        <v>1742927</v>
       </c>
       <c r="I36" s="8">
         <v>1795059</v>
       </c>
+      <c r="J36" s="8">
+        <v>2830505</v>
+      </c>
+      <c r="K36" s="8">
+        <v>3830642</v>
+      </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B37" s="8">
-        <v>24677205</v>
+        <v>24358622</v>
       </c>
       <c r="C37" s="8">
-        <v>25863460</v>
+        <v>25141845</v>
       </c>
       <c r="D37" s="8">
-        <v>26660462</v>
+        <v>25551023</v>
       </c>
       <c r="E37" s="8">
-        <v>26277733</v>
+        <v>25210461</v>
       </c>
       <c r="F37" s="8">
-        <v>24828004</v>
+        <v>23661934</v>
       </c>
       <c r="G37" s="8">
-        <v>27510523</v>
+        <v>26233928</v>
       </c>
       <c r="H37" s="8">
-        <v>24506730</v>
+        <v>25262723</v>
       </c>
       <c r="I37" s="8">
-        <v>24104650</v>
+        <v>24797447</v>
+      </c>
+      <c r="J37" s="8">
+        <v>25094362</v>
+      </c>
+      <c r="K37" s="8">
+        <v>21635866</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B38" s="8">
         <v>921702</v>
       </c>
       <c r="C38" s="8">
         <v>891088</v>
       </c>
       <c r="D38" s="8">
-        <v>905198</v>
+        <v>905382</v>
       </c>
       <c r="E38" s="8">
         <v>1130270</v>
       </c>
       <c r="F38" s="8">
-        <v>1225260</v>
+        <v>1231574</v>
       </c>
       <c r="G38" s="8">
-        <v>1338775</v>
+        <v>1351647</v>
       </c>
       <c r="H38" s="8">
-        <v>1611053</v>
+        <v>1628814</v>
       </c>
       <c r="I38" s="8">
-        <v>1671851</v>
+        <v>1677636</v>
+      </c>
+      <c r="J38" s="8">
+        <v>1793020</v>
+      </c>
+      <c r="K38" s="8">
+        <v>1528545</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B39" s="8">
-        <v>3925222</v>
+        <v>3926333</v>
       </c>
       <c r="C39" s="8">
-        <v>3921177</v>
+        <v>3921180</v>
       </c>
       <c r="D39" s="8">
-        <v>4706537</v>
+        <v>4739203</v>
       </c>
       <c r="E39" s="8">
-        <v>2972804</v>
+        <v>2972834</v>
       </c>
       <c r="F39" s="8">
-        <v>2630479</v>
+        <v>2630525</v>
       </c>
       <c r="G39" s="8">
-        <v>3629509</v>
+        <v>3673174</v>
       </c>
       <c r="H39" s="8">
-        <v>3054153</v>
+        <v>3058605</v>
       </c>
       <c r="I39" s="8">
-        <v>2902960</v>
+        <v>2906770</v>
+      </c>
+      <c r="J39" s="8">
+        <v>3682364</v>
+      </c>
+      <c r="K39" s="8">
+        <v>2963010</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B40" s="8">
-        <v>1005715109</v>
+        <v>1006496813</v>
       </c>
       <c r="C40" s="8">
-        <v>989602176</v>
+        <v>988935800</v>
       </c>
       <c r="D40" s="8">
-        <v>998746371</v>
+        <v>998162715</v>
       </c>
       <c r="E40" s="8">
-        <v>938377905</v>
+        <v>937407023</v>
       </c>
       <c r="F40" s="8">
-        <v>907589454</v>
+        <v>906860826</v>
       </c>
       <c r="G40" s="8">
-        <v>905375560</v>
+        <v>905673871</v>
       </c>
       <c r="H40" s="8">
-        <v>834313193</v>
+        <v>838558299</v>
       </c>
       <c r="I40" s="8">
-        <v>799050129</v>
+        <v>802196241</v>
+      </c>
+      <c r="J40" s="8">
+        <v>861609634</v>
+      </c>
+      <c r="K40" s="8">
+        <v>898164870</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B41" s="8">
-        <v>166384792</v>
+        <v>166481602</v>
       </c>
       <c r="C41" s="8">
-        <v>168603856</v>
+        <v>168743133</v>
       </c>
       <c r="D41" s="8">
-        <v>174561620</v>
+        <v>174930412</v>
       </c>
       <c r="E41" s="8">
-        <v>176547453</v>
+        <v>176908027</v>
       </c>
       <c r="F41" s="8">
-        <v>177585924</v>
+        <v>178013563</v>
       </c>
       <c r="G41" s="8">
-        <v>189870508</v>
+        <v>190763806</v>
       </c>
       <c r="H41" s="8">
-        <v>183890148</v>
+        <v>185467829</v>
       </c>
       <c r="I41" s="8">
-        <v>185808549</v>
+        <v>186395167</v>
+      </c>
+      <c r="J41" s="8">
+        <v>188487482</v>
+      </c>
+      <c r="K41" s="8">
+        <v>177109881</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B42" s="8">
-        <v>839330317</v>
+        <v>840015211</v>
       </c>
       <c r="C42" s="8">
-        <v>820998320</v>
+        <v>820192667</v>
       </c>
       <c r="D42" s="8">
-        <v>824184750</v>
+        <v>823232302</v>
       </c>
       <c r="E42" s="8">
-        <v>761830452</v>
+        <v>760498995</v>
       </c>
       <c r="F42" s="8">
-        <v>730003531</v>
+        <v>728847263</v>
       </c>
       <c r="G42" s="8">
-        <v>715505052</v>
+        <v>714910064</v>
       </c>
       <c r="H42" s="8">
-        <v>650423045</v>
+        <v>653090470</v>
       </c>
       <c r="I42" s="8">
-        <v>613241580</v>
+        <v>615801075</v>
+      </c>
+      <c r="J42" s="8">
+        <v>673122152</v>
+      </c>
+      <c r="K42" s="8">
+        <v>721054989</v>
       </c>
     </row>
     <row r="43" ht="12" customHeight="1"/>
     <row r="44" ht="14" customHeight="1">
       <c r="A44" s="10" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B44" s="10"/>
       <c r="C44" s="10"/>
       <c r="D44" s="10"/>
       <c r="E44" s="10"/>
       <c r="F44" s="10"/>
       <c r="G44" s="10"/>
       <c r="H44" s="10"/>
       <c r="I44" s="10"/>
+      <c r="J44" s="10"/>
+      <c r="K44" s="10"/>
     </row>
     <row r="45" ht="14" customHeight="1">
       <c r="A45" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B45" s="11"/>
       <c r="C45" s="11"/>
       <c r="D45" s="11"/>
       <c r="E45" s="11"/>
       <c r="F45" s="11"/>
       <c r="G45" s="11"/>
       <c r="H45" s="11"/>
       <c r="I45" s="11"/>
+      <c r="J45" s="11"/>
+      <c r="K45" s="11"/>
     </row>
     <row r="46" ht="29" customHeight="1">
       <c r="A46" s="12" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B46" s="12"/>
       <c r="C46" s="12"/>
       <c r="D46" s="12"/>
       <c r="E46" s="12"/>
       <c r="F46" s="12"/>
       <c r="G46" s="12"/>
       <c r="H46" s="12"/>
       <c r="I46" s="12"/>
+      <c r="J46" s="12"/>
+      <c r="K46" s="12"/>
     </row>
     <row r="47" ht="14" customHeight="1">
       <c r="A47" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B47" s="11"/>
       <c r="C47" s="11"/>
       <c r="D47" s="11"/>
       <c r="E47" s="11"/>
       <c r="F47" s="11"/>
       <c r="G47" s="11"/>
       <c r="H47" s="11"/>
       <c r="I47" s="11"/>
+      <c r="J47" s="11"/>
+      <c r="K47" s="11"/>
     </row>
     <row r="48" ht="12" customHeight="1">
       <c r="A48" s="13" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B48" s="13"/>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="13"/>
       <c r="G48" s="13"/>
       <c r="H48" s="13"/>
       <c r="I48" s="13"/>
+      <c r="J48" s="13"/>
+      <c r="K48" s="13"/>
     </row>
     <row r="49" ht="14" customHeight="1">
       <c r="A49" s="12" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="12"/>
       <c r="E49" s="12"/>
       <c r="F49" s="12"/>
       <c r="G49" s="12"/>
       <c r="H49" s="12"/>
       <c r="I49" s="12"/>
+      <c r="J49" s="12"/>
+      <c r="K49" s="12"/>
     </row>
     <row r="50" ht="43" customHeight="1">
       <c r="A50" s="12" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B50" s="12"/>
       <c r="C50" s="12"/>
       <c r="D50" s="12"/>
       <c r="E50" s="12"/>
       <c r="F50" s="12"/>
       <c r="G50" s="12"/>
       <c r="H50" s="12"/>
       <c r="I50" s="12"/>
+      <c r="J50" s="12"/>
+      <c r="K50" s="12"/>
     </row>
     <row r="51" ht="14" customHeight="1">
       <c r="A51" s="12" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B51" s="12"/>
       <c r="C51" s="12"/>
       <c r="D51" s="12"/>
       <c r="E51" s="12"/>
       <c r="F51" s="12"/>
       <c r="G51" s="12"/>
       <c r="H51" s="12"/>
       <c r="I51" s="12"/>
+      <c r="J51" s="12"/>
+      <c r="K51" s="12"/>
     </row>
     <row r="52" ht="14" customHeight="1">
       <c r="A52" s="12" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B52" s="12"/>
       <c r="C52" s="12"/>
       <c r="D52" s="12"/>
       <c r="E52" s="12"/>
       <c r="F52" s="12"/>
       <c r="G52" s="12"/>
       <c r="H52" s="12"/>
       <c r="I52" s="12"/>
+      <c r="J52" s="12"/>
+      <c r="K52" s="12"/>
     </row>
     <row r="53" ht="12" customHeight="1">
       <c r="A53" s="13" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B53" s="13"/>
       <c r="C53" s="13"/>
       <c r="D53" s="13"/>
       <c r="E53" s="13"/>
       <c r="F53" s="13"/>
       <c r="G53" s="13"/>
       <c r="H53" s="13"/>
       <c r="I53" s="13"/>
+      <c r="J53" s="13"/>
+      <c r="K53" s="13"/>
     </row>
     <row r="54" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="16">
-    <mergeCell ref="A1:I1"/>
-[...14 lines deleted...]
-    <mergeCell ref="A53:I53"/>
+    <mergeCell ref="A1:K1"/>
+    <mergeCell ref="A2:K2"/>
+    <mergeCell ref="A3:K3"/>
+    <mergeCell ref="A4:K4"/>
+    <mergeCell ref="A5:K5"/>
+    <mergeCell ref="A6:K6"/>
+    <mergeCell ref="A44:K44"/>
+    <mergeCell ref="A45:K45"/>
+    <mergeCell ref="A46:K46"/>
+    <mergeCell ref="A47:K47"/>
+    <mergeCell ref="A48:K48"/>
+    <mergeCell ref="A49:K49"/>
+    <mergeCell ref="A50:K50"/>
+    <mergeCell ref="A51:K51"/>
+    <mergeCell ref="A52:K52"/>
+    <mergeCell ref="A53:K53"/>
   </mergeCells>
   <printOptions headings="0" horizontalCentered="0" verticalCentered="0" gridLines="0"/>
   <pageMargins left="0.05" right="0.05" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup paperSize="1" fitToWidth="1" fitToHeight="1" scale="100" orientation="landscape" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter>
     <oddHeader/>
     <oddFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr filterMode="0" enableFormatConditionsCalculation="0">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:N53"/>
   <sheetViews>
     <sheetView zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0">
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12" customHeight="1" x14ac:dyDescent="0"/>
   <cols>
     <col min="1" max="1" width="43.57" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="15.71" bestFit="1" customWidth="1"/>
@@ -2688,1775 +2928,1775 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B9" s="8">
         <v>1762</v>
       </c>
       <c r="C9" s="8">
         <v>1739</v>
       </c>
       <c r="D9" s="8">
         <v>3435</v>
       </c>
       <c r="E9" s="8">
         <v>1749</v>
       </c>
       <c r="F9" s="8">
         <v>1741</v>
       </c>
       <c r="G9" s="8">
         <v>3409</v>
       </c>
       <c r="H9" s="8">
         <v>1753</v>
       </c>
       <c r="I9" s="8">
         <v>1762</v>
       </c>
       <c r="J9" s="8">
         <v>3430</v>
       </c>
       <c r="K9" s="8">
         <v>1770</v>
       </c>
       <c r="L9" s="8">
         <v>1756</v>
       </c>
       <c r="M9" s="8">
         <v>7643</v>
       </c>
       <c r="N9" s="8">
         <v>7919</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B10" s="8">
         <v>51244081</v>
       </c>
       <c r="C10" s="8">
         <v>31989256</v>
       </c>
       <c r="D10" s="8">
         <v>32350961</v>
       </c>
       <c r="E10" s="8">
         <v>13547375</v>
       </c>
       <c r="F10" s="8">
         <v>12343928</v>
       </c>
       <c r="G10" s="8">
         <v>12488194</v>
       </c>
       <c r="H10" s="8">
         <v>10484238</v>
       </c>
       <c r="I10" s="8">
         <v>91025721</v>
       </c>
       <c r="J10" s="8">
         <v>158239705</v>
       </c>
       <c r="K10" s="8">
         <v>160293174</v>
       </c>
       <c r="L10" s="8">
         <v>122269737</v>
       </c>
       <c r="M10" s="8">
         <v>160845479</v>
       </c>
       <c r="N10" s="8">
         <v>857121849</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B11" s="8">
         <v>34485924</v>
       </c>
       <c r="C11" s="8">
         <v>23863569</v>
       </c>
       <c r="D11" s="8">
         <v>18293646</v>
       </c>
       <c r="E11" s="8">
         <v>8759544</v>
       </c>
       <c r="F11" s="8">
         <v>4610760</v>
       </c>
       <c r="G11" s="8">
         <v>3668515</v>
       </c>
       <c r="H11" s="8">
         <v>12750214</v>
       </c>
       <c r="I11" s="8">
         <v>69960839</v>
       </c>
       <c r="J11" s="8">
         <v>142199304</v>
       </c>
       <c r="K11" s="8">
         <v>142365590</v>
       </c>
       <c r="L11" s="8">
         <v>89771882</v>
       </c>
       <c r="M11" s="8">
         <v>104495996</v>
       </c>
       <c r="N11" s="8">
         <v>655225780</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B12" s="8">
         <v>13611051</v>
       </c>
       <c r="C12" s="8">
         <v>5389438</v>
       </c>
       <c r="D12" s="8">
         <v>9196449</v>
       </c>
       <c r="E12" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F12" s="8">
         <v>2979176</v>
       </c>
       <c r="G12" s="8">
         <v>2311805</v>
       </c>
       <c r="H12" s="8">
         <v>-5497289</v>
       </c>
       <c r="I12" s="8">
         <v>16962422</v>
       </c>
       <c r="J12" s="8">
         <v>11359862</v>
       </c>
       <c r="K12" s="8">
         <v>13947321</v>
       </c>
       <c r="L12" s="8">
         <v>29107824</v>
       </c>
       <c r="M12" s="8">
         <v>51399625</v>
       </c>
       <c r="N12" s="8">
         <v>151305807</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B13" s="8">
         <v>2304689</v>
       </c>
       <c r="C13" s="8">
         <v>1433695</v>
       </c>
       <c r="D13" s="8">
         <v>2831858</v>
       </c>
       <c r="E13" s="8">
         <v>3271485</v>
       </c>
       <c r="F13" s="8">
         <v>3232077</v>
       </c>
       <c r="G13" s="8">
         <v>3242165</v>
       </c>
       <c r="H13" s="8">
         <v>2122676</v>
       </c>
       <c r="I13" s="8">
         <v>2912058</v>
       </c>
       <c r="J13" s="8">
         <v>2653933</v>
       </c>
       <c r="K13" s="8">
         <v>2741837</v>
       </c>
       <c r="L13" s="8">
         <v>2513197</v>
       </c>
       <c r="M13" s="8">
         <v>1634964</v>
       </c>
       <c r="N13" s="8">
         <v>30894633</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>11050</v>
       </c>
       <c r="C14" s="8">
         <v>15063</v>
       </c>
       <c r="D14" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E14" s="8">
         <v>5677</v>
       </c>
       <c r="F14" s="8">
         <v>14272</v>
       </c>
       <c r="G14" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H14" s="8">
         <v>8657</v>
       </c>
       <c r="I14" s="8">
         <v>20114</v>
       </c>
       <c r="J14" s="8">
         <v>130992</v>
       </c>
       <c r="K14" s="8">
         <v>2991</v>
       </c>
       <c r="L14" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="M14" s="8">
         <v>105772</v>
       </c>
       <c r="N14" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B15" s="8">
         <v>831368</v>
       </c>
       <c r="C15" s="8">
         <v>1287492</v>
       </c>
       <c r="D15" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E15" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F15" s="8">
         <v>1507644</v>
       </c>
       <c r="G15" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H15" s="8">
         <v>1099982</v>
       </c>
       <c r="I15" s="8">
         <v>1170288</v>
       </c>
       <c r="J15" s="8">
         <v>1895613</v>
       </c>
       <c r="K15" s="8">
         <v>1235436</v>
       </c>
       <c r="L15" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="M15" s="8">
         <v>3209122</v>
       </c>
       <c r="N15" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B16" s="8">
         <v>48267129</v>
       </c>
       <c r="C16" s="8">
         <v>54022671</v>
       </c>
       <c r="D16" s="8">
         <v>62771171</v>
       </c>
       <c r="E16" s="8">
         <v>55106678</v>
       </c>
       <c r="F16" s="8">
         <v>55109398</v>
       </c>
       <c r="G16" s="8">
         <v>63792892</v>
       </c>
       <c r="H16" s="8">
         <v>51487865</v>
       </c>
       <c r="I16" s="8">
         <v>57494375</v>
       </c>
       <c r="J16" s="8">
         <v>65046497</v>
       </c>
       <c r="K16" s="8">
         <v>61410095</v>
       </c>
       <c r="L16" s="8">
         <v>64212216</v>
       </c>
       <c r="M16" s="8">
         <v>72615474</v>
       </c>
       <c r="N16" s="8">
         <v>711336462</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B17" s="8">
         <v>38705458</v>
       </c>
       <c r="C17" s="8">
         <v>44079982</v>
       </c>
       <c r="D17" s="8">
         <v>49985739</v>
       </c>
       <c r="E17" s="8">
         <v>44221642</v>
       </c>
       <c r="F17" s="8">
         <v>44190607</v>
       </c>
       <c r="G17" s="8">
         <v>49536044</v>
       </c>
       <c r="H17" s="8">
         <v>40990550</v>
       </c>
       <c r="I17" s="8">
         <v>44571623</v>
       </c>
       <c r="J17" s="8">
         <v>49645956</v>
       </c>
       <c r="K17" s="8">
         <v>49034092</v>
       </c>
       <c r="L17" s="8">
         <v>50972715</v>
       </c>
       <c r="M17" s="8">
         <v>55092026</v>
       </c>
       <c r="N17" s="8">
         <v>561026435</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B18" s="8">
         <v>4675859</v>
       </c>
       <c r="C18" s="8">
         <v>4988658</v>
       </c>
       <c r="D18" s="8">
         <v>7171058</v>
       </c>
       <c r="E18" s="8">
         <v>5304361</v>
       </c>
       <c r="F18" s="8">
         <v>4898716</v>
       </c>
       <c r="G18" s="8">
         <v>6761267</v>
       </c>
       <c r="H18" s="8">
         <v>4658333</v>
       </c>
       <c r="I18" s="8">
         <v>6280827</v>
       </c>
       <c r="J18" s="8">
         <v>7650771</v>
       </c>
       <c r="K18" s="8">
         <v>5850806</v>
       </c>
       <c r="L18" s="8">
         <v>5814147</v>
       </c>
       <c r="M18" s="8">
         <v>9010384</v>
       </c>
       <c r="N18" s="8">
         <v>73065186</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B19" s="8">
         <v>1362699</v>
       </c>
       <c r="C19" s="8">
         <v>1507132</v>
       </c>
       <c r="D19" s="8">
         <v>1659296</v>
       </c>
       <c r="E19" s="8">
         <v>1975608</v>
       </c>
       <c r="F19" s="8">
         <v>1901839</v>
       </c>
       <c r="G19" s="8">
         <v>2058186</v>
       </c>
       <c r="H19" s="8">
         <v>1797493</v>
       </c>
       <c r="I19" s="8">
         <v>2190328</v>
       </c>
       <c r="J19" s="8">
         <v>3065544</v>
       </c>
       <c r="K19" s="8">
         <v>3011231</v>
       </c>
       <c r="L19" s="8">
         <v>3726244</v>
       </c>
       <c r="M19" s="8">
         <v>3283727</v>
       </c>
       <c r="N19" s="8">
         <v>27539328</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B20" s="8">
         <v>54272</v>
       </c>
       <c r="C20" s="8">
         <v>58932</v>
       </c>
       <c r="D20" s="8">
         <v>76201</v>
       </c>
       <c r="E20" s="8">
         <v>61110</v>
       </c>
       <c r="F20" s="8">
         <v>75434</v>
       </c>
       <c r="G20" s="8">
         <v>196571</v>
       </c>
       <c r="H20" s="8">
         <v>51980</v>
       </c>
       <c r="I20" s="8">
         <v>66992</v>
       </c>
       <c r="J20" s="8">
         <v>124746</v>
       </c>
       <c r="K20" s="8">
         <v>89430</v>
       </c>
       <c r="L20" s="8">
         <v>141644</v>
       </c>
       <c r="M20" s="8">
         <v>192477</v>
       </c>
       <c r="N20" s="8">
         <v>1189790</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B21" s="8">
         <v>3468842</v>
       </c>
       <c r="C21" s="8">
         <v>3387968</v>
       </c>
       <c r="D21" s="8">
         <v>3878877</v>
       </c>
       <c r="E21" s="8">
         <v>3543957</v>
       </c>
       <c r="F21" s="8">
         <v>4042802</v>
       </c>
       <c r="G21" s="8">
         <v>5240823</v>
       </c>
       <c r="H21" s="8">
         <v>3989509</v>
       </c>
       <c r="I21" s="8">
         <v>4384604</v>
       </c>
       <c r="J21" s="8">
         <v>4559480</v>
       </c>
       <c r="K21" s="8">
         <v>3424537</v>
       </c>
       <c r="L21" s="8">
         <v>3557466</v>
       </c>
       <c r="M21" s="8">
         <v>5036859</v>
       </c>
       <c r="N21" s="8">
         <v>48515723</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B22" s="8">
         <v>48267129</v>
       </c>
       <c r="C22" s="8">
         <v>54022671</v>
       </c>
       <c r="D22" s="8">
         <v>62771171</v>
       </c>
       <c r="E22" s="8">
         <v>55106678</v>
       </c>
       <c r="F22" s="8">
         <v>55109398</v>
       </c>
       <c r="G22" s="8">
         <v>63792892</v>
       </c>
       <c r="H22" s="8">
         <v>51487865</v>
       </c>
       <c r="I22" s="8">
         <v>57494375</v>
       </c>
       <c r="J22" s="8">
         <v>65046497</v>
       </c>
       <c r="K22" s="8">
         <v>61410095</v>
       </c>
       <c r="L22" s="8">
         <v>64212216</v>
       </c>
       <c r="M22" s="8">
         <v>72615474</v>
       </c>
       <c r="N22" s="8">
         <v>711336462</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B23" s="8">
         <v>46402873</v>
       </c>
       <c r="C23" s="8">
         <v>51339018</v>
       </c>
       <c r="D23" s="8">
         <v>60668320</v>
       </c>
       <c r="E23" s="8">
         <v>52201125</v>
       </c>
       <c r="F23" s="8">
         <v>52544094</v>
       </c>
       <c r="G23" s="8">
         <v>62273986</v>
       </c>
       <c r="H23" s="8">
         <v>47588506</v>
       </c>
       <c r="I23" s="8">
         <v>56186095</v>
       </c>
       <c r="J23" s="8">
         <v>63104949</v>
       </c>
       <c r="K23" s="8">
         <v>59576702</v>
       </c>
       <c r="L23" s="8">
         <v>62574264</v>
       </c>
       <c r="M23" s="8">
         <v>69615724</v>
       </c>
       <c r="N23" s="8">
         <v>684075655</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B24" s="8">
         <v>1864257</v>
       </c>
       <c r="C24" s="8">
         <v>2683653</v>
       </c>
       <c r="D24" s="8">
         <v>2102851</v>
       </c>
       <c r="E24" s="8">
         <v>2905553</v>
       </c>
       <c r="F24" s="8">
         <v>2565304</v>
       </c>
       <c r="G24" s="8">
         <v>1518907</v>
       </c>
       <c r="H24" s="8">
         <v>3899359</v>
       </c>
       <c r="I24" s="8">
         <v>1308280</v>
       </c>
       <c r="J24" s="8">
         <v>1941548</v>
       </c>
       <c r="K24" s="8">
         <v>1833394</v>
       </c>
       <c r="L24" s="8">
         <v>1637952</v>
       </c>
       <c r="M24" s="8">
         <v>2999750</v>
       </c>
       <c r="N24" s="8">
         <v>27260807</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B25" s="8">
         <v>9779534</v>
       </c>
       <c r="C25" s="8">
         <v>8643749</v>
       </c>
       <c r="D25" s="8">
         <v>11061034</v>
       </c>
       <c r="E25" s="8">
         <v>11364178</v>
       </c>
       <c r="F25" s="8">
         <v>9218460</v>
       </c>
       <c r="G25" s="8">
         <v>10567835</v>
       </c>
       <c r="H25" s="8">
         <v>8975346</v>
       </c>
       <c r="I25" s="8">
         <v>11413105</v>
       </c>
       <c r="J25" s="8">
         <v>11230857</v>
       </c>
       <c r="K25" s="8">
         <v>10400211</v>
       </c>
       <c r="L25" s="8">
         <v>8597277</v>
       </c>
       <c r="M25" s="8">
         <v>10265644</v>
       </c>
       <c r="N25" s="8">
         <v>121517230</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B26" s="8">
         <v>8752265</v>
       </c>
       <c r="C26" s="8">
         <v>7739857</v>
       </c>
       <c r="D26" s="8">
         <v>9914164</v>
       </c>
       <c r="E26" s="8">
         <v>7578000</v>
       </c>
       <c r="F26" s="8">
         <v>7644234</v>
       </c>
       <c r="G26" s="8">
         <v>9168672</v>
       </c>
       <c r="H26" s="8">
         <v>7968645</v>
       </c>
       <c r="I26" s="8">
         <v>10059147</v>
       </c>
       <c r="J26" s="8">
         <v>9968757</v>
       </c>
       <c r="K26" s="8">
         <v>8996682</v>
       </c>
       <c r="L26" s="8">
         <v>7175625</v>
       </c>
       <c r="M26" s="8">
         <v>8280274</v>
       </c>
       <c r="N26" s="8">
         <v>103246322</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B27" s="8">
         <v>889997</v>
       </c>
       <c r="C27" s="8">
         <v>750004</v>
       </c>
       <c r="D27" s="8">
         <v>1000566</v>
       </c>
       <c r="E27" s="8">
         <v>3595051</v>
       </c>
       <c r="F27" s="8">
         <v>1439214</v>
       </c>
       <c r="G27" s="8">
         <v>1216188</v>
       </c>
       <c r="H27" s="8">
         <v>825830</v>
       </c>
       <c r="I27" s="8">
         <v>1108006</v>
       </c>
       <c r="J27" s="8">
         <v>1022179</v>
       </c>
       <c r="K27" s="8">
         <v>1225746</v>
       </c>
       <c r="L27" s="8">
         <v>1184197</v>
       </c>
       <c r="M27" s="8">
         <v>1172107</v>
       </c>
       <c r="N27" s="8">
         <v>15429085</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B28" s="8">
         <v>107787</v>
       </c>
       <c r="C28" s="8">
         <v>84847</v>
       </c>
       <c r="D28" s="8">
         <v>88944</v>
       </c>
       <c r="E28" s="8">
         <v>105165</v>
       </c>
       <c r="F28" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="G28" s="8">
         <v>75469</v>
       </c>
       <c r="H28" s="8">
         <v>68899</v>
       </c>
       <c r="I28" s="8">
         <v>138674</v>
       </c>
       <c r="J28" s="8">
         <v>176895</v>
       </c>
       <c r="K28" s="8">
         <v>139408</v>
       </c>
       <c r="L28" s="8">
         <v>179741</v>
       </c>
       <c r="M28" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="N28" s="8">
         <v>1402127</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B29" s="8">
         <v>29485</v>
       </c>
       <c r="C29" s="8">
         <v>69040</v>
       </c>
       <c r="D29" s="8">
         <v>57360</v>
       </c>
       <c r="E29" s="8">
         <v>85962</v>
       </c>
       <c r="F29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="G29" s="8">
         <v>107505</v>
       </c>
       <c r="H29" s="8">
         <v>111972</v>
       </c>
       <c r="I29" s="8">
         <v>107279</v>
       </c>
       <c r="J29" s="8">
         <v>63026</v>
       </c>
       <c r="K29" s="8">
         <v>38376</v>
       </c>
       <c r="L29" s="8">
         <v>57714</v>
       </c>
       <c r="M29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="N29" s="8">
         <v>1439696</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B30" s="8">
         <v>8703884</v>
       </c>
       <c r="C30" s="8">
         <v>7657056</v>
       </c>
       <c r="D30" s="8">
         <v>9460590</v>
       </c>
       <c r="E30" s="8">
         <v>7879182</v>
       </c>
       <c r="F30" s="8">
         <v>7968736</v>
       </c>
       <c r="G30" s="8">
         <v>9084320</v>
       </c>
       <c r="H30" s="8">
         <v>8205627</v>
       </c>
       <c r="I30" s="8">
         <v>10034237</v>
       </c>
       <c r="J30" s="8">
         <v>9227381</v>
       </c>
       <c r="K30" s="8">
         <v>8711999</v>
       </c>
       <c r="L30" s="8">
         <v>7028181</v>
       </c>
       <c r="M30" s="8">
         <v>7292525</v>
       </c>
       <c r="N30" s="8">
         <v>101253719</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B31" s="8">
         <v>4647157</v>
       </c>
       <c r="C31" s="8">
         <v>4911365</v>
       </c>
       <c r="D31" s="8">
         <v>5021508</v>
       </c>
       <c r="E31" s="8">
         <v>4209999</v>
       </c>
       <c r="F31" s="8">
         <v>4439186</v>
       </c>
       <c r="G31" s="8">
         <v>5258621</v>
       </c>
       <c r="H31" s="8">
         <v>4166066</v>
       </c>
       <c r="I31" s="8">
         <v>5450434</v>
       </c>
       <c r="J31" s="8">
         <v>4931370</v>
       </c>
       <c r="K31" s="8">
         <v>4693475</v>
       </c>
       <c r="L31" s="8">
         <v>4636152</v>
       </c>
       <c r="M31" s="8">
         <v>4018431</v>
       </c>
       <c r="N31" s="8">
         <v>56383765</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B32" s="8">
         <v>4056727</v>
       </c>
       <c r="C32" s="8">
         <v>2745691</v>
       </c>
       <c r="D32" s="8">
         <v>4439082</v>
       </c>
       <c r="E32" s="8">
         <v>3669182</v>
       </c>
       <c r="F32" s="8">
         <v>3529550</v>
       </c>
       <c r="G32" s="8">
         <v>3825699</v>
       </c>
       <c r="H32" s="8">
         <v>4039561</v>
       </c>
       <c r="I32" s="8">
         <v>4583803</v>
       </c>
       <c r="J32" s="8">
         <v>4296011</v>
       </c>
       <c r="K32" s="8">
         <v>4018524</v>
       </c>
       <c r="L32" s="8">
         <v>2392030</v>
       </c>
       <c r="M32" s="8">
         <v>3274094</v>
       </c>
       <c r="N32" s="8">
         <v>44869954</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B33" s="8">
         <v>1117168915</v>
       </c>
       <c r="C33" s="8">
         <v>1079538145</v>
       </c>
       <c r="D33" s="8">
         <v>1072472769</v>
       </c>
       <c r="E33" s="8">
         <v>995545487</v>
       </c>
       <c r="F33" s="8">
         <v>946347713</v>
       </c>
       <c r="G33" s="8">
         <v>912694287</v>
       </c>
       <c r="H33" s="8">
         <v>841668037</v>
       </c>
       <c r="I33" s="8">
         <v>855612192</v>
       </c>
       <c r="J33" s="8">
         <v>943390959</v>
       </c>
       <c r="K33" s="8">
         <v>1011670528</v>
       </c>
       <c r="L33" s="8">
         <v>1060647201</v>
       </c>
       <c r="M33" s="8">
         <v>1169959171</v>
       </c>
       <c r="N33" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B34" s="8">
         <v>843750106</v>
       </c>
       <c r="C34" s="8">
         <v>813085256</v>
       </c>
       <c r="D34" s="8">
         <v>797520845</v>
       </c>
       <c r="E34" s="8">
         <v>745328375</v>
       </c>
       <c r="F34" s="8">
         <v>703019651</v>
       </c>
       <c r="G34" s="8">
         <v>669630161</v>
       </c>
       <c r="H34" s="8">
         <v>620987220</v>
       </c>
       <c r="I34" s="8">
         <v>640640663</v>
       </c>
       <c r="J34" s="8">
         <v>728103164</v>
       </c>
       <c r="K34" s="8">
         <v>803504556</v>
       </c>
       <c r="L34" s="8">
         <v>836754970</v>
       </c>
       <c r="M34" s="8">
         <v>892721411</v>
       </c>
       <c r="N34" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B35" s="8">
         <v>251389858</v>
       </c>
       <c r="C35" s="8">
         <v>244749361</v>
       </c>
       <c r="D35" s="8">
         <v>249928805</v>
       </c>
       <c r="E35" s="8">
         <v>225536578</v>
       </c>
       <c r="F35" s="8">
         <v>217320307</v>
       </c>
       <c r="G35" s="8">
         <v>215934467</v>
       </c>
       <c r="H35" s="8">
         <v>193782614</v>
       </c>
       <c r="I35" s="8">
         <v>180828658</v>
       </c>
       <c r="J35" s="8">
         <v>188191971</v>
       </c>
       <c r="K35" s="8">
         <v>181524451</v>
       </c>
       <c r="L35" s="8">
         <v>199053666</v>
       </c>
       <c r="M35" s="8">
         <v>253318343</v>
       </c>
       <c r="N35" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B36" s="8">
         <v>889719</v>
       </c>
       <c r="C36" s="8">
         <v>798535</v>
       </c>
       <c r="D36" s="8">
         <v>1599349</v>
       </c>
       <c r="E36" s="8">
         <v>1561221</v>
       </c>
       <c r="F36" s="8">
         <v>1522225</v>
       </c>
       <c r="G36" s="8">
         <v>1104771</v>
       </c>
       <c r="H36" s="8">
         <v>1030049</v>
       </c>
       <c r="I36" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="J36" s="8">
         <v>1026508</v>
       </c>
       <c r="K36" s="8">
         <v>1049808</v>
       </c>
       <c r="L36" s="8">
         <v>1002252</v>
       </c>
       <c r="M36" s="8">
         <v>1435190</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B37" s="8">
         <v>16915042</v>
       </c>
       <c r="C37" s="8">
         <v>16673648</v>
       </c>
       <c r="D37" s="8">
         <v>18611633</v>
       </c>
       <c r="E37" s="8">
         <v>19279874</v>
       </c>
       <c r="F37" s="8">
         <v>20397886</v>
       </c>
       <c r="G37" s="8">
         <v>21409987</v>
       </c>
       <c r="H37" s="8">
         <v>21585925</v>
       </c>
       <c r="I37" s="8">
         <v>21946833</v>
       </c>
       <c r="J37" s="8">
         <v>21000869</v>
       </c>
       <c r="K37" s="8">
         <v>20571465</v>
       </c>
       <c r="L37" s="8">
         <v>19225340</v>
       </c>
       <c r="M37" s="8">
         <v>16861408</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B38" s="8">
         <v>402446</v>
       </c>
       <c r="C38" s="8">
         <v>304418</v>
       </c>
       <c r="D38" s="8">
         <v>353108</v>
       </c>
       <c r="E38" s="8">
         <v>309942</v>
       </c>
       <c r="F38" s="8">
         <v>314962</v>
       </c>
       <c r="G38" s="8">
         <v>328313</v>
       </c>
       <c r="H38" s="8">
         <v>314522</v>
       </c>
       <c r="I38" s="8">
         <v>280547</v>
       </c>
       <c r="J38" s="8">
         <v>379973</v>
       </c>
       <c r="K38" s="8">
         <v>386482</v>
       </c>
       <c r="L38" s="8">
         <v>330334</v>
       </c>
       <c r="M38" s="8">
         <v>317307</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B39" s="8">
         <v>3821744</v>
       </c>
       <c r="C39" s="8">
         <v>3926927</v>
       </c>
       <c r="D39" s="8">
         <v>4459028</v>
       </c>
       <c r="E39" s="8">
         <v>3529497</v>
       </c>
       <c r="F39" s="8">
         <v>3772682</v>
       </c>
       <c r="G39" s="8">
         <v>4286587</v>
       </c>
       <c r="H39" s="8">
         <v>3967708</v>
       </c>
       <c r="I39" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="J39" s="8">
         <v>4688474</v>
       </c>
       <c r="K39" s="8">
         <v>4633767</v>
       </c>
       <c r="L39" s="8">
         <v>4280640</v>
       </c>
       <c r="M39" s="8">
         <v>5305512</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B40" s="8">
         <v>1117168915</v>
       </c>
       <c r="C40" s="8">
         <v>1079538145</v>
       </c>
       <c r="D40" s="8">
         <v>1072472769</v>
       </c>
       <c r="E40" s="8">
         <v>995545487</v>
       </c>
       <c r="F40" s="8">
         <v>946347713</v>
       </c>
       <c r="G40" s="8">
         <v>912694287</v>
       </c>
       <c r="H40" s="8">
         <v>841668037</v>
       </c>
       <c r="I40" s="8">
         <v>855612192</v>
       </c>
       <c r="J40" s="8">
         <v>943390959</v>
       </c>
       <c r="K40" s="8">
         <v>1011670528</v>
       </c>
       <c r="L40" s="8">
         <v>1060647201</v>
       </c>
       <c r="M40" s="8">
         <v>1169959171</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B41" s="8">
         <v>181759772</v>
       </c>
       <c r="C41" s="8">
         <v>180726105</v>
       </c>
       <c r="D41" s="8">
         <v>190425253</v>
       </c>
       <c r="E41" s="8">
         <v>188919849</v>
       </c>
       <c r="F41" s="8">
         <v>194721999</v>
       </c>
       <c r="G41" s="8">
         <v>204784924</v>
       </c>
       <c r="H41" s="8">
         <v>202407311</v>
       </c>
       <c r="I41" s="8">
         <v>213303762</v>
       </c>
       <c r="J41" s="8">
         <v>216597536</v>
       </c>
       <c r="K41" s="8">
         <v>204334703</v>
       </c>
       <c r="L41" s="8">
         <v>193313829</v>
       </c>
       <c r="M41" s="8">
         <v>189277885</v>
       </c>
       <c r="N41" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B42" s="8">
         <v>935409143</v>
       </c>
       <c r="C42" s="8">
         <v>898812039</v>
       </c>
       <c r="D42" s="8">
         <v>882047516</v>
       </c>
       <c r="E42" s="8">
         <v>806625638</v>
       </c>
       <c r="F42" s="8">
         <v>751625714</v>
       </c>
       <c r="G42" s="8">
         <v>707909363</v>
       </c>
       <c r="H42" s="8">
         <v>639260726</v>
       </c>
       <c r="I42" s="8">
         <v>642308429</v>
       </c>
       <c r="J42" s="8">
         <v>726793423</v>
       </c>
       <c r="K42" s="8">
         <v>807335825</v>
       </c>
       <c r="L42" s="8">
         <v>867333372</v>
       </c>
       <c r="M42" s="8">
         <v>980681287</v>
       </c>
       <c r="N42" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="43" ht="12" customHeight="1"/>
     <row r="44" ht="14" customHeight="1">
       <c r="A44" s="10" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B44" s="10"/>
       <c r="C44" s="10"/>
       <c r="D44" s="10"/>
       <c r="E44" s="10"/>
       <c r="F44" s="10"/>
       <c r="G44" s="10"/>
       <c r="H44" s="10"/>
       <c r="I44" s="10"/>
       <c r="J44" s="10"/>
       <c r="K44" s="10"/>
       <c r="L44" s="10"/>
       <c r="M44" s="10"/>
       <c r="N44" s="10"/>
     </row>
     <row r="45" ht="14" customHeight="1">
       <c r="A45" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B45" s="11"/>
       <c r="C45" s="11"/>
       <c r="D45" s="11"/>
       <c r="E45" s="11"/>
       <c r="F45" s="11"/>
       <c r="G45" s="11"/>
       <c r="H45" s="11"/>
       <c r="I45" s="11"/>
       <c r="J45" s="11"/>
       <c r="K45" s="11"/>
       <c r="L45" s="11"/>
       <c r="M45" s="11"/>
       <c r="N45" s="11"/>
     </row>
     <row r="46" ht="29" customHeight="1">
       <c r="A46" s="12" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B46" s="12"/>
       <c r="C46" s="12"/>
       <c r="D46" s="12"/>
       <c r="E46" s="12"/>
       <c r="F46" s="12"/>
       <c r="G46" s="12"/>
       <c r="H46" s="12"/>
       <c r="I46" s="12"/>
       <c r="J46" s="12"/>
       <c r="K46" s="12"/>
       <c r="L46" s="12"/>
       <c r="M46" s="12"/>
       <c r="N46" s="12"/>
     </row>
     <row r="47" ht="43" customHeight="1">
       <c r="A47" s="12" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B47" s="12"/>
       <c r="C47" s="12"/>
       <c r="D47" s="12"/>
       <c r="E47" s="12"/>
       <c r="F47" s="12"/>
       <c r="G47" s="12"/>
       <c r="H47" s="12"/>
       <c r="I47" s="12"/>
       <c r="J47" s="12"/>
       <c r="K47" s="12"/>
       <c r="L47" s="12"/>
       <c r="M47" s="12"/>
       <c r="N47" s="12"/>
     </row>
     <row r="48" ht="12" customHeight="1">
       <c r="A48" s="13" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B48" s="13"/>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="13"/>
       <c r="G48" s="13"/>
       <c r="H48" s="13"/>
       <c r="I48" s="13"/>
       <c r="J48" s="13"/>
       <c r="K48" s="13"/>
       <c r="L48" s="13"/>
       <c r="M48" s="13"/>
       <c r="N48" s="13"/>
     </row>
     <row r="49" ht="14" customHeight="1">
       <c r="A49" s="12" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="12"/>
       <c r="E49" s="12"/>
       <c r="F49" s="12"/>
       <c r="G49" s="12"/>
       <c r="H49" s="12"/>
       <c r="I49" s="12"/>
       <c r="J49" s="12"/>
       <c r="K49" s="12"/>
       <c r="L49" s="12"/>
       <c r="M49" s="12"/>
       <c r="N49" s="12"/>
     </row>
     <row r="50" ht="43" customHeight="1">
       <c r="A50" s="12" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B50" s="12"/>
       <c r="C50" s="12"/>
       <c r="D50" s="12"/>
       <c r="E50" s="12"/>
       <c r="F50" s="12"/>
       <c r="G50" s="12"/>
       <c r="H50" s="12"/>
       <c r="I50" s="12"/>
       <c r="J50" s="12"/>
       <c r="K50" s="12"/>
       <c r="L50" s="12"/>
       <c r="M50" s="12"/>
       <c r="N50" s="12"/>
     </row>
     <row r="51" ht="14" customHeight="1">
       <c r="A51" s="12" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B51" s="12"/>
       <c r="C51" s="12"/>
       <c r="D51" s="12"/>
       <c r="E51" s="12"/>
       <c r="F51" s="12"/>
       <c r="G51" s="12"/>
       <c r="H51" s="12"/>
       <c r="I51" s="12"/>
       <c r="J51" s="12"/>
       <c r="K51" s="12"/>
       <c r="L51" s="12"/>
       <c r="M51" s="12"/>
       <c r="N51" s="12"/>
     </row>
     <row r="52" ht="14" customHeight="1">
       <c r="A52" s="12" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B52" s="12"/>
       <c r="C52" s="12"/>
       <c r="D52" s="12"/>
       <c r="E52" s="12"/>
       <c r="F52" s="12"/>
       <c r="G52" s="12"/>
       <c r="H52" s="12"/>
       <c r="I52" s="12"/>
       <c r="J52" s="12"/>
       <c r="K52" s="12"/>
       <c r="L52" s="12"/>
       <c r="M52" s="12"/>
       <c r="N52" s="12"/>
     </row>
     <row r="53" ht="12" customHeight="1">
       <c r="A53" s="13" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B53" s="13"/>
       <c r="C53" s="13"/>
       <c r="D53" s="13"/>
       <c r="E53" s="13"/>
       <c r="F53" s="13"/>
       <c r="G53" s="13"/>
       <c r="H53" s="13"/>
       <c r="I53" s="13"/>
       <c r="J53" s="13"/>
       <c r="K53" s="13"/>
       <c r="L53" s="13"/>
       <c r="M53" s="13"/>
       <c r="N53" s="13"/>
     </row>
     <row r="54" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A44:N44"/>
@@ -4498,1775 +4738,1775 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B9" s="8">
         <v>1828</v>
       </c>
       <c r="C9" s="8">
         <v>1785</v>
       </c>
       <c r="D9" s="8">
         <v>3302</v>
       </c>
       <c r="E9" s="8">
         <v>1790</v>
       </c>
       <c r="F9" s="8">
         <v>1776</v>
       </c>
       <c r="G9" s="8">
         <v>3303</v>
       </c>
       <c r="H9" s="8">
         <v>1793</v>
       </c>
       <c r="I9" s="8">
         <v>1780</v>
       </c>
       <c r="J9" s="8">
         <v>3340</v>
       </c>
       <c r="K9" s="8">
         <v>1798</v>
       </c>
       <c r="L9" s="8">
         <v>1769</v>
       </c>
       <c r="M9" s="8">
         <v>7303</v>
       </c>
       <c r="N9" s="8">
         <v>7580</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B10" s="8">
         <v>48686814</v>
       </c>
       <c r="C10" s="8">
         <v>25014469</v>
       </c>
       <c r="D10" s="8">
         <v>23059265</v>
       </c>
       <c r="E10" s="8">
         <v>20313638</v>
       </c>
       <c r="F10" s="8">
         <v>16470547</v>
       </c>
       <c r="G10" s="8">
         <v>15131200</v>
       </c>
       <c r="H10" s="8">
         <v>14693520</v>
       </c>
       <c r="I10" s="8">
         <v>86273861</v>
       </c>
       <c r="J10" s="8">
         <v>199406916</v>
       </c>
       <c r="K10" s="8">
         <v>159080981</v>
       </c>
       <c r="L10" s="8">
         <v>85165670</v>
       </c>
       <c r="M10" s="8">
         <v>121686721</v>
       </c>
       <c r="N10" s="8">
         <v>814983602</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B11" s="8">
         <v>31023899</v>
       </c>
       <c r="C11" s="8">
         <v>16604494</v>
       </c>
       <c r="D11" s="8">
         <v>18370950</v>
       </c>
       <c r="E11" s="8">
         <v>15308960</v>
       </c>
       <c r="F11" s="8">
         <v>15649681</v>
       </c>
       <c r="G11" s="8">
         <v>12183590</v>
       </c>
       <c r="H11" s="8">
         <v>15889091</v>
       </c>
       <c r="I11" s="8">
         <v>70450662</v>
       </c>
       <c r="J11" s="8">
         <v>177419617</v>
       </c>
       <c r="K11" s="8">
         <v>130264802</v>
       </c>
       <c r="L11" s="8">
         <v>57961733</v>
       </c>
       <c r="M11" s="8">
         <v>76870762</v>
       </c>
       <c r="N11" s="8">
         <v>637998242</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B12" s="8">
         <v>14538791</v>
       </c>
       <c r="C12" s="8">
         <v>5373686</v>
       </c>
       <c r="D12" s="8">
         <v>-17853</v>
       </c>
       <c r="E12" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F12" s="8">
         <v>-2406068</v>
       </c>
       <c r="G12" s="8">
         <v>-2695137</v>
       </c>
       <c r="H12" s="8">
         <v>-5150761</v>
       </c>
       <c r="I12" s="8">
         <v>11354702</v>
       </c>
       <c r="J12" s="8">
         <v>16908428</v>
       </c>
       <c r="K12" s="8">
         <v>24680073</v>
       </c>
       <c r="L12" s="8">
         <v>24031862</v>
       </c>
       <c r="M12" s="8">
         <v>40269940</v>
       </c>
       <c r="N12" s="8">
         <v>127827800</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B13" s="8">
         <v>2089630</v>
       </c>
       <c r="C13" s="8">
         <v>1855006</v>
       </c>
       <c r="D13" s="8">
         <v>3013010</v>
       </c>
       <c r="E13" s="8">
         <v>2813309</v>
       </c>
       <c r="F13" s="8">
         <v>2156708</v>
       </c>
       <c r="G13" s="8">
         <v>3589176</v>
       </c>
       <c r="H13" s="8">
         <v>2970162</v>
       </c>
       <c r="I13" s="8">
         <v>2974989</v>
       </c>
       <c r="J13" s="8">
         <v>2877082</v>
       </c>
       <c r="K13" s="8">
         <v>2692039</v>
       </c>
       <c r="L13" s="8">
         <v>1979163</v>
       </c>
       <c r="M13" s="8">
         <v>1301387</v>
       </c>
       <c r="N13" s="8">
         <v>30311661</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>8662</v>
       </c>
       <c r="C14" s="8">
         <v>5647</v>
       </c>
       <c r="D14" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E14" s="8">
         <v>7295</v>
       </c>
       <c r="F14" s="8">
         <v>5673</v>
       </c>
       <c r="G14" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H14" s="8">
         <v>10756</v>
       </c>
       <c r="I14" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="J14" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="K14" s="8">
         <v>8709</v>
       </c>
       <c r="L14" s="8">
         <v>5028</v>
       </c>
       <c r="M14" s="8">
         <v>129698</v>
       </c>
       <c r="N14" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B15" s="8">
         <v>1025832</v>
       </c>
       <c r="C15" s="8">
         <v>1175636</v>
       </c>
       <c r="D15" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E15" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F15" s="8">
         <v>1064554</v>
       </c>
       <c r="G15" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H15" s="8">
         <v>974272</v>
       </c>
       <c r="I15" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="J15" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="K15" s="8">
         <v>1435357</v>
       </c>
       <c r="L15" s="8">
         <v>1187883</v>
       </c>
       <c r="M15" s="8">
         <v>3114934</v>
       </c>
       <c r="N15" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B16" s="8">
         <v>49297675</v>
       </c>
       <c r="C16" s="8">
         <v>48481294</v>
       </c>
       <c r="D16" s="8">
         <v>60942507</v>
       </c>
       <c r="E16" s="8">
         <v>56302467</v>
       </c>
       <c r="F16" s="8">
         <v>53626497</v>
       </c>
       <c r="G16" s="8">
         <v>63372733</v>
       </c>
       <c r="H16" s="8">
         <v>55121663</v>
       </c>
       <c r="I16" s="8">
         <v>51967305</v>
       </c>
       <c r="J16" s="8">
         <v>66161121</v>
       </c>
       <c r="K16" s="8">
         <v>62186151</v>
       </c>
       <c r="L16" s="8">
         <v>62340758</v>
       </c>
       <c r="M16" s="8">
         <v>71684507</v>
       </c>
       <c r="N16" s="8">
         <v>701484678</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B17" s="8">
         <v>39248215</v>
       </c>
       <c r="C17" s="8">
         <v>38906287</v>
       </c>
       <c r="D17" s="8">
         <v>48298204</v>
       </c>
       <c r="E17" s="8">
         <v>44791088</v>
       </c>
       <c r="F17" s="8">
         <v>42590868</v>
       </c>
       <c r="G17" s="8">
         <v>49039640</v>
       </c>
       <c r="H17" s="8">
         <v>43298860</v>
       </c>
       <c r="I17" s="8">
         <v>40011882</v>
       </c>
       <c r="J17" s="8">
         <v>50548301</v>
       </c>
       <c r="K17" s="8">
         <v>48789632</v>
       </c>
       <c r="L17" s="8">
         <v>48918176</v>
       </c>
       <c r="M17" s="8">
         <v>53925185</v>
       </c>
       <c r="N17" s="8">
         <v>548366338</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B18" s="8">
         <v>4181586</v>
       </c>
       <c r="C18" s="8">
         <v>4222360</v>
       </c>
       <c r="D18" s="8">
         <v>6645754</v>
       </c>
       <c r="E18" s="8">
         <v>5333910</v>
       </c>
       <c r="F18" s="8">
         <v>4705603</v>
       </c>
       <c r="G18" s="8">
         <v>6555603</v>
       </c>
       <c r="H18" s="8">
         <v>5012177</v>
       </c>
       <c r="I18" s="8">
         <v>5428123</v>
       </c>
       <c r="J18" s="8">
         <v>7443853</v>
       </c>
       <c r="K18" s="8">
         <v>6192776</v>
       </c>
       <c r="L18" s="8">
         <v>5689737</v>
       </c>
       <c r="M18" s="8">
         <v>8784781</v>
       </c>
       <c r="N18" s="8">
         <v>70196263</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B19" s="8">
         <v>1526833</v>
       </c>
       <c r="C19" s="8">
         <v>1333751</v>
       </c>
       <c r="D19" s="8">
         <v>1495088</v>
       </c>
       <c r="E19" s="8">
         <v>1736513</v>
       </c>
       <c r="F19" s="8">
         <v>1701357</v>
       </c>
       <c r="G19" s="8">
         <v>1906445</v>
       </c>
       <c r="H19" s="8">
         <v>1710651</v>
       </c>
       <c r="I19" s="8">
         <v>1781830</v>
       </c>
       <c r="J19" s="8">
         <v>2501236</v>
       </c>
       <c r="K19" s="8">
         <v>2884161</v>
       </c>
       <c r="L19" s="8">
         <v>3509320</v>
       </c>
       <c r="M19" s="8">
         <v>3348893</v>
       </c>
       <c r="N19" s="8">
         <v>25436078</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B20" s="8">
         <v>63347</v>
       </c>
       <c r="C20" s="8">
         <v>58754</v>
       </c>
       <c r="D20" s="8">
         <v>68516</v>
       </c>
       <c r="E20" s="8">
         <v>91465</v>
       </c>
       <c r="F20" s="8">
         <v>85471</v>
       </c>
       <c r="G20" s="8">
         <v>96136</v>
       </c>
       <c r="H20" s="8">
         <v>59166</v>
       </c>
       <c r="I20" s="8">
         <v>64739</v>
       </c>
       <c r="J20" s="8">
         <v>100053</v>
       </c>
       <c r="K20" s="8">
         <v>89303</v>
       </c>
       <c r="L20" s="8">
         <v>140196</v>
       </c>
       <c r="M20" s="8">
         <v>189002</v>
       </c>
       <c r="N20" s="8">
         <v>1106148</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B21" s="8">
         <v>4277694</v>
       </c>
       <c r="C21" s="8">
         <v>3960142</v>
       </c>
       <c r="D21" s="8">
         <v>4434944</v>
       </c>
       <c r="E21" s="8">
         <v>4349491</v>
       </c>
       <c r="F21" s="8">
         <v>4543199</v>
       </c>
       <c r="G21" s="8">
         <v>5774908</v>
       </c>
       <c r="H21" s="8">
         <v>5040808</v>
       </c>
       <c r="I21" s="8">
         <v>4680731</v>
       </c>
       <c r="J21" s="8">
         <v>5567677</v>
       </c>
       <c r="K21" s="8">
         <v>4230279</v>
       </c>
       <c r="L21" s="8">
         <v>4083330</v>
       </c>
       <c r="M21" s="8">
         <v>5436647</v>
       </c>
       <c r="N21" s="8">
         <v>56379850</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B22" s="8">
         <v>49297675</v>
       </c>
       <c r="C22" s="8">
         <v>48481294</v>
       </c>
       <c r="D22" s="8">
         <v>60942507</v>
       </c>
       <c r="E22" s="8">
         <v>56302467</v>
       </c>
       <c r="F22" s="8">
         <v>53626497</v>
       </c>
       <c r="G22" s="8">
         <v>63372733</v>
       </c>
       <c r="H22" s="8">
         <v>55121663</v>
       </c>
       <c r="I22" s="8">
         <v>51967305</v>
       </c>
       <c r="J22" s="8">
         <v>66161121</v>
       </c>
       <c r="K22" s="8">
         <v>62186151</v>
       </c>
       <c r="L22" s="8">
         <v>62340758</v>
       </c>
       <c r="M22" s="8">
         <v>71684507</v>
       </c>
       <c r="N22" s="8">
         <v>701484678</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B23" s="8">
         <v>46804699</v>
       </c>
       <c r="C23" s="8">
         <v>46315676</v>
       </c>
       <c r="D23" s="8">
         <v>57883702</v>
       </c>
       <c r="E23" s="8">
         <v>53731900</v>
       </c>
       <c r="F23" s="8">
         <v>51648268</v>
       </c>
       <c r="G23" s="8">
         <v>60882630</v>
       </c>
       <c r="H23" s="8">
         <v>52318923</v>
       </c>
       <c r="I23" s="8">
         <v>50470088</v>
       </c>
       <c r="J23" s="8">
         <v>63248696</v>
       </c>
       <c r="K23" s="8">
         <v>59068660</v>
       </c>
       <c r="L23" s="8">
         <v>60458510</v>
       </c>
       <c r="M23" s="8">
         <v>68171130</v>
       </c>
       <c r="N23" s="8">
         <v>671002881</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B24" s="8">
         <v>2492975</v>
       </c>
       <c r="C24" s="8">
         <v>2165617</v>
       </c>
       <c r="D24" s="8">
         <v>3058805</v>
       </c>
       <c r="E24" s="8">
         <v>2570567</v>
       </c>
       <c r="F24" s="8">
         <v>1978229</v>
       </c>
       <c r="G24" s="8">
         <v>2490103</v>
       </c>
       <c r="H24" s="8">
         <v>2802740</v>
       </c>
       <c r="I24" s="8">
         <v>1497217</v>
       </c>
       <c r="J24" s="8">
         <v>2912425</v>
       </c>
       <c r="K24" s="8">
         <v>3117491</v>
       </c>
       <c r="L24" s="8">
         <v>1882249</v>
       </c>
       <c r="M24" s="8">
         <v>3513378</v>
       </c>
       <c r="N24" s="8">
         <v>30481797</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B25" s="8">
         <v>6197175</v>
       </c>
       <c r="C25" s="8">
         <v>10162594</v>
       </c>
       <c r="D25" s="8">
         <v>12138686</v>
       </c>
       <c r="E25" s="8">
         <v>13243504</v>
       </c>
       <c r="F25" s="8">
         <v>12324732</v>
       </c>
       <c r="G25" s="8">
         <v>11559009</v>
       </c>
       <c r="H25" s="8">
         <v>10404131</v>
       </c>
       <c r="I25" s="8">
         <v>9268110</v>
       </c>
       <c r="J25" s="8">
         <v>14012537</v>
       </c>
       <c r="K25" s="8">
         <v>10754840</v>
       </c>
       <c r="L25" s="8">
         <v>7843329</v>
       </c>
       <c r="M25" s="8">
         <v>9582267</v>
       </c>
       <c r="N25" s="8">
         <v>127490915</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B26" s="8">
         <v>5465249</v>
       </c>
       <c r="C26" s="8">
         <v>8562912</v>
       </c>
       <c r="D26" s="8">
         <v>10309913</v>
       </c>
       <c r="E26" s="8">
         <v>11694187</v>
       </c>
       <c r="F26" s="8">
         <v>9922791</v>
       </c>
       <c r="G26" s="8">
         <v>10216221</v>
       </c>
       <c r="H26" s="8">
         <v>9273328</v>
       </c>
       <c r="I26" s="8">
         <v>8031322</v>
       </c>
       <c r="J26" s="8">
         <v>12633923</v>
       </c>
       <c r="K26" s="8">
         <v>9613183</v>
       </c>
       <c r="L26" s="8">
         <v>6481272</v>
       </c>
       <c r="M26" s="8">
         <v>8391154</v>
       </c>
       <c r="N26" s="8">
         <v>110595455</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B27" s="8">
         <v>614048</v>
       </c>
       <c r="C27" s="8">
         <v>1281489</v>
       </c>
       <c r="D27" s="8">
         <v>1585582</v>
       </c>
       <c r="E27" s="8">
         <v>1276007</v>
       </c>
       <c r="F27" s="8">
         <v>2061786</v>
       </c>
       <c r="G27" s="8">
         <v>955914</v>
       </c>
       <c r="H27" s="8">
         <v>816509</v>
       </c>
       <c r="I27" s="8">
         <v>924653</v>
       </c>
       <c r="J27" s="8">
         <v>1060562</v>
       </c>
       <c r="K27" s="8">
         <v>921344</v>
       </c>
       <c r="L27" s="8">
         <v>1002177</v>
       </c>
       <c r="M27" s="8">
         <v>966409</v>
       </c>
       <c r="N27" s="8">
         <v>13466478</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B28" s="8">
         <v>86978</v>
       </c>
       <c r="C28" s="8">
         <v>241792</v>
       </c>
       <c r="D28" s="8">
         <v>179856</v>
       </c>
       <c r="E28" s="8">
         <v>209328</v>
       </c>
       <c r="F28" s="8">
         <v>279094</v>
       </c>
       <c r="G28" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H28" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="I28" s="8">
         <v>246883</v>
       </c>
       <c r="J28" s="8">
         <v>247738</v>
       </c>
       <c r="K28" s="8">
         <v>169826</v>
       </c>
       <c r="L28" s="8">
         <v>280896</v>
       </c>
       <c r="M28" s="8">
         <v>146073</v>
       </c>
       <c r="N28" s="8">
         <v>2580032</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B29" s="8">
         <v>30900</v>
       </c>
       <c r="C29" s="8">
         <v>76400</v>
       </c>
       <c r="D29" s="8">
         <v>63335</v>
       </c>
       <c r="E29" s="8">
         <v>63983</v>
       </c>
       <c r="F29" s="8">
         <v>61061</v>
       </c>
       <c r="G29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="I29" s="8">
         <v>65252</v>
       </c>
       <c r="J29" s="8">
         <v>70314</v>
       </c>
       <c r="K29" s="8">
         <v>50486</v>
       </c>
       <c r="L29" s="8">
         <v>78985</v>
       </c>
       <c r="M29" s="8">
         <v>78632</v>
       </c>
       <c r="N29" s="8">
         <v>848950</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B30" s="8">
         <v>5485034</v>
       </c>
       <c r="C30" s="8">
         <v>8729114</v>
       </c>
       <c r="D30" s="8">
         <v>10369118</v>
       </c>
       <c r="E30" s="8">
         <v>11833130</v>
       </c>
       <c r="F30" s="8">
         <v>10152197</v>
       </c>
       <c r="G30" s="8">
         <v>10525629</v>
       </c>
       <c r="H30" s="8">
         <v>9477247</v>
       </c>
       <c r="I30" s="8">
         <v>8428145</v>
       </c>
       <c r="J30" s="8">
         <v>10962861</v>
       </c>
       <c r="K30" s="8">
         <v>9237960</v>
       </c>
       <c r="L30" s="8">
         <v>6526520</v>
       </c>
       <c r="M30" s="8">
         <v>7129206</v>
       </c>
       <c r="N30" s="8">
         <v>108856164</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B31" s="8">
         <v>3629735</v>
       </c>
       <c r="C31" s="8">
         <v>4205571</v>
       </c>
       <c r="D31" s="8">
         <v>5223898</v>
       </c>
       <c r="E31" s="8">
         <v>7010255</v>
       </c>
       <c r="F31" s="8">
         <v>5754134</v>
       </c>
       <c r="G31" s="8">
         <v>6097878</v>
       </c>
       <c r="H31" s="8">
         <v>5243298</v>
       </c>
       <c r="I31" s="8">
         <v>5150637</v>
       </c>
       <c r="J31" s="8">
         <v>5898606</v>
       </c>
       <c r="K31" s="8">
         <v>5515120</v>
       </c>
       <c r="L31" s="8">
         <v>5165947</v>
       </c>
       <c r="M31" s="8">
         <v>4954158</v>
       </c>
       <c r="N31" s="8">
         <v>63849237</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B32" s="8">
         <v>1855299</v>
       </c>
       <c r="C32" s="8">
         <v>4523543</v>
       </c>
       <c r="D32" s="8">
         <v>5145220</v>
       </c>
       <c r="E32" s="8">
         <v>4822875</v>
       </c>
       <c r="F32" s="8">
         <v>4398063</v>
       </c>
       <c r="G32" s="8">
         <v>4427751</v>
       </c>
       <c r="H32" s="8">
         <v>4233949</v>
       </c>
       <c r="I32" s="8">
         <v>3277509</v>
       </c>
       <c r="J32" s="8">
         <v>5064255</v>
       </c>
       <c r="K32" s="8">
         <v>3722840</v>
       </c>
       <c r="L32" s="8">
         <v>1360574</v>
       </c>
       <c r="M32" s="8">
         <v>2175048</v>
       </c>
       <c r="N32" s="8">
         <v>45006927</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B33" s="8">
         <v>1143679865</v>
       </c>
       <c r="C33" s="8">
         <v>1109902305</v>
       </c>
       <c r="D33" s="8">
         <v>1087721548</v>
       </c>
       <c r="E33" s="8">
         <v>1017563023</v>
       </c>
       <c r="F33" s="8">
         <v>973321089</v>
       </c>
       <c r="G33" s="8">
         <v>939414719</v>
       </c>
       <c r="H33" s="8">
         <v>865307227</v>
       </c>
       <c r="I33" s="8">
         <v>879799841</v>
       </c>
       <c r="J33" s="8">
         <v>1013624516</v>
       </c>
       <c r="K33" s="8">
         <v>1080712115</v>
       </c>
       <c r="L33" s="8">
         <v>1097163673</v>
       </c>
       <c r="M33" s="8">
         <v>1169654660</v>
       </c>
       <c r="N33" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B34" s="8">
         <v>847325619</v>
       </c>
       <c r="C34" s="8">
         <v>821012356</v>
       </c>
       <c r="D34" s="8">
         <v>793704598</v>
       </c>
       <c r="E34" s="8">
         <v>746091067</v>
       </c>
       <c r="F34" s="8">
         <v>719619217</v>
       </c>
       <c r="G34" s="8">
         <v>688854858</v>
       </c>
       <c r="H34" s="8">
         <v>643940178</v>
       </c>
       <c r="I34" s="8">
         <v>663866912</v>
       </c>
       <c r="J34" s="8">
         <v>781269415</v>
       </c>
       <c r="K34" s="8">
         <v>841990231</v>
       </c>
       <c r="L34" s="8">
         <v>844725924</v>
       </c>
       <c r="M34" s="8">
         <v>878590250</v>
       </c>
       <c r="N34" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B35" s="8">
         <v>272549548</v>
       </c>
       <c r="C35" s="8">
         <v>266060462</v>
       </c>
       <c r="D35" s="8">
         <v>269954728</v>
       </c>
       <c r="E35" s="8">
         <v>247368185</v>
       </c>
       <c r="F35" s="8">
         <v>229536991</v>
       </c>
       <c r="G35" s="8">
         <v>224611468</v>
       </c>
       <c r="H35" s="8">
         <v>197023057</v>
       </c>
       <c r="I35" s="8">
         <v>187495211</v>
       </c>
       <c r="J35" s="8">
         <v>206416891</v>
       </c>
       <c r="K35" s="8">
         <v>212233260</v>
       </c>
       <c r="L35" s="8">
         <v>227791833</v>
       </c>
       <c r="M35" s="8">
         <v>267563560</v>
       </c>
       <c r="N35" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B36" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C36" s="8">
         <v>1418298</v>
       </c>
       <c r="D36" s="8">
         <v>747274</v>
       </c>
       <c r="E36" s="8">
         <v>723963</v>
       </c>
       <c r="F36" s="8">
         <v>728900</v>
       </c>
       <c r="G36" s="8">
         <v>778574</v>
       </c>
       <c r="H36" s="8">
         <v>846944</v>
       </c>
       <c r="I36" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="J36" s="8">
         <v>738556</v>
       </c>
       <c r="K36" s="8">
         <v>1049514</v>
       </c>
       <c r="L36" s="8">
         <v>900739</v>
       </c>
       <c r="M36" s="8">
         <v>830257</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B37" s="8">
         <v>17404563</v>
       </c>
       <c r="C37" s="8">
         <v>17479604</v>
       </c>
       <c r="D37" s="8">
         <v>18836592</v>
       </c>
       <c r="E37" s="8">
         <v>19394306</v>
       </c>
       <c r="F37" s="8">
         <v>19528413</v>
       </c>
       <c r="G37" s="8">
         <v>20848898</v>
       </c>
       <c r="H37" s="8">
         <v>20217762</v>
       </c>
       <c r="I37" s="8">
         <v>21125764</v>
       </c>
       <c r="J37" s="8">
         <v>21222672</v>
       </c>
       <c r="K37" s="8">
         <v>21342176</v>
       </c>
       <c r="L37" s="8">
         <v>19551365</v>
       </c>
       <c r="M37" s="8">
         <v>17401075</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B38" s="8">
         <v>340193</v>
       </c>
       <c r="C38" s="8">
         <v>359422</v>
       </c>
       <c r="D38" s="8">
         <v>389541</v>
       </c>
       <c r="E38" s="8">
         <v>407992</v>
       </c>
       <c r="F38" s="8">
         <v>404521</v>
       </c>
       <c r="G38" s="8">
         <v>396151</v>
       </c>
       <c r="H38" s="8">
         <v>421477</v>
       </c>
       <c r="I38" s="8">
         <v>526597</v>
       </c>
       <c r="J38" s="8">
         <v>627313</v>
       </c>
       <c r="K38" s="8">
         <v>612275</v>
       </c>
       <c r="L38" s="8">
         <v>553432</v>
       </c>
       <c r="M38" s="8">
         <v>450767</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B39" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C39" s="8">
         <v>3572164</v>
       </c>
       <c r="D39" s="8">
         <v>4088816</v>
       </c>
       <c r="E39" s="8">
         <v>3577510</v>
       </c>
       <c r="F39" s="8">
         <v>3503048</v>
       </c>
       <c r="G39" s="8">
         <v>3924771</v>
       </c>
       <c r="H39" s="8">
         <v>2857809</v>
       </c>
       <c r="I39" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="J39" s="8">
         <v>3349668</v>
       </c>
       <c r="K39" s="8">
         <v>3484659</v>
       </c>
       <c r="L39" s="8">
         <v>3640381</v>
       </c>
       <c r="M39" s="8">
         <v>4818751</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B40" s="8">
         <v>1143679865</v>
       </c>
       <c r="C40" s="8">
         <v>1109902305</v>
       </c>
       <c r="D40" s="8">
         <v>1087721548</v>
       </c>
       <c r="E40" s="8">
         <v>1017563023</v>
       </c>
       <c r="F40" s="8">
         <v>973321089</v>
       </c>
       <c r="G40" s="8">
         <v>939414719</v>
       </c>
       <c r="H40" s="8">
         <v>865307227</v>
       </c>
       <c r="I40" s="8">
         <v>879799841</v>
       </c>
       <c r="J40" s="8">
         <v>1013624516</v>
       </c>
       <c r="K40" s="8">
         <v>1080712115</v>
       </c>
       <c r="L40" s="8">
         <v>1097163673</v>
       </c>
       <c r="M40" s="8">
         <v>1169654660</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B41" s="8">
         <v>173348712</v>
       </c>
       <c r="C41" s="8">
         <v>174483939</v>
       </c>
       <c r="D41" s="8">
         <v>181508687</v>
       </c>
       <c r="E41" s="8">
         <v>181472975</v>
       </c>
       <c r="F41" s="8">
         <v>185566055</v>
       </c>
       <c r="G41" s="8">
         <v>197329477</v>
       </c>
       <c r="H41" s="8">
         <v>201242082</v>
       </c>
       <c r="I41" s="8">
         <v>213583171</v>
       </c>
       <c r="J41" s="8">
         <v>218816180</v>
       </c>
       <c r="K41" s="8">
         <v>205293452</v>
       </c>
       <c r="L41" s="8">
         <v>193355440</v>
       </c>
       <c r="M41" s="8">
         <v>190109995</v>
       </c>
       <c r="N41" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B42" s="8">
         <v>970331153</v>
       </c>
       <c r="C42" s="8">
         <v>935418366</v>
       </c>
       <c r="D42" s="8">
         <v>906212861</v>
       </c>
       <c r="E42" s="8">
         <v>836090048</v>
       </c>
       <c r="F42" s="8">
         <v>787755034</v>
       </c>
       <c r="G42" s="8">
         <v>742085242</v>
       </c>
       <c r="H42" s="8">
         <v>664065144</v>
       </c>
       <c r="I42" s="8">
         <v>666216670</v>
       </c>
       <c r="J42" s="8">
         <v>794808336</v>
       </c>
       <c r="K42" s="8">
         <v>875418663</v>
       </c>
       <c r="L42" s="8">
         <v>903808233</v>
       </c>
       <c r="M42" s="8">
         <v>979544665</v>
       </c>
       <c r="N42" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="43" ht="12" customHeight="1"/>
     <row r="44" ht="14" customHeight="1">
       <c r="A44" s="10" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B44" s="10"/>
       <c r="C44" s="10"/>
       <c r="D44" s="10"/>
       <c r="E44" s="10"/>
       <c r="F44" s="10"/>
       <c r="G44" s="10"/>
       <c r="H44" s="10"/>
       <c r="I44" s="10"/>
       <c r="J44" s="10"/>
       <c r="K44" s="10"/>
       <c r="L44" s="10"/>
       <c r="M44" s="10"/>
       <c r="N44" s="10"/>
     </row>
     <row r="45" ht="14" customHeight="1">
       <c r="A45" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B45" s="11"/>
       <c r="C45" s="11"/>
       <c r="D45" s="11"/>
       <c r="E45" s="11"/>
       <c r="F45" s="11"/>
       <c r="G45" s="11"/>
       <c r="H45" s="11"/>
       <c r="I45" s="11"/>
       <c r="J45" s="11"/>
       <c r="K45" s="11"/>
       <c r="L45" s="11"/>
       <c r="M45" s="11"/>
       <c r="N45" s="11"/>
     </row>
     <row r="46" ht="29" customHeight="1">
       <c r="A46" s="12" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B46" s="12"/>
       <c r="C46" s="12"/>
       <c r="D46" s="12"/>
       <c r="E46" s="12"/>
       <c r="F46" s="12"/>
       <c r="G46" s="12"/>
       <c r="H46" s="12"/>
       <c r="I46" s="12"/>
       <c r="J46" s="12"/>
       <c r="K46" s="12"/>
       <c r="L46" s="12"/>
       <c r="M46" s="12"/>
       <c r="N46" s="12"/>
     </row>
     <row r="47" ht="43" customHeight="1">
       <c r="A47" s="12" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B47" s="12"/>
       <c r="C47" s="12"/>
       <c r="D47" s="12"/>
       <c r="E47" s="12"/>
       <c r="F47" s="12"/>
       <c r="G47" s="12"/>
       <c r="H47" s="12"/>
       <c r="I47" s="12"/>
       <c r="J47" s="12"/>
       <c r="K47" s="12"/>
       <c r="L47" s="12"/>
       <c r="M47" s="12"/>
       <c r="N47" s="12"/>
     </row>
     <row r="48" ht="12" customHeight="1">
       <c r="A48" s="13" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B48" s="13"/>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="13"/>
       <c r="G48" s="13"/>
       <c r="H48" s="13"/>
       <c r="I48" s="13"/>
       <c r="J48" s="13"/>
       <c r="K48" s="13"/>
       <c r="L48" s="13"/>
       <c r="M48" s="13"/>
       <c r="N48" s="13"/>
     </row>
     <row r="49" ht="14" customHeight="1">
       <c r="A49" s="12" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="12"/>
       <c r="E49" s="12"/>
       <c r="F49" s="12"/>
       <c r="G49" s="12"/>
       <c r="H49" s="12"/>
       <c r="I49" s="12"/>
       <c r="J49" s="12"/>
       <c r="K49" s="12"/>
       <c r="L49" s="12"/>
       <c r="M49" s="12"/>
       <c r="N49" s="12"/>
     </row>
     <row r="50" ht="43" customHeight="1">
       <c r="A50" s="12" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B50" s="12"/>
       <c r="C50" s="12"/>
       <c r="D50" s="12"/>
       <c r="E50" s="12"/>
       <c r="F50" s="12"/>
       <c r="G50" s="12"/>
       <c r="H50" s="12"/>
       <c r="I50" s="12"/>
       <c r="J50" s="12"/>
       <c r="K50" s="12"/>
       <c r="L50" s="12"/>
       <c r="M50" s="12"/>
       <c r="N50" s="12"/>
     </row>
     <row r="51" ht="14" customHeight="1">
       <c r="A51" s="12" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B51" s="12"/>
       <c r="C51" s="12"/>
       <c r="D51" s="12"/>
       <c r="E51" s="12"/>
       <c r="F51" s="12"/>
       <c r="G51" s="12"/>
       <c r="H51" s="12"/>
       <c r="I51" s="12"/>
       <c r="J51" s="12"/>
       <c r="K51" s="12"/>
       <c r="L51" s="12"/>
       <c r="M51" s="12"/>
       <c r="N51" s="12"/>
     </row>
     <row r="52" ht="14" customHeight="1">
       <c r="A52" s="12" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B52" s="12"/>
       <c r="C52" s="12"/>
       <c r="D52" s="12"/>
       <c r="E52" s="12"/>
       <c r="F52" s="12"/>
       <c r="G52" s="12"/>
       <c r="H52" s="12"/>
       <c r="I52" s="12"/>
       <c r="J52" s="12"/>
       <c r="K52" s="12"/>
       <c r="L52" s="12"/>
       <c r="M52" s="12"/>
       <c r="N52" s="12"/>
     </row>
     <row r="53" ht="12" customHeight="1">
       <c r="A53" s="13" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B53" s="13"/>
       <c r="C53" s="13"/>
       <c r="D53" s="13"/>
       <c r="E53" s="13"/>
       <c r="F53" s="13"/>
       <c r="G53" s="13"/>
       <c r="H53" s="13"/>
       <c r="I53" s="13"/>
       <c r="J53" s="13"/>
       <c r="K53" s="13"/>
       <c r="L53" s="13"/>
       <c r="M53" s="13"/>
       <c r="N53" s="13"/>
     </row>
     <row r="54" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A44:N44"/>
@@ -6308,1775 +6548,1775 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B9" s="8">
         <v>1808</v>
       </c>
       <c r="C9" s="8">
         <v>1782</v>
       </c>
       <c r="D9" s="8">
         <v>3151</v>
       </c>
       <c r="E9" s="8">
         <v>1780</v>
       </c>
       <c r="F9" s="8">
         <v>1787</v>
       </c>
       <c r="G9" s="8">
         <v>3145</v>
       </c>
       <c r="H9" s="8">
         <v>1798</v>
       </c>
       <c r="I9" s="8">
         <v>1789</v>
       </c>
       <c r="J9" s="8">
         <v>3146</v>
       </c>
       <c r="K9" s="8">
         <v>1805</v>
       </c>
       <c r="L9" s="8">
         <v>1794</v>
       </c>
       <c r="M9" s="8">
         <v>7006</v>
       </c>
       <c r="N9" s="8">
         <v>7270</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B10" s="8">
         <v>57227835</v>
       </c>
       <c r="C10" s="8">
         <v>34945281</v>
       </c>
       <c r="D10" s="8">
         <v>27591127</v>
       </c>
       <c r="E10" s="8">
         <v>20421491</v>
       </c>
       <c r="F10" s="8">
         <v>16890940</v>
       </c>
       <c r="G10" s="8">
         <v>14122066</v>
       </c>
       <c r="H10" s="8">
         <v>13489420</v>
       </c>
       <c r="I10" s="8">
         <v>76461630</v>
       </c>
       <c r="J10" s="8">
         <v>173918579</v>
       </c>
       <c r="K10" s="8">
         <v>193187931</v>
       </c>
       <c r="L10" s="8">
         <v>99171640</v>
       </c>
       <c r="M10" s="8">
         <v>154534810</v>
       </c>
       <c r="N10" s="8">
         <v>881962751</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B11" s="8">
         <v>35126609</v>
       </c>
       <c r="C11" s="8">
         <v>21828043</v>
       </c>
       <c r="D11" s="8">
         <v>16819122</v>
       </c>
       <c r="E11" s="8">
         <v>10368512</v>
       </c>
       <c r="F11" s="8">
         <v>11427021</v>
       </c>
       <c r="G11" s="8">
         <v>11944139</v>
       </c>
       <c r="H11" s="8">
         <v>11414186</v>
       </c>
       <c r="I11" s="8">
         <v>60191513</v>
       </c>
       <c r="J11" s="8">
         <v>159020898</v>
       </c>
       <c r="K11" s="8">
         <v>165934025</v>
       </c>
       <c r="L11" s="8">
         <v>67081790</v>
       </c>
       <c r="M11" s="8">
         <v>89326312</v>
       </c>
       <c r="N11" s="8">
         <v>660482171</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B12" s="8">
         <v>18603980</v>
       </c>
       <c r="C12" s="8">
         <v>9091734</v>
       </c>
       <c r="D12" s="8">
         <v>6744736</v>
       </c>
       <c r="E12" s="8">
         <v>5304278</v>
       </c>
       <c r="F12" s="8">
         <v>1594709</v>
       </c>
       <c r="G12" s="8">
         <v>-2326691</v>
       </c>
       <c r="H12" s="8">
         <v>-1932642</v>
       </c>
       <c r="I12" s="8">
         <v>12200133</v>
       </c>
       <c r="J12" s="8">
         <v>10503136</v>
       </c>
       <c r="K12" s="8">
         <v>23353120</v>
       </c>
       <c r="L12" s="8">
         <v>29023941</v>
       </c>
       <c r="M12" s="8">
         <v>60667702</v>
       </c>
       <c r="N12" s="8">
         <v>172828136</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B13" s="8">
         <v>2173804</v>
       </c>
       <c r="C13" s="8">
         <v>1527591</v>
       </c>
       <c r="D13" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E13" s="8">
         <v>3394049</v>
       </c>
       <c r="F13" s="8">
         <v>2442124</v>
       </c>
       <c r="G13" s="8">
         <v>3137457</v>
       </c>
       <c r="H13" s="8">
         <v>2980652</v>
       </c>
       <c r="I13" s="8">
         <v>2965809</v>
       </c>
       <c r="J13" s="8">
         <v>2542506</v>
       </c>
       <c r="K13" s="8">
         <v>2717208</v>
       </c>
       <c r="L13" s="8">
         <v>2197331</v>
       </c>
       <c r="M13" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="N13" s="8">
         <v>29760398</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>5489</v>
       </c>
       <c r="C14" s="8">
         <v>1755</v>
       </c>
       <c r="D14" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E14" s="8">
         <v>10932</v>
       </c>
       <c r="F14" s="8">
         <v>6063</v>
       </c>
       <c r="G14" s="8">
         <v>5661</v>
       </c>
       <c r="H14" s="8">
         <v>9492</v>
       </c>
       <c r="I14" s="8">
         <v>8742</v>
       </c>
       <c r="J14" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="K14" s="8">
         <v>10602</v>
       </c>
       <c r="L14" s="8">
         <v>7946</v>
       </c>
       <c r="M14" s="8">
         <v>68962</v>
       </c>
       <c r="N14" s="8">
         <v>255099</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B15" s="8">
         <v>1317953</v>
       </c>
       <c r="C15" s="8">
         <v>2496158</v>
       </c>
       <c r="D15" s="8">
         <v>2021651</v>
       </c>
       <c r="E15" s="8">
         <v>1343721</v>
       </c>
       <c r="F15" s="8">
         <v>1421022</v>
       </c>
       <c r="G15" s="8">
         <v>1361501</v>
       </c>
       <c r="H15" s="8">
         <v>1017731</v>
       </c>
       <c r="I15" s="8">
         <v>1095433</v>
       </c>
       <c r="J15" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="K15" s="8">
         <v>1172976</v>
       </c>
       <c r="L15" s="8">
         <v>860633</v>
       </c>
       <c r="M15" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="N15" s="8">
         <v>18636947</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B16" s="8">
         <v>49282663</v>
       </c>
       <c r="C16" s="8">
         <v>51868771</v>
       </c>
       <c r="D16" s="8">
         <v>57728914</v>
       </c>
       <c r="E16" s="8">
         <v>54782404</v>
       </c>
       <c r="F16" s="8">
         <v>56976236</v>
       </c>
       <c r="G16" s="8">
         <v>58898532</v>
       </c>
       <c r="H16" s="8">
         <v>52142529</v>
       </c>
       <c r="I16" s="8">
         <v>51934660</v>
       </c>
       <c r="J16" s="8">
         <v>60704477</v>
       </c>
       <c r="K16" s="8">
         <v>63418257</v>
       </c>
       <c r="L16" s="8">
         <v>55614457</v>
       </c>
       <c r="M16" s="8">
         <v>70392703</v>
       </c>
       <c r="N16" s="8">
         <v>683744603</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B17" s="8">
         <v>40998814</v>
       </c>
       <c r="C17" s="8">
         <v>42711608</v>
       </c>
       <c r="D17" s="8">
         <v>46931360</v>
       </c>
       <c r="E17" s="8">
         <v>44701509</v>
       </c>
       <c r="F17" s="8">
         <v>47079604</v>
       </c>
       <c r="G17" s="8">
         <v>46687127</v>
       </c>
       <c r="H17" s="8">
         <v>41340164</v>
       </c>
       <c r="I17" s="8">
         <v>40684245</v>
       </c>
       <c r="J17" s="8">
         <v>46374557</v>
       </c>
       <c r="K17" s="8">
         <v>50704391</v>
       </c>
       <c r="L17" s="8">
         <v>43955403</v>
       </c>
       <c r="M17" s="8">
         <v>54314169</v>
       </c>
       <c r="N17" s="8">
         <v>546482951</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B18" s="8">
         <v>3518097</v>
       </c>
       <c r="C18" s="8">
         <v>3754945</v>
       </c>
       <c r="D18" s="8">
         <v>5049317</v>
       </c>
       <c r="E18" s="8">
         <v>4416859</v>
       </c>
       <c r="F18" s="8">
         <v>4038205</v>
       </c>
       <c r="G18" s="8">
         <v>5322243</v>
       </c>
       <c r="H18" s="8">
         <v>4157417</v>
       </c>
       <c r="I18" s="8">
         <v>4577807</v>
       </c>
       <c r="J18" s="8">
         <v>6260708</v>
       </c>
       <c r="K18" s="8">
         <v>5035601</v>
       </c>
       <c r="L18" s="8">
         <v>4320871</v>
       </c>
       <c r="M18" s="8">
         <v>7355237</v>
       </c>
       <c r="N18" s="8">
         <v>57807309</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B19" s="8">
         <v>1444182</v>
       </c>
       <c r="C19" s="8">
         <v>1192663</v>
       </c>
       <c r="D19" s="8">
         <v>1250311</v>
       </c>
       <c r="E19" s="8">
         <v>1626882</v>
       </c>
       <c r="F19" s="8">
         <v>1722246</v>
       </c>
       <c r="G19" s="8">
         <v>1751164</v>
       </c>
       <c r="H19" s="8">
         <v>1542278</v>
       </c>
       <c r="I19" s="8">
         <v>1684543</v>
       </c>
       <c r="J19" s="8">
         <v>2369076</v>
       </c>
       <c r="K19" s="8">
         <v>2905837</v>
       </c>
       <c r="L19" s="8">
         <v>3205387</v>
       </c>
       <c r="M19" s="8">
         <v>3395966</v>
       </c>
       <c r="N19" s="8">
         <v>24090533</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B20" s="8">
         <v>56551</v>
       </c>
       <c r="C20" s="8">
         <v>55655</v>
       </c>
       <c r="D20" s="8">
         <v>72679</v>
       </c>
       <c r="E20" s="8">
         <v>69950</v>
       </c>
       <c r="F20" s="8">
         <v>70873</v>
       </c>
       <c r="G20" s="8">
         <v>90246</v>
       </c>
       <c r="H20" s="8">
         <v>61930</v>
       </c>
       <c r="I20" s="8">
         <v>60987</v>
       </c>
       <c r="J20" s="8">
         <v>88033</v>
       </c>
       <c r="K20" s="8">
         <v>90595</v>
       </c>
       <c r="L20" s="8">
         <v>107891</v>
       </c>
       <c r="M20" s="8">
         <v>189727</v>
       </c>
       <c r="N20" s="8">
         <v>1015116</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B21" s="8">
         <v>3265019</v>
       </c>
       <c r="C21" s="8">
         <v>4153900</v>
       </c>
       <c r="D21" s="8">
         <v>4425248</v>
       </c>
       <c r="E21" s="8">
         <v>3967203</v>
       </c>
       <c r="F21" s="8">
         <v>4065309</v>
       </c>
       <c r="G21" s="8">
         <v>5047752</v>
       </c>
       <c r="H21" s="8">
         <v>5040740</v>
       </c>
       <c r="I21" s="8">
         <v>4927078</v>
       </c>
       <c r="J21" s="8">
         <v>5612103</v>
       </c>
       <c r="K21" s="8">
         <v>4681832</v>
       </c>
       <c r="L21" s="8">
         <v>4024905</v>
       </c>
       <c r="M21" s="8">
         <v>5137604</v>
       </c>
       <c r="N21" s="8">
         <v>54348693</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B22" s="8">
         <v>49282663</v>
       </c>
       <c r="C22" s="8">
         <v>51868771</v>
       </c>
       <c r="D22" s="8">
         <v>57728914</v>
       </c>
       <c r="E22" s="8">
         <v>54782404</v>
       </c>
       <c r="F22" s="8">
         <v>56976236</v>
       </c>
       <c r="G22" s="8">
         <v>58898532</v>
       </c>
       <c r="H22" s="8">
         <v>52142529</v>
       </c>
       <c r="I22" s="8">
         <v>51934660</v>
       </c>
       <c r="J22" s="8">
         <v>60704477</v>
       </c>
       <c r="K22" s="8">
         <v>63418257</v>
       </c>
       <c r="L22" s="8">
         <v>55614457</v>
       </c>
       <c r="M22" s="8">
         <v>70392703</v>
       </c>
       <c r="N22" s="8">
         <v>683744603</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B23" s="8">
         <v>46540948</v>
       </c>
       <c r="C23" s="8">
         <v>48718115</v>
       </c>
       <c r="D23" s="8">
         <v>54393146</v>
       </c>
       <c r="E23" s="8">
         <v>50446696</v>
       </c>
       <c r="F23" s="8">
         <v>53142362</v>
       </c>
       <c r="G23" s="8">
         <v>55128451</v>
       </c>
       <c r="H23" s="8">
         <v>48658042</v>
       </c>
       <c r="I23" s="8">
         <v>48442177</v>
       </c>
       <c r="J23" s="8">
         <v>58995414</v>
       </c>
       <c r="K23" s="8">
         <v>60442037</v>
       </c>
       <c r="L23" s="8">
         <v>53672409</v>
       </c>
       <c r="M23" s="8">
         <v>67248226</v>
       </c>
       <c r="N23" s="8">
         <v>645828024</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B24" s="8">
         <v>2741715</v>
       </c>
       <c r="C24" s="8">
         <v>3150656</v>
       </c>
       <c r="D24" s="8">
         <v>3335768</v>
       </c>
       <c r="E24" s="8">
         <v>4335707</v>
       </c>
       <c r="F24" s="8">
         <v>3833873</v>
       </c>
       <c r="G24" s="8">
         <v>3770081</v>
       </c>
       <c r="H24" s="8">
         <v>3484487</v>
       </c>
       <c r="I24" s="8">
         <v>3492483</v>
       </c>
       <c r="J24" s="8">
         <v>1709063</v>
       </c>
       <c r="K24" s="8">
         <v>2976219</v>
       </c>
       <c r="L24" s="8">
         <v>1942048</v>
       </c>
       <c r="M24" s="8">
         <v>3144477</v>
       </c>
       <c r="N24" s="8">
         <v>37916579</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B25" s="8">
         <v>10195216</v>
       </c>
       <c r="C25" s="8">
         <v>10565655</v>
       </c>
       <c r="D25" s="8">
         <v>10642445</v>
       </c>
       <c r="E25" s="8">
         <v>12568006</v>
       </c>
       <c r="F25" s="8">
         <v>11687861</v>
       </c>
       <c r="G25" s="8">
         <v>12697023</v>
       </c>
       <c r="H25" s="8">
         <v>8003962</v>
       </c>
       <c r="I25" s="8">
         <v>11366884</v>
       </c>
       <c r="J25" s="8">
         <v>10910742</v>
       </c>
       <c r="K25" s="8">
         <v>12021004</v>
       </c>
       <c r="L25" s="8">
         <v>7449718</v>
       </c>
       <c r="M25" s="8">
         <v>8772721</v>
       </c>
       <c r="N25" s="8">
         <v>126881237</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B26" s="8">
         <v>9469576</v>
       </c>
       <c r="C26" s="8">
         <v>8984545</v>
       </c>
       <c r="D26" s="8">
         <v>9211056</v>
       </c>
       <c r="E26" s="8">
         <v>10054584</v>
       </c>
       <c r="F26" s="8">
         <v>10635269</v>
       </c>
       <c r="G26" s="8">
         <v>11504315</v>
       </c>
       <c r="H26" s="8">
         <v>6894060</v>
       </c>
       <c r="I26" s="8">
         <v>8696379</v>
       </c>
       <c r="J26" s="8">
         <v>9659436</v>
       </c>
       <c r="K26" s="8">
         <v>10895511</v>
       </c>
       <c r="L26" s="8">
         <v>6402391</v>
       </c>
       <c r="M26" s="8">
         <v>7616028</v>
       </c>
       <c r="N26" s="8">
         <v>110023149</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B27" s="8">
         <v>582936</v>
       </c>
       <c r="C27" s="8">
         <v>1312995</v>
       </c>
       <c r="D27" s="8">
         <v>1176664</v>
       </c>
       <c r="E27" s="8">
         <v>2271013</v>
       </c>
       <c r="F27" s="8">
         <v>767289</v>
       </c>
       <c r="G27" s="8">
         <v>833504</v>
       </c>
       <c r="H27" s="8">
         <v>684416</v>
       </c>
       <c r="I27" s="8">
         <v>2070022</v>
       </c>
       <c r="J27" s="8">
         <v>919244</v>
       </c>
       <c r="K27" s="8">
         <v>855041</v>
       </c>
       <c r="L27" s="8">
         <v>746182</v>
       </c>
       <c r="M27" s="8">
         <v>856818</v>
       </c>
       <c r="N27" s="8">
         <v>13076125</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B28" s="8">
         <v>133691</v>
       </c>
       <c r="C28" s="8">
         <v>246597</v>
       </c>
       <c r="D28" s="8">
         <v>220841</v>
       </c>
       <c r="E28" s="8">
         <v>215570</v>
       </c>
       <c r="F28" s="8">
         <v>238125</v>
       </c>
       <c r="G28" s="8">
         <v>281975</v>
       </c>
       <c r="H28" s="8">
         <v>270761</v>
       </c>
       <c r="I28" s="8">
         <v>308311</v>
       </c>
       <c r="J28" s="8">
         <v>284971</v>
       </c>
       <c r="K28" s="8">
         <v>223117</v>
       </c>
       <c r="L28" s="8">
         <v>250043</v>
       </c>
       <c r="M28" s="8">
         <v>239327</v>
       </c>
       <c r="N28" s="8">
         <v>2913330</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B29" s="8">
         <v>9012</v>
       </c>
       <c r="C29" s="8">
         <v>21517</v>
       </c>
       <c r="D29" s="8">
         <v>33884</v>
       </c>
       <c r="E29" s="8">
         <v>26838</v>
       </c>
       <c r="F29" s="8">
         <v>47178</v>
       </c>
       <c r="G29" s="8">
         <v>77230</v>
       </c>
       <c r="H29" s="8">
         <v>154725</v>
       </c>
       <c r="I29" s="8">
         <v>292171</v>
       </c>
       <c r="J29" s="8">
         <v>47091</v>
       </c>
       <c r="K29" s="8">
         <v>47334</v>
       </c>
       <c r="L29" s="8">
         <v>51102</v>
       </c>
       <c r="M29" s="8">
         <v>60549</v>
       </c>
       <c r="N29" s="8">
         <v>868632</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B30" s="8">
         <v>9101759</v>
       </c>
       <c r="C30" s="8">
         <v>9075654</v>
       </c>
       <c r="D30" s="8">
         <v>9390631</v>
       </c>
       <c r="E30" s="8">
         <v>9985772</v>
       </c>
       <c r="F30" s="8">
         <v>10546791</v>
       </c>
       <c r="G30" s="8">
         <v>11836021</v>
       </c>
       <c r="H30" s="8">
         <v>6570300</v>
       </c>
       <c r="I30" s="8">
         <v>8810666</v>
       </c>
       <c r="J30" s="8">
         <v>9466114</v>
       </c>
       <c r="K30" s="8">
         <v>10266752</v>
       </c>
       <c r="L30" s="8">
         <v>6408714</v>
       </c>
       <c r="M30" s="8">
         <v>7196499</v>
       </c>
       <c r="N30" s="8">
         <v>108655673</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B31" s="8">
         <v>4929807</v>
       </c>
       <c r="C31" s="8">
         <v>5040640</v>
       </c>
       <c r="D31" s="8">
         <v>5449404</v>
       </c>
       <c r="E31" s="8">
         <v>4973767</v>
       </c>
       <c r="F31" s="8">
         <v>5392851</v>
       </c>
       <c r="G31" s="8">
         <v>6701301</v>
       </c>
       <c r="H31" s="8">
         <v>4318553</v>
       </c>
       <c r="I31" s="8">
         <v>5436024</v>
       </c>
       <c r="J31" s="8">
         <v>6064673</v>
       </c>
       <c r="K31" s="8">
         <v>6110142</v>
       </c>
       <c r="L31" s="8">
         <v>4564737</v>
       </c>
       <c r="M31" s="8">
         <v>4317184</v>
       </c>
       <c r="N31" s="8">
         <v>63299084</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B32" s="8">
         <v>4171951</v>
       </c>
       <c r="C32" s="8">
         <v>4035014</v>
       </c>
       <c r="D32" s="8">
         <v>3941227</v>
       </c>
       <c r="E32" s="8">
         <v>5012005</v>
       </c>
       <c r="F32" s="8">
         <v>5153940</v>
       </c>
       <c r="G32" s="8">
         <v>5134720</v>
       </c>
       <c r="H32" s="8">
         <v>2251747</v>
       </c>
       <c r="I32" s="8">
         <v>3374642</v>
       </c>
       <c r="J32" s="8">
         <v>3401441</v>
       </c>
       <c r="K32" s="8">
         <v>4156610</v>
       </c>
       <c r="L32" s="8">
         <v>1843977</v>
       </c>
       <c r="M32" s="8">
         <v>2879315</v>
       </c>
       <c r="N32" s="8">
         <v>45356589</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B33" s="8">
         <v>1090503057</v>
       </c>
       <c r="C33" s="8">
         <v>1060618271</v>
       </c>
       <c r="D33" s="8">
         <v>1046561911</v>
       </c>
       <c r="E33" s="8">
         <v>979726669</v>
       </c>
       <c r="F33" s="8">
         <v>931520446</v>
       </c>
       <c r="G33" s="8">
         <v>895611789</v>
       </c>
       <c r="H33" s="8">
         <v>829380036</v>
       </c>
       <c r="I33" s="8">
         <v>839391665</v>
       </c>
       <c r="J33" s="8">
         <v>952393393</v>
       </c>
       <c r="K33" s="8">
         <v>1046271131</v>
       </c>
       <c r="L33" s="8">
         <v>1083180316</v>
       </c>
       <c r="M33" s="8">
         <v>1188897645</v>
       </c>
       <c r="N33" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B34" s="8">
         <v>838385654</v>
       </c>
       <c r="C34" s="8">
         <v>808884814</v>
       </c>
       <c r="D34" s="8">
         <v>784943243</v>
       </c>
       <c r="E34" s="8">
         <v>733919161</v>
       </c>
       <c r="F34" s="8">
         <v>700371573</v>
       </c>
       <c r="G34" s="8">
         <v>668585081</v>
       </c>
       <c r="H34" s="8">
         <v>621851828</v>
       </c>
       <c r="I34" s="8">
         <v>630675556</v>
       </c>
       <c r="J34" s="8">
         <v>739698227</v>
       </c>
       <c r="K34" s="8">
         <v>822393649</v>
       </c>
       <c r="L34" s="8">
         <v>834597508</v>
       </c>
       <c r="M34" s="8">
         <v>881417380</v>
       </c>
       <c r="N34" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B35" s="8">
         <v>232201600</v>
       </c>
       <c r="C35" s="8">
         <v>231714599</v>
       </c>
       <c r="D35" s="8">
         <v>241024878</v>
       </c>
       <c r="E35" s="8">
         <v>224430947</v>
       </c>
       <c r="F35" s="8">
         <v>209223936</v>
       </c>
       <c r="G35" s="8">
         <v>203539048</v>
       </c>
       <c r="H35" s="8">
         <v>182711173</v>
       </c>
       <c r="I35" s="8">
         <v>178527507</v>
       </c>
       <c r="J35" s="8">
         <v>185236847</v>
       </c>
       <c r="K35" s="8">
         <v>199967823</v>
       </c>
       <c r="L35" s="8">
         <v>225729441</v>
       </c>
       <c r="M35" s="8">
         <v>285899560</v>
       </c>
       <c r="N35" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B36" s="8">
         <v>1656921</v>
       </c>
       <c r="C36" s="8">
         <v>806493</v>
       </c>
       <c r="D36" s="8">
         <v>874172</v>
       </c>
       <c r="E36" s="8">
         <v>737834</v>
       </c>
       <c r="F36" s="8">
         <v>795297</v>
       </c>
       <c r="G36" s="8">
         <v>782535</v>
       </c>
       <c r="H36" s="8">
         <v>551881</v>
       </c>
       <c r="I36" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="J36" s="8">
         <v>2424582</v>
       </c>
       <c r="K36" s="8">
         <v>779730</v>
       </c>
       <c r="L36" s="8">
         <v>451774</v>
       </c>
       <c r="M36" s="8">
         <v>537771</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B37" s="8">
         <v>15103095</v>
       </c>
       <c r="C37" s="8">
         <v>15260594</v>
       </c>
       <c r="D37" s="8">
         <v>15535969</v>
       </c>
       <c r="E37" s="8">
         <v>16898428</v>
       </c>
       <c r="F37" s="8">
         <v>17456535</v>
       </c>
       <c r="G37" s="8">
         <v>18425488</v>
       </c>
       <c r="H37" s="8">
         <v>20590850</v>
       </c>
       <c r="I37" s="8">
         <v>21265475</v>
       </c>
       <c r="J37" s="8">
         <v>20903924</v>
       </c>
       <c r="K37" s="8">
         <v>20461761</v>
       </c>
       <c r="L37" s="8">
         <v>19096964</v>
       </c>
       <c r="M37" s="8">
         <v>16344454</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B38" s="8">
         <v>298033</v>
       </c>
       <c r="C38" s="8">
         <v>399133</v>
       </c>
       <c r="D38" s="8">
         <v>353116</v>
       </c>
       <c r="E38" s="8">
         <v>361075</v>
       </c>
       <c r="F38" s="8">
         <v>361882</v>
       </c>
       <c r="G38" s="8">
         <v>396934</v>
       </c>
       <c r="H38" s="8">
         <v>416686</v>
       </c>
       <c r="I38" s="8">
         <v>509849</v>
       </c>
       <c r="J38" s="8">
         <v>612697</v>
       </c>
       <c r="K38" s="8">
         <v>448350</v>
       </c>
       <c r="L38" s="8">
         <v>405222</v>
       </c>
       <c r="M38" s="8">
         <v>310614</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B39" s="8">
         <v>2857753</v>
       </c>
       <c r="C39" s="8">
         <v>3552638</v>
       </c>
       <c r="D39" s="8">
         <v>3830534</v>
       </c>
       <c r="E39" s="8">
         <v>3379223</v>
       </c>
       <c r="F39" s="8">
         <v>3311222</v>
       </c>
       <c r="G39" s="8">
         <v>3882703</v>
       </c>
       <c r="H39" s="8">
         <v>3257619</v>
       </c>
       <c r="I39" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="J39" s="8">
         <v>3517115</v>
       </c>
       <c r="K39" s="8">
         <v>2219818</v>
       </c>
       <c r="L39" s="8">
         <v>2899408</v>
       </c>
       <c r="M39" s="8">
         <v>4387865</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B40" s="8">
         <v>1090503057</v>
       </c>
       <c r="C40" s="8">
         <v>1060618271</v>
       </c>
       <c r="D40" s="8">
         <v>1046561911</v>
       </c>
       <c r="E40" s="8">
         <v>979726669</v>
       </c>
       <c r="F40" s="8">
         <v>931520446</v>
       </c>
       <c r="G40" s="8">
         <v>895611789</v>
       </c>
       <c r="H40" s="8">
         <v>829380036</v>
       </c>
       <c r="I40" s="8">
         <v>839391665</v>
       </c>
       <c r="J40" s="8">
         <v>952393393</v>
       </c>
       <c r="K40" s="8">
         <v>1046271131</v>
       </c>
       <c r="L40" s="8">
         <v>1083180316</v>
       </c>
       <c r="M40" s="8">
         <v>1188897645</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B41" s="8">
         <v>155176587</v>
       </c>
       <c r="C41" s="8">
         <v>155413855</v>
       </c>
       <c r="D41" s="8">
         <v>162028476</v>
       </c>
       <c r="E41" s="8">
         <v>165156718</v>
       </c>
       <c r="F41" s="8">
         <v>170601300</v>
       </c>
       <c r="G41" s="8">
         <v>178156483</v>
       </c>
       <c r="H41" s="8">
         <v>188255910</v>
       </c>
       <c r="I41" s="8">
         <v>196068326</v>
       </c>
       <c r="J41" s="8">
         <v>203288269</v>
       </c>
       <c r="K41" s="8">
         <v>188027455</v>
       </c>
       <c r="L41" s="8">
         <v>179836381</v>
       </c>
       <c r="M41" s="8">
         <v>174770191</v>
       </c>
       <c r="N41" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B42" s="8">
         <v>935326471</v>
       </c>
       <c r="C42" s="8">
         <v>905204416</v>
       </c>
       <c r="D42" s="8">
         <v>884533435</v>
       </c>
       <c r="E42" s="8">
         <v>814569951</v>
       </c>
       <c r="F42" s="8">
         <v>760919146</v>
       </c>
       <c r="G42" s="8">
         <v>717455306</v>
       </c>
       <c r="H42" s="8">
         <v>641124127</v>
       </c>
       <c r="I42" s="8">
         <v>643323338</v>
       </c>
       <c r="J42" s="8">
         <v>749105124</v>
       </c>
       <c r="K42" s="8">
         <v>858243676</v>
       </c>
       <c r="L42" s="8">
         <v>903343935</v>
       </c>
       <c r="M42" s="8">
         <v>1014127454</v>
       </c>
       <c r="N42" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="43" ht="12" customHeight="1"/>
     <row r="44" ht="14" customHeight="1">
       <c r="A44" s="10" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B44" s="10"/>
       <c r="C44" s="10"/>
       <c r="D44" s="10"/>
       <c r="E44" s="10"/>
       <c r="F44" s="10"/>
       <c r="G44" s="10"/>
       <c r="H44" s="10"/>
       <c r="I44" s="10"/>
       <c r="J44" s="10"/>
       <c r="K44" s="10"/>
       <c r="L44" s="10"/>
       <c r="M44" s="10"/>
       <c r="N44" s="10"/>
     </row>
     <row r="45" ht="14" customHeight="1">
       <c r="A45" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B45" s="11"/>
       <c r="C45" s="11"/>
       <c r="D45" s="11"/>
       <c r="E45" s="11"/>
       <c r="F45" s="11"/>
       <c r="G45" s="11"/>
       <c r="H45" s="11"/>
       <c r="I45" s="11"/>
       <c r="J45" s="11"/>
       <c r="K45" s="11"/>
       <c r="L45" s="11"/>
       <c r="M45" s="11"/>
       <c r="N45" s="11"/>
     </row>
     <row r="46" ht="29" customHeight="1">
       <c r="A46" s="12" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B46" s="12"/>
       <c r="C46" s="12"/>
       <c r="D46" s="12"/>
       <c r="E46" s="12"/>
       <c r="F46" s="12"/>
       <c r="G46" s="12"/>
       <c r="H46" s="12"/>
       <c r="I46" s="12"/>
       <c r="J46" s="12"/>
       <c r="K46" s="12"/>
       <c r="L46" s="12"/>
       <c r="M46" s="12"/>
       <c r="N46" s="12"/>
     </row>
     <row r="47" ht="43" customHeight="1">
       <c r="A47" s="12" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B47" s="12"/>
       <c r="C47" s="12"/>
       <c r="D47" s="12"/>
       <c r="E47" s="12"/>
       <c r="F47" s="12"/>
       <c r="G47" s="12"/>
       <c r="H47" s="12"/>
       <c r="I47" s="12"/>
       <c r="J47" s="12"/>
       <c r="K47" s="12"/>
       <c r="L47" s="12"/>
       <c r="M47" s="12"/>
       <c r="N47" s="12"/>
     </row>
     <row r="48" ht="12" customHeight="1">
       <c r="A48" s="13" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B48" s="13"/>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="13"/>
       <c r="G48" s="13"/>
       <c r="H48" s="13"/>
       <c r="I48" s="13"/>
       <c r="J48" s="13"/>
       <c r="K48" s="13"/>
       <c r="L48" s="13"/>
       <c r="M48" s="13"/>
       <c r="N48" s="13"/>
     </row>
     <row r="49" ht="14" customHeight="1">
       <c r="A49" s="12" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="12"/>
       <c r="E49" s="12"/>
       <c r="F49" s="12"/>
       <c r="G49" s="12"/>
       <c r="H49" s="12"/>
       <c r="I49" s="12"/>
       <c r="J49" s="12"/>
       <c r="K49" s="12"/>
       <c r="L49" s="12"/>
       <c r="M49" s="12"/>
       <c r="N49" s="12"/>
     </row>
     <row r="50" ht="43" customHeight="1">
       <c r="A50" s="12" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B50" s="12"/>
       <c r="C50" s="12"/>
       <c r="D50" s="12"/>
       <c r="E50" s="12"/>
       <c r="F50" s="12"/>
       <c r="G50" s="12"/>
       <c r="H50" s="12"/>
       <c r="I50" s="12"/>
       <c r="J50" s="12"/>
       <c r="K50" s="12"/>
       <c r="L50" s="12"/>
       <c r="M50" s="12"/>
       <c r="N50" s="12"/>
     </row>
     <row r="51" ht="14" customHeight="1">
       <c r="A51" s="12" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B51" s="12"/>
       <c r="C51" s="12"/>
       <c r="D51" s="12"/>
       <c r="E51" s="12"/>
       <c r="F51" s="12"/>
       <c r="G51" s="12"/>
       <c r="H51" s="12"/>
       <c r="I51" s="12"/>
       <c r="J51" s="12"/>
       <c r="K51" s="12"/>
       <c r="L51" s="12"/>
       <c r="M51" s="12"/>
       <c r="N51" s="12"/>
     </row>
     <row r="52" ht="14" customHeight="1">
       <c r="A52" s="12" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B52" s="12"/>
       <c r="C52" s="12"/>
       <c r="D52" s="12"/>
       <c r="E52" s="12"/>
       <c r="F52" s="12"/>
       <c r="G52" s="12"/>
       <c r="H52" s="12"/>
       <c r="I52" s="12"/>
       <c r="J52" s="12"/>
       <c r="K52" s="12"/>
       <c r="L52" s="12"/>
       <c r="M52" s="12"/>
       <c r="N52" s="12"/>
     </row>
     <row r="53" ht="12" customHeight="1">
       <c r="A53" s="13" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B53" s="13"/>
       <c r="C53" s="13"/>
       <c r="D53" s="13"/>
       <c r="E53" s="13"/>
       <c r="F53" s="13"/>
       <c r="G53" s="13"/>
       <c r="H53" s="13"/>
       <c r="I53" s="13"/>
       <c r="J53" s="13"/>
       <c r="K53" s="13"/>
       <c r="L53" s="13"/>
       <c r="M53" s="13"/>
       <c r="N53" s="13"/>
     </row>
     <row r="54" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A44:N44"/>
@@ -8118,1775 +8358,1775 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B9" s="8">
         <v>1799</v>
       </c>
       <c r="C9" s="8">
         <v>1738</v>
       </c>
       <c r="D9" s="8">
         <v>2973</v>
       </c>
       <c r="E9" s="8">
         <v>1754</v>
       </c>
       <c r="F9" s="8">
         <v>1742</v>
       </c>
       <c r="G9" s="8">
         <v>3003</v>
       </c>
       <c r="H9" s="8">
         <v>1758</v>
       </c>
       <c r="I9" s="8">
         <v>1749</v>
       </c>
       <c r="J9" s="8">
         <v>3009</v>
       </c>
       <c r="K9" s="8">
         <v>1780</v>
       </c>
       <c r="L9" s="8">
         <v>1765</v>
       </c>
       <c r="M9" s="8">
         <v>6606</v>
       </c>
       <c r="N9" s="8">
         <v>6847</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B10" s="8">
         <v>53998411</v>
       </c>
       <c r="C10" s="8">
         <v>28840269</v>
       </c>
       <c r="D10" s="8">
         <v>20002474</v>
       </c>
       <c r="E10" s="8">
         <v>20236691</v>
       </c>
       <c r="F10" s="8">
         <v>17007170</v>
       </c>
       <c r="G10" s="8">
         <v>11525739</v>
       </c>
       <c r="H10" s="8">
         <v>10443495</v>
       </c>
       <c r="I10" s="8">
         <v>55386397</v>
       </c>
       <c r="J10" s="8">
         <v>191897463</v>
       </c>
       <c r="K10" s="8">
         <v>202086912</v>
       </c>
       <c r="L10" s="8">
         <v>129225916</v>
       </c>
       <c r="M10" s="8">
         <v>141992378</v>
       </c>
       <c r="N10" s="8">
         <v>882643314</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B11" s="8">
         <v>36100409</v>
       </c>
       <c r="C11" s="8">
         <v>18918263</v>
       </c>
       <c r="D11" s="8">
         <v>8704449</v>
       </c>
       <c r="E11" s="8">
         <v>13067311</v>
       </c>
       <c r="F11" s="8">
         <v>10447244</v>
       </c>
       <c r="G11" s="8">
         <v>6588831</v>
       </c>
       <c r="H11" s="8">
         <v>8654729</v>
       </c>
       <c r="I11" s="8">
         <v>49206819</v>
       </c>
       <c r="J11" s="8">
         <v>173959460</v>
       </c>
       <c r="K11" s="8">
         <v>174423124</v>
       </c>
       <c r="L11" s="8">
         <v>101112143</v>
       </c>
       <c r="M11" s="8">
         <v>86565844</v>
       </c>
       <c r="N11" s="8">
         <v>687748626</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B12" s="8">
         <v>15682244</v>
       </c>
       <c r="C12" s="8">
         <v>8143971</v>
       </c>
       <c r="D12" s="8">
         <v>8226189</v>
       </c>
       <c r="E12" s="8">
         <v>3336960</v>
       </c>
       <c r="F12" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="G12" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H12" s="8">
         <v>-1112681</v>
       </c>
       <c r="I12" s="8">
         <v>2420270</v>
       </c>
       <c r="J12" s="8">
         <v>15071513</v>
       </c>
       <c r="K12" s="8">
         <v>23958785</v>
       </c>
       <c r="L12" s="8">
         <v>26085334</v>
       </c>
       <c r="M12" s="8">
         <v>52952548</v>
       </c>
       <c r="N12" s="8">
         <v>158602495</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B13" s="8">
         <v>1878519</v>
       </c>
       <c r="C13" s="8">
         <v>1339806</v>
       </c>
       <c r="D13" s="8">
         <v>2330027</v>
       </c>
       <c r="E13" s="8">
         <v>2503452</v>
       </c>
       <c r="F13" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="G13" s="8">
         <v>2947259</v>
       </c>
       <c r="H13" s="8">
         <v>2472719</v>
       </c>
       <c r="I13" s="8">
         <v>3047887</v>
       </c>
       <c r="J13" s="8">
         <v>2269192</v>
       </c>
       <c r="K13" s="8">
         <v>3321822</v>
       </c>
       <c r="L13" s="8">
         <v>1622349</v>
       </c>
       <c r="M13" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="N13" s="8">
         <v>27550062</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>3622</v>
       </c>
       <c r="C14" s="8">
         <v>2897</v>
       </c>
       <c r="D14" s="8">
         <v>24797</v>
       </c>
       <c r="E14" s="8">
         <v>2169</v>
       </c>
       <c r="F14" s="8">
         <v>7771</v>
       </c>
       <c r="G14" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H14" s="8">
         <v>9926</v>
       </c>
       <c r="I14" s="8">
         <v>9077</v>
       </c>
       <c r="J14" s="8">
         <v>79254</v>
       </c>
       <c r="K14" s="8">
         <v>2537</v>
       </c>
       <c r="L14" s="8">
         <v>7621</v>
       </c>
       <c r="M14" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="N14" s="8">
         <v>245895</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B15" s="8">
         <v>333617</v>
       </c>
       <c r="C15" s="8">
         <v>435332</v>
       </c>
       <c r="D15" s="8">
         <v>717012</v>
       </c>
       <c r="E15" s="8">
         <v>1326799</v>
       </c>
       <c r="F15" s="8">
         <v>922800</v>
       </c>
       <c r="G15" s="8">
         <v>998714</v>
       </c>
       <c r="H15" s="8">
         <v>418802</v>
       </c>
       <c r="I15" s="8">
         <v>702343</v>
       </c>
       <c r="J15" s="8">
         <v>518044</v>
       </c>
       <c r="K15" s="8">
         <v>380644</v>
       </c>
       <c r="L15" s="8">
         <v>398469</v>
       </c>
       <c r="M15" s="8">
         <v>1343659</v>
       </c>
       <c r="N15" s="8">
         <v>8496236</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B16" s="8">
         <v>49989308</v>
       </c>
       <c r="C16" s="8">
         <v>47463636</v>
       </c>
       <c r="D16" s="8">
         <v>56209207</v>
       </c>
       <c r="E16" s="8">
         <v>51279841</v>
       </c>
       <c r="F16" s="8">
         <v>54126511</v>
       </c>
       <c r="G16" s="8">
         <v>54328555</v>
       </c>
       <c r="H16" s="8">
         <v>49952254</v>
       </c>
       <c r="I16" s="8">
         <v>50381145</v>
       </c>
       <c r="J16" s="8">
         <v>54730382</v>
       </c>
       <c r="K16" s="8">
         <v>62350266</v>
       </c>
       <c r="L16" s="8">
         <v>57096614</v>
       </c>
       <c r="M16" s="8">
         <v>61517117</v>
       </c>
       <c r="N16" s="8">
         <v>649424836</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B17" s="8">
         <v>42353083</v>
       </c>
       <c r="C17" s="8">
         <v>40866957</v>
       </c>
       <c r="D17" s="8">
         <v>48645869</v>
       </c>
       <c r="E17" s="8">
         <v>42855497</v>
       </c>
       <c r="F17" s="8">
         <v>45824073</v>
       </c>
       <c r="G17" s="8">
         <v>45039903</v>
       </c>
       <c r="H17" s="8">
         <v>41476215</v>
       </c>
       <c r="I17" s="8">
         <v>41323025</v>
       </c>
       <c r="J17" s="8">
         <v>44953467</v>
       </c>
       <c r="K17" s="8">
         <v>51187748</v>
       </c>
       <c r="L17" s="8">
         <v>46627680</v>
       </c>
       <c r="M17" s="8">
         <v>49293161</v>
       </c>
       <c r="N17" s="8">
         <v>540446681</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B18" s="8">
         <v>3815696</v>
       </c>
       <c r="C18" s="8">
         <v>3506383</v>
       </c>
       <c r="D18" s="8">
         <v>4514711</v>
       </c>
       <c r="E18" s="8">
         <v>3942357</v>
       </c>
       <c r="F18" s="8">
         <v>3919731</v>
       </c>
       <c r="G18" s="8">
         <v>4706710</v>
       </c>
       <c r="H18" s="8">
         <v>3716547</v>
       </c>
       <c r="I18" s="8">
         <v>4493637</v>
       </c>
       <c r="J18" s="8">
         <v>5139603</v>
       </c>
       <c r="K18" s="8">
         <v>4543256</v>
       </c>
       <c r="L18" s="8">
         <v>4110395</v>
       </c>
       <c r="M18" s="8">
         <v>6148724</v>
       </c>
       <c r="N18" s="8">
         <v>52557749</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B19" s="8">
         <v>1306720</v>
       </c>
       <c r="C19" s="8">
         <v>1097335</v>
       </c>
       <c r="D19" s="8">
         <v>1001041</v>
       </c>
       <c r="E19" s="8">
         <v>1623374</v>
       </c>
       <c r="F19" s="8">
         <v>1609419</v>
       </c>
       <c r="G19" s="8">
         <v>1598191</v>
       </c>
       <c r="H19" s="8">
         <v>1436650</v>
       </c>
       <c r="I19" s="8">
         <v>1495023</v>
       </c>
       <c r="J19" s="8">
         <v>1977448</v>
       </c>
       <c r="K19" s="8">
         <v>2939930</v>
       </c>
       <c r="L19" s="8">
         <v>3587432</v>
       </c>
       <c r="M19" s="8">
         <v>2614732</v>
       </c>
       <c r="N19" s="8">
         <v>22287294</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B20" s="8">
         <v>79688</v>
       </c>
       <c r="C20" s="8">
         <v>74362</v>
       </c>
       <c r="D20" s="8">
         <v>60708</v>
       </c>
       <c r="E20" s="8">
         <v>59664</v>
       </c>
       <c r="F20" s="8">
         <v>67348</v>
       </c>
       <c r="G20" s="8">
         <v>80371</v>
       </c>
       <c r="H20" s="8">
         <v>66392</v>
       </c>
       <c r="I20" s="8">
         <v>54393</v>
       </c>
       <c r="J20" s="8">
         <v>107679</v>
       </c>
       <c r="K20" s="8">
         <v>133900</v>
       </c>
       <c r="L20" s="8">
         <v>133030</v>
       </c>
       <c r="M20" s="8">
         <v>156917</v>
       </c>
       <c r="N20" s="8">
         <v>1074453</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B21" s="8">
         <v>2434121</v>
       </c>
       <c r="C21" s="8">
         <v>1918599</v>
       </c>
       <c r="D21" s="8">
         <v>1986877</v>
       </c>
       <c r="E21" s="8">
         <v>2798948</v>
       </c>
       <c r="F21" s="8">
         <v>2705941</v>
       </c>
       <c r="G21" s="8">
         <v>2903380</v>
       </c>
       <c r="H21" s="8">
         <v>3256450</v>
       </c>
       <c r="I21" s="8">
         <v>3015067</v>
       </c>
       <c r="J21" s="8">
         <v>2552185</v>
       </c>
       <c r="K21" s="8">
         <v>3545432</v>
       </c>
       <c r="L21" s="8">
         <v>2638077</v>
       </c>
       <c r="M21" s="8">
         <v>3303582</v>
       </c>
       <c r="N21" s="8">
         <v>33058659</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B22" s="8">
         <v>49989308</v>
       </c>
       <c r="C22" s="8">
         <v>47463636</v>
       </c>
       <c r="D22" s="8">
         <v>56209207</v>
       </c>
       <c r="E22" s="8">
         <v>51279841</v>
       </c>
       <c r="F22" s="8">
         <v>54126511</v>
       </c>
       <c r="G22" s="8">
         <v>54328555</v>
       </c>
       <c r="H22" s="8">
         <v>49952254</v>
       </c>
       <c r="I22" s="8">
         <v>50381145</v>
       </c>
       <c r="J22" s="8">
         <v>54730382</v>
       </c>
       <c r="K22" s="8">
         <v>62350266</v>
       </c>
       <c r="L22" s="8">
         <v>57096614</v>
       </c>
       <c r="M22" s="8">
         <v>61517117</v>
       </c>
       <c r="N22" s="8">
         <v>649424836</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B23" s="8">
         <v>46059761</v>
       </c>
       <c r="C23" s="8">
         <v>44860637</v>
       </c>
       <c r="D23" s="8">
         <v>52482106</v>
       </c>
       <c r="E23" s="8">
         <v>48849315</v>
       </c>
       <c r="F23" s="8">
         <v>51944745</v>
       </c>
       <c r="G23" s="8">
         <v>51922339</v>
       </c>
       <c r="H23" s="8">
         <v>45491196</v>
       </c>
       <c r="I23" s="8">
         <v>47888476</v>
       </c>
       <c r="J23" s="8">
         <v>51398690</v>
       </c>
       <c r="K23" s="8">
         <v>58304862</v>
       </c>
       <c r="L23" s="8">
         <v>54819743</v>
       </c>
       <c r="M23" s="8">
         <v>59745498</v>
       </c>
       <c r="N23" s="8">
         <v>613767367</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B24" s="8">
         <v>3929546</v>
       </c>
       <c r="C24" s="8">
         <v>2602999</v>
       </c>
       <c r="D24" s="8">
         <v>3727101</v>
       </c>
       <c r="E24" s="8">
         <v>2430526</v>
       </c>
       <c r="F24" s="8">
         <v>2181767</v>
       </c>
       <c r="G24" s="8">
         <v>2406216</v>
       </c>
       <c r="H24" s="8">
         <v>4461059</v>
       </c>
       <c r="I24" s="8">
         <v>2492669</v>
       </c>
       <c r="J24" s="8">
         <v>3331691</v>
       </c>
       <c r="K24" s="8">
         <v>4045404</v>
       </c>
       <c r="L24" s="8">
         <v>2276872</v>
       </c>
       <c r="M24" s="8">
         <v>1771619</v>
       </c>
       <c r="N24" s="8">
         <v>35657469</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B25" s="8">
         <v>10320736</v>
       </c>
       <c r="C25" s="8">
         <v>9675903</v>
       </c>
       <c r="D25" s="8">
         <v>11931155</v>
       </c>
       <c r="E25" s="8">
         <v>10963954</v>
       </c>
       <c r="F25" s="8">
         <v>10048498</v>
       </c>
       <c r="G25" s="8">
         <v>10596003</v>
       </c>
       <c r="H25" s="8">
         <v>10151969</v>
       </c>
       <c r="I25" s="8">
         <v>10291196</v>
       </c>
       <c r="J25" s="8">
         <v>10975938</v>
       </c>
       <c r="K25" s="8">
         <v>12093693</v>
       </c>
       <c r="L25" s="8">
         <v>9617775</v>
       </c>
       <c r="M25" s="8">
         <v>9126823</v>
       </c>
       <c r="N25" s="8">
         <v>125793641</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B26" s="8">
         <v>9524498</v>
       </c>
       <c r="C26" s="8">
         <v>8440545</v>
       </c>
       <c r="D26" s="8">
         <v>10027491</v>
       </c>
       <c r="E26" s="8">
         <v>9323612</v>
       </c>
       <c r="F26" s="8">
         <v>9014686</v>
       </c>
       <c r="G26" s="8">
         <v>9357146</v>
       </c>
       <c r="H26" s="8">
         <v>9138444</v>
       </c>
       <c r="I26" s="8">
         <v>9037562</v>
       </c>
       <c r="J26" s="8">
         <v>9806784</v>
       </c>
       <c r="K26" s="8">
         <v>10548033</v>
       </c>
       <c r="L26" s="8">
         <v>8539032</v>
       </c>
       <c r="M26" s="8">
         <v>8035686</v>
       </c>
       <c r="N26" s="8">
         <v>110793520</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B27" s="8">
         <v>636082</v>
       </c>
       <c r="C27" s="8">
         <v>956134</v>
       </c>
       <c r="D27" s="8">
         <v>1614329</v>
       </c>
       <c r="E27" s="8">
         <v>1334232</v>
       </c>
       <c r="F27" s="8">
         <v>719017</v>
       </c>
       <c r="G27" s="8">
         <v>808330</v>
       </c>
       <c r="H27" s="8">
         <v>666281</v>
       </c>
       <c r="I27" s="8">
         <v>998193</v>
       </c>
       <c r="J27" s="8">
         <v>926033</v>
       </c>
       <c r="K27" s="8">
         <v>1284028</v>
       </c>
       <c r="L27" s="8">
         <v>865830</v>
       </c>
       <c r="M27" s="8">
         <v>881011</v>
       </c>
       <c r="N27" s="8">
         <v>11689501</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B28" s="8">
         <v>130367</v>
       </c>
       <c r="C28" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D28" s="8">
         <v>253303</v>
       </c>
       <c r="E28" s="8">
         <v>254851</v>
       </c>
       <c r="F28" s="8">
         <v>274615</v>
       </c>
       <c r="G28" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H28" s="8">
         <v>293762</v>
       </c>
       <c r="I28" s="8">
         <v>207237</v>
       </c>
       <c r="J28" s="8">
         <v>183993</v>
       </c>
       <c r="K28" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="L28" s="8">
         <v>181302</v>
       </c>
       <c r="M28" s="8">
         <v>169790</v>
       </c>
       <c r="N28" s="8">
         <v>2740668</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B29" s="8">
         <v>29789</v>
       </c>
       <c r="C29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D29" s="8">
         <v>36032</v>
       </c>
       <c r="E29" s="8">
         <v>51259</v>
       </c>
       <c r="F29" s="8">
         <v>40179</v>
       </c>
       <c r="G29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H29" s="8">
         <v>53481</v>
       </c>
       <c r="I29" s="8">
         <v>48204</v>
       </c>
       <c r="J29" s="8">
         <v>59128</v>
       </c>
       <c r="K29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="L29" s="8">
         <v>31611</v>
       </c>
       <c r="M29" s="8">
         <v>40335</v>
       </c>
       <c r="N29" s="8">
         <v>569953</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B30" s="8">
         <v>9160226</v>
       </c>
       <c r="C30" s="8">
         <v>8342847</v>
       </c>
       <c r="D30" s="8">
         <v>9240690</v>
       </c>
       <c r="E30" s="8">
         <v>9464563</v>
       </c>
       <c r="F30" s="8">
         <v>9157070</v>
       </c>
       <c r="G30" s="8">
         <v>9495762</v>
       </c>
       <c r="H30" s="8">
         <v>9464549</v>
       </c>
       <c r="I30" s="8">
         <v>8863178</v>
       </c>
       <c r="J30" s="8">
         <v>9080620</v>
       </c>
       <c r="K30" s="8">
         <v>9946494</v>
       </c>
       <c r="L30" s="8">
         <v>7821240</v>
       </c>
       <c r="M30" s="8">
         <v>7371709</v>
       </c>
       <c r="N30" s="8">
         <v>107408948</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B31" s="8">
         <v>5237290</v>
       </c>
       <c r="C31" s="8">
         <v>5124699</v>
       </c>
       <c r="D31" s="8">
         <v>5216623</v>
       </c>
       <c r="E31" s="8">
         <v>4665494</v>
       </c>
       <c r="F31" s="8">
         <v>5093829</v>
       </c>
       <c r="G31" s="8">
         <v>4921782</v>
       </c>
       <c r="H31" s="8">
         <v>5037596</v>
       </c>
       <c r="I31" s="8">
         <v>5321802</v>
       </c>
       <c r="J31" s="8">
         <v>5399343</v>
       </c>
       <c r="K31" s="8">
         <v>5996157</v>
       </c>
       <c r="L31" s="8">
         <v>5280926</v>
       </c>
       <c r="M31" s="8">
         <v>4347803</v>
       </c>
       <c r="N31" s="8">
         <v>61643341</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B32" s="8">
         <v>3922936</v>
       </c>
       <c r="C32" s="8">
         <v>3218148</v>
       </c>
       <c r="D32" s="8">
         <v>4024067</v>
       </c>
       <c r="E32" s="8">
         <v>4799069</v>
       </c>
       <c r="F32" s="8">
         <v>4063241</v>
       </c>
       <c r="G32" s="8">
         <v>4573981</v>
       </c>
       <c r="H32" s="8">
         <v>4426953</v>
       </c>
       <c r="I32" s="8">
         <v>3541376</v>
       </c>
       <c r="J32" s="8">
         <v>3681278</v>
       </c>
       <c r="K32" s="8">
         <v>3950337</v>
       </c>
       <c r="L32" s="8">
         <v>2540314</v>
       </c>
       <c r="M32" s="8">
         <v>3023906</v>
       </c>
       <c r="N32" s="8">
         <v>45765606</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B33" s="8">
         <v>999531500</v>
       </c>
       <c r="C33" s="8">
         <v>967550683</v>
       </c>
       <c r="D33" s="8">
         <v>965368954</v>
       </c>
       <c r="E33" s="8">
         <v>890537390</v>
       </c>
       <c r="F33" s="8">
         <v>844961294</v>
       </c>
       <c r="G33" s="8">
         <v>808893643</v>
       </c>
       <c r="H33" s="8">
         <v>744963780</v>
       </c>
       <c r="I33" s="8">
         <v>733173337</v>
       </c>
       <c r="J33" s="8">
         <v>864014727</v>
       </c>
       <c r="K33" s="8">
         <v>973182698</v>
       </c>
       <c r="L33" s="8">
         <v>1033457778</v>
       </c>
       <c r="M33" s="8">
         <v>1130289191</v>
       </c>
       <c r="N33" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B34" s="8">
         <v>810804336</v>
       </c>
       <c r="C34" s="8">
         <v>784541677</v>
       </c>
       <c r="D34" s="8">
         <v>773883535</v>
       </c>
       <c r="E34" s="8">
         <v>716424534</v>
       </c>
       <c r="F34" s="8">
         <v>678348538</v>
       </c>
       <c r="G34" s="8">
         <v>642949934</v>
       </c>
       <c r="H34" s="8">
         <v>596523185</v>
       </c>
       <c r="I34" s="8">
         <v>590549270</v>
       </c>
       <c r="J34" s="8">
         <v>709151486</v>
       </c>
       <c r="K34" s="8">
         <v>803798975</v>
       </c>
       <c r="L34" s="8">
         <v>840413466</v>
       </c>
       <c r="M34" s="8">
         <v>879033646</v>
       </c>
       <c r="N34" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B35" s="8">
         <v>170961821</v>
       </c>
       <c r="C35" s="8">
         <v>165050244</v>
       </c>
       <c r="D35" s="8">
         <v>172473910</v>
       </c>
       <c r="E35" s="8">
         <v>154342175</v>
       </c>
       <c r="F35" s="8">
         <v>146019571</v>
       </c>
       <c r="G35" s="8">
         <v>144026384</v>
       </c>
       <c r="H35" s="8">
         <v>126828919</v>
       </c>
       <c r="I35" s="8">
         <v>118178322</v>
       </c>
       <c r="J35" s="8">
         <v>131679749</v>
       </c>
       <c r="K35" s="8">
         <v>146547275</v>
       </c>
       <c r="L35" s="8">
         <v>173569438</v>
       </c>
       <c r="M35" s="8">
         <v>232550995</v>
       </c>
       <c r="N35" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B36" s="8">
         <v>711036</v>
       </c>
       <c r="C36" s="8">
         <v>641822</v>
       </c>
       <c r="D36" s="8">
         <v>605361</v>
       </c>
       <c r="E36" s="8">
         <v>890616</v>
       </c>
       <c r="F36" s="8">
         <v>523231</v>
       </c>
       <c r="G36" s="8">
         <v>459376</v>
       </c>
       <c r="H36" s="8">
         <v>602162</v>
       </c>
       <c r="I36" s="8">
         <v>1368103</v>
       </c>
       <c r="J36" s="8">
         <v>867837</v>
       </c>
       <c r="K36" s="8">
         <v>1018948</v>
       </c>
       <c r="L36" s="8">
         <v>389250</v>
       </c>
       <c r="M36" s="8">
         <v>547279</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B37" s="8">
         <v>15124755</v>
       </c>
       <c r="C37" s="8">
         <v>15093677</v>
       </c>
       <c r="D37" s="8">
         <v>16124590</v>
       </c>
       <c r="E37" s="8">
         <v>16598477</v>
       </c>
       <c r="F37" s="8">
         <v>17480079</v>
       </c>
       <c r="G37" s="8">
         <v>18479019</v>
       </c>
       <c r="H37" s="8">
         <v>18699296</v>
       </c>
       <c r="I37" s="8">
         <v>19920425</v>
       </c>
       <c r="J37" s="8">
         <v>19911623</v>
       </c>
       <c r="K37" s="8">
         <v>19374072</v>
       </c>
       <c r="L37" s="8">
         <v>17329673</v>
       </c>
       <c r="M37" s="8">
         <v>14841720</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B38" s="8">
         <v>543274</v>
       </c>
       <c r="C38" s="8">
         <v>488329</v>
       </c>
       <c r="D38" s="8">
         <v>461015</v>
       </c>
       <c r="E38" s="8">
         <v>509022</v>
       </c>
       <c r="F38" s="8">
         <v>615893</v>
       </c>
       <c r="G38" s="8">
         <v>544542</v>
       </c>
       <c r="H38" s="8">
         <v>473806</v>
       </c>
       <c r="I38" s="8">
         <v>546032</v>
       </c>
       <c r="J38" s="8">
         <v>519433</v>
       </c>
       <c r="K38" s="8">
         <v>471263</v>
       </c>
       <c r="L38" s="8">
         <v>368998</v>
       </c>
       <c r="M38" s="8">
         <v>289284</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B39" s="8">
         <v>1386278</v>
       </c>
       <c r="C39" s="8">
         <v>1734934</v>
       </c>
       <c r="D39" s="8">
         <v>1820543</v>
       </c>
       <c r="E39" s="8">
         <v>1772567</v>
       </c>
       <c r="F39" s="8">
         <v>1973982</v>
       </c>
       <c r="G39" s="8">
         <v>2434389</v>
       </c>
       <c r="H39" s="8">
         <v>1836412</v>
       </c>
       <c r="I39" s="8">
         <v>2611186</v>
       </c>
       <c r="J39" s="8">
         <v>1884600</v>
       </c>
       <c r="K39" s="8">
         <v>1972166</v>
       </c>
       <c r="L39" s="8">
         <v>1386954</v>
       </c>
       <c r="M39" s="8">
         <v>3026267</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B40" s="8">
         <v>999531500</v>
       </c>
       <c r="C40" s="8">
         <v>967550683</v>
       </c>
       <c r="D40" s="8">
         <v>965368954</v>
       </c>
       <c r="E40" s="8">
         <v>890537390</v>
       </c>
       <c r="F40" s="8">
         <v>844961294</v>
       </c>
       <c r="G40" s="8">
         <v>808893643</v>
       </c>
       <c r="H40" s="8">
         <v>744963780</v>
       </c>
       <c r="I40" s="8">
         <v>733173337</v>
       </c>
       <c r="J40" s="8">
         <v>864014727</v>
       </c>
       <c r="K40" s="8">
         <v>973182698</v>
       </c>
       <c r="L40" s="8">
         <v>1033457778</v>
       </c>
       <c r="M40" s="8">
         <v>1130289191</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B41" s="8">
         <v>142971662</v>
       </c>
       <c r="C41" s="8">
         <v>141902803</v>
       </c>
       <c r="D41" s="8">
         <v>164246865</v>
       </c>
       <c r="E41" s="8">
         <v>149923184</v>
       </c>
       <c r="F41" s="8">
         <v>153804186</v>
       </c>
       <c r="G41" s="8">
         <v>161889347</v>
       </c>
       <c r="H41" s="8">
         <v>167885849</v>
       </c>
       <c r="I41" s="8">
         <v>178300084</v>
       </c>
       <c r="J41" s="8">
         <v>186979371</v>
       </c>
       <c r="K41" s="8">
         <v>176117789</v>
       </c>
       <c r="L41" s="8">
         <v>163712401</v>
       </c>
       <c r="M41" s="8">
         <v>160151186</v>
       </c>
       <c r="N41" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B42" s="8">
         <v>856559838</v>
       </c>
       <c r="C42" s="8">
         <v>825647880</v>
       </c>
       <c r="D42" s="8">
         <v>801122089</v>
       </c>
       <c r="E42" s="8">
         <v>740614206</v>
       </c>
       <c r="F42" s="8">
         <v>691157108</v>
       </c>
       <c r="G42" s="8">
         <v>647004297</v>
       </c>
       <c r="H42" s="8">
         <v>577077931</v>
       </c>
       <c r="I42" s="8">
         <v>554873253</v>
       </c>
       <c r="J42" s="8">
         <v>677035356</v>
       </c>
       <c r="K42" s="8">
         <v>797064909</v>
       </c>
       <c r="L42" s="8">
         <v>869745377</v>
       </c>
       <c r="M42" s="8">
         <v>970138005</v>
       </c>
       <c r="N42" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="43" ht="12" customHeight="1"/>
     <row r="44" ht="14" customHeight="1">
       <c r="A44" s="10" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B44" s="10"/>
       <c r="C44" s="10"/>
       <c r="D44" s="10"/>
       <c r="E44" s="10"/>
       <c r="F44" s="10"/>
       <c r="G44" s="10"/>
       <c r="H44" s="10"/>
       <c r="I44" s="10"/>
       <c r="J44" s="10"/>
       <c r="K44" s="10"/>
       <c r="L44" s="10"/>
       <c r="M44" s="10"/>
       <c r="N44" s="10"/>
     </row>
     <row r="45" ht="14" customHeight="1">
       <c r="A45" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B45" s="11"/>
       <c r="C45" s="11"/>
       <c r="D45" s="11"/>
       <c r="E45" s="11"/>
       <c r="F45" s="11"/>
       <c r="G45" s="11"/>
       <c r="H45" s="11"/>
       <c r="I45" s="11"/>
       <c r="J45" s="11"/>
       <c r="K45" s="11"/>
       <c r="L45" s="11"/>
       <c r="M45" s="11"/>
       <c r="N45" s="11"/>
     </row>
     <row r="46" ht="29" customHeight="1">
       <c r="A46" s="12" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B46" s="12"/>
       <c r="C46" s="12"/>
       <c r="D46" s="12"/>
       <c r="E46" s="12"/>
       <c r="F46" s="12"/>
       <c r="G46" s="12"/>
       <c r="H46" s="12"/>
       <c r="I46" s="12"/>
       <c r="J46" s="12"/>
       <c r="K46" s="12"/>
       <c r="L46" s="12"/>
       <c r="M46" s="12"/>
       <c r="N46" s="12"/>
     </row>
     <row r="47" ht="43" customHeight="1">
       <c r="A47" s="12" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B47" s="12"/>
       <c r="C47" s="12"/>
       <c r="D47" s="12"/>
       <c r="E47" s="12"/>
       <c r="F47" s="12"/>
       <c r="G47" s="12"/>
       <c r="H47" s="12"/>
       <c r="I47" s="12"/>
       <c r="J47" s="12"/>
       <c r="K47" s="12"/>
       <c r="L47" s="12"/>
       <c r="M47" s="12"/>
       <c r="N47" s="12"/>
     </row>
     <row r="48" ht="12" customHeight="1">
       <c r="A48" s="13" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B48" s="13"/>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="13"/>
       <c r="G48" s="13"/>
       <c r="H48" s="13"/>
       <c r="I48" s="13"/>
       <c r="J48" s="13"/>
       <c r="K48" s="13"/>
       <c r="L48" s="13"/>
       <c r="M48" s="13"/>
       <c r="N48" s="13"/>
     </row>
     <row r="49" ht="14" customHeight="1">
       <c r="A49" s="12" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="12"/>
       <c r="E49" s="12"/>
       <c r="F49" s="12"/>
       <c r="G49" s="12"/>
       <c r="H49" s="12"/>
       <c r="I49" s="12"/>
       <c r="J49" s="12"/>
       <c r="K49" s="12"/>
       <c r="L49" s="12"/>
       <c r="M49" s="12"/>
       <c r="N49" s="12"/>
     </row>
     <row r="50" ht="43" customHeight="1">
       <c r="A50" s="12" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B50" s="12"/>
       <c r="C50" s="12"/>
       <c r="D50" s="12"/>
       <c r="E50" s="12"/>
       <c r="F50" s="12"/>
       <c r="G50" s="12"/>
       <c r="H50" s="12"/>
       <c r="I50" s="12"/>
       <c r="J50" s="12"/>
       <c r="K50" s="12"/>
       <c r="L50" s="12"/>
       <c r="M50" s="12"/>
       <c r="N50" s="12"/>
     </row>
     <row r="51" ht="14" customHeight="1">
       <c r="A51" s="12" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B51" s="12"/>
       <c r="C51" s="12"/>
       <c r="D51" s="12"/>
       <c r="E51" s="12"/>
       <c r="F51" s="12"/>
       <c r="G51" s="12"/>
       <c r="H51" s="12"/>
       <c r="I51" s="12"/>
       <c r="J51" s="12"/>
       <c r="K51" s="12"/>
       <c r="L51" s="12"/>
       <c r="M51" s="12"/>
       <c r="N51" s="12"/>
     </row>
     <row r="52" ht="14" customHeight="1">
       <c r="A52" s="12" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B52" s="12"/>
       <c r="C52" s="12"/>
       <c r="D52" s="12"/>
       <c r="E52" s="12"/>
       <c r="F52" s="12"/>
       <c r="G52" s="12"/>
       <c r="H52" s="12"/>
       <c r="I52" s="12"/>
       <c r="J52" s="12"/>
       <c r="K52" s="12"/>
       <c r="L52" s="12"/>
       <c r="M52" s="12"/>
       <c r="N52" s="12"/>
     </row>
     <row r="53" ht="12" customHeight="1">
       <c r="A53" s="13" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B53" s="13"/>
       <c r="C53" s="13"/>
       <c r="D53" s="13"/>
       <c r="E53" s="13"/>
       <c r="F53" s="13"/>
       <c r="G53" s="13"/>
       <c r="H53" s="13"/>
       <c r="I53" s="13"/>
       <c r="J53" s="13"/>
       <c r="K53" s="13"/>
       <c r="L53" s="13"/>
       <c r="M53" s="13"/>
       <c r="N53" s="13"/>
     </row>
     <row r="54" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A44:N44"/>
@@ -9928,1775 +10168,1775 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B9" s="8">
         <v>1850</v>
       </c>
       <c r="C9" s="8">
         <v>1812</v>
       </c>
       <c r="D9" s="8">
         <v>2822</v>
       </c>
       <c r="E9" s="8">
         <v>1753</v>
       </c>
       <c r="F9" s="8">
         <v>1742</v>
       </c>
       <c r="G9" s="8">
         <v>2805</v>
       </c>
       <c r="H9" s="8">
         <v>1795</v>
       </c>
       <c r="I9" s="8">
         <v>1775</v>
       </c>
       <c r="J9" s="8">
         <v>2876</v>
       </c>
       <c r="K9" s="8">
         <v>1782</v>
       </c>
       <c r="L9" s="8">
         <v>1769</v>
       </c>
       <c r="M9" s="8">
         <v>6236</v>
       </c>
       <c r="N9" s="8">
         <v>6498</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B10" s="8">
         <v>38830836</v>
       </c>
       <c r="C10" s="8">
         <v>21396241</v>
       </c>
       <c r="D10" s="8">
         <v>19319831</v>
       </c>
       <c r="E10" s="8">
         <v>12208313</v>
       </c>
       <c r="F10" s="8">
         <v>13266599</v>
       </c>
       <c r="G10" s="8">
         <v>10823177</v>
       </c>
       <c r="H10" s="8">
         <v>8547885</v>
       </c>
       <c r="I10" s="8">
         <v>37287426</v>
       </c>
       <c r="J10" s="8">
         <v>105142366</v>
       </c>
       <c r="K10" s="8">
         <v>215918244</v>
       </c>
       <c r="L10" s="8">
         <v>175193167</v>
       </c>
       <c r="M10" s="8">
         <v>151241366</v>
       </c>
       <c r="N10" s="8">
         <v>809175452</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B11" s="8">
         <v>30217062</v>
       </c>
       <c r="C11" s="8">
         <v>14416789</v>
       </c>
       <c r="D11" s="8">
         <v>13560689</v>
       </c>
       <c r="E11" s="8">
         <v>8045493</v>
       </c>
       <c r="F11" s="8">
         <v>12556228</v>
       </c>
       <c r="G11" s="8">
         <v>6362334</v>
       </c>
       <c r="H11" s="8">
         <v>4385072</v>
       </c>
       <c r="I11" s="8">
         <v>30106956</v>
       </c>
       <c r="J11" s="8">
         <v>91417475</v>
       </c>
       <c r="K11" s="8">
         <v>184763493</v>
       </c>
       <c r="L11" s="8">
         <v>147438687</v>
       </c>
       <c r="M11" s="8">
         <v>105552395</v>
       </c>
       <c r="N11" s="8">
         <v>648822674</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B12" s="8">
         <v>6186710</v>
       </c>
       <c r="C12" s="8">
         <v>5213150</v>
       </c>
       <c r="D12" s="8">
         <v>2935429</v>
       </c>
       <c r="E12" s="8">
         <v>1723746</v>
       </c>
       <c r="F12" s="8">
         <v>-1612446</v>
       </c>
       <c r="G12" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H12" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="I12" s="8">
         <v>4237854</v>
       </c>
       <c r="J12" s="8">
         <v>11188318</v>
       </c>
       <c r="K12" s="8">
         <v>28402190</v>
       </c>
       <c r="L12" s="8">
         <v>25910774</v>
       </c>
       <c r="M12" s="8">
         <v>43336540</v>
       </c>
       <c r="N12" s="8">
         <v>129711736</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B13" s="8">
         <v>1913548</v>
       </c>
       <c r="C13" s="8">
         <v>1508234</v>
       </c>
       <c r="D13" s="8">
         <v>1996013</v>
       </c>
       <c r="E13" s="8">
         <v>1947626</v>
       </c>
       <c r="F13" s="8">
         <v>2057811</v>
       </c>
       <c r="G13" s="8">
         <v>3025950</v>
       </c>
       <c r="H13" s="8">
         <v>2369779</v>
       </c>
       <c r="I13" s="8">
         <v>2672051</v>
       </c>
       <c r="J13" s="8">
         <v>2003609</v>
       </c>
       <c r="K13" s="8">
         <v>2250868</v>
       </c>
       <c r="L13" s="8">
         <v>1468851</v>
       </c>
       <c r="M13" s="8">
         <v>1405045</v>
       </c>
       <c r="N13" s="8">
         <v>24619386</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>10912</v>
       </c>
       <c r="C14" s="8">
         <v>8006</v>
       </c>
       <c r="D14" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E14" s="8">
         <v>11138</v>
       </c>
       <c r="F14" s="8">
         <v>7601</v>
       </c>
       <c r="G14" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H14" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="I14" s="8">
         <v>13634</v>
       </c>
       <c r="J14" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="K14" s="8">
         <v>4022</v>
       </c>
       <c r="L14" s="8">
         <v>5231</v>
       </c>
       <c r="M14" s="8">
         <v>40125</v>
       </c>
       <c r="N14" s="8">
         <v>395002</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B15" s="8">
         <v>502604</v>
       </c>
       <c r="C15" s="8">
         <v>250061</v>
       </c>
       <c r="D15" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E15" s="8">
         <v>480310</v>
       </c>
       <c r="F15" s="8">
         <v>257405</v>
       </c>
       <c r="G15" s="8">
         <v>473398</v>
       </c>
       <c r="H15" s="8">
         <v>409503</v>
       </c>
       <c r="I15" s="8">
         <v>256932</v>
       </c>
       <c r="J15" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="K15" s="8">
         <v>497670</v>
       </c>
       <c r="L15" s="8">
         <v>369625</v>
       </c>
       <c r="M15" s="8">
         <v>907262</v>
       </c>
       <c r="N15" s="8">
         <v>5626654</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B16" s="8">
         <v>42444611</v>
       </c>
       <c r="C16" s="8">
         <v>49148616</v>
       </c>
       <c r="D16" s="8">
         <v>48509975</v>
       </c>
       <c r="E16" s="8">
         <v>44371692</v>
       </c>
       <c r="F16" s="8">
         <v>56113512</v>
       </c>
       <c r="G16" s="8">
         <v>54146805</v>
       </c>
       <c r="H16" s="8">
         <v>43617056</v>
       </c>
       <c r="I16" s="8">
         <v>53414516</v>
       </c>
       <c r="J16" s="8">
         <v>52151644</v>
       </c>
       <c r="K16" s="8">
         <v>57124064</v>
       </c>
       <c r="L16" s="8">
         <v>60816007</v>
       </c>
       <c r="M16" s="8">
         <v>57808910</v>
       </c>
       <c r="N16" s="8">
         <v>619667409</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B17" s="8">
         <v>36750624</v>
       </c>
       <c r="C17" s="8">
         <v>42674142</v>
       </c>
       <c r="D17" s="8">
         <v>41423118</v>
       </c>
       <c r="E17" s="8">
         <v>38056622</v>
       </c>
       <c r="F17" s="8">
         <v>48340526</v>
       </c>
       <c r="G17" s="8">
         <v>46494586</v>
       </c>
       <c r="H17" s="8">
         <v>37429592</v>
       </c>
       <c r="I17" s="8">
         <v>44903126</v>
       </c>
       <c r="J17" s="8">
         <v>43363443</v>
       </c>
       <c r="K17" s="8">
         <v>47476663</v>
       </c>
       <c r="L17" s="8">
         <v>50385430</v>
       </c>
       <c r="M17" s="8">
         <v>46790008</v>
       </c>
       <c r="N17" s="8">
         <v>524087881</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B18" s="8">
         <v>3527475</v>
       </c>
       <c r="C18" s="8">
         <v>4135155</v>
       </c>
       <c r="D18" s="8">
         <v>4724148</v>
       </c>
       <c r="E18" s="8">
         <v>3749709</v>
       </c>
       <c r="F18" s="8">
         <v>4405164</v>
       </c>
       <c r="G18" s="8">
         <v>4505527</v>
       </c>
       <c r="H18" s="8">
         <v>3611887</v>
       </c>
       <c r="I18" s="8">
         <v>4552506</v>
       </c>
       <c r="J18" s="8">
         <v>4915697</v>
       </c>
       <c r="K18" s="8">
         <v>4589663</v>
       </c>
       <c r="L18" s="8">
         <v>4543814</v>
       </c>
       <c r="M18" s="8">
         <v>6063155</v>
       </c>
       <c r="N18" s="8">
         <v>53323900</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B19" s="8">
         <v>1047816</v>
       </c>
       <c r="C19" s="8">
         <v>1320720</v>
       </c>
       <c r="D19" s="8">
         <v>975488</v>
       </c>
       <c r="E19" s="8">
         <v>1174811</v>
       </c>
       <c r="F19" s="8">
         <v>1862325</v>
       </c>
       <c r="G19" s="8">
         <v>1390161</v>
       </c>
       <c r="H19" s="8">
         <v>1130552</v>
       </c>
       <c r="I19" s="8">
         <v>2099400</v>
       </c>
       <c r="J19" s="8">
         <v>1850837</v>
       </c>
       <c r="K19" s="8">
         <v>2968669</v>
       </c>
       <c r="L19" s="8">
         <v>3409014</v>
       </c>
       <c r="M19" s="8">
         <v>2588279</v>
       </c>
       <c r="N19" s="8">
         <v>21818072</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B20" s="8">
         <v>101460</v>
       </c>
       <c r="C20" s="8">
         <v>93052</v>
       </c>
       <c r="D20" s="8">
         <v>190760</v>
       </c>
       <c r="E20" s="8">
         <v>90165</v>
       </c>
       <c r="F20" s="8">
         <v>105360</v>
       </c>
       <c r="G20" s="8">
         <v>103038</v>
       </c>
       <c r="H20" s="8">
         <v>63957</v>
       </c>
       <c r="I20" s="8">
         <v>102815</v>
       </c>
       <c r="J20" s="8">
         <v>108355</v>
       </c>
       <c r="K20" s="8">
         <v>113752</v>
       </c>
       <c r="L20" s="8">
         <v>188345</v>
       </c>
       <c r="M20" s="8">
         <v>158290</v>
       </c>
       <c r="N20" s="8">
         <v>1419352</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B21" s="8">
         <v>1017235</v>
       </c>
       <c r="C21" s="8">
         <v>925548</v>
       </c>
       <c r="D21" s="8">
         <v>1196461</v>
       </c>
       <c r="E21" s="8">
         <v>1300385</v>
       </c>
       <c r="F21" s="8">
         <v>1400138</v>
       </c>
       <c r="G21" s="8">
         <v>1653493</v>
       </c>
       <c r="H21" s="8">
         <v>1381068</v>
       </c>
       <c r="I21" s="8">
         <v>1756668</v>
       </c>
       <c r="J21" s="8">
         <v>1913312</v>
       </c>
       <c r="K21" s="8">
         <v>1975317</v>
       </c>
       <c r="L21" s="8">
         <v>2289404</v>
       </c>
       <c r="M21" s="8">
         <v>2209178</v>
       </c>
       <c r="N21" s="8">
         <v>19018205</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B22" s="8">
         <v>42444611</v>
       </c>
       <c r="C22" s="8">
         <v>49148616</v>
       </c>
       <c r="D22" s="8">
         <v>48509975</v>
       </c>
       <c r="E22" s="8">
         <v>44371692</v>
       </c>
       <c r="F22" s="8">
         <v>56113512</v>
       </c>
       <c r="G22" s="8">
         <v>54146805</v>
       </c>
       <c r="H22" s="8">
         <v>43617056</v>
       </c>
       <c r="I22" s="8">
         <v>53414516</v>
       </c>
       <c r="J22" s="8">
         <v>52151644</v>
       </c>
       <c r="K22" s="8">
         <v>57124064</v>
       </c>
       <c r="L22" s="8">
         <v>60816007</v>
       </c>
       <c r="M22" s="8">
         <v>57808910</v>
       </c>
       <c r="N22" s="8">
         <v>619667409</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B23" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C23" s="8">
         <v>47010140</v>
       </c>
       <c r="D23" s="8">
         <v>46668435</v>
       </c>
       <c r="E23" s="8">
         <v>42632274</v>
       </c>
       <c r="F23" s="8">
         <v>55055894</v>
       </c>
       <c r="G23" s="8">
         <v>51757301</v>
       </c>
       <c r="H23" s="8">
         <v>42214008</v>
       </c>
       <c r="I23" s="8">
         <v>52313955</v>
       </c>
       <c r="J23" s="8">
         <v>49869187</v>
       </c>
       <c r="K23" s="8">
         <v>55140869</v>
       </c>
       <c r="L23" s="8">
         <v>56616034</v>
       </c>
       <c r="M23" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="N23" s="8">
         <v>597299834</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B24" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C24" s="8">
         <v>2138477</v>
       </c>
       <c r="D24" s="8">
         <v>1841540</v>
       </c>
       <c r="E24" s="8">
         <v>1739419</v>
       </c>
       <c r="F24" s="8">
         <v>1057618</v>
       </c>
       <c r="G24" s="8">
         <v>2389504</v>
       </c>
       <c r="H24" s="8">
         <v>1403049</v>
       </c>
       <c r="I24" s="8">
         <v>1100561</v>
       </c>
       <c r="J24" s="8">
         <v>2282458</v>
       </c>
       <c r="K24" s="8">
         <v>1983195</v>
       </c>
       <c r="L24" s="8">
         <v>4199973</v>
       </c>
       <c r="M24" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="N24" s="8">
         <v>22367575</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B25" s="8">
         <v>9288892</v>
       </c>
       <c r="C25" s="8">
         <v>11452981</v>
       </c>
       <c r="D25" s="8">
         <v>11201137</v>
       </c>
       <c r="E25" s="8">
         <v>9992014</v>
       </c>
       <c r="F25" s="8">
         <v>9940033</v>
       </c>
       <c r="G25" s="8">
         <v>9493685</v>
       </c>
       <c r="H25" s="8">
         <v>9315527</v>
       </c>
       <c r="I25" s="8">
         <v>10171318</v>
       </c>
       <c r="J25" s="8">
         <v>8954284</v>
       </c>
       <c r="K25" s="8">
         <v>11946217</v>
       </c>
       <c r="L25" s="8">
         <v>8579408</v>
       </c>
       <c r="M25" s="8">
         <v>8505742</v>
       </c>
       <c r="N25" s="8">
         <v>118841238</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B26" s="8">
         <v>8490208</v>
       </c>
       <c r="C26" s="8">
         <v>10261144</v>
       </c>
       <c r="D26" s="8">
         <v>9896143</v>
       </c>
       <c r="E26" s="8">
         <v>9104343</v>
       </c>
       <c r="F26" s="8">
         <v>8920771</v>
       </c>
       <c r="G26" s="8">
         <v>8373428</v>
       </c>
       <c r="H26" s="8">
         <v>8335540</v>
       </c>
       <c r="I26" s="8">
         <v>8761482</v>
       </c>
       <c r="J26" s="8">
         <v>7945669</v>
       </c>
       <c r="K26" s="8">
         <v>10206891</v>
       </c>
       <c r="L26" s="8">
         <v>7563477</v>
       </c>
       <c r="M26" s="8">
         <v>7502078</v>
       </c>
       <c r="N26" s="8">
         <v>105361173</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B27" s="8">
         <v>674375</v>
       </c>
       <c r="C27" s="8">
         <v>1040223</v>
       </c>
       <c r="D27" s="8">
         <v>1177864</v>
       </c>
       <c r="E27" s="8">
         <v>726446</v>
       </c>
       <c r="F27" s="8">
         <v>860471</v>
       </c>
       <c r="G27" s="8">
         <v>889162</v>
       </c>
       <c r="H27" s="8">
         <v>769680</v>
       </c>
       <c r="I27" s="8">
         <v>1073649</v>
       </c>
       <c r="J27" s="8">
         <v>785560</v>
       </c>
       <c r="K27" s="8">
         <v>1471771</v>
       </c>
       <c r="L27" s="8">
         <v>806985</v>
       </c>
       <c r="M27" s="8">
         <v>870325</v>
       </c>
       <c r="N27" s="8">
         <v>11146510</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B28" s="8">
         <v>120324</v>
       </c>
       <c r="C28" s="8">
         <v>148476</v>
       </c>
       <c r="D28" s="8">
         <v>121203</v>
       </c>
       <c r="E28" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F28" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="G28" s="8">
         <v>187505</v>
       </c>
       <c r="H28" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="I28" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="J28" s="8">
         <v>165635</v>
       </c>
       <c r="K28" s="8">
         <v>246832</v>
       </c>
       <c r="L28" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="M28" s="8">
         <v>127324</v>
       </c>
       <c r="N28" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B29" s="8">
         <v>3984</v>
       </c>
       <c r="C29" s="8">
         <v>3139</v>
       </c>
       <c r="D29" s="8">
         <v>5927</v>
       </c>
       <c r="E29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="G29" s="8">
         <v>43590</v>
       </c>
       <c r="H29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="I29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="J29" s="8">
         <v>57420</v>
       </c>
       <c r="K29" s="8">
         <v>20723</v>
       </c>
       <c r="L29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="M29" s="8">
         <v>6015</v>
       </c>
       <c r="N29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B30" s="8">
         <v>8554736</v>
       </c>
       <c r="C30" s="8">
         <v>9716669</v>
       </c>
       <c r="D30" s="8">
         <v>9849950</v>
       </c>
       <c r="E30" s="8">
         <v>9212817</v>
       </c>
       <c r="F30" s="8">
         <v>9039594</v>
       </c>
       <c r="G30" s="8">
         <v>8670497</v>
       </c>
       <c r="H30" s="8">
         <v>8647572</v>
       </c>
       <c r="I30" s="8">
         <v>9301764</v>
       </c>
       <c r="J30" s="8">
         <v>7722831</v>
       </c>
       <c r="K30" s="8">
         <v>9972154</v>
       </c>
       <c r="L30" s="8">
         <v>7499418</v>
       </c>
       <c r="M30" s="8">
         <v>7080818</v>
       </c>
       <c r="N30" s="8">
         <v>105268819</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B31" s="8">
         <v>4563675</v>
       </c>
       <c r="C31" s="8">
         <v>4309310</v>
       </c>
       <c r="D31" s="8">
         <v>4691091</v>
       </c>
       <c r="E31" s="8">
         <v>4725658</v>
       </c>
       <c r="F31" s="8">
         <v>4754987</v>
       </c>
       <c r="G31" s="8">
         <v>4817397</v>
       </c>
       <c r="H31" s="8">
         <v>4695984</v>
       </c>
       <c r="I31" s="8">
         <v>4980996</v>
       </c>
       <c r="J31" s="8">
         <v>5010374</v>
       </c>
       <c r="K31" s="8">
         <v>5700045</v>
       </c>
       <c r="L31" s="8">
         <v>4765311</v>
       </c>
       <c r="M31" s="8">
         <v>4133296</v>
       </c>
       <c r="N31" s="8">
         <v>57148125</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B32" s="8">
         <v>3991061</v>
       </c>
       <c r="C32" s="8">
         <v>5407359</v>
       </c>
       <c r="D32" s="8">
         <v>5158859</v>
       </c>
       <c r="E32" s="8">
         <v>4487159</v>
       </c>
       <c r="F32" s="8">
         <v>4284607</v>
       </c>
       <c r="G32" s="8">
         <v>3853099</v>
       </c>
       <c r="H32" s="8">
         <v>3951588</v>
       </c>
       <c r="I32" s="8">
         <v>4320767</v>
       </c>
       <c r="J32" s="8">
         <v>2712458</v>
       </c>
       <c r="K32" s="8">
         <v>4272109</v>
       </c>
       <c r="L32" s="8">
         <v>2734107</v>
       </c>
       <c r="M32" s="8">
         <v>2947522</v>
       </c>
       <c r="N32" s="8">
         <v>48120694</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B33" s="8">
         <v>915148913</v>
       </c>
       <c r="C33" s="8">
         <v>878003780</v>
       </c>
       <c r="D33" s="8">
         <v>856487871</v>
       </c>
       <c r="E33" s="8">
         <v>793715982</v>
       </c>
       <c r="F33" s="8">
         <v>737065961</v>
       </c>
       <c r="G33" s="8">
         <v>703164410</v>
       </c>
       <c r="H33" s="8">
         <v>661327646</v>
       </c>
       <c r="I33" s="8">
         <v>639921295</v>
       </c>
       <c r="J33" s="8">
         <v>686172414</v>
       </c>
       <c r="K33" s="8">
         <v>818123849</v>
       </c>
       <c r="L33" s="8">
         <v>923684757</v>
       </c>
       <c r="M33" s="8">
         <v>1031137819</v>
       </c>
       <c r="N33" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B34" s="8">
         <v>756381260</v>
       </c>
       <c r="C34" s="8">
         <v>723693781</v>
       </c>
       <c r="D34" s="8">
         <v>703146169</v>
       </c>
       <c r="E34" s="8">
         <v>656654753</v>
       </c>
       <c r="F34" s="8">
         <v>613273142</v>
       </c>
       <c r="G34" s="8">
         <v>580179757</v>
       </c>
       <c r="H34" s="8">
         <v>543601497</v>
       </c>
       <c r="I34" s="8">
         <v>527433880</v>
       </c>
       <c r="J34" s="8">
         <v>573756235</v>
       </c>
       <c r="K34" s="8">
         <v>697231762</v>
       </c>
       <c r="L34" s="8">
         <v>786641593</v>
       </c>
       <c r="M34" s="8">
         <v>850125433</v>
       </c>
       <c r="N34" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B35" s="8">
         <v>140590833</v>
       </c>
       <c r="C35" s="8">
         <v>136159179</v>
       </c>
       <c r="D35" s="8">
         <v>133909204</v>
       </c>
       <c r="E35" s="8">
         <v>116796111</v>
       </c>
       <c r="F35" s="8">
         <v>104133928</v>
       </c>
       <c r="G35" s="8">
         <v>101879524</v>
       </c>
       <c r="H35" s="8">
         <v>95213177</v>
       </c>
       <c r="I35" s="8">
         <v>89202269</v>
       </c>
       <c r="J35" s="8">
         <v>86802274</v>
       </c>
       <c r="K35" s="8">
         <v>97512139</v>
       </c>
       <c r="L35" s="8">
         <v>119430559</v>
       </c>
       <c r="M35" s="8">
         <v>163465545</v>
       </c>
       <c r="N35" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B36" s="8">
         <v>556119</v>
       </c>
       <c r="C36" s="8">
         <v>438523</v>
       </c>
       <c r="D36" s="8">
         <v>574791</v>
       </c>
       <c r="E36" s="8">
         <v>662519</v>
       </c>
       <c r="F36" s="8">
         <v>552157</v>
       </c>
       <c r="G36" s="8">
         <v>602428</v>
       </c>
       <c r="H36" s="8">
         <v>745912</v>
       </c>
       <c r="I36" s="8">
         <v>940856</v>
       </c>
       <c r="J36" s="8">
         <v>3393013</v>
       </c>
       <c r="K36" s="8">
         <v>2288859</v>
       </c>
       <c r="L36" s="8">
         <v>519751</v>
       </c>
       <c r="M36" s="8">
         <v>520635</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B37" s="8">
         <v>15874682</v>
       </c>
       <c r="C37" s="8">
         <v>15904846</v>
       </c>
       <c r="D37" s="8">
         <v>16680036</v>
       </c>
       <c r="E37" s="8">
         <v>17310103</v>
       </c>
       <c r="F37" s="8">
         <v>17236563</v>
       </c>
       <c r="G37" s="8">
         <v>18195209</v>
       </c>
       <c r="H37" s="8">
         <v>19259399</v>
       </c>
       <c r="I37" s="8">
         <v>19921816</v>
       </c>
       <c r="J37" s="8">
         <v>20030999</v>
       </c>
       <c r="K37" s="8">
         <v>18895002</v>
       </c>
       <c r="L37" s="8">
         <v>15293884</v>
       </c>
       <c r="M37" s="8">
         <v>14934147</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B38" s="8">
         <v>287829</v>
       </c>
       <c r="C38" s="8">
         <v>541860</v>
       </c>
       <c r="D38" s="8">
         <v>447783</v>
       </c>
       <c r="E38" s="8">
         <v>673803</v>
       </c>
       <c r="F38" s="8">
         <v>665723</v>
       </c>
       <c r="G38" s="8">
         <v>756675</v>
       </c>
       <c r="H38" s="8">
         <v>842763</v>
       </c>
       <c r="I38" s="8">
         <v>918788</v>
       </c>
       <c r="J38" s="8">
         <v>886388</v>
       </c>
       <c r="K38" s="8">
         <v>884571</v>
       </c>
       <c r="L38" s="8">
         <v>703882</v>
       </c>
       <c r="M38" s="8">
         <v>633689</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B39" s="8">
         <v>1458189</v>
       </c>
       <c r="C39" s="8">
         <v>1265591</v>
       </c>
       <c r="D39" s="8">
         <v>1729888</v>
       </c>
       <c r="E39" s="8">
         <v>1618693</v>
       </c>
       <c r="F39" s="8">
         <v>1204448</v>
       </c>
       <c r="G39" s="8">
         <v>1550817</v>
       </c>
       <c r="H39" s="8">
         <v>1664898</v>
       </c>
       <c r="I39" s="8">
         <v>1503687</v>
       </c>
       <c r="J39" s="8">
         <v>1303504</v>
       </c>
       <c r="K39" s="8">
         <v>1311516</v>
       </c>
       <c r="L39" s="8">
         <v>1095088</v>
       </c>
       <c r="M39" s="8">
         <v>1458370</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B40" s="8">
         <v>915148913</v>
       </c>
       <c r="C40" s="8">
         <v>878003780</v>
       </c>
       <c r="D40" s="8">
         <v>856487871</v>
       </c>
       <c r="E40" s="8">
         <v>793715982</v>
       </c>
       <c r="F40" s="8">
         <v>737065961</v>
       </c>
       <c r="G40" s="8">
         <v>703164410</v>
       </c>
       <c r="H40" s="8">
         <v>661327646</v>
       </c>
       <c r="I40" s="8">
         <v>639921295</v>
       </c>
       <c r="J40" s="8">
         <v>686172414</v>
       </c>
       <c r="K40" s="8">
         <v>818123849</v>
       </c>
       <c r="L40" s="8">
         <v>923684757</v>
       </c>
       <c r="M40" s="8">
         <v>1031137819</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B41" s="8">
         <v>145423413</v>
       </c>
       <c r="C41" s="8">
         <v>143664071</v>
       </c>
       <c r="D41" s="8">
         <v>154045214</v>
       </c>
       <c r="E41" s="8">
         <v>155018853</v>
       </c>
       <c r="F41" s="8">
         <v>153573372</v>
       </c>
       <c r="G41" s="8">
         <v>162285435</v>
       </c>
       <c r="H41" s="8">
         <v>167006284</v>
       </c>
       <c r="I41" s="8">
         <v>173356485</v>
       </c>
       <c r="J41" s="8">
         <v>173698666</v>
       </c>
       <c r="K41" s="8">
         <v>164753332</v>
       </c>
       <c r="L41" s="8">
         <v>150738218</v>
       </c>
       <c r="M41" s="8">
         <v>147506786</v>
       </c>
       <c r="N41" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B42" s="8">
         <v>769725500</v>
       </c>
       <c r="C42" s="8">
         <v>734339709</v>
       </c>
       <c r="D42" s="8">
         <v>702442657</v>
       </c>
       <c r="E42" s="8">
         <v>638697129</v>
       </c>
       <c r="F42" s="8">
         <v>583492589</v>
       </c>
       <c r="G42" s="8">
         <v>540878975</v>
       </c>
       <c r="H42" s="8">
         <v>494321362</v>
       </c>
       <c r="I42" s="8">
         <v>466564810</v>
       </c>
       <c r="J42" s="8">
         <v>512473748</v>
       </c>
       <c r="K42" s="8">
         <v>653370517</v>
       </c>
       <c r="L42" s="8">
         <v>772946539</v>
       </c>
       <c r="M42" s="8">
         <v>883631032</v>
       </c>
       <c r="N42" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="43" ht="12" customHeight="1"/>
     <row r="44" ht="14" customHeight="1">
       <c r="A44" s="10" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B44" s="10"/>
       <c r="C44" s="10"/>
       <c r="D44" s="10"/>
       <c r="E44" s="10"/>
       <c r="F44" s="10"/>
       <c r="G44" s="10"/>
       <c r="H44" s="10"/>
       <c r="I44" s="10"/>
       <c r="J44" s="10"/>
       <c r="K44" s="10"/>
       <c r="L44" s="10"/>
       <c r="M44" s="10"/>
       <c r="N44" s="10"/>
     </row>
     <row r="45" ht="14" customHeight="1">
       <c r="A45" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B45" s="11"/>
       <c r="C45" s="11"/>
       <c r="D45" s="11"/>
       <c r="E45" s="11"/>
       <c r="F45" s="11"/>
       <c r="G45" s="11"/>
       <c r="H45" s="11"/>
       <c r="I45" s="11"/>
       <c r="J45" s="11"/>
       <c r="K45" s="11"/>
       <c r="L45" s="11"/>
       <c r="M45" s="11"/>
       <c r="N45" s="11"/>
     </row>
     <row r="46" ht="29" customHeight="1">
       <c r="A46" s="12" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B46" s="12"/>
       <c r="C46" s="12"/>
       <c r="D46" s="12"/>
       <c r="E46" s="12"/>
       <c r="F46" s="12"/>
       <c r="G46" s="12"/>
       <c r="H46" s="12"/>
       <c r="I46" s="12"/>
       <c r="J46" s="12"/>
       <c r="K46" s="12"/>
       <c r="L46" s="12"/>
       <c r="M46" s="12"/>
       <c r="N46" s="12"/>
     </row>
     <row r="47" ht="43" customHeight="1">
       <c r="A47" s="12" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B47" s="12"/>
       <c r="C47" s="12"/>
       <c r="D47" s="12"/>
       <c r="E47" s="12"/>
       <c r="F47" s="12"/>
       <c r="G47" s="12"/>
       <c r="H47" s="12"/>
       <c r="I47" s="12"/>
       <c r="J47" s="12"/>
       <c r="K47" s="12"/>
       <c r="L47" s="12"/>
       <c r="M47" s="12"/>
       <c r="N47" s="12"/>
     </row>
     <row r="48" ht="12" customHeight="1">
       <c r="A48" s="13" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B48" s="13"/>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="13"/>
       <c r="G48" s="13"/>
       <c r="H48" s="13"/>
       <c r="I48" s="13"/>
       <c r="J48" s="13"/>
       <c r="K48" s="13"/>
       <c r="L48" s="13"/>
       <c r="M48" s="13"/>
       <c r="N48" s="13"/>
     </row>
     <row r="49" ht="14" customHeight="1">
       <c r="A49" s="12" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="12"/>
       <c r="E49" s="12"/>
       <c r="F49" s="12"/>
       <c r="G49" s="12"/>
       <c r="H49" s="12"/>
       <c r="I49" s="12"/>
       <c r="J49" s="12"/>
       <c r="K49" s="12"/>
       <c r="L49" s="12"/>
       <c r="M49" s="12"/>
       <c r="N49" s="12"/>
     </row>
     <row r="50" ht="43" customHeight="1">
       <c r="A50" s="12" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B50" s="12"/>
       <c r="C50" s="12"/>
       <c r="D50" s="12"/>
       <c r="E50" s="12"/>
       <c r="F50" s="12"/>
       <c r="G50" s="12"/>
       <c r="H50" s="12"/>
       <c r="I50" s="12"/>
       <c r="J50" s="12"/>
       <c r="K50" s="12"/>
       <c r="L50" s="12"/>
       <c r="M50" s="12"/>
       <c r="N50" s="12"/>
     </row>
     <row r="51" ht="14" customHeight="1">
       <c r="A51" s="12" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B51" s="12"/>
       <c r="C51" s="12"/>
       <c r="D51" s="12"/>
       <c r="E51" s="12"/>
       <c r="F51" s="12"/>
       <c r="G51" s="12"/>
       <c r="H51" s="12"/>
       <c r="I51" s="12"/>
       <c r="J51" s="12"/>
       <c r="K51" s="12"/>
       <c r="L51" s="12"/>
       <c r="M51" s="12"/>
       <c r="N51" s="12"/>
     </row>
     <row r="52" ht="14" customHeight="1">
       <c r="A52" s="12" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B52" s="12"/>
       <c r="C52" s="12"/>
       <c r="D52" s="12"/>
       <c r="E52" s="12"/>
       <c r="F52" s="12"/>
       <c r="G52" s="12"/>
       <c r="H52" s="12"/>
       <c r="I52" s="12"/>
       <c r="J52" s="12"/>
       <c r="K52" s="12"/>
       <c r="L52" s="12"/>
       <c r="M52" s="12"/>
       <c r="N52" s="12"/>
     </row>
     <row r="53" ht="12" customHeight="1">
       <c r="A53" s="13" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B53" s="13"/>
       <c r="C53" s="13"/>
       <c r="D53" s="13"/>
       <c r="E53" s="13"/>
       <c r="F53" s="13"/>
       <c r="G53" s="13"/>
       <c r="H53" s="13"/>
       <c r="I53" s="13"/>
       <c r="J53" s="13"/>
       <c r="K53" s="13"/>
       <c r="L53" s="13"/>
       <c r="M53" s="13"/>
       <c r="N53" s="13"/>
     </row>
     <row r="54" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A44:N44"/>
@@ -11738,1775 +11978,1775 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B9" s="8">
-        <v>1569</v>
+        <v>1570</v>
       </c>
       <c r="C9" s="8">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="D9" s="8">
-        <v>3761</v>
+        <v>3765</v>
       </c>
       <c r="E9" s="8">
-        <v>1538</v>
+        <v>1539</v>
       </c>
       <c r="F9" s="8">
-        <v>1545</v>
+        <v>1546</v>
       </c>
       <c r="G9" s="8">
-        <v>3681</v>
+        <v>3685</v>
       </c>
       <c r="H9" s="8">
-        <v>1524</v>
+        <v>1526</v>
       </c>
       <c r="I9" s="8">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="J9" s="8">
-        <v>3612</v>
+        <v>3620</v>
       </c>
       <c r="K9" s="8">
-        <v>1500</v>
+        <v>1501</v>
       </c>
       <c r="L9" s="8">
-        <v>1513</v>
+        <v>1514</v>
       </c>
       <c r="M9" s="8">
-        <v>8735</v>
+        <v>8803</v>
       </c>
       <c r="N9" s="8">
-        <v>9161</v>
+        <v>9225</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B10" s="8">
         <v>61248315</v>
       </c>
       <c r="C10" s="8">
         <v>38783240</v>
       </c>
       <c r="D10" s="8">
-        <v>33876632</v>
+        <v>33877280</v>
       </c>
       <c r="E10" s="8">
         <v>20434383</v>
       </c>
       <c r="F10" s="8">
         <v>17622204</v>
       </c>
       <c r="G10" s="8">
-        <v>19107074</v>
+        <v>19145242</v>
       </c>
       <c r="H10" s="8">
         <v>9827730</v>
       </c>
       <c r="I10" s="8">
         <v>20104337</v>
       </c>
       <c r="J10" s="8">
-        <v>100863051</v>
+        <v>100878560</v>
       </c>
       <c r="K10" s="8">
         <v>126942952</v>
       </c>
       <c r="L10" s="8">
-        <v>70799160</v>
+        <v>70797927</v>
       </c>
       <c r="M10" s="8">
-        <v>132829851</v>
+        <v>133861507</v>
       </c>
       <c r="N10" s="8">
-        <v>652438929</v>
+        <v>653523677</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B11" s="8">
         <v>54175571</v>
       </c>
       <c r="C11" s="8">
         <v>31269195</v>
       </c>
       <c r="D11" s="8">
-        <v>25646470</v>
+        <v>25646595</v>
       </c>
       <c r="E11" s="8">
         <v>12429395</v>
       </c>
       <c r="F11" s="8">
         <v>10225325</v>
       </c>
       <c r="G11" s="8">
-        <v>9602233</v>
+        <v>9638610</v>
       </c>
       <c r="H11" s="8">
         <v>1953215</v>
       </c>
       <c r="I11" s="8">
         <v>13171513</v>
       </c>
       <c r="J11" s="8">
-        <v>93495287</v>
+        <v>93508354</v>
       </c>
       <c r="K11" s="8">
         <v>118082540</v>
       </c>
       <c r="L11" s="8">
-        <v>62949572</v>
+        <v>62948339</v>
       </c>
       <c r="M11" s="8">
-        <v>124041983</v>
+        <v>125066600</v>
       </c>
       <c r="N11" s="8">
-        <v>557042298</v>
+        <v>558115251</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B12" s="8">
         <v>3360178</v>
       </c>
       <c r="C12" s="8">
         <v>3623436</v>
       </c>
       <c r="D12" s="8">
-        <v>3365267</v>
+        <v>3365345</v>
       </c>
       <c r="E12" s="8">
         <v>2899662</v>
       </c>
       <c r="F12" s="8">
         <v>2606476</v>
       </c>
       <c r="G12" s="8">
-        <v>3793269</v>
+        <v>3794187</v>
       </c>
       <c r="H12" s="8">
         <v>3678924</v>
       </c>
       <c r="I12" s="8">
         <v>2978461</v>
       </c>
       <c r="J12" s="8">
         <v>2618324</v>
       </c>
       <c r="K12" s="8">
         <v>5535108</v>
       </c>
       <c r="L12" s="8">
         <v>4029129</v>
       </c>
       <c r="M12" s="8">
-        <v>3921267</v>
+        <v>3921279</v>
       </c>
       <c r="N12" s="8">
-        <v>42409501</v>
+        <v>42410508</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B13" s="8">
         <v>1994068</v>
       </c>
       <c r="C13" s="8">
         <v>2112459</v>
       </c>
       <c r="D13" s="8">
         <v>2120416</v>
       </c>
       <c r="E13" s="8">
         <v>3237838</v>
       </c>
       <c r="F13" s="8">
         <v>2894986</v>
       </c>
       <c r="G13" s="8">
         <v>2637231</v>
       </c>
       <c r="H13" s="8">
         <v>2574020</v>
       </c>
       <c r="I13" s="8">
         <v>2180121</v>
       </c>
       <c r="J13" s="8">
-        <v>2138699</v>
+        <v>2139388</v>
       </c>
       <c r="K13" s="8">
         <v>1839114</v>
       </c>
       <c r="L13" s="8">
         <v>1921277</v>
       </c>
       <c r="M13" s="8">
-        <v>1099866</v>
+        <v>1099811</v>
       </c>
       <c r="N13" s="8">
-        <v>26750094</v>
+        <v>26750727</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>99484</v>
       </c>
       <c r="C14" s="8">
         <v>126400</v>
       </c>
       <c r="D14" s="8">
         <v>154265</v>
       </c>
       <c r="E14" s="8">
         <v>109013</v>
       </c>
       <c r="F14" s="8">
         <v>161676</v>
       </c>
       <c r="G14" s="8">
         <v>219487</v>
       </c>
       <c r="H14" s="8">
         <v>87420</v>
       </c>
       <c r="I14" s="8">
         <v>100623</v>
       </c>
       <c r="J14" s="8">
         <v>144797</v>
       </c>
       <c r="K14" s="8">
         <v>111360</v>
       </c>
       <c r="L14" s="8">
         <v>187951</v>
       </c>
       <c r="M14" s="8">
-        <v>241942</v>
+        <v>242147</v>
       </c>
       <c r="N14" s="8">
-        <v>1744419</v>
+        <v>1744624</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B15" s="8">
         <v>1619013</v>
       </c>
       <c r="C15" s="8">
         <v>1651751</v>
       </c>
       <c r="D15" s="8">
-        <v>2590215</v>
+        <v>2590660</v>
       </c>
       <c r="E15" s="8">
         <v>1758476</v>
       </c>
       <c r="F15" s="8">
         <v>1733741</v>
       </c>
       <c r="G15" s="8">
-        <v>2854855</v>
+        <v>2855728</v>
       </c>
       <c r="H15" s="8">
         <v>1534150</v>
       </c>
       <c r="I15" s="8">
         <v>1673620</v>
       </c>
       <c r="J15" s="8">
-        <v>2465943</v>
+        <v>2467697</v>
       </c>
       <c r="K15" s="8">
         <v>1374830</v>
       </c>
       <c r="L15" s="8">
         <v>1711230</v>
       </c>
       <c r="M15" s="8">
-        <v>3524793</v>
+        <v>3531671</v>
       </c>
       <c r="N15" s="8">
-        <v>24492618</v>
+        <v>24502568</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B16" s="8">
-        <v>48330658</v>
+        <v>48330671</v>
       </c>
       <c r="C16" s="8">
-        <v>47373097</v>
+        <v>47373117</v>
       </c>
       <c r="D16" s="8">
-        <v>52829821</v>
+        <v>52831096</v>
       </c>
       <c r="E16" s="8">
-        <v>45782941</v>
+        <v>45781573</v>
       </c>
       <c r="F16" s="8">
-        <v>47128872</v>
+        <v>47128997</v>
       </c>
       <c r="G16" s="8">
-        <v>52863651</v>
+        <v>52866839</v>
       </c>
       <c r="H16" s="8">
-        <v>42791170</v>
+        <v>42791437</v>
       </c>
       <c r="I16" s="8">
-        <v>47786106</v>
+        <v>47786379</v>
       </c>
       <c r="J16" s="8">
-        <v>53822373</v>
+        <v>53827502</v>
       </c>
       <c r="K16" s="8">
-        <v>50253054</v>
+        <v>50252917</v>
       </c>
       <c r="L16" s="8">
-        <v>44517625</v>
+        <v>44517628</v>
       </c>
       <c r="M16" s="8">
-        <v>60389583</v>
+        <v>60443621</v>
       </c>
       <c r="N16" s="8">
-        <v>593868951</v>
+        <v>593931777</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B17" s="8">
         <v>42341150</v>
       </c>
       <c r="C17" s="8">
         <v>42417934</v>
       </c>
       <c r="D17" s="8">
-        <v>46831714</v>
+        <v>46831790</v>
       </c>
       <c r="E17" s="8">
-        <v>40246434</v>
+        <v>40245060</v>
       </c>
       <c r="F17" s="8">
         <v>41403251</v>
       </c>
       <c r="G17" s="8">
-        <v>46012885</v>
+        <v>46014061</v>
       </c>
       <c r="H17" s="8">
         <v>37632174</v>
       </c>
       <c r="I17" s="8">
         <v>41752606</v>
       </c>
       <c r="J17" s="8">
-        <v>46515371</v>
+        <v>46516923</v>
       </c>
       <c r="K17" s="8">
-        <v>43915344</v>
+        <v>43915203</v>
       </c>
       <c r="L17" s="8">
         <v>38896084</v>
       </c>
       <c r="M17" s="8">
-        <v>52815547</v>
+        <v>52866037</v>
       </c>
       <c r="N17" s="8">
-        <v>520780495</v>
+        <v>520832273</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B18" s="8">
         <v>825565</v>
       </c>
       <c r="C18" s="8">
         <v>935743</v>
       </c>
       <c r="D18" s="8">
-        <v>791600</v>
+        <v>791623</v>
       </c>
       <c r="E18" s="8">
         <v>778146</v>
       </c>
       <c r="F18" s="8">
         <v>858886</v>
       </c>
       <c r="G18" s="8">
-        <v>758259</v>
+        <v>758348</v>
       </c>
       <c r="H18" s="8">
         <v>656855</v>
       </c>
       <c r="I18" s="8">
         <v>658075</v>
       </c>
       <c r="J18" s="8">
-        <v>771878</v>
+        <v>771979</v>
       </c>
       <c r="K18" s="8">
         <v>877151</v>
       </c>
       <c r="L18" s="8">
         <v>740635</v>
       </c>
       <c r="M18" s="8">
-        <v>917838</v>
+        <v>917456</v>
       </c>
       <c r="N18" s="8">
-        <v>9570632</v>
+        <v>9570463</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B19" s="8">
         <v>1875433</v>
       </c>
       <c r="C19" s="8">
         <v>1661533</v>
       </c>
       <c r="D19" s="8">
-        <v>1666093</v>
+        <v>1666307</v>
       </c>
       <c r="E19" s="8">
         <v>1831351</v>
       </c>
       <c r="F19" s="8">
         <v>1660958</v>
       </c>
       <c r="G19" s="8">
-        <v>1947872</v>
+        <v>1948168</v>
       </c>
       <c r="H19" s="8">
         <v>1730639</v>
       </c>
       <c r="I19" s="8">
         <v>1997475</v>
       </c>
       <c r="J19" s="8">
-        <v>2233496</v>
+        <v>2234220</v>
       </c>
       <c r="K19" s="8">
         <v>2416383</v>
       </c>
       <c r="L19" s="8">
         <v>2213470</v>
       </c>
       <c r="M19" s="8">
-        <v>2319434</v>
+        <v>2320132</v>
       </c>
       <c r="N19" s="8">
-        <v>23554138</v>
+        <v>23556070</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B20" s="8">
         <v>157505</v>
       </c>
       <c r="C20" s="8">
         <v>212427</v>
       </c>
       <c r="D20" s="8">
         <v>287835</v>
       </c>
       <c r="E20" s="8">
         <v>353267</v>
       </c>
       <c r="F20" s="8">
         <v>270946</v>
       </c>
       <c r="G20" s="8">
         <v>312863</v>
       </c>
       <c r="H20" s="8">
         <v>215455</v>
       </c>
       <c r="I20" s="8">
         <v>224074</v>
       </c>
       <c r="J20" s="8">
-        <v>245549</v>
+        <v>245706</v>
       </c>
       <c r="K20" s="8">
         <v>383335</v>
       </c>
       <c r="L20" s="8">
         <v>217107</v>
       </c>
       <c r="M20" s="8">
-        <v>381760</v>
+        <v>382118</v>
       </c>
       <c r="N20" s="8">
-        <v>3262124</v>
+        <v>3262638</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B21" s="8">
-        <v>3131003</v>
+        <v>3131016</v>
       </c>
       <c r="C21" s="8">
-        <v>2145460</v>
+        <v>2145480</v>
       </c>
       <c r="D21" s="8">
-        <v>3252580</v>
+        <v>3253542</v>
       </c>
       <c r="E21" s="8">
-        <v>2573743</v>
+        <v>2573749</v>
       </c>
       <c r="F21" s="8">
-        <v>2934831</v>
+        <v>2934956</v>
       </c>
       <c r="G21" s="8">
-        <v>3831772</v>
+        <v>3833400</v>
       </c>
       <c r="H21" s="8">
-        <v>2556047</v>
+        <v>2556314</v>
       </c>
       <c r="I21" s="8">
-        <v>3153876</v>
+        <v>3154149</v>
       </c>
       <c r="J21" s="8">
-        <v>4056079</v>
+        <v>4058673</v>
       </c>
       <c r="K21" s="8">
-        <v>2660841</v>
+        <v>2660844</v>
       </c>
       <c r="L21" s="8">
-        <v>2450328</v>
+        <v>2450331</v>
       </c>
       <c r="M21" s="8">
-        <v>3955003</v>
+        <v>3957879</v>
       </c>
       <c r="N21" s="8">
-        <v>36701562</v>
+        <v>36710333</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B22" s="8">
-        <v>48330658</v>
+        <v>48330671</v>
       </c>
       <c r="C22" s="8">
-        <v>47373097</v>
+        <v>47373117</v>
       </c>
       <c r="D22" s="8">
-        <v>52829821</v>
+        <v>52831096</v>
       </c>
       <c r="E22" s="8">
-        <v>45782941</v>
+        <v>45781573</v>
       </c>
       <c r="F22" s="8">
-        <v>47128872</v>
+        <v>47128997</v>
       </c>
       <c r="G22" s="8">
-        <v>52863651</v>
+        <v>52866839</v>
       </c>
       <c r="H22" s="8">
-        <v>42791170</v>
+        <v>42791437</v>
       </c>
       <c r="I22" s="8">
-        <v>47786106</v>
+        <v>47786379</v>
       </c>
       <c r="J22" s="8">
-        <v>53822373</v>
+        <v>53827502</v>
       </c>
       <c r="K22" s="8">
-        <v>50253054</v>
+        <v>50252917</v>
       </c>
       <c r="L22" s="8">
-        <v>44517625</v>
+        <v>44517628</v>
       </c>
       <c r="M22" s="8">
-        <v>60389583</v>
+        <v>60443621</v>
       </c>
       <c r="N22" s="8">
-        <v>593868951</v>
+        <v>593931777</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B23" s="8">
-        <v>46237336</v>
+        <v>46237346</v>
       </c>
       <c r="C23" s="8">
-        <v>45481978</v>
+        <v>45481995</v>
       </c>
       <c r="D23" s="8">
-        <v>50999904</v>
+        <v>51001176</v>
       </c>
       <c r="E23" s="8">
-        <v>43602195</v>
+        <v>43600824</v>
       </c>
       <c r="F23" s="8">
-        <v>45207652</v>
+        <v>45207774</v>
       </c>
       <c r="G23" s="8">
-        <v>52133978</v>
+        <v>52137163</v>
       </c>
       <c r="H23" s="8">
-        <v>41005306</v>
+        <v>41005570</v>
       </c>
       <c r="I23" s="8">
-        <v>45284893</v>
+        <v>45285163</v>
       </c>
       <c r="J23" s="8">
-        <v>50062825</v>
+        <v>50067511</v>
       </c>
       <c r="K23" s="8">
-        <v>48298204</v>
+        <v>48298064</v>
       </c>
       <c r="L23" s="8">
         <v>43240074</v>
       </c>
       <c r="M23" s="8">
-        <v>57998244</v>
+        <v>58055037</v>
       </c>
       <c r="N23" s="8">
-        <v>569552589</v>
+        <v>569617697</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B24" s="8">
-        <v>2093322</v>
+        <v>2093325</v>
       </c>
       <c r="C24" s="8">
-        <v>1891119</v>
+        <v>1891122</v>
       </c>
       <c r="D24" s="8">
-        <v>1829917</v>
+        <v>1829920</v>
       </c>
       <c r="E24" s="8">
-        <v>2180746</v>
+        <v>2180749</v>
       </c>
       <c r="F24" s="8">
-        <v>1921220</v>
+        <v>1921223</v>
       </c>
       <c r="G24" s="8">
-        <v>729673</v>
+        <v>729676</v>
       </c>
       <c r="H24" s="8">
-        <v>1785864</v>
+        <v>1785867</v>
       </c>
       <c r="I24" s="8">
-        <v>2501212</v>
+        <v>2501215</v>
       </c>
       <c r="J24" s="8">
-        <v>3759548</v>
+        <v>3759991</v>
       </c>
       <c r="K24" s="8">
-        <v>1954850</v>
+        <v>1954853</v>
       </c>
       <c r="L24" s="8">
-        <v>1277550</v>
+        <v>1277553</v>
       </c>
       <c r="M24" s="8">
-        <v>2391339</v>
+        <v>2388584</v>
       </c>
       <c r="N24" s="8">
-        <v>24316362</v>
+        <v>24314079</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B25" s="8">
         <v>12634420</v>
       </c>
       <c r="C25" s="8">
         <v>13335812</v>
       </c>
       <c r="D25" s="8">
         <v>12733898</v>
       </c>
       <c r="E25" s="8">
         <v>12272941</v>
       </c>
       <c r="F25" s="8">
         <v>15673123</v>
       </c>
       <c r="G25" s="8">
-        <v>15454511</v>
+        <v>15454509</v>
       </c>
       <c r="H25" s="8">
         <v>11730166</v>
       </c>
       <c r="I25" s="8">
         <v>13229604</v>
       </c>
       <c r="J25" s="8">
-        <v>13721090</v>
+        <v>13721114</v>
       </c>
       <c r="K25" s="8">
         <v>11765004</v>
       </c>
       <c r="L25" s="8">
         <v>10812702</v>
       </c>
       <c r="M25" s="8">
-        <v>11231391</v>
+        <v>12761996</v>
       </c>
       <c r="N25" s="8">
-        <v>154594663</v>
+        <v>156125290</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B26" s="8">
         <v>7133222</v>
       </c>
       <c r="C26" s="8">
         <v>6480301</v>
       </c>
       <c r="D26" s="8">
         <v>7006421</v>
       </c>
       <c r="E26" s="8">
         <v>6849174</v>
       </c>
       <c r="F26" s="8">
         <v>10371671</v>
       </c>
       <c r="G26" s="8">
-        <v>10137191</v>
+        <v>10137190</v>
       </c>
       <c r="H26" s="8">
         <v>6530177</v>
       </c>
       <c r="I26" s="8">
         <v>8387522</v>
       </c>
       <c r="J26" s="8">
-        <v>9164413</v>
+        <v>9164423</v>
       </c>
       <c r="K26" s="8">
         <v>6836191</v>
       </c>
       <c r="L26" s="8">
         <v>6644162</v>
       </c>
       <c r="M26" s="8">
-        <v>7255446</v>
+        <v>8785784</v>
       </c>
       <c r="N26" s="8">
-        <v>92795890</v>
+        <v>94326236</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B27" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C27" s="8">
         <v>6459086</v>
       </c>
       <c r="D27" s="8">
         <v>5167709</v>
       </c>
       <c r="E27" s="8">
         <v>4811988</v>
       </c>
       <c r="F27" s="8">
         <v>4783019</v>
       </c>
       <c r="G27" s="8">
         <v>4847207</v>
       </c>
       <c r="H27" s="8">
         <v>4537162</v>
       </c>
       <c r="I27" s="8">
         <v>4317648</v>
       </c>
       <c r="J27" s="8">
         <v>3954421</v>
       </c>
       <c r="K27" s="8">
         <v>4312640</v>
       </c>
       <c r="L27" s="8">
         <v>3632795</v>
       </c>
       <c r="M27" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="N27" s="8">
-        <v>55485211</v>
+        <v>55485273</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B28" s="8">
         <v>62775</v>
       </c>
       <c r="C28" s="8">
         <v>65367</v>
       </c>
       <c r="D28" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E28" s="8">
         <v>48289</v>
       </c>
       <c r="F28" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="G28" s="8">
         <v>62381</v>
       </c>
       <c r="H28" s="8">
         <v>35979</v>
       </c>
       <c r="I28" s="8">
         <v>34450</v>
       </c>
       <c r="J28" s="8">
-        <v>105394</v>
+        <v>105408</v>
       </c>
       <c r="K28" s="8">
         <v>88059</v>
       </c>
       <c r="L28" s="8">
         <v>65730</v>
       </c>
       <c r="M28" s="8">
-        <v>75991</v>
+        <v>76133</v>
       </c>
       <c r="N28" s="8">
-        <v>997896</v>
+        <v>998052</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C29" s="8">
         <v>331058</v>
       </c>
       <c r="D29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E29" s="8">
         <v>563490</v>
       </c>
       <c r="F29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="G29" s="8">
         <v>407732</v>
       </c>
       <c r="H29" s="8">
         <v>626847</v>
       </c>
       <c r="I29" s="8">
         <v>489985</v>
       </c>
       <c r="J29" s="8">
-        <v>496862</v>
+        <v>496863</v>
       </c>
       <c r="K29" s="8">
         <v>528115</v>
       </c>
       <c r="L29" s="8">
         <v>470015</v>
       </c>
       <c r="M29" s="8">
-        <v>404644</v>
+        <v>404706</v>
       </c>
       <c r="N29" s="8">
-        <v>5315666</v>
+        <v>5315729</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B30" s="8">
         <v>5020100</v>
       </c>
       <c r="C30" s="8">
         <v>5018102</v>
       </c>
       <c r="D30" s="8">
         <v>4933527</v>
       </c>
       <c r="E30" s="8">
         <v>5692811</v>
       </c>
       <c r="F30" s="8">
         <v>6472717</v>
       </c>
       <c r="G30" s="8">
         <v>5926242</v>
       </c>
       <c r="H30" s="8">
         <v>5358660</v>
       </c>
       <c r="I30" s="8">
         <v>7056038</v>
       </c>
       <c r="J30" s="8">
         <v>6898115</v>
       </c>
       <c r="K30" s="8">
         <v>5291962</v>
       </c>
       <c r="L30" s="8">
         <v>5299371</v>
       </c>
       <c r="M30" s="8">
-        <v>5644986</v>
+        <v>5645402</v>
       </c>
       <c r="N30" s="8">
-        <v>68612630</v>
+        <v>68613046</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B31" s="8">
         <v>2141441</v>
       </c>
       <c r="C31" s="8">
         <v>2144185</v>
       </c>
       <c r="D31" s="8">
         <v>2318739</v>
       </c>
       <c r="E31" s="8">
         <v>2204704</v>
       </c>
       <c r="F31" s="8">
         <v>2396765</v>
       </c>
       <c r="G31" s="8">
         <v>2127458</v>
       </c>
       <c r="H31" s="8">
         <v>1961341</v>
       </c>
       <c r="I31" s="8">
         <v>2519360</v>
       </c>
       <c r="J31" s="8">
         <v>2684637</v>
       </c>
       <c r="K31" s="8">
         <v>2559976</v>
       </c>
       <c r="L31" s="8">
         <v>2485641</v>
       </c>
       <c r="M31" s="8">
-        <v>2178529</v>
+        <v>2178945</v>
       </c>
       <c r="N31" s="8">
-        <v>27722775</v>
+        <v>27723192</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B32" s="8">
         <v>2878659</v>
       </c>
       <c r="C32" s="8">
         <v>2873917</v>
       </c>
       <c r="D32" s="8">
         <v>2614788</v>
       </c>
       <c r="E32" s="8">
         <v>3488107</v>
       </c>
       <c r="F32" s="8">
         <v>4075952</v>
       </c>
       <c r="G32" s="8">
         <v>3798784</v>
       </c>
       <c r="H32" s="8">
         <v>3397319</v>
       </c>
       <c r="I32" s="8">
         <v>4536678</v>
       </c>
       <c r="J32" s="8">
         <v>4213477</v>
       </c>
       <c r="K32" s="8">
         <v>2731986</v>
       </c>
       <c r="L32" s="8">
         <v>2813730</v>
       </c>
       <c r="M32" s="8">
         <v>3466457</v>
       </c>
       <c r="N32" s="8">
         <v>40889855</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B33" s="8">
-        <v>1093353428</v>
+        <v>1093353771</v>
       </c>
       <c r="C33" s="8">
-        <v>1074461802</v>
+        <v>1074462128</v>
       </c>
       <c r="D33" s="8">
-        <v>1096390412</v>
+        <v>1096412957</v>
       </c>
       <c r="E33" s="8">
-        <v>1017623534</v>
+        <v>1017623857</v>
       </c>
       <c r="F33" s="8">
-        <v>979312264</v>
+        <v>979313285</v>
       </c>
       <c r="G33" s="8">
-        <v>980807018</v>
+        <v>980862978</v>
       </c>
       <c r="H33" s="8">
-        <v>899730441</v>
+        <v>899854559</v>
       </c>
       <c r="I33" s="8">
-        <v>862915475</v>
+        <v>862915898</v>
       </c>
       <c r="J33" s="8">
-        <v>932242221</v>
+        <v>932277420</v>
       </c>
       <c r="K33" s="8">
-        <v>955715719</v>
+        <v>955716991</v>
       </c>
       <c r="L33" s="8">
-        <v>981603407</v>
+        <v>981597766</v>
       </c>
       <c r="M33" s="8">
-        <v>1100137594</v>
+        <v>1100431670</v>
       </c>
       <c r="N33" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B34" s="8">
         <v>1051993858</v>
       </c>
       <c r="C34" s="8">
         <v>1033505702</v>
       </c>
       <c r="D34" s="8">
-        <v>1045783632</v>
+        <v>1045787551</v>
       </c>
       <c r="E34" s="8">
         <v>975687488</v>
       </c>
       <c r="F34" s="8">
         <v>935745593</v>
       </c>
       <c r="G34" s="8">
-        <v>925748951</v>
+        <v>925785887</v>
       </c>
       <c r="H34" s="8">
-        <v>853474231</v>
+        <v>853597656</v>
       </c>
       <c r="I34" s="8">
         <v>816842443</v>
       </c>
       <c r="J34" s="8">
-        <v>876867082</v>
+        <v>876883185</v>
       </c>
       <c r="K34" s="8">
-        <v>911307298</v>
+        <v>911308194</v>
       </c>
       <c r="L34" s="8">
-        <v>938215493</v>
+        <v>938209476</v>
       </c>
       <c r="M34" s="8">
-        <v>1052160945</v>
+        <v>1052436059</v>
       </c>
       <c r="N34" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B35" s="8">
         <v>11968605</v>
       </c>
       <c r="C35" s="8">
         <v>11227304</v>
       </c>
       <c r="D35" s="8">
-        <v>12060914</v>
+        <v>12062038</v>
       </c>
       <c r="E35" s="8">
         <v>10181414</v>
       </c>
       <c r="F35" s="8">
         <v>10226697</v>
       </c>
       <c r="G35" s="8">
-        <v>12074826</v>
+        <v>12076779</v>
       </c>
       <c r="H35" s="8">
         <v>11890244</v>
       </c>
       <c r="I35" s="8">
         <v>11717122</v>
       </c>
       <c r="J35" s="8">
-        <v>12623732</v>
+        <v>12624702</v>
       </c>
       <c r="K35" s="8">
         <v>12142246</v>
       </c>
       <c r="L35" s="8">
         <v>11046870</v>
       </c>
       <c r="M35" s="8">
-        <v>12879743</v>
+        <v>12880024</v>
       </c>
       <c r="N35" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B36" s="8">
         <v>1876808</v>
       </c>
       <c r="C36" s="8">
         <v>2088118</v>
       </c>
       <c r="D36" s="8">
         <v>2300677</v>
       </c>
       <c r="E36" s="8">
         <v>2712737</v>
       </c>
       <c r="F36" s="8">
         <v>3253328</v>
       </c>
       <c r="G36" s="8">
         <v>2294584</v>
       </c>
       <c r="H36" s="8">
         <v>3037151</v>
       </c>
       <c r="I36" s="8">
         <v>2271095</v>
       </c>
       <c r="J36" s="8">
         <v>1955341</v>
       </c>
       <c r="K36" s="8">
         <v>2697835</v>
       </c>
       <c r="L36" s="8">
         <v>2035552</v>
       </c>
       <c r="M36" s="8">
-        <v>2387657</v>
+        <v>2387297</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B37" s="8">
         <v>22363936</v>
       </c>
       <c r="C37" s="8">
         <v>22374892</v>
       </c>
       <c r="D37" s="8">
-        <v>29309968</v>
+        <v>29312541</v>
       </c>
       <c r="E37" s="8">
         <v>23626274</v>
       </c>
       <c r="F37" s="8">
         <v>24780823</v>
       </c>
       <c r="G37" s="8">
-        <v>33520414</v>
+        <v>33522999</v>
       </c>
       <c r="H37" s="8">
         <v>25979858</v>
       </c>
       <c r="I37" s="8">
         <v>26177719</v>
       </c>
       <c r="J37" s="8">
-        <v>34095157</v>
+        <v>34098441</v>
       </c>
       <c r="K37" s="8">
         <v>25257649</v>
       </c>
       <c r="L37" s="8">
         <v>25066554</v>
       </c>
       <c r="M37" s="8">
-        <v>25311557</v>
+        <v>25314595</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B38" s="8">
         <v>1156485</v>
       </c>
       <c r="C38" s="8">
         <v>1111593</v>
       </c>
       <c r="D38" s="8">
         <v>1270678</v>
       </c>
       <c r="E38" s="8">
         <v>1201510</v>
       </c>
       <c r="F38" s="8">
         <v>1151537</v>
       </c>
       <c r="G38" s="8">
         <v>1417069</v>
       </c>
       <c r="H38" s="8">
         <v>1219884</v>
       </c>
       <c r="I38" s="8">
         <v>1191857</v>
       </c>
       <c r="J38" s="8">
-        <v>1270631</v>
+        <v>1270982</v>
       </c>
       <c r="K38" s="8">
         <v>1059781</v>
       </c>
       <c r="L38" s="8">
         <v>1250873</v>
       </c>
       <c r="M38" s="8">
-        <v>1318218</v>
+        <v>1318403</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B39" s="8">
-        <v>3993736</v>
+        <v>3994079</v>
       </c>
       <c r="C39" s="8">
-        <v>4154192</v>
+        <v>4154518</v>
       </c>
       <c r="D39" s="8">
-        <v>5664543</v>
+        <v>5679472</v>
       </c>
       <c r="E39" s="8">
-        <v>4214112</v>
+        <v>4214435</v>
       </c>
       <c r="F39" s="8">
-        <v>4154286</v>
+        <v>4155307</v>
       </c>
       <c r="G39" s="8">
-        <v>5751174</v>
+        <v>5765660</v>
       </c>
       <c r="H39" s="8">
-        <v>4129073</v>
+        <v>4129766</v>
       </c>
       <c r="I39" s="8">
-        <v>4715240</v>
+        <v>4715663</v>
       </c>
       <c r="J39" s="8">
-        <v>5430279</v>
+        <v>5444770</v>
       </c>
       <c r="K39" s="8">
-        <v>3250910</v>
+        <v>3251286</v>
       </c>
       <c r="L39" s="8">
-        <v>3988065</v>
+        <v>3988441</v>
       </c>
       <c r="M39" s="8">
-        <v>6079475</v>
+        <v>6095292</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B40" s="8">
-        <v>1093353428</v>
+        <v>1093353771</v>
       </c>
       <c r="C40" s="8">
-        <v>1074461802</v>
+        <v>1074462128</v>
       </c>
       <c r="D40" s="8">
-        <v>1096390412</v>
+        <v>1096412957</v>
       </c>
       <c r="E40" s="8">
-        <v>1017623534</v>
+        <v>1017623857</v>
       </c>
       <c r="F40" s="8">
-        <v>979312264</v>
+        <v>979313285</v>
       </c>
       <c r="G40" s="8">
-        <v>980807018</v>
+        <v>980862978</v>
       </c>
       <c r="H40" s="8">
-        <v>899730441</v>
+        <v>899854559</v>
       </c>
       <c r="I40" s="8">
-        <v>862915475</v>
+        <v>862915898</v>
       </c>
       <c r="J40" s="8">
-        <v>932242221</v>
+        <v>932277420</v>
       </c>
       <c r="K40" s="8">
-        <v>955715719</v>
+        <v>955716991</v>
       </c>
       <c r="L40" s="8">
-        <v>981603407</v>
+        <v>981597766</v>
       </c>
       <c r="M40" s="8">
-        <v>1100137594</v>
+        <v>1100431670</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B41" s="8">
-        <v>171283333</v>
+        <v>171283452</v>
       </c>
       <c r="C41" s="8">
-        <v>170888940</v>
+        <v>170889042</v>
       </c>
       <c r="D41" s="8">
-        <v>186326882</v>
+        <v>186336330</v>
       </c>
       <c r="E41" s="8">
-        <v>175153749</v>
+        <v>175153848</v>
       </c>
       <c r="F41" s="8">
-        <v>175444926</v>
+        <v>175445723</v>
       </c>
       <c r="G41" s="8">
-        <v>195405608</v>
+        <v>195414651</v>
       </c>
       <c r="H41" s="8">
-        <v>180309073</v>
+        <v>180309542</v>
       </c>
       <c r="I41" s="8">
-        <v>188817435</v>
+        <v>188817634</v>
       </c>
       <c r="J41" s="8">
-        <v>201433255</v>
+        <v>201444044</v>
       </c>
       <c r="K41" s="8">
-        <v>179020483</v>
+        <v>179020839</v>
       </c>
       <c r="L41" s="8">
-        <v>179164342</v>
+        <v>179156108</v>
       </c>
       <c r="M41" s="8">
-        <v>183999093</v>
+        <v>184087208</v>
       </c>
       <c r="N41" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B42" s="8">
-        <v>922070096</v>
+        <v>922070320</v>
       </c>
       <c r="C42" s="8">
-        <v>903572862</v>
+        <v>903573086</v>
       </c>
       <c r="D42" s="8">
-        <v>910063529</v>
+        <v>910076626</v>
       </c>
       <c r="E42" s="8">
-        <v>842469785</v>
+        <v>842470009</v>
       </c>
       <c r="F42" s="8">
-        <v>803867338</v>
+        <v>803867562</v>
       </c>
       <c r="G42" s="8">
-        <v>785401410</v>
+        <v>785448327</v>
       </c>
       <c r="H42" s="8">
-        <v>719421368</v>
+        <v>719545017</v>
       </c>
       <c r="I42" s="8">
-        <v>674098040</v>
+        <v>674098264</v>
       </c>
       <c r="J42" s="8">
-        <v>730808966</v>
+        <v>730833376</v>
       </c>
       <c r="K42" s="8">
-        <v>776695236</v>
+        <v>776696152</v>
       </c>
       <c r="L42" s="8">
-        <v>802439065</v>
+        <v>802441658</v>
       </c>
       <c r="M42" s="8">
-        <v>916138502</v>
+        <v>916344463</v>
       </c>
       <c r="N42" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="43" ht="12" customHeight="1"/>
     <row r="44" ht="14" customHeight="1">
       <c r="A44" s="10" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B44" s="10"/>
       <c r="C44" s="10"/>
       <c r="D44" s="10"/>
       <c r="E44" s="10"/>
       <c r="F44" s="10"/>
       <c r="G44" s="10"/>
       <c r="H44" s="10"/>
       <c r="I44" s="10"/>
       <c r="J44" s="10"/>
       <c r="K44" s="10"/>
       <c r="L44" s="10"/>
       <c r="M44" s="10"/>
       <c r="N44" s="10"/>
     </row>
     <row r="45" ht="14" customHeight="1">
       <c r="A45" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B45" s="11"/>
       <c r="C45" s="11"/>
       <c r="D45" s="11"/>
       <c r="E45" s="11"/>
       <c r="F45" s="11"/>
       <c r="G45" s="11"/>
       <c r="H45" s="11"/>
       <c r="I45" s="11"/>
       <c r="J45" s="11"/>
       <c r="K45" s="11"/>
       <c r="L45" s="11"/>
       <c r="M45" s="11"/>
       <c r="N45" s="11"/>
     </row>
     <row r="46" ht="29" customHeight="1">
       <c r="A46" s="12" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B46" s="12"/>
       <c r="C46" s="12"/>
       <c r="D46" s="12"/>
       <c r="E46" s="12"/>
       <c r="F46" s="12"/>
       <c r="G46" s="12"/>
       <c r="H46" s="12"/>
       <c r="I46" s="12"/>
       <c r="J46" s="12"/>
       <c r="K46" s="12"/>
       <c r="L46" s="12"/>
       <c r="M46" s="12"/>
       <c r="N46" s="12"/>
     </row>
     <row r="47" ht="14" customHeight="1">
       <c r="A47" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B47" s="11"/>
       <c r="C47" s="11"/>
       <c r="D47" s="11"/>
       <c r="E47" s="11"/>
       <c r="F47" s="11"/>
       <c r="G47" s="11"/>
       <c r="H47" s="11"/>
       <c r="I47" s="11"/>
       <c r="J47" s="11"/>
       <c r="K47" s="11"/>
       <c r="L47" s="11"/>
       <c r="M47" s="11"/>
       <c r="N47" s="11"/>
     </row>
     <row r="48" ht="12" customHeight="1">
       <c r="A48" s="13" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B48" s="13"/>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="13"/>
       <c r="G48" s="13"/>
       <c r="H48" s="13"/>
       <c r="I48" s="13"/>
       <c r="J48" s="13"/>
       <c r="K48" s="13"/>
       <c r="L48" s="13"/>
       <c r="M48" s="13"/>
       <c r="N48" s="13"/>
     </row>
     <row r="49" ht="14" customHeight="1">
       <c r="A49" s="12" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="12"/>
       <c r="E49" s="12"/>
       <c r="F49" s="12"/>
       <c r="G49" s="12"/>
       <c r="H49" s="12"/>
       <c r="I49" s="12"/>
       <c r="J49" s="12"/>
       <c r="K49" s="12"/>
       <c r="L49" s="12"/>
       <c r="M49" s="12"/>
       <c r="N49" s="12"/>
     </row>
     <row r="50" ht="43" customHeight="1">
       <c r="A50" s="12" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B50" s="12"/>
       <c r="C50" s="12"/>
       <c r="D50" s="12"/>
       <c r="E50" s="12"/>
       <c r="F50" s="12"/>
       <c r="G50" s="12"/>
       <c r="H50" s="12"/>
       <c r="I50" s="12"/>
       <c r="J50" s="12"/>
       <c r="K50" s="12"/>
       <c r="L50" s="12"/>
       <c r="M50" s="12"/>
       <c r="N50" s="12"/>
     </row>
     <row r="51" ht="14" customHeight="1">
       <c r="A51" s="12" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B51" s="12"/>
       <c r="C51" s="12"/>
       <c r="D51" s="12"/>
       <c r="E51" s="12"/>
       <c r="F51" s="12"/>
       <c r="G51" s="12"/>
       <c r="H51" s="12"/>
       <c r="I51" s="12"/>
       <c r="J51" s="12"/>
       <c r="K51" s="12"/>
       <c r="L51" s="12"/>
       <c r="M51" s="12"/>
       <c r="N51" s="12"/>
     </row>
     <row r="52" ht="14" customHeight="1">
       <c r="A52" s="12" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B52" s="12"/>
       <c r="C52" s="12"/>
       <c r="D52" s="12"/>
       <c r="E52" s="12"/>
       <c r="F52" s="12"/>
       <c r="G52" s="12"/>
       <c r="H52" s="12"/>
       <c r="I52" s="12"/>
       <c r="J52" s="12"/>
       <c r="K52" s="12"/>
       <c r="L52" s="12"/>
       <c r="M52" s="12"/>
       <c r="N52" s="12"/>
     </row>
     <row r="53" ht="12" customHeight="1">
       <c r="A53" s="13" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B53" s="13"/>
       <c r="C53" s="13"/>
       <c r="D53" s="13"/>
       <c r="E53" s="13"/>
       <c r="F53" s="13"/>
       <c r="G53" s="13"/>
       <c r="H53" s="13"/>
       <c r="I53" s="13"/>
       <c r="J53" s="13"/>
       <c r="K53" s="13"/>
       <c r="L53" s="13"/>
       <c r="M53" s="13"/>
       <c r="N53" s="13"/>
     </row>
     <row r="54" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A44:N44"/>
@@ -13548,1775 +13788,1775 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B9" s="8">
-        <v>1601</v>
+        <v>1602</v>
       </c>
       <c r="C9" s="8">
-        <v>1595</v>
+        <v>1596</v>
       </c>
       <c r="D9" s="8">
-        <v>3743</v>
+        <v>3746</v>
       </c>
       <c r="E9" s="8">
+        <v>1572</v>
+      </c>
+      <c r="F9" s="8">
+        <v>1580</v>
+      </c>
+      <c r="G9" s="8">
+        <v>3720</v>
+      </c>
+      <c r="H9" s="8">
         <v>1571</v>
       </c>
-      <c r="F9" s="8">
-[...7 lines deleted...]
-      </c>
       <c r="I9" s="8">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="J9" s="8">
-        <v>3731</v>
+        <v>3735</v>
       </c>
       <c r="K9" s="8">
-        <v>1568</v>
+        <v>1569</v>
       </c>
       <c r="L9" s="8">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="M9" s="8">
-        <v>9213</v>
+        <v>9237</v>
       </c>
       <c r="N9" s="8">
-        <v>9562</v>
+        <v>9584</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B10" s="8">
         <v>61480896</v>
       </c>
       <c r="C10" s="8">
         <v>31214067</v>
       </c>
       <c r="D10" s="8">
-        <v>31064674</v>
+        <v>31067417</v>
       </c>
       <c r="E10" s="8">
         <v>21458600</v>
       </c>
       <c r="F10" s="8">
         <v>15686144</v>
       </c>
       <c r="G10" s="8">
-        <v>16501211</v>
+        <v>16501293</v>
       </c>
       <c r="H10" s="8">
         <v>11573570</v>
       </c>
       <c r="I10" s="8">
         <v>17864103</v>
       </c>
       <c r="J10" s="8">
-        <v>67749524</v>
+        <v>67750045</v>
       </c>
       <c r="K10" s="8">
         <v>115978113</v>
       </c>
       <c r="L10" s="8">
         <v>164864742</v>
       </c>
       <c r="M10" s="8">
-        <v>213942616</v>
+        <v>215007058</v>
       </c>
       <c r="N10" s="8">
-        <v>769378259</v>
+        <v>770446047</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B11" s="8">
         <v>54837249</v>
       </c>
       <c r="C11" s="8">
         <v>23415305</v>
       </c>
       <c r="D11" s="8">
-        <v>21233930</v>
+        <v>21235184</v>
       </c>
       <c r="E11" s="8">
         <v>13307795</v>
       </c>
       <c r="F11" s="8">
         <v>6155145</v>
       </c>
       <c r="G11" s="8">
-        <v>7887498</v>
+        <v>7887038</v>
       </c>
       <c r="H11" s="8">
         <v>4425078</v>
       </c>
       <c r="I11" s="8">
         <v>7862811</v>
       </c>
       <c r="J11" s="8">
-        <v>60074923</v>
+        <v>60074911</v>
       </c>
       <c r="K11" s="8">
         <v>107444947</v>
       </c>
       <c r="L11" s="8">
         <v>156748287</v>
       </c>
       <c r="M11" s="8">
-        <v>204141175</v>
+        <v>205199816</v>
       </c>
       <c r="N11" s="8">
-        <v>667534142</v>
+        <v>668593565</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B12" s="8">
         <v>3229916</v>
       </c>
       <c r="C12" s="8">
         <v>3609968</v>
       </c>
       <c r="D12" s="8">
-        <v>3375557</v>
+        <v>3375568</v>
       </c>
       <c r="E12" s="8">
         <v>3144143</v>
       </c>
       <c r="F12" s="8">
         <v>4229614</v>
       </c>
       <c r="G12" s="8">
-        <v>2815231</v>
+        <v>2815233</v>
       </c>
       <c r="H12" s="8">
         <v>3022599</v>
       </c>
       <c r="I12" s="8">
         <v>4948062</v>
       </c>
       <c r="J12" s="8">
-        <v>2716974</v>
+        <v>2717048</v>
       </c>
       <c r="K12" s="8">
         <v>3287427</v>
       </c>
       <c r="L12" s="8">
         <v>4079109</v>
       </c>
       <c r="M12" s="8">
-        <v>3902911</v>
+        <v>3903171</v>
       </c>
       <c r="N12" s="8">
-        <v>42361511</v>
+        <v>42361858</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B13" s="8">
         <v>1667076</v>
       </c>
       <c r="C13" s="8">
         <v>2413459</v>
       </c>
       <c r="D13" s="8">
         <v>2854545</v>
       </c>
       <c r="E13" s="8">
         <v>3006758</v>
       </c>
       <c r="F13" s="8">
         <v>3085464</v>
       </c>
       <c r="G13" s="8">
         <v>2728465</v>
       </c>
       <c r="H13" s="8">
         <v>2197998</v>
       </c>
       <c r="I13" s="8">
         <v>2724471</v>
       </c>
       <c r="J13" s="8">
-        <v>2018493</v>
+        <v>2019204</v>
       </c>
       <c r="K13" s="8">
         <v>2507997</v>
       </c>
       <c r="L13" s="8">
         <v>1831164</v>
       </c>
       <c r="M13" s="8">
         <v>1461378</v>
       </c>
       <c r="N13" s="8">
-        <v>28497269</v>
+        <v>28497980</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>69922</v>
       </c>
       <c r="C14" s="8">
         <v>112363</v>
       </c>
       <c r="D14" s="8">
         <v>253318</v>
       </c>
       <c r="E14" s="8">
         <v>127924</v>
       </c>
       <c r="F14" s="8">
         <v>142685</v>
       </c>
       <c r="G14" s="8">
         <v>159682</v>
       </c>
       <c r="H14" s="8">
         <v>124552</v>
       </c>
       <c r="I14" s="8">
         <v>93543</v>
       </c>
       <c r="J14" s="8">
         <v>156499</v>
       </c>
       <c r="K14" s="8">
         <v>194105</v>
       </c>
       <c r="L14" s="8">
         <v>89084</v>
       </c>
       <c r="M14" s="8">
         <v>171285</v>
       </c>
       <c r="N14" s="8">
         <v>1694963</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B15" s="8">
         <v>1676731</v>
       </c>
       <c r="C15" s="8">
         <v>1662973</v>
       </c>
       <c r="D15" s="8">
-        <v>3347324</v>
+        <v>3348802</v>
       </c>
       <c r="E15" s="8">
         <v>1871979</v>
       </c>
       <c r="F15" s="8">
         <v>2073236</v>
       </c>
       <c r="G15" s="8">
-        <v>2910334</v>
+        <v>2910874</v>
       </c>
       <c r="H15" s="8">
         <v>1803342</v>
       </c>
       <c r="I15" s="8">
         <v>2235216</v>
       </c>
       <c r="J15" s="8">
-        <v>2782635</v>
+        <v>2782383</v>
       </c>
       <c r="K15" s="8">
         <v>2543637</v>
       </c>
       <c r="L15" s="8">
         <v>2117099</v>
       </c>
       <c r="M15" s="8">
-        <v>4265868</v>
+        <v>4271409</v>
       </c>
       <c r="N15" s="8">
-        <v>29290373</v>
+        <v>29297680</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B16" s="8">
-        <v>50196133</v>
+        <v>50196136</v>
       </c>
       <c r="C16" s="8">
-        <v>48058199</v>
+        <v>48059369</v>
       </c>
       <c r="D16" s="8">
-        <v>61440980</v>
+        <v>61444451</v>
       </c>
       <c r="E16" s="8">
-        <v>46690852</v>
+        <v>46690855</v>
       </c>
       <c r="F16" s="8">
-        <v>46761271</v>
+        <v>46761274</v>
       </c>
       <c r="G16" s="8">
-        <v>58859682</v>
+        <v>58862044</v>
       </c>
       <c r="H16" s="8">
-        <v>45089454</v>
+        <v>45089457</v>
       </c>
       <c r="I16" s="8">
-        <v>50703955</v>
+        <v>50703958</v>
       </c>
       <c r="J16" s="8">
-        <v>55446496</v>
+        <v>55448726</v>
       </c>
       <c r="K16" s="8">
-        <v>51264013</v>
+        <v>51264019</v>
       </c>
       <c r="L16" s="8">
-        <v>52569480</v>
+        <v>52569677</v>
       </c>
       <c r="M16" s="8">
-        <v>62961046</v>
+        <v>62980771</v>
       </c>
       <c r="N16" s="8">
-        <v>630041561</v>
+        <v>630070737</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B17" s="8">
         <v>44609170</v>
       </c>
       <c r="C17" s="8">
-        <v>42531771</v>
+        <v>42532938</v>
       </c>
       <c r="D17" s="8">
-        <v>53757805</v>
+        <v>53760136</v>
       </c>
       <c r="E17" s="8">
         <v>41033548</v>
       </c>
       <c r="F17" s="8">
         <v>40881159</v>
       </c>
       <c r="G17" s="8">
-        <v>51484825</v>
+        <v>51485016</v>
       </c>
       <c r="H17" s="8">
         <v>39631504</v>
       </c>
       <c r="I17" s="8">
         <v>43972986</v>
       </c>
       <c r="J17" s="8">
-        <v>47762809</v>
+        <v>47763381</v>
       </c>
       <c r="K17" s="8">
         <v>44401774</v>
       </c>
       <c r="L17" s="8">
-        <v>45722836</v>
+        <v>45723007</v>
       </c>
       <c r="M17" s="8">
-        <v>54697214</v>
+        <v>54714732</v>
       </c>
       <c r="N17" s="8">
-        <v>550487402</v>
+        <v>550509353</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B18" s="8">
         <v>806919</v>
       </c>
       <c r="C18" s="8">
         <v>1020961</v>
       </c>
       <c r="D18" s="8">
-        <v>1165347</v>
+        <v>1165379</v>
       </c>
       <c r="E18" s="8">
         <v>663555</v>
       </c>
       <c r="F18" s="8">
         <v>696071</v>
       </c>
       <c r="G18" s="8">
-        <v>774301</v>
+        <v>774441</v>
       </c>
       <c r="H18" s="8">
         <v>617545</v>
       </c>
       <c r="I18" s="8">
         <v>743858</v>
       </c>
       <c r="J18" s="8">
-        <v>785975</v>
+        <v>786089</v>
       </c>
       <c r="K18" s="8">
         <v>801294</v>
       </c>
       <c r="L18" s="8">
         <v>843735</v>
       </c>
       <c r="M18" s="8">
-        <v>932510</v>
+        <v>932694</v>
       </c>
       <c r="N18" s="8">
-        <v>9852071</v>
+        <v>9852541</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B19" s="8">
         <v>1778649</v>
       </c>
       <c r="C19" s="8">
         <v>1806251</v>
       </c>
       <c r="D19" s="8">
-        <v>2298626</v>
+        <v>2298859</v>
       </c>
       <c r="E19" s="8">
         <v>1875996</v>
       </c>
       <c r="F19" s="8">
         <v>1957003</v>
       </c>
       <c r="G19" s="8">
-        <v>2217504</v>
+        <v>2217770</v>
       </c>
       <c r="H19" s="8">
         <v>1758726</v>
       </c>
       <c r="I19" s="8">
         <v>2366771</v>
       </c>
       <c r="J19" s="8">
-        <v>2501621</v>
+        <v>2501857</v>
       </c>
       <c r="K19" s="8">
         <v>2572761</v>
       </c>
       <c r="L19" s="8">
         <v>3041209</v>
       </c>
       <c r="M19" s="8">
-        <v>2515403</v>
+        <v>2515628</v>
       </c>
       <c r="N19" s="8">
-        <v>26690520</v>
+        <v>26691480</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B20" s="8">
         <v>171395</v>
       </c>
       <c r="C20" s="8">
         <v>185275</v>
       </c>
       <c r="D20" s="8">
         <v>339512</v>
       </c>
       <c r="E20" s="8">
         <v>237292</v>
       </c>
       <c r="F20" s="8">
         <v>259878</v>
       </c>
       <c r="G20" s="8">
         <v>387458</v>
       </c>
       <c r="H20" s="8">
         <v>223254</v>
       </c>
       <c r="I20" s="8">
         <v>240682</v>
       </c>
       <c r="J20" s="8">
         <v>238883</v>
       </c>
       <c r="K20" s="8">
         <v>176216</v>
       </c>
       <c r="L20" s="8">
         <v>199475</v>
       </c>
       <c r="M20" s="8">
-        <v>358586</v>
+        <v>358587</v>
       </c>
       <c r="N20" s="8">
-        <v>3017907</v>
+        <v>3017908</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B21" s="8">
-        <v>2830000</v>
+        <v>2830003</v>
       </c>
       <c r="C21" s="8">
-        <v>2513941</v>
+        <v>2513944</v>
       </c>
       <c r="D21" s="8">
-        <v>3879691</v>
+        <v>3880565</v>
       </c>
       <c r="E21" s="8">
-        <v>2880462</v>
+        <v>2880465</v>
       </c>
       <c r="F21" s="8">
-        <v>2967160</v>
+        <v>2967163</v>
       </c>
       <c r="G21" s="8">
-        <v>3995595</v>
+        <v>3997360</v>
       </c>
       <c r="H21" s="8">
-        <v>2858425</v>
+        <v>2858428</v>
       </c>
       <c r="I21" s="8">
-        <v>3379658</v>
+        <v>3379661</v>
       </c>
       <c r="J21" s="8">
-        <v>4157208</v>
+        <v>4158515</v>
       </c>
       <c r="K21" s="8">
-        <v>3311968</v>
+        <v>3311974</v>
       </c>
       <c r="L21" s="8">
-        <v>2762223</v>
+        <v>2762249</v>
       </c>
       <c r="M21" s="8">
-        <v>4457332</v>
+        <v>4459130</v>
       </c>
       <c r="N21" s="8">
-        <v>39993662</v>
+        <v>39999456</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B22" s="8">
-        <v>50196133</v>
+        <v>50196136</v>
       </c>
       <c r="C22" s="8">
-        <v>48058199</v>
+        <v>48059369</v>
       </c>
       <c r="D22" s="8">
-        <v>61440980</v>
+        <v>61444451</v>
       </c>
       <c r="E22" s="8">
-        <v>46690852</v>
+        <v>46690855</v>
       </c>
       <c r="F22" s="8">
-        <v>46761271</v>
+        <v>46761274</v>
       </c>
       <c r="G22" s="8">
-        <v>58859682</v>
+        <v>58862044</v>
       </c>
       <c r="H22" s="8">
-        <v>45089454</v>
+        <v>45089457</v>
       </c>
       <c r="I22" s="8">
-        <v>50703955</v>
+        <v>50703958</v>
       </c>
       <c r="J22" s="8">
-        <v>55446496</v>
+        <v>55448726</v>
       </c>
       <c r="K22" s="8">
-        <v>51264013</v>
+        <v>51264019</v>
       </c>
       <c r="L22" s="8">
-        <v>52569480</v>
+        <v>52569677</v>
       </c>
       <c r="M22" s="8">
-        <v>62961046</v>
+        <v>62980771</v>
       </c>
       <c r="N22" s="8">
-        <v>630041561</v>
+        <v>630070737</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B23" s="8">
         <v>48877375</v>
       </c>
       <c r="C23" s="8">
-        <v>47428149</v>
+        <v>47429317</v>
       </c>
       <c r="D23" s="8">
-        <v>60202374</v>
+        <v>60205842</v>
       </c>
       <c r="E23" s="8">
         <v>45628895</v>
       </c>
       <c r="F23" s="8">
         <v>46216605</v>
       </c>
       <c r="G23" s="8">
-        <v>56630923</v>
+        <v>56633282</v>
       </c>
       <c r="H23" s="8">
         <v>43657945</v>
       </c>
       <c r="I23" s="8">
         <v>49869972</v>
       </c>
       <c r="J23" s="8">
-        <v>54005218</v>
+        <v>54007444</v>
       </c>
       <c r="K23" s="8">
-        <v>49600920</v>
+        <v>49600923</v>
       </c>
       <c r="L23" s="8">
-        <v>51297804</v>
+        <v>51297998</v>
       </c>
       <c r="M23" s="8">
-        <v>60584367</v>
+        <v>60604008</v>
       </c>
       <c r="N23" s="8">
-        <v>614000546</v>
+        <v>614029605</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B24" s="8">
-        <v>1318759</v>
+        <v>1318762</v>
       </c>
       <c r="C24" s="8">
-        <v>630049</v>
+        <v>630052</v>
       </c>
       <c r="D24" s="8">
-        <v>1238606</v>
+        <v>1238609</v>
       </c>
       <c r="E24" s="8">
-        <v>1061957</v>
+        <v>1061960</v>
       </c>
       <c r="F24" s="8">
-        <v>544666</v>
+        <v>544669</v>
       </c>
       <c r="G24" s="8">
-        <v>2228760</v>
+        <v>2228763</v>
       </c>
       <c r="H24" s="8">
-        <v>1431509</v>
+        <v>1431512</v>
       </c>
       <c r="I24" s="8">
-        <v>833982</v>
+        <v>833985</v>
       </c>
       <c r="J24" s="8">
-        <v>1441279</v>
+        <v>1441282</v>
       </c>
       <c r="K24" s="8">
-        <v>1663092</v>
+        <v>1663095</v>
       </c>
       <c r="L24" s="8">
-        <v>1271676</v>
+        <v>1271679</v>
       </c>
       <c r="M24" s="8">
-        <v>2376679</v>
+        <v>2376762</v>
       </c>
       <c r="N24" s="8">
-        <v>16041015</v>
+        <v>16041131</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B25" s="8">
         <v>9854477</v>
       </c>
       <c r="C25" s="8">
         <v>9227840</v>
       </c>
       <c r="D25" s="8">
         <v>14055609</v>
       </c>
       <c r="E25" s="8">
         <v>9854846</v>
       </c>
       <c r="F25" s="8">
         <v>10449848</v>
       </c>
       <c r="G25" s="8">
-        <v>12371067</v>
+        <v>12371679</v>
       </c>
       <c r="H25" s="8">
         <v>9756980</v>
       </c>
       <c r="I25" s="8">
         <v>15801596</v>
       </c>
       <c r="J25" s="8">
-        <v>12590173</v>
+        <v>12590193</v>
       </c>
       <c r="K25" s="8">
         <v>13569840</v>
       </c>
       <c r="L25" s="8">
         <v>12890983</v>
       </c>
       <c r="M25" s="8">
-        <v>12328933</v>
+        <v>12956813</v>
       </c>
       <c r="N25" s="8">
-        <v>142752193</v>
+        <v>143380705</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B26" s="8">
         <v>6433053</v>
       </c>
       <c r="C26" s="8">
         <v>5490656</v>
       </c>
       <c r="D26" s="8">
         <v>9208012</v>
       </c>
       <c r="E26" s="8">
         <v>5961027</v>
       </c>
       <c r="F26" s="8">
         <v>5937392</v>
       </c>
       <c r="G26" s="8">
-        <v>7899302</v>
+        <v>7899462</v>
       </c>
       <c r="H26" s="8">
         <v>5609420</v>
       </c>
       <c r="I26" s="8">
         <v>8565561</v>
       </c>
       <c r="J26" s="8">
         <v>7432283</v>
       </c>
       <c r="K26" s="8">
         <v>8012346</v>
       </c>
       <c r="L26" s="8">
         <v>7301859</v>
       </c>
       <c r="M26" s="8">
-        <v>6683480</v>
+        <v>7311353</v>
       </c>
       <c r="N26" s="8">
-        <v>84534391</v>
+        <v>85162425</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B27" s="8">
         <v>3038593</v>
       </c>
       <c r="C27" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D27" s="8">
         <v>4191802</v>
       </c>
       <c r="E27" s="8">
         <v>3353814</v>
       </c>
       <c r="F27" s="8">
         <v>4057913</v>
       </c>
       <c r="G27" s="8">
-        <v>3914051</v>
+        <v>3914056</v>
       </c>
       <c r="H27" s="8">
         <v>3627118</v>
       </c>
       <c r="I27" s="8">
         <v>6427023</v>
       </c>
       <c r="J27" s="8">
         <v>4513867</v>
       </c>
       <c r="K27" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="L27" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="M27" s="8">
-        <v>5012409</v>
+        <v>5012415</v>
       </c>
       <c r="N27" s="8">
-        <v>51419839</v>
+        <v>51419850</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B28" s="8">
         <v>53720</v>
       </c>
       <c r="C28" s="8">
         <v>37047</v>
       </c>
       <c r="D28" s="8">
         <v>48372</v>
       </c>
       <c r="E28" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F28" s="8">
         <v>36286</v>
       </c>
       <c r="G28" s="8">
         <v>65905</v>
       </c>
       <c r="H28" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="I28" s="8">
         <v>69175</v>
       </c>
       <c r="J28" s="8">
         <v>36186</v>
       </c>
       <c r="K28" s="8">
         <v>67009</v>
       </c>
       <c r="L28" s="8">
         <v>116043</v>
       </c>
       <c r="M28" s="8">
         <v>56298</v>
       </c>
       <c r="N28" s="8">
         <v>758918</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B29" s="8">
         <v>329111</v>
       </c>
       <c r="C29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D29" s="8">
         <v>607424</v>
       </c>
       <c r="E29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F29" s="8">
         <v>418258</v>
       </c>
       <c r="G29" s="8">
-        <v>491809</v>
+        <v>492256</v>
       </c>
       <c r="H29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="I29" s="8">
         <v>739836</v>
       </c>
       <c r="J29" s="8">
-        <v>607838</v>
+        <v>607858</v>
       </c>
       <c r="K29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="L29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="M29" s="8">
         <v>576747</v>
       </c>
       <c r="N29" s="8">
-        <v>6039045</v>
+        <v>6039512</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B30" s="8">
         <v>4744818</v>
       </c>
       <c r="C30" s="8">
         <v>4487395</v>
       </c>
       <c r="D30" s="8">
         <v>5985806</v>
       </c>
       <c r="E30" s="8">
         <v>4585409</v>
       </c>
       <c r="F30" s="8">
         <v>4683993</v>
       </c>
       <c r="G30" s="8">
         <v>5613714</v>
       </c>
       <c r="H30" s="8">
         <v>4552930</v>
       </c>
       <c r="I30" s="8">
         <v>6459882</v>
       </c>
       <c r="J30" s="8">
         <v>4895611</v>
       </c>
       <c r="K30" s="8">
         <v>5155455</v>
       </c>
       <c r="L30" s="8">
         <v>5446153</v>
       </c>
       <c r="M30" s="8">
         <v>4365933</v>
       </c>
       <c r="N30" s="8">
         <v>60977099</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B31" s="8">
         <v>2127673</v>
       </c>
       <c r="C31" s="8">
         <v>2165059</v>
       </c>
       <c r="D31" s="8">
         <v>2949558</v>
       </c>
       <c r="E31" s="8">
         <v>2269730</v>
       </c>
       <c r="F31" s="8">
         <v>2665924</v>
       </c>
       <c r="G31" s="8">
         <v>2613250</v>
       </c>
       <c r="H31" s="8">
         <v>1967826</v>
       </c>
       <c r="I31" s="8">
         <v>2755520</v>
       </c>
       <c r="J31" s="8">
         <v>2311821</v>
       </c>
       <c r="K31" s="8">
         <v>2471479</v>
       </c>
       <c r="L31" s="8">
         <v>2991501</v>
       </c>
       <c r="M31" s="8">
         <v>2020500</v>
       </c>
       <c r="N31" s="8">
         <v>29309839</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B32" s="8">
         <v>2617146</v>
       </c>
       <c r="C32" s="8">
         <v>2322336</v>
       </c>
       <c r="D32" s="8">
         <v>3036249</v>
       </c>
       <c r="E32" s="8">
         <v>2315678</v>
       </c>
       <c r="F32" s="8">
         <v>2018069</v>
       </c>
       <c r="G32" s="8">
         <v>3000464</v>
       </c>
       <c r="H32" s="8">
         <v>2585104</v>
       </c>
       <c r="I32" s="8">
         <v>3704363</v>
       </c>
       <c r="J32" s="8">
         <v>2583790</v>
       </c>
       <c r="K32" s="8">
         <v>2683976</v>
       </c>
       <c r="L32" s="8">
         <v>2454652</v>
       </c>
       <c r="M32" s="8">
         <v>2345434</v>
       </c>
       <c r="N32" s="8">
         <v>31667260</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B33" s="8">
-        <v>1061220216</v>
+        <v>1061220628</v>
       </c>
       <c r="C33" s="8">
-        <v>1039010617</v>
+        <v>1039011029</v>
       </c>
       <c r="D33" s="8">
-        <v>1035328516</v>
+        <v>1035354838</v>
       </c>
       <c r="E33" s="8">
-        <v>973091811</v>
+        <v>973092223</v>
       </c>
       <c r="F33" s="8">
-        <v>930978652</v>
+        <v>930979064</v>
       </c>
       <c r="G33" s="8">
-        <v>914822261</v>
+        <v>914843891</v>
       </c>
       <c r="H33" s="8">
-        <v>849483266</v>
+        <v>849483678</v>
       </c>
       <c r="I33" s="8">
-        <v>803720528</v>
+        <v>803720940</v>
       </c>
       <c r="J33" s="8">
-        <v>831850177</v>
+        <v>831891959</v>
       </c>
       <c r="K33" s="8">
-        <v>862390569</v>
+        <v>862390952</v>
       </c>
       <c r="L33" s="8">
-        <v>974902080</v>
+        <v>974902268</v>
       </c>
       <c r="M33" s="8">
-        <v>1151359553</v>
+        <v>1151581227</v>
       </c>
       <c r="N33" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B34" s="8">
         <v>1020074647</v>
       </c>
       <c r="C34" s="8">
         <v>997507445</v>
       </c>
       <c r="D34" s="8">
-        <v>991405362</v>
+        <v>991410263</v>
       </c>
       <c r="E34" s="8">
         <v>931344143</v>
       </c>
       <c r="F34" s="8">
         <v>886455877</v>
       </c>
       <c r="G34" s="8">
-        <v>867856529</v>
+        <v>867860253</v>
       </c>
       <c r="H34" s="8">
         <v>804071106</v>
       </c>
       <c r="I34" s="8">
         <v>757907699</v>
       </c>
       <c r="J34" s="8">
-        <v>783922729</v>
+        <v>783946557</v>
       </c>
       <c r="K34" s="8">
         <v>817526868</v>
       </c>
       <c r="L34" s="8">
-        <v>931295698</v>
+        <v>931295526</v>
       </c>
       <c r="M34" s="8">
-        <v>1104504016</v>
+        <v>1104704255</v>
       </c>
       <c r="N34" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B35" s="8">
         <v>11277265</v>
       </c>
       <c r="C35" s="8">
         <v>11350008</v>
       </c>
       <c r="D35" s="8">
-        <v>11350520</v>
+        <v>11351721</v>
       </c>
       <c r="E35" s="8">
         <v>10723222</v>
       </c>
       <c r="F35" s="8">
         <v>11823802</v>
       </c>
       <c r="G35" s="8">
-        <v>12046518</v>
+        <v>12047561</v>
       </c>
       <c r="H35" s="8">
         <v>12387342</v>
       </c>
       <c r="I35" s="8">
         <v>13186176</v>
       </c>
       <c r="J35" s="8">
-        <v>14060249</v>
+        <v>14061252</v>
       </c>
       <c r="K35" s="8">
         <v>13147839</v>
       </c>
       <c r="L35" s="8">
         <v>13234821</v>
       </c>
       <c r="M35" s="8">
-        <v>13510675</v>
+        <v>13511900</v>
       </c>
       <c r="N35" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B36" s="8">
         <v>2342635</v>
       </c>
       <c r="C36" s="8">
         <v>2375591</v>
       </c>
       <c r="D36" s="8">
         <v>2212550</v>
       </c>
       <c r="E36" s="8">
         <v>2247110</v>
       </c>
       <c r="F36" s="8">
         <v>2011356</v>
       </c>
       <c r="G36" s="8">
         <v>1882333</v>
       </c>
       <c r="H36" s="8">
         <v>2066298</v>
       </c>
       <c r="I36" s="8">
         <v>2096879</v>
       </c>
       <c r="J36" s="8">
         <v>2315188</v>
       </c>
       <c r="K36" s="8">
         <v>2097809</v>
       </c>
       <c r="L36" s="8">
         <v>1639341</v>
       </c>
       <c r="M36" s="8">
         <v>1762833</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B37" s="8">
         <v>22235622</v>
       </c>
       <c r="C37" s="8">
         <v>22535184</v>
       </c>
       <c r="D37" s="8">
-        <v>23366424</v>
+        <v>23369105</v>
       </c>
       <c r="E37" s="8">
         <v>23655624</v>
       </c>
       <c r="F37" s="8">
         <v>24862575</v>
       </c>
       <c r="G37" s="8">
-        <v>26232983</v>
+        <v>26235645</v>
       </c>
       <c r="H37" s="8">
         <v>25836518</v>
       </c>
       <c r="I37" s="8">
         <v>25635548</v>
       </c>
       <c r="J37" s="8">
-        <v>25559080</v>
+        <v>25561983</v>
       </c>
       <c r="K37" s="8">
         <v>24790828</v>
       </c>
       <c r="L37" s="8">
         <v>23682118</v>
       </c>
       <c r="M37" s="8">
-        <v>23968429</v>
+        <v>23971234</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B38" s="8">
         <v>1186614</v>
       </c>
       <c r="C38" s="8">
         <v>1141037</v>
       </c>
       <c r="D38" s="8">
         <v>1334594</v>
       </c>
       <c r="E38" s="8">
         <v>1266215</v>
       </c>
       <c r="F38" s="8">
         <v>1306360</v>
       </c>
       <c r="G38" s="8">
         <v>1254476</v>
       </c>
       <c r="H38" s="8">
         <v>1202564</v>
       </c>
       <c r="I38" s="8">
         <v>1144658</v>
       </c>
       <c r="J38" s="8">
         <v>1284532</v>
       </c>
       <c r="K38" s="8">
         <v>1126061</v>
       </c>
       <c r="L38" s="8">
         <v>1176914</v>
       </c>
       <c r="M38" s="8">
-        <v>1309319</v>
+        <v>1309337</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B39" s="8">
-        <v>4103431</v>
+        <v>4103843</v>
       </c>
       <c r="C39" s="8">
-        <v>4101352</v>
+        <v>4101764</v>
       </c>
       <c r="D39" s="8">
-        <v>5659066</v>
+        <v>5676605</v>
       </c>
       <c r="E39" s="8">
-        <v>3855497</v>
+        <v>3855909</v>
       </c>
       <c r="F39" s="8">
-        <v>4518683</v>
+        <v>4519095</v>
       </c>
       <c r="G39" s="8">
-        <v>5549423</v>
+        <v>5563624</v>
       </c>
       <c r="H39" s="8">
-        <v>3919438</v>
+        <v>3919850</v>
       </c>
       <c r="I39" s="8">
-        <v>3749567</v>
+        <v>3749979</v>
       </c>
       <c r="J39" s="8">
-        <v>4708398</v>
+        <v>4722446</v>
       </c>
       <c r="K39" s="8">
-        <v>3701164</v>
+        <v>3701547</v>
       </c>
       <c r="L39" s="8">
-        <v>3873188</v>
+        <v>3873548</v>
       </c>
       <c r="M39" s="8">
-        <v>6304281</v>
+        <v>6321669</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B40" s="8">
-        <v>1061220216</v>
+        <v>1061220628</v>
       </c>
       <c r="C40" s="8">
-        <v>1039010617</v>
+        <v>1039011029</v>
       </c>
       <c r="D40" s="8">
-        <v>1035328516</v>
+        <v>1035354838</v>
       </c>
       <c r="E40" s="8">
-        <v>973091811</v>
+        <v>973092223</v>
       </c>
       <c r="F40" s="8">
-        <v>930978652</v>
+        <v>930979064</v>
       </c>
       <c r="G40" s="8">
-        <v>914822261</v>
+        <v>914843891</v>
       </c>
       <c r="H40" s="8">
-        <v>849483266</v>
+        <v>849483678</v>
       </c>
       <c r="I40" s="8">
-        <v>803720528</v>
+        <v>803720940</v>
       </c>
       <c r="J40" s="8">
-        <v>831850177</v>
+        <v>831891959</v>
       </c>
       <c r="K40" s="8">
-        <v>862390569</v>
+        <v>862390952</v>
       </c>
       <c r="L40" s="8">
-        <v>974902080</v>
+        <v>974902268</v>
       </c>
       <c r="M40" s="8">
-        <v>1151359553</v>
+        <v>1151581227</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B41" s="8">
-        <v>175462854</v>
+        <v>175463042</v>
       </c>
       <c r="C41" s="8">
-        <v>179928773</v>
+        <v>179928961</v>
       </c>
       <c r="D41" s="8">
-        <v>189109812</v>
+        <v>189118618</v>
       </c>
       <c r="E41" s="8">
-        <v>185199204</v>
+        <v>185199392</v>
       </c>
       <c r="F41" s="8">
-        <v>194567477</v>
+        <v>194567665</v>
       </c>
       <c r="G41" s="8">
-        <v>200213937</v>
+        <v>200222783</v>
       </c>
       <c r="H41" s="8">
-        <v>197259252</v>
+        <v>197259440</v>
       </c>
       <c r="I41" s="8">
-        <v>201315554</v>
+        <v>201315742</v>
       </c>
       <c r="J41" s="8">
-        <v>203181006</v>
+        <v>203191882</v>
       </c>
       <c r="K41" s="8">
-        <v>192566936</v>
+        <v>192567095</v>
       </c>
       <c r="L41" s="8">
-        <v>192166807</v>
+        <v>192166771</v>
       </c>
       <c r="M41" s="8">
-        <v>185873999</v>
+        <v>185900441</v>
       </c>
       <c r="N41" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B42" s="8">
-        <v>885757361</v>
+        <v>885757585</v>
       </c>
       <c r="C42" s="8">
-        <v>859081844</v>
+        <v>859082068</v>
       </c>
       <c r="D42" s="8">
-        <v>846218705</v>
+        <v>846236221</v>
       </c>
       <c r="E42" s="8">
-        <v>787892607</v>
+        <v>787892831</v>
       </c>
       <c r="F42" s="8">
-        <v>736411175</v>
+        <v>736411399</v>
       </c>
       <c r="G42" s="8">
-        <v>714608324</v>
+        <v>714621108</v>
       </c>
       <c r="H42" s="8">
-        <v>652224014</v>
+        <v>652224238</v>
       </c>
       <c r="I42" s="8">
-        <v>602404973</v>
+        <v>602405197</v>
       </c>
       <c r="J42" s="8">
-        <v>628669170</v>
+        <v>628700076</v>
       </c>
       <c r="K42" s="8">
-        <v>669823633</v>
+        <v>669823857</v>
       </c>
       <c r="L42" s="8">
-        <v>782735272</v>
+        <v>782735496</v>
       </c>
       <c r="M42" s="8">
-        <v>965485555</v>
+        <v>965680786</v>
       </c>
       <c r="N42" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="43" ht="12" customHeight="1"/>
     <row r="44" ht="14" customHeight="1">
       <c r="A44" s="10" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B44" s="10"/>
       <c r="C44" s="10"/>
       <c r="D44" s="10"/>
       <c r="E44" s="10"/>
       <c r="F44" s="10"/>
       <c r="G44" s="10"/>
       <c r="H44" s="10"/>
       <c r="I44" s="10"/>
       <c r="J44" s="10"/>
       <c r="K44" s="10"/>
       <c r="L44" s="10"/>
       <c r="M44" s="10"/>
       <c r="N44" s="10"/>
     </row>
     <row r="45" ht="14" customHeight="1">
       <c r="A45" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B45" s="11"/>
       <c r="C45" s="11"/>
       <c r="D45" s="11"/>
       <c r="E45" s="11"/>
       <c r="F45" s="11"/>
       <c r="G45" s="11"/>
       <c r="H45" s="11"/>
       <c r="I45" s="11"/>
       <c r="J45" s="11"/>
       <c r="K45" s="11"/>
       <c r="L45" s="11"/>
       <c r="M45" s="11"/>
       <c r="N45" s="11"/>
     </row>
     <row r="46" ht="29" customHeight="1">
       <c r="A46" s="12" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B46" s="12"/>
       <c r="C46" s="12"/>
       <c r="D46" s="12"/>
       <c r="E46" s="12"/>
       <c r="F46" s="12"/>
       <c r="G46" s="12"/>
       <c r="H46" s="12"/>
       <c r="I46" s="12"/>
       <c r="J46" s="12"/>
       <c r="K46" s="12"/>
       <c r="L46" s="12"/>
       <c r="M46" s="12"/>
       <c r="N46" s="12"/>
     </row>
     <row r="47" ht="14" customHeight="1">
       <c r="A47" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B47" s="11"/>
       <c r="C47" s="11"/>
       <c r="D47" s="11"/>
       <c r="E47" s="11"/>
       <c r="F47" s="11"/>
       <c r="G47" s="11"/>
       <c r="H47" s="11"/>
       <c r="I47" s="11"/>
       <c r="J47" s="11"/>
       <c r="K47" s="11"/>
       <c r="L47" s="11"/>
       <c r="M47" s="11"/>
       <c r="N47" s="11"/>
     </row>
     <row r="48" ht="12" customHeight="1">
       <c r="A48" s="13" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B48" s="13"/>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="13"/>
       <c r="G48" s="13"/>
       <c r="H48" s="13"/>
       <c r="I48" s="13"/>
       <c r="J48" s="13"/>
       <c r="K48" s="13"/>
       <c r="L48" s="13"/>
       <c r="M48" s="13"/>
       <c r="N48" s="13"/>
     </row>
     <row r="49" ht="14" customHeight="1">
       <c r="A49" s="12" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="12"/>
       <c r="E49" s="12"/>
       <c r="F49" s="12"/>
       <c r="G49" s="12"/>
       <c r="H49" s="12"/>
       <c r="I49" s="12"/>
       <c r="J49" s="12"/>
       <c r="K49" s="12"/>
       <c r="L49" s="12"/>
       <c r="M49" s="12"/>
       <c r="N49" s="12"/>
     </row>
     <row r="50" ht="43" customHeight="1">
       <c r="A50" s="12" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B50" s="12"/>
       <c r="C50" s="12"/>
       <c r="D50" s="12"/>
       <c r="E50" s="12"/>
       <c r="F50" s="12"/>
       <c r="G50" s="12"/>
       <c r="H50" s="12"/>
       <c r="I50" s="12"/>
       <c r="J50" s="12"/>
       <c r="K50" s="12"/>
       <c r="L50" s="12"/>
       <c r="M50" s="12"/>
       <c r="N50" s="12"/>
     </row>
     <row r="51" ht="14" customHeight="1">
       <c r="A51" s="12" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B51" s="12"/>
       <c r="C51" s="12"/>
       <c r="D51" s="12"/>
       <c r="E51" s="12"/>
       <c r="F51" s="12"/>
       <c r="G51" s="12"/>
       <c r="H51" s="12"/>
       <c r="I51" s="12"/>
       <c r="J51" s="12"/>
       <c r="K51" s="12"/>
       <c r="L51" s="12"/>
       <c r="M51" s="12"/>
       <c r="N51" s="12"/>
     </row>
     <row r="52" ht="14" customHeight="1">
       <c r="A52" s="12" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B52" s="12"/>
       <c r="C52" s="12"/>
       <c r="D52" s="12"/>
       <c r="E52" s="12"/>
       <c r="F52" s="12"/>
       <c r="G52" s="12"/>
       <c r="H52" s="12"/>
       <c r="I52" s="12"/>
       <c r="J52" s="12"/>
       <c r="K52" s="12"/>
       <c r="L52" s="12"/>
       <c r="M52" s="12"/>
       <c r="N52" s="12"/>
     </row>
     <row r="53" ht="12" customHeight="1">
       <c r="A53" s="13" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B53" s="13"/>
       <c r="C53" s="13"/>
       <c r="D53" s="13"/>
       <c r="E53" s="13"/>
       <c r="F53" s="13"/>
       <c r="G53" s="13"/>
       <c r="H53" s="13"/>
       <c r="I53" s="13"/>
       <c r="J53" s="13"/>
       <c r="K53" s="13"/>
       <c r="L53" s="13"/>
       <c r="M53" s="13"/>
       <c r="N53" s="13"/>
     </row>
     <row r="54" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A44:N44"/>
@@ -15358,1775 +15598,1775 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B9" s="8">
         <v>1642</v>
       </c>
       <c r="C9" s="8">
         <v>1623</v>
       </c>
       <c r="D9" s="8">
-        <v>3794</v>
+        <v>3797</v>
       </c>
       <c r="E9" s="8">
-        <v>1631</v>
+        <v>1632</v>
       </c>
       <c r="F9" s="8">
-        <v>1643</v>
+        <v>1644</v>
       </c>
       <c r="G9" s="8">
-        <v>3800</v>
+        <v>3803</v>
       </c>
       <c r="H9" s="8">
-        <v>1618</v>
+        <v>1619</v>
       </c>
       <c r="I9" s="8">
-        <v>1638</v>
+        <v>1639</v>
       </c>
       <c r="J9" s="8">
-        <v>3806</v>
+        <v>3809</v>
       </c>
       <c r="K9" s="8">
         <v>1616</v>
       </c>
       <c r="L9" s="8">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="M9" s="8">
-        <v>9256</v>
+        <v>9270</v>
       </c>
       <c r="N9" s="8">
-        <v>9596</v>
+        <v>9610</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B10" s="8">
         <v>70271162</v>
       </c>
       <c r="C10" s="8">
         <v>43393257</v>
       </c>
       <c r="D10" s="8">
-        <v>33276790</v>
+        <v>33280646</v>
       </c>
       <c r="E10" s="8">
         <v>19432578</v>
       </c>
       <c r="F10" s="8">
         <v>16766305</v>
       </c>
       <c r="G10" s="8">
-        <v>14443469</v>
+        <v>14444426</v>
       </c>
       <c r="H10" s="8">
         <v>9223167</v>
       </c>
       <c r="I10" s="8">
         <v>42886849</v>
       </c>
       <c r="J10" s="8">
-        <v>117767628</v>
+        <v>117771031</v>
       </c>
       <c r="K10" s="8">
         <v>134471531</v>
       </c>
       <c r="L10" s="8">
         <v>115193765</v>
       </c>
       <c r="M10" s="8">
-        <v>156981664</v>
+        <v>157753898</v>
       </c>
       <c r="N10" s="8">
-        <v>774108165</v>
+        <v>774888614</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B11" s="8">
         <v>64196944</v>
       </c>
       <c r="C11" s="8">
         <v>35954481</v>
       </c>
       <c r="D11" s="8">
-        <v>22374314</v>
+        <v>22374910</v>
       </c>
       <c r="E11" s="8">
         <v>12109883</v>
       </c>
       <c r="F11" s="8">
         <v>10414097</v>
       </c>
       <c r="G11" s="8">
-        <v>4304763</v>
+        <v>4305901</v>
       </c>
       <c r="H11" s="8">
         <v>1907116</v>
       </c>
       <c r="I11" s="8">
         <v>28019309</v>
       </c>
       <c r="J11" s="8">
-        <v>106658685</v>
+        <v>106659604</v>
       </c>
       <c r="K11" s="8">
         <v>124402596</v>
       </c>
       <c r="L11" s="8">
         <v>105871217</v>
       </c>
       <c r="M11" s="8">
-        <v>143799330</v>
+        <v>144567616</v>
       </c>
       <c r="N11" s="8">
-        <v>660012735</v>
+        <v>660783674</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B12" s="8">
         <v>2405290</v>
       </c>
       <c r="C12" s="8">
         <v>4177298</v>
       </c>
       <c r="D12" s="8">
         <v>4718249</v>
       </c>
       <c r="E12" s="8">
         <v>2737938</v>
       </c>
       <c r="F12" s="8">
         <v>1794946</v>
       </c>
       <c r="G12" s="8">
-        <v>2632673</v>
+        <v>2632806</v>
       </c>
       <c r="H12" s="8">
         <v>2146860</v>
       </c>
       <c r="I12" s="8">
         <v>8872770</v>
       </c>
       <c r="J12" s="8">
-        <v>5214101</v>
+        <v>5214224</v>
       </c>
       <c r="K12" s="8">
         <v>5356960</v>
       </c>
       <c r="L12" s="8">
         <v>4633720</v>
       </c>
       <c r="M12" s="8">
-        <v>6512378</v>
+        <v>6512463</v>
       </c>
       <c r="N12" s="8">
-        <v>51203183</v>
+        <v>51203524</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B13" s="8">
         <v>2091484</v>
       </c>
       <c r="C13" s="8">
         <v>1720927</v>
       </c>
       <c r="D13" s="8">
         <v>2915772</v>
       </c>
       <c r="E13" s="8">
         <v>2548613</v>
       </c>
       <c r="F13" s="8">
         <v>2553800</v>
       </c>
       <c r="G13" s="8">
-        <v>3457404</v>
+        <v>3457890</v>
       </c>
       <c r="H13" s="8">
         <v>3462451</v>
       </c>
       <c r="I13" s="8">
         <v>3949875</v>
       </c>
       <c r="J13" s="8">
-        <v>2515985</v>
+        <v>2517327</v>
       </c>
       <c r="K13" s="8">
         <v>2605382</v>
       </c>
       <c r="L13" s="8">
         <v>2547016</v>
       </c>
       <c r="M13" s="8">
-        <v>1188805</v>
+        <v>1189017</v>
       </c>
       <c r="N13" s="8">
-        <v>31557514</v>
+        <v>31559554</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>143750</v>
       </c>
       <c r="C14" s="8">
         <v>118172</v>
       </c>
       <c r="D14" s="8">
         <v>278710</v>
       </c>
       <c r="E14" s="8">
         <v>271977</v>
       </c>
       <c r="F14" s="8">
         <v>168104</v>
       </c>
       <c r="G14" s="8">
         <v>320645</v>
       </c>
       <c r="H14" s="8">
         <v>209196</v>
       </c>
       <c r="I14" s="8">
         <v>137815</v>
       </c>
       <c r="J14" s="8">
         <v>209412</v>
       </c>
       <c r="K14" s="8">
         <v>110713</v>
       </c>
       <c r="L14" s="8">
         <v>65334</v>
       </c>
       <c r="M14" s="8">
         <v>182620</v>
       </c>
       <c r="N14" s="8">
         <v>2216448</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B15" s="8">
         <v>1433694</v>
       </c>
       <c r="C15" s="8">
         <v>1422378</v>
       </c>
       <c r="D15" s="8">
-        <v>2989745</v>
+        <v>2993005</v>
       </c>
       <c r="E15" s="8">
         <v>1764168</v>
       </c>
       <c r="F15" s="8">
         <v>1835358</v>
       </c>
       <c r="G15" s="8">
-        <v>3727984</v>
+        <v>3727184</v>
       </c>
       <c r="H15" s="8">
         <v>1497544</v>
       </c>
       <c r="I15" s="8">
         <v>1907080</v>
       </c>
       <c r="J15" s="8">
-        <v>3169446</v>
+        <v>3170465</v>
       </c>
       <c r="K15" s="8">
         <v>1995880</v>
       </c>
       <c r="L15" s="8">
         <v>2076477</v>
       </c>
       <c r="M15" s="8">
-        <v>5298532</v>
+        <v>5302182</v>
       </c>
       <c r="N15" s="8">
-        <v>29118285</v>
+        <v>29125414</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B16" s="8">
         <v>50185948</v>
       </c>
       <c r="C16" s="8">
         <v>51079140</v>
       </c>
       <c r="D16" s="8">
-        <v>67162825</v>
+        <v>67166243</v>
       </c>
       <c r="E16" s="8">
-        <v>52012308</v>
+        <v>52012312</v>
       </c>
       <c r="F16" s="8">
-        <v>52659129</v>
+        <v>52659134</v>
       </c>
       <c r="G16" s="8">
-        <v>61540228</v>
+        <v>61543932</v>
       </c>
       <c r="H16" s="8">
-        <v>47491837</v>
+        <v>47491846</v>
       </c>
       <c r="I16" s="8">
-        <v>53377550</v>
+        <v>53377572</v>
       </c>
       <c r="J16" s="8">
-        <v>59013344</v>
+        <v>59019416</v>
       </c>
       <c r="K16" s="8">
         <v>54632410</v>
       </c>
       <c r="L16" s="8">
-        <v>54312436</v>
+        <v>54312451</v>
       </c>
       <c r="M16" s="8">
-        <v>66060310</v>
+        <v>66071458</v>
       </c>
       <c r="N16" s="8">
-        <v>669527466</v>
+        <v>669551862</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B17" s="8">
         <v>44511930</v>
       </c>
       <c r="C17" s="8">
         <v>45083198</v>
       </c>
       <c r="D17" s="8">
-        <v>60060266</v>
+        <v>60062241</v>
       </c>
       <c r="E17" s="8">
         <v>46463875</v>
       </c>
       <c r="F17" s="8">
         <v>46498937</v>
       </c>
       <c r="G17" s="8">
-        <v>53103587</v>
+        <v>53105672</v>
       </c>
       <c r="H17" s="8">
         <v>42003985</v>
       </c>
       <c r="I17" s="8">
         <v>47109232</v>
       </c>
       <c r="J17" s="8">
-        <v>50727412</v>
+        <v>50729414</v>
       </c>
       <c r="K17" s="8">
         <v>47748057</v>
       </c>
       <c r="L17" s="8">
         <v>46717851</v>
       </c>
       <c r="M17" s="8">
-        <v>57179397</v>
+        <v>57187247</v>
       </c>
       <c r="N17" s="8">
-        <v>587207727</v>
+        <v>587221640</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B18" s="8">
         <v>575003</v>
       </c>
       <c r="C18" s="8">
         <v>611460</v>
       </c>
       <c r="D18" s="8">
-        <v>873644</v>
+        <v>873678</v>
       </c>
       <c r="E18" s="8">
         <v>805806</v>
       </c>
       <c r="F18" s="8">
         <v>735209</v>
       </c>
       <c r="G18" s="8">
-        <v>1213378</v>
+        <v>1213424</v>
       </c>
       <c r="H18" s="8">
         <v>660427</v>
       </c>
       <c r="I18" s="8">
         <v>785010</v>
       </c>
       <c r="J18" s="8">
-        <v>820251</v>
+        <v>820428</v>
       </c>
       <c r="K18" s="8">
         <v>800158</v>
       </c>
       <c r="L18" s="8">
         <v>1155899</v>
       </c>
       <c r="M18" s="8">
-        <v>1145832</v>
+        <v>1145974</v>
       </c>
       <c r="N18" s="8">
-        <v>10182077</v>
+        <v>10182476</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B19" s="8">
         <v>1846555</v>
       </c>
       <c r="C19" s="8">
         <v>2012054</v>
       </c>
       <c r="D19" s="8">
-        <v>2107128</v>
+        <v>2107290</v>
       </c>
       <c r="E19" s="8">
         <v>1921278</v>
       </c>
       <c r="F19" s="8">
         <v>2187506</v>
       </c>
       <c r="G19" s="8">
-        <v>2229795</v>
+        <v>2230072</v>
       </c>
       <c r="H19" s="8">
         <v>1880947</v>
       </c>
       <c r="I19" s="8">
         <v>2190513</v>
       </c>
       <c r="J19" s="8">
-        <v>2684162</v>
+        <v>2684683</v>
       </c>
       <c r="K19" s="8">
         <v>2870999</v>
       </c>
       <c r="L19" s="8">
         <v>3228018</v>
       </c>
       <c r="M19" s="8">
-        <v>2912522</v>
+        <v>2912901</v>
       </c>
       <c r="N19" s="8">
-        <v>28071477</v>
+        <v>28072816</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B20" s="8">
         <v>149428</v>
       </c>
       <c r="C20" s="8">
         <v>151982</v>
       </c>
       <c r="D20" s="8">
-        <v>324379</v>
+        <v>324409</v>
       </c>
       <c r="E20" s="8">
         <v>278825</v>
       </c>
       <c r="F20" s="8">
         <v>217282</v>
       </c>
       <c r="G20" s="8">
         <v>333175</v>
       </c>
       <c r="H20" s="8">
         <v>214106</v>
       </c>
       <c r="I20" s="8">
         <v>220654</v>
       </c>
       <c r="J20" s="8">
-        <v>258679</v>
+        <v>258709</v>
       </c>
       <c r="K20" s="8">
         <v>200937</v>
       </c>
       <c r="L20" s="8">
         <v>203418</v>
       </c>
       <c r="M20" s="8">
-        <v>367249</v>
+        <v>367287</v>
       </c>
       <c r="N20" s="8">
-        <v>2920114</v>
+        <v>2920212</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B21" s="8">
         <v>3103032</v>
       </c>
       <c r="C21" s="8">
         <v>3220445</v>
       </c>
       <c r="D21" s="8">
-        <v>3797409</v>
+        <v>3798625</v>
       </c>
       <c r="E21" s="8">
-        <v>2542524</v>
+        <v>2542528</v>
       </c>
       <c r="F21" s="8">
-        <v>3020194</v>
+        <v>3020199</v>
       </c>
       <c r="G21" s="8">
-        <v>4660292</v>
+        <v>4661589</v>
       </c>
       <c r="H21" s="8">
-        <v>2732372</v>
+        <v>2732381</v>
       </c>
       <c r="I21" s="8">
-        <v>3072141</v>
+        <v>3072163</v>
       </c>
       <c r="J21" s="8">
-        <v>4522840</v>
+        <v>4526181</v>
       </c>
       <c r="K21" s="8">
         <v>3012259</v>
       </c>
       <c r="L21" s="8">
-        <v>3007250</v>
+        <v>3007265</v>
       </c>
       <c r="M21" s="8">
-        <v>4455310</v>
+        <v>4458049</v>
       </c>
       <c r="N21" s="8">
-        <v>41146071</v>
+        <v>41154719</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B22" s="8">
         <v>50185948</v>
       </c>
       <c r="C22" s="8">
         <v>51079140</v>
       </c>
       <c r="D22" s="8">
-        <v>67162825</v>
+        <v>67166243</v>
       </c>
       <c r="E22" s="8">
-        <v>52012308</v>
+        <v>52012312</v>
       </c>
       <c r="F22" s="8">
-        <v>52659129</v>
+        <v>52659134</v>
       </c>
       <c r="G22" s="8">
-        <v>61540228</v>
+        <v>61543932</v>
       </c>
       <c r="H22" s="8">
-        <v>47491837</v>
+        <v>47491846</v>
       </c>
       <c r="I22" s="8">
-        <v>53377550</v>
+        <v>53377572</v>
       </c>
       <c r="J22" s="8">
-        <v>59013344</v>
+        <v>59019416</v>
       </c>
       <c r="K22" s="8">
         <v>54632410</v>
       </c>
       <c r="L22" s="8">
-        <v>54312436</v>
+        <v>54312451</v>
       </c>
       <c r="M22" s="8">
-        <v>66060310</v>
+        <v>66071458</v>
       </c>
       <c r="N22" s="8">
-        <v>669527466</v>
+        <v>669551862</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B23" s="8">
         <v>49022653</v>
       </c>
       <c r="C23" s="8">
         <v>50436814</v>
       </c>
       <c r="D23" s="8">
-        <v>65917416</v>
+        <v>65920833</v>
       </c>
       <c r="E23" s="8">
-        <v>51296881</v>
+        <v>51296885</v>
       </c>
       <c r="F23" s="8">
-        <v>51328543</v>
+        <v>51328548</v>
       </c>
       <c r="G23" s="8">
-        <v>60125656</v>
+        <v>60129360</v>
       </c>
       <c r="H23" s="8">
-        <v>46503412</v>
+        <v>46503417</v>
       </c>
       <c r="I23" s="8">
-        <v>52095300</v>
+        <v>52095318</v>
       </c>
       <c r="J23" s="8">
-        <v>58229040</v>
+        <v>58235107</v>
       </c>
       <c r="K23" s="8">
         <v>54429944</v>
       </c>
       <c r="L23" s="8">
-        <v>53349474</v>
+        <v>53349486</v>
       </c>
       <c r="M23" s="8">
-        <v>64196446</v>
+        <v>64206614</v>
       </c>
       <c r="N23" s="8">
-        <v>656931579</v>
+        <v>656954979</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B24" s="8">
         <v>1163295</v>
       </c>
       <c r="C24" s="8">
         <v>642326</v>
       </c>
       <c r="D24" s="8">
         <v>1245410</v>
       </c>
       <c r="E24" s="8">
         <v>715427</v>
       </c>
       <c r="F24" s="8">
         <v>1330586</v>
       </c>
       <c r="G24" s="8">
         <v>1414572</v>
       </c>
       <c r="H24" s="8">
-        <v>988425</v>
+        <v>988429</v>
       </c>
       <c r="I24" s="8">
-        <v>1282250</v>
+        <v>1282254</v>
       </c>
       <c r="J24" s="8">
-        <v>784305</v>
+        <v>784309</v>
       </c>
       <c r="K24" s="8">
         <v>202466</v>
       </c>
       <c r="L24" s="8">
-        <v>962962</v>
+        <v>962965</v>
       </c>
       <c r="M24" s="8">
-        <v>1863864</v>
+        <v>1864844</v>
       </c>
       <c r="N24" s="8">
-        <v>12595887</v>
+        <v>12596882</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B25" s="8">
         <v>8769640</v>
       </c>
       <c r="C25" s="8">
         <v>10896253</v>
       </c>
       <c r="D25" s="8">
-        <v>15373297</v>
+        <v>15373301</v>
       </c>
       <c r="E25" s="8">
         <v>11398390</v>
       </c>
       <c r="F25" s="8">
         <v>12310296</v>
       </c>
       <c r="G25" s="8">
-        <v>14013113</v>
+        <v>14013175</v>
       </c>
       <c r="H25" s="8">
         <v>10014876</v>
       </c>
       <c r="I25" s="8">
         <v>14822873</v>
       </c>
       <c r="J25" s="8">
-        <v>16928381</v>
+        <v>16928400</v>
       </c>
       <c r="K25" s="8">
         <v>12618469</v>
       </c>
       <c r="L25" s="8">
         <v>11414280</v>
       </c>
       <c r="M25" s="8">
-        <v>10913775</v>
+        <v>11843521</v>
       </c>
       <c r="N25" s="8">
-        <v>149473644</v>
+        <v>150403475</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B26" s="8">
         <v>5383035</v>
       </c>
       <c r="C26" s="8">
         <v>7314125</v>
       </c>
       <c r="D26" s="8">
-        <v>10646300</v>
+        <v>10646304</v>
       </c>
       <c r="E26" s="8">
         <v>8105059</v>
       </c>
       <c r="F26" s="8">
         <v>8193228</v>
       </c>
       <c r="G26" s="8">
-        <v>10243109</v>
+        <v>10243171</v>
       </c>
       <c r="H26" s="8">
         <v>6342794</v>
       </c>
       <c r="I26" s="8">
         <v>8749566</v>
       </c>
       <c r="J26" s="8">
-        <v>8660876</v>
+        <v>8660884</v>
       </c>
       <c r="K26" s="8">
         <v>7080699</v>
       </c>
       <c r="L26" s="8">
         <v>7374070</v>
       </c>
       <c r="M26" s="8">
-        <v>7221414</v>
+        <v>8151155</v>
       </c>
       <c r="N26" s="8">
-        <v>95314275</v>
+        <v>96244089</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B27" s="8">
         <v>3077880</v>
       </c>
       <c r="C27" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D27" s="8">
         <v>4122560</v>
       </c>
       <c r="E27" s="8">
         <v>2760059</v>
       </c>
       <c r="F27" s="8">
         <v>3340132</v>
       </c>
       <c r="G27" s="8">
         <v>3194051</v>
       </c>
       <c r="H27" s="8">
         <v>3009483</v>
       </c>
       <c r="I27" s="8">
         <v>5533727</v>
       </c>
       <c r="J27" s="8">
         <v>7827616</v>
       </c>
       <c r="K27" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="L27" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="M27" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="N27" s="8">
-        <v>47502179</v>
+        <v>47502182</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B28" s="8">
         <v>55769</v>
       </c>
       <c r="C28" s="8">
         <v>73652</v>
       </c>
       <c r="D28" s="8">
         <v>134888</v>
       </c>
       <c r="E28" s="8">
         <v>66165</v>
       </c>
       <c r="F28" s="8">
         <v>104235</v>
       </c>
       <c r="G28" s="8">
         <v>126640</v>
       </c>
       <c r="H28" s="8">
         <v>82780</v>
       </c>
       <c r="I28" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="J28" s="8">
         <v>89847</v>
       </c>
       <c r="K28" s="8">
         <v>86892</v>
       </c>
       <c r="L28" s="8">
         <v>73851</v>
       </c>
       <c r="M28" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="N28" s="8">
         <v>1095312</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B29" s="8">
         <v>252956</v>
       </c>
       <c r="C29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D29" s="8">
         <v>469550</v>
       </c>
       <c r="E29" s="8">
         <v>467107</v>
       </c>
       <c r="F29" s="8">
         <v>672701</v>
       </c>
       <c r="G29" s="8">
         <v>449313</v>
       </c>
       <c r="H29" s="8">
         <v>579819</v>
       </c>
       <c r="I29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="J29" s="8">
-        <v>350041</v>
+        <v>350052</v>
       </c>
       <c r="K29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="L29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="M29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="N29" s="8">
-        <v>5561878</v>
+        <v>5561892</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B30" s="8">
         <v>4229736</v>
       </c>
       <c r="C30" s="8">
         <v>6215457</v>
       </c>
       <c r="D30" s="8">
         <v>9133514</v>
       </c>
       <c r="E30" s="8">
         <v>7547073</v>
       </c>
       <c r="F30" s="8">
         <v>7072379</v>
       </c>
       <c r="G30" s="8">
         <v>8621196</v>
       </c>
       <c r="H30" s="8">
         <v>5457501</v>
       </c>
       <c r="I30" s="8">
         <v>6702004</v>
       </c>
       <c r="J30" s="8">
         <v>5844813</v>
       </c>
       <c r="K30" s="8">
         <v>5565585</v>
       </c>
       <c r="L30" s="8">
         <v>5630995</v>
       </c>
       <c r="M30" s="8">
         <v>4716501</v>
       </c>
       <c r="N30" s="8">
         <v>76736754</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B31" s="8">
         <v>2069440</v>
       </c>
       <c r="C31" s="8">
         <v>2483073</v>
       </c>
       <c r="D31" s="8">
         <v>3601810</v>
       </c>
       <c r="E31" s="8">
         <v>3663044</v>
       </c>
       <c r="F31" s="8">
         <v>3720276</v>
       </c>
       <c r="G31" s="8">
         <v>3822550</v>
       </c>
       <c r="H31" s="8">
         <v>2595161</v>
       </c>
       <c r="I31" s="8">
         <v>3215640</v>
       </c>
       <c r="J31" s="8">
         <v>2950259</v>
       </c>
       <c r="K31" s="8">
         <v>2612399</v>
       </c>
       <c r="L31" s="8">
         <v>2796378</v>
       </c>
       <c r="M31" s="8">
         <v>2503790</v>
       </c>
       <c r="N31" s="8">
         <v>36033820</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B32" s="8">
         <v>2160295</v>
       </c>
       <c r="C32" s="8">
         <v>3732384</v>
       </c>
       <c r="D32" s="8">
         <v>5531704</v>
       </c>
       <c r="E32" s="8">
         <v>3884029</v>
       </c>
       <c r="F32" s="8">
         <v>3352103</v>
       </c>
       <c r="G32" s="8">
         <v>4798646</v>
       </c>
       <c r="H32" s="8">
         <v>2862340</v>
       </c>
       <c r="I32" s="8">
         <v>3486365</v>
       </c>
       <c r="J32" s="8">
         <v>2894554</v>
       </c>
       <c r="K32" s="8">
         <v>2953186</v>
       </c>
       <c r="L32" s="8">
         <v>2834617</v>
       </c>
       <c r="M32" s="8">
         <v>2212711</v>
       </c>
       <c r="N32" s="8">
         <v>40702933</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B33" s="8">
         <v>1076306276</v>
       </c>
       <c r="C33" s="8">
         <v>1053947655</v>
       </c>
       <c r="D33" s="8">
-        <v>1041756724</v>
+        <v>1041807051</v>
       </c>
       <c r="E33" s="8">
-        <v>968708764</v>
+        <v>968709005</v>
       </c>
       <c r="F33" s="8">
-        <v>928012980</v>
+        <v>928013216</v>
       </c>
       <c r="G33" s="8">
-        <v>908466962</v>
+        <v>908513652</v>
       </c>
       <c r="H33" s="8">
-        <v>843012163</v>
+        <v>843012621</v>
       </c>
       <c r="I33" s="8">
-        <v>816784177</v>
+        <v>816784617</v>
       </c>
       <c r="J33" s="8">
-        <v>889680527</v>
+        <v>889722409</v>
       </c>
       <c r="K33" s="8">
         <v>935172691</v>
       </c>
       <c r="L33" s="8">
-        <v>989531712</v>
+        <v>989532148</v>
       </c>
       <c r="M33" s="8">
-        <v>1109930271</v>
+        <v>1110043579</v>
       </c>
       <c r="N33" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B34" s="8">
         <v>1035213476</v>
       </c>
       <c r="C34" s="8">
         <v>1013082247</v>
       </c>
       <c r="D34" s="8">
-        <v>998225885</v>
+        <v>998252914</v>
       </c>
       <c r="E34" s="8">
         <v>927785053</v>
       </c>
       <c r="F34" s="8">
         <v>887485592</v>
       </c>
       <c r="G34" s="8">
-        <v>864379579</v>
+        <v>864404723</v>
       </c>
       <c r="H34" s="8">
         <v>801706011</v>
       </c>
       <c r="I34" s="8">
         <v>771017925</v>
       </c>
       <c r="J34" s="8">
-        <v>842565717</v>
+        <v>842589751</v>
       </c>
       <c r="K34" s="8">
         <v>893303877</v>
       </c>
       <c r="L34" s="8">
         <v>947464357</v>
       </c>
       <c r="M34" s="8">
-        <v>1065227081</v>
+        <v>1065321064</v>
       </c>
       <c r="N34" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B35" s="8">
         <v>12545149</v>
       </c>
       <c r="C35" s="8">
         <v>12096502</v>
       </c>
       <c r="D35" s="8">
-        <v>13107785</v>
+        <v>13109064</v>
       </c>
       <c r="E35" s="8">
         <v>12339703</v>
       </c>
       <c r="F35" s="8">
         <v>12374890</v>
       </c>
       <c r="G35" s="8">
-        <v>13050706</v>
+        <v>13052061</v>
       </c>
       <c r="H35" s="8">
         <v>11067507</v>
       </c>
       <c r="I35" s="8">
         <v>11012157</v>
       </c>
       <c r="J35" s="8">
-        <v>13081131</v>
+        <v>13082407</v>
       </c>
       <c r="K35" s="8">
         <v>10804391</v>
       </c>
       <c r="L35" s="8">
         <v>10459174</v>
       </c>
       <c r="M35" s="8">
-        <v>11961161</v>
+        <v>11962394</v>
       </c>
       <c r="N35" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B36" s="8">
         <v>1890785</v>
       </c>
       <c r="C36" s="8">
         <v>2652799</v>
       </c>
       <c r="D36" s="8">
         <v>1909323</v>
       </c>
       <c r="E36" s="8">
         <v>1589025</v>
       </c>
       <c r="F36" s="8">
         <v>1577752</v>
       </c>
       <c r="G36" s="8">
         <v>1476001</v>
       </c>
       <c r="H36" s="8">
         <v>1698509</v>
       </c>
       <c r="I36" s="8">
         <v>4788879</v>
       </c>
       <c r="J36" s="8">
         <v>2470528</v>
       </c>
       <c r="K36" s="8">
         <v>1887517</v>
       </c>
       <c r="L36" s="8">
         <v>2517155</v>
       </c>
       <c r="M36" s="8">
         <v>2519995</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B37" s="8">
         <v>21156076</v>
       </c>
       <c r="C37" s="8">
         <v>20816510</v>
       </c>
       <c r="D37" s="8">
-        <v>21914887</v>
+        <v>21916896</v>
       </c>
       <c r="E37" s="8">
         <v>21933347</v>
       </c>
       <c r="F37" s="8">
         <v>21887907</v>
       </c>
       <c r="G37" s="8">
-        <v>23279102</v>
+        <v>23281320</v>
       </c>
       <c r="H37" s="8">
         <v>24216243</v>
       </c>
       <c r="I37" s="8">
         <v>25737856</v>
       </c>
       <c r="J37" s="8">
-        <v>25748909</v>
+        <v>25751948</v>
       </c>
       <c r="K37" s="8">
         <v>24853778</v>
       </c>
       <c r="L37" s="8">
         <v>24358595</v>
       </c>
       <c r="M37" s="8">
-        <v>22928832</v>
+        <v>22931753</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B38" s="8">
         <v>1343369</v>
       </c>
       <c r="C38" s="8">
         <v>1336923</v>
       </c>
       <c r="D38" s="8">
-        <v>1400740</v>
+        <v>1400770</v>
       </c>
       <c r="E38" s="8">
         <v>1464999</v>
       </c>
       <c r="F38" s="8">
         <v>1310225</v>
       </c>
       <c r="G38" s="8">
-        <v>1472670</v>
+        <v>1472700</v>
       </c>
       <c r="H38" s="8">
         <v>1436059</v>
       </c>
       <c r="I38" s="8">
         <v>1460135</v>
       </c>
       <c r="J38" s="8">
         <v>1631609</v>
       </c>
       <c r="K38" s="8">
         <v>1425093</v>
       </c>
       <c r="L38" s="8">
         <v>1366121</v>
       </c>
       <c r="M38" s="8">
         <v>1337501</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B39" s="8">
         <v>4157421</v>
       </c>
       <c r="C39" s="8">
         <v>3962674</v>
       </c>
       <c r="D39" s="8">
-        <v>5198104</v>
+        <v>5218084</v>
       </c>
       <c r="E39" s="8">
-        <v>3596636</v>
+        <v>3596877</v>
       </c>
       <c r="F39" s="8">
-        <v>3376614</v>
+        <v>3376850</v>
       </c>
       <c r="G39" s="8">
-        <v>4808904</v>
+        <v>4826848</v>
       </c>
       <c r="H39" s="8">
-        <v>2887834</v>
+        <v>2888292</v>
       </c>
       <c r="I39" s="8">
-        <v>2767224</v>
+        <v>2767664</v>
       </c>
       <c r="J39" s="8">
-        <v>4182634</v>
+        <v>4196166</v>
       </c>
       <c r="K39" s="8">
         <v>2898034</v>
       </c>
       <c r="L39" s="8">
-        <v>3366311</v>
+        <v>3366747</v>
       </c>
       <c r="M39" s="8">
-        <v>5955701</v>
+        <v>5970872</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B40" s="8">
         <v>1076306276</v>
       </c>
       <c r="C40" s="8">
         <v>1053947655</v>
       </c>
       <c r="D40" s="8">
-        <v>1041756724</v>
+        <v>1041807051</v>
       </c>
       <c r="E40" s="8">
-        <v>968708764</v>
+        <v>968709005</v>
       </c>
       <c r="F40" s="8">
-        <v>928012980</v>
+        <v>928013216</v>
       </c>
       <c r="G40" s="8">
-        <v>908466962</v>
+        <v>908513652</v>
       </c>
       <c r="H40" s="8">
-        <v>843012163</v>
+        <v>843012621</v>
       </c>
       <c r="I40" s="8">
-        <v>816784177</v>
+        <v>816784617</v>
       </c>
       <c r="J40" s="8">
-        <v>889680527</v>
+        <v>889722409</v>
       </c>
       <c r="K40" s="8">
         <v>935172691</v>
       </c>
       <c r="L40" s="8">
-        <v>989531712</v>
+        <v>989532148</v>
       </c>
       <c r="M40" s="8">
-        <v>1109930271</v>
+        <v>1110043579</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B41" s="8">
         <v>186692414</v>
       </c>
       <c r="C41" s="8">
         <v>180227199</v>
       </c>
       <c r="D41" s="8">
-        <v>186656892</v>
+        <v>186676121</v>
       </c>
       <c r="E41" s="8">
-        <v>181873534</v>
+        <v>181873775</v>
       </c>
       <c r="F41" s="8">
-        <v>183413997</v>
+        <v>183414233</v>
       </c>
       <c r="G41" s="8">
-        <v>195439863</v>
+        <v>195463031</v>
       </c>
       <c r="H41" s="8">
-        <v>194933036</v>
+        <v>194933267</v>
       </c>
       <c r="I41" s="8">
-        <v>199971204</v>
+        <v>199971417</v>
       </c>
       <c r="J41" s="8">
-        <v>210926729</v>
+        <v>210952415</v>
       </c>
       <c r="K41" s="8">
         <v>194863322</v>
       </c>
       <c r="L41" s="8">
-        <v>190047944</v>
+        <v>190048156</v>
       </c>
       <c r="M41" s="8">
-        <v>190573580</v>
+        <v>190602550</v>
       </c>
       <c r="N41" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B42" s="8">
         <v>889613863</v>
       </c>
       <c r="C42" s="8">
         <v>873720456</v>
       </c>
       <c r="D42" s="8">
-        <v>855099832</v>
+        <v>855130930</v>
       </c>
       <c r="E42" s="8">
         <v>786835229</v>
       </c>
       <c r="F42" s="8">
         <v>744598983</v>
       </c>
       <c r="G42" s="8">
-        <v>713027099</v>
+        <v>713050621</v>
       </c>
       <c r="H42" s="8">
-        <v>648079127</v>
+        <v>648079354</v>
       </c>
       <c r="I42" s="8">
-        <v>616812973</v>
+        <v>616813200</v>
       </c>
       <c r="J42" s="8">
-        <v>678753798</v>
+        <v>678769994</v>
       </c>
       <c r="K42" s="8">
         <v>740309369</v>
       </c>
       <c r="L42" s="8">
-        <v>799483768</v>
+        <v>799483992</v>
       </c>
       <c r="M42" s="8">
-        <v>919356691</v>
+        <v>919441029</v>
       </c>
       <c r="N42" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="43" ht="12" customHeight="1"/>
     <row r="44" ht="14" customHeight="1">
       <c r="A44" s="10" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B44" s="10"/>
       <c r="C44" s="10"/>
       <c r="D44" s="10"/>
       <c r="E44" s="10"/>
       <c r="F44" s="10"/>
       <c r="G44" s="10"/>
       <c r="H44" s="10"/>
       <c r="I44" s="10"/>
       <c r="J44" s="10"/>
       <c r="K44" s="10"/>
       <c r="L44" s="10"/>
       <c r="M44" s="10"/>
       <c r="N44" s="10"/>
     </row>
     <row r="45" ht="14" customHeight="1">
       <c r="A45" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B45" s="11"/>
       <c r="C45" s="11"/>
       <c r="D45" s="11"/>
       <c r="E45" s="11"/>
       <c r="F45" s="11"/>
       <c r="G45" s="11"/>
       <c r="H45" s="11"/>
       <c r="I45" s="11"/>
       <c r="J45" s="11"/>
       <c r="K45" s="11"/>
       <c r="L45" s="11"/>
       <c r="M45" s="11"/>
       <c r="N45" s="11"/>
     </row>
     <row r="46" ht="29" customHeight="1">
       <c r="A46" s="12" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B46" s="12"/>
       <c r="C46" s="12"/>
       <c r="D46" s="12"/>
       <c r="E46" s="12"/>
       <c r="F46" s="12"/>
       <c r="G46" s="12"/>
       <c r="H46" s="12"/>
       <c r="I46" s="12"/>
       <c r="J46" s="12"/>
       <c r="K46" s="12"/>
       <c r="L46" s="12"/>
       <c r="M46" s="12"/>
       <c r="N46" s="12"/>
     </row>
     <row r="47" ht="14" customHeight="1">
       <c r="A47" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B47" s="11"/>
       <c r="C47" s="11"/>
       <c r="D47" s="11"/>
       <c r="E47" s="11"/>
       <c r="F47" s="11"/>
       <c r="G47" s="11"/>
       <c r="H47" s="11"/>
       <c r="I47" s="11"/>
       <c r="J47" s="11"/>
       <c r="K47" s="11"/>
       <c r="L47" s="11"/>
       <c r="M47" s="11"/>
       <c r="N47" s="11"/>
     </row>
     <row r="48" ht="12" customHeight="1">
       <c r="A48" s="13" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B48" s="13"/>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="13"/>
       <c r="G48" s="13"/>
       <c r="H48" s="13"/>
       <c r="I48" s="13"/>
       <c r="J48" s="13"/>
       <c r="K48" s="13"/>
       <c r="L48" s="13"/>
       <c r="M48" s="13"/>
       <c r="N48" s="13"/>
     </row>
     <row r="49" ht="14" customHeight="1">
       <c r="A49" s="12" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="12"/>
       <c r="E49" s="12"/>
       <c r="F49" s="12"/>
       <c r="G49" s="12"/>
       <c r="H49" s="12"/>
       <c r="I49" s="12"/>
       <c r="J49" s="12"/>
       <c r="K49" s="12"/>
       <c r="L49" s="12"/>
       <c r="M49" s="12"/>
       <c r="N49" s="12"/>
     </row>
     <row r="50" ht="43" customHeight="1">
       <c r="A50" s="12" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B50" s="12"/>
       <c r="C50" s="12"/>
       <c r="D50" s="12"/>
       <c r="E50" s="12"/>
       <c r="F50" s="12"/>
       <c r="G50" s="12"/>
       <c r="H50" s="12"/>
       <c r="I50" s="12"/>
       <c r="J50" s="12"/>
       <c r="K50" s="12"/>
       <c r="L50" s="12"/>
       <c r="M50" s="12"/>
       <c r="N50" s="12"/>
     </row>
     <row r="51" ht="14" customHeight="1">
       <c r="A51" s="12" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B51" s="12"/>
       <c r="C51" s="12"/>
       <c r="D51" s="12"/>
       <c r="E51" s="12"/>
       <c r="F51" s="12"/>
       <c r="G51" s="12"/>
       <c r="H51" s="12"/>
       <c r="I51" s="12"/>
       <c r="J51" s="12"/>
       <c r="K51" s="12"/>
       <c r="L51" s="12"/>
       <c r="M51" s="12"/>
       <c r="N51" s="12"/>
     </row>
     <row r="52" ht="14" customHeight="1">
       <c r="A52" s="12" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B52" s="12"/>
       <c r="C52" s="12"/>
       <c r="D52" s="12"/>
       <c r="E52" s="12"/>
       <c r="F52" s="12"/>
       <c r="G52" s="12"/>
       <c r="H52" s="12"/>
       <c r="I52" s="12"/>
       <c r="J52" s="12"/>
       <c r="K52" s="12"/>
       <c r="L52" s="12"/>
       <c r="M52" s="12"/>
       <c r="N52" s="12"/>
     </row>
     <row r="53" ht="12" customHeight="1">
       <c r="A53" s="13" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B53" s="13"/>
       <c r="C53" s="13"/>
       <c r="D53" s="13"/>
       <c r="E53" s="13"/>
       <c r="F53" s="13"/>
       <c r="G53" s="13"/>
       <c r="H53" s="13"/>
       <c r="I53" s="13"/>
       <c r="J53" s="13"/>
       <c r="K53" s="13"/>
       <c r="L53" s="13"/>
       <c r="M53" s="13"/>
       <c r="N53" s="13"/>
     </row>
     <row r="54" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A44:N44"/>
@@ -17168,1775 +17408,1775 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B9" s="8">
         <v>1692</v>
       </c>
       <c r="C9" s="8">
         <v>1645</v>
       </c>
       <c r="D9" s="8">
         <v>3711</v>
       </c>
       <c r="E9" s="8">
         <v>1662</v>
       </c>
       <c r="F9" s="8">
         <v>1636</v>
       </c>
       <c r="G9" s="8">
         <v>3683</v>
       </c>
       <c r="H9" s="8">
         <v>1657</v>
       </c>
       <c r="I9" s="8">
         <v>1637</v>
       </c>
       <c r="J9" s="8">
         <v>3685</v>
       </c>
       <c r="K9" s="8">
         <v>1652</v>
       </c>
       <c r="L9" s="8">
         <v>1640</v>
       </c>
       <c r="M9" s="8">
-        <v>9031</v>
+        <v>9032</v>
       </c>
       <c r="N9" s="8">
-        <v>9385</v>
+        <v>9386</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B10" s="8">
         <v>48870102</v>
       </c>
       <c r="C10" s="8">
         <v>49428862</v>
       </c>
       <c r="D10" s="8">
         <v>31483382</v>
       </c>
       <c r="E10" s="8">
         <v>14809036</v>
       </c>
       <c r="F10" s="8">
         <v>11922148</v>
       </c>
       <c r="G10" s="8">
         <v>15994780</v>
       </c>
       <c r="H10" s="8">
         <v>10590593</v>
       </c>
       <c r="I10" s="8">
         <v>42095743</v>
       </c>
       <c r="J10" s="8">
         <v>113613849</v>
       </c>
       <c r="K10" s="8">
         <v>153257722</v>
       </c>
       <c r="L10" s="8">
         <v>127595189</v>
       </c>
       <c r="M10" s="8">
-        <v>154116017</v>
+        <v>154122217</v>
       </c>
       <c r="N10" s="8">
-        <v>773777423</v>
+        <v>773783623</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B11" s="8">
         <v>43402954</v>
       </c>
       <c r="C11" s="8">
         <v>41303513</v>
       </c>
       <c r="D11" s="8">
         <v>22535519</v>
       </c>
       <c r="E11" s="8">
         <v>8708705</v>
       </c>
       <c r="F11" s="8">
         <v>5246174</v>
       </c>
       <c r="G11" s="8">
         <v>6956692</v>
       </c>
       <c r="H11" s="8">
         <v>2324756</v>
       </c>
       <c r="I11" s="8">
         <v>26544493</v>
       </c>
       <c r="J11" s="8">
         <v>101400305</v>
       </c>
       <c r="K11" s="8">
         <v>144972903</v>
       </c>
       <c r="L11" s="8">
         <v>118173154</v>
       </c>
       <c r="M11" s="8">
-        <v>144242538</v>
+        <v>144248738</v>
       </c>
       <c r="N11" s="8">
-        <v>665811708</v>
+        <v>665817908</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B12" s="8">
         <v>2027194</v>
       </c>
       <c r="C12" s="8">
         <v>3872954</v>
       </c>
       <c r="D12" s="8">
         <v>2408784</v>
       </c>
       <c r="E12" s="8">
         <v>1649764</v>
       </c>
       <c r="F12" s="8">
         <v>1774112</v>
       </c>
       <c r="G12" s="8">
         <v>2109199</v>
       </c>
       <c r="H12" s="8">
         <v>2738534</v>
       </c>
       <c r="I12" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="J12" s="8">
         <v>6338076</v>
       </c>
       <c r="K12" s="8">
         <v>3028255</v>
       </c>
       <c r="L12" s="8">
         <v>3584136</v>
       </c>
       <c r="M12" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="N12" s="8">
         <v>42995328</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B13" s="8">
         <v>1516716</v>
       </c>
       <c r="C13" s="8">
         <v>2287511</v>
       </c>
       <c r="D13" s="8">
         <v>2980289</v>
       </c>
       <c r="E13" s="8">
         <v>2599444</v>
       </c>
       <c r="F13" s="8">
         <v>3052437</v>
       </c>
       <c r="G13" s="8">
         <v>3090036</v>
       </c>
       <c r="H13" s="8">
         <v>3398049</v>
       </c>
       <c r="I13" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="J13" s="8">
         <v>2698021</v>
       </c>
       <c r="K13" s="8">
         <v>3206796</v>
       </c>
       <c r="L13" s="8">
         <v>3815825</v>
       </c>
       <c r="M13" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="N13" s="8">
         <v>33998382</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>259683</v>
       </c>
       <c r="C14" s="8">
         <v>241706</v>
       </c>
       <c r="D14" s="8">
         <v>400334</v>
       </c>
       <c r="E14" s="8">
         <v>263518</v>
       </c>
       <c r="F14" s="8">
         <v>341467</v>
       </c>
       <c r="G14" s="8">
         <v>411003</v>
       </c>
       <c r="H14" s="8">
         <v>289229</v>
       </c>
       <c r="I14" s="8">
         <v>197138</v>
       </c>
       <c r="J14" s="8">
         <v>236706</v>
       </c>
       <c r="K14" s="8">
         <v>184074</v>
       </c>
       <c r="L14" s="8">
         <v>201807</v>
       </c>
       <c r="M14" s="8">
         <v>249288</v>
       </c>
       <c r="N14" s="8">
         <v>3275952</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B15" s="8">
         <v>1663554</v>
       </c>
       <c r="C15" s="8">
         <v>1723178</v>
       </c>
       <c r="D15" s="8">
         <v>3158455</v>
       </c>
       <c r="E15" s="8">
         <v>1587604</v>
       </c>
       <c r="F15" s="8">
         <v>1507958</v>
       </c>
       <c r="G15" s="8">
         <v>3427849</v>
       </c>
       <c r="H15" s="8">
         <v>1840024</v>
       </c>
       <c r="I15" s="8">
         <v>1559503</v>
       </c>
       <c r="J15" s="8">
         <v>2940741</v>
       </c>
       <c r="K15" s="8">
         <v>1865694</v>
       </c>
       <c r="L15" s="8">
         <v>1820267</v>
       </c>
       <c r="M15" s="8">
         <v>4601223</v>
       </c>
       <c r="N15" s="8">
         <v>27696051</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B16" s="8">
         <v>50218021</v>
       </c>
       <c r="C16" s="8">
         <v>51779129</v>
       </c>
       <c r="D16" s="8">
         <v>70349947</v>
       </c>
       <c r="E16" s="8">
         <v>58054085</v>
       </c>
       <c r="F16" s="8">
         <v>57614449</v>
       </c>
       <c r="G16" s="8">
         <v>67990847</v>
       </c>
       <c r="H16" s="8">
         <v>55371347</v>
       </c>
       <c r="I16" s="8">
         <v>57308390</v>
       </c>
       <c r="J16" s="8">
         <v>62704797</v>
       </c>
       <c r="K16" s="8">
         <v>55015764</v>
       </c>
       <c r="L16" s="8">
         <v>57961625</v>
       </c>
       <c r="M16" s="8">
         <v>69991021</v>
       </c>
       <c r="N16" s="8">
         <v>714359421</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B17" s="8">
         <v>44586168</v>
       </c>
       <c r="C17" s="8">
         <v>46080210</v>
       </c>
       <c r="D17" s="8">
         <v>62741428</v>
       </c>
       <c r="E17" s="8">
         <v>51445671</v>
       </c>
       <c r="F17" s="8">
         <v>51008465</v>
       </c>
       <c r="G17" s="8">
         <v>59436992</v>
       </c>
       <c r="H17" s="8">
         <v>49173439</v>
       </c>
       <c r="I17" s="8">
         <v>51422503</v>
       </c>
       <c r="J17" s="8">
         <v>54383417</v>
       </c>
       <c r="K17" s="8">
         <v>47797540</v>
       </c>
       <c r="L17" s="8">
         <v>50497917</v>
       </c>
       <c r="M17" s="8">
         <v>60355416</v>
       </c>
       <c r="N17" s="8">
         <v>628929168</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B18" s="8">
         <v>531720</v>
       </c>
       <c r="C18" s="8">
         <v>823751</v>
       </c>
       <c r="D18" s="8">
         <v>1332915</v>
       </c>
       <c r="E18" s="8">
         <v>1078775</v>
       </c>
       <c r="F18" s="8">
         <v>834059</v>
       </c>
       <c r="G18" s="8">
         <v>817002</v>
       </c>
       <c r="H18" s="8">
         <v>558550</v>
       </c>
       <c r="I18" s="8">
         <v>816024</v>
       </c>
       <c r="J18" s="8">
         <v>731974</v>
       </c>
       <c r="K18" s="8">
         <v>636578</v>
       </c>
       <c r="L18" s="8">
         <v>709325</v>
       </c>
       <c r="M18" s="8">
         <v>897551</v>
       </c>
       <c r="N18" s="8">
         <v>9768226</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B19" s="8">
         <v>1553537</v>
       </c>
       <c r="C19" s="8">
         <v>1760599</v>
       </c>
       <c r="D19" s="8">
         <v>2029705</v>
       </c>
       <c r="E19" s="8">
         <v>2449354</v>
       </c>
       <c r="F19" s="8">
         <v>2381121</v>
       </c>
       <c r="G19" s="8">
         <v>2471421</v>
       </c>
       <c r="H19" s="8">
         <v>2415435</v>
       </c>
       <c r="I19" s="8">
         <v>2353732</v>
       </c>
       <c r="J19" s="8">
         <v>2709228</v>
       </c>
       <c r="K19" s="8">
         <v>3616890</v>
       </c>
       <c r="L19" s="8">
         <v>3618148</v>
       </c>
       <c r="M19" s="8">
         <v>3161123</v>
       </c>
       <c r="N19" s="8">
         <v>30520294</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B20" s="8">
         <v>164499</v>
       </c>
       <c r="C20" s="8">
         <v>274181</v>
       </c>
       <c r="D20" s="8">
         <v>331840</v>
       </c>
       <c r="E20" s="8">
         <v>274778</v>
       </c>
       <c r="F20" s="8">
         <v>294669</v>
       </c>
       <c r="G20" s="8">
         <v>327048</v>
       </c>
       <c r="H20" s="8">
         <v>251344</v>
       </c>
       <c r="I20" s="8">
         <v>204145</v>
       </c>
       <c r="J20" s="8">
         <v>296548</v>
       </c>
       <c r="K20" s="8">
         <v>197335</v>
       </c>
       <c r="L20" s="8">
         <v>246581</v>
       </c>
       <c r="M20" s="8">
         <v>380555</v>
       </c>
       <c r="N20" s="8">
         <v>3243524</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B21" s="8">
         <v>3382095</v>
       </c>
       <c r="C21" s="8">
         <v>2840387</v>
       </c>
       <c r="D21" s="8">
         <v>3914060</v>
       </c>
       <c r="E21" s="8">
         <v>2805507</v>
       </c>
       <c r="F21" s="8">
         <v>3096134</v>
       </c>
       <c r="G21" s="8">
         <v>4938383</v>
       </c>
       <c r="H21" s="8">
         <v>2972578</v>
       </c>
       <c r="I21" s="8">
         <v>2511987</v>
       </c>
       <c r="J21" s="8">
         <v>4583630</v>
       </c>
       <c r="K21" s="8">
         <v>2767420</v>
       </c>
       <c r="L21" s="8">
         <v>2889653</v>
       </c>
       <c r="M21" s="8">
         <v>5196375</v>
       </c>
       <c r="N21" s="8">
         <v>41898210</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B22" s="8">
         <v>50218021</v>
       </c>
       <c r="C22" s="8">
         <v>51779129</v>
       </c>
       <c r="D22" s="8">
         <v>70349947</v>
       </c>
       <c r="E22" s="8">
         <v>58054085</v>
       </c>
       <c r="F22" s="8">
         <v>57614449</v>
       </c>
       <c r="G22" s="8">
         <v>67990847</v>
       </c>
       <c r="H22" s="8">
         <v>55371347</v>
       </c>
       <c r="I22" s="8">
         <v>57308390</v>
       </c>
       <c r="J22" s="8">
         <v>62704797</v>
       </c>
       <c r="K22" s="8">
         <v>55015764</v>
       </c>
       <c r="L22" s="8">
         <v>57961625</v>
       </c>
       <c r="M22" s="8">
         <v>69991021</v>
       </c>
       <c r="N22" s="8">
         <v>714359421</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B23" s="8">
         <v>49909925</v>
       </c>
       <c r="C23" s="8">
         <v>51585178</v>
       </c>
       <c r="D23" s="8">
         <v>70148024</v>
       </c>
       <c r="E23" s="8">
         <v>57825299</v>
       </c>
       <c r="F23" s="8">
         <v>57267514</v>
       </c>
       <c r="G23" s="8">
         <v>67384710</v>
       </c>
       <c r="H23" s="8">
         <v>54873531</v>
       </c>
       <c r="I23" s="8">
         <v>57057903</v>
       </c>
       <c r="J23" s="8">
         <v>61849393</v>
       </c>
       <c r="K23" s="8">
         <v>54726354</v>
       </c>
       <c r="L23" s="8">
         <v>57447918</v>
       </c>
       <c r="M23" s="8">
         <v>68690022</v>
       </c>
       <c r="N23" s="8">
         <v>708765771</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B24" s="8">
         <v>308096</v>
       </c>
       <c r="C24" s="8">
         <v>193951</v>
       </c>
       <c r="D24" s="8">
         <v>201923</v>
       </c>
       <c r="E24" s="8">
         <v>228785</v>
       </c>
       <c r="F24" s="8">
         <v>346936</v>
       </c>
       <c r="G24" s="8">
         <v>606136</v>
       </c>
       <c r="H24" s="8">
         <v>497816</v>
       </c>
       <c r="I24" s="8">
         <v>250488</v>
       </c>
       <c r="J24" s="8">
         <v>855404</v>
       </c>
       <c r="K24" s="8">
         <v>289410</v>
       </c>
       <c r="L24" s="8">
         <v>513707</v>
       </c>
       <c r="M24" s="8">
         <v>1300999</v>
       </c>
       <c r="N24" s="8">
         <v>5593650</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B25" s="8">
         <v>9101258</v>
       </c>
       <c r="C25" s="8">
         <v>9175995</v>
       </c>
       <c r="D25" s="8">
         <v>11975206</v>
       </c>
       <c r="E25" s="8">
         <v>11319345</v>
       </c>
       <c r="F25" s="8">
         <v>10809504</v>
       </c>
       <c r="G25" s="8">
         <v>13119067</v>
       </c>
       <c r="H25" s="8">
         <v>12007862</v>
       </c>
       <c r="I25" s="8">
         <v>12378939</v>
       </c>
       <c r="J25" s="8">
         <v>15239068</v>
       </c>
       <c r="K25" s="8">
         <v>12185061</v>
       </c>
       <c r="L25" s="8">
         <v>12471729</v>
       </c>
       <c r="M25" s="8">
         <v>10981285</v>
       </c>
       <c r="N25" s="8">
         <v>140764319</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B26" s="8">
         <v>6976836</v>
       </c>
       <c r="C26" s="8">
         <v>7662933</v>
       </c>
       <c r="D26" s="8">
         <v>9694249</v>
       </c>
       <c r="E26" s="8">
         <v>9142572</v>
       </c>
       <c r="F26" s="8">
         <v>8621813</v>
       </c>
       <c r="G26" s="8">
         <v>9449399</v>
       </c>
       <c r="H26" s="8">
         <v>8848650</v>
       </c>
       <c r="I26" s="8">
         <v>9092366</v>
       </c>
       <c r="J26" s="8">
         <v>11470975</v>
       </c>
       <c r="K26" s="8">
         <v>8875281</v>
       </c>
       <c r="L26" s="8">
         <v>8854913</v>
       </c>
       <c r="M26" s="8">
         <v>7716519</v>
       </c>
       <c r="N26" s="8">
         <v>106406506</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B27" s="8">
         <v>1459790</v>
       </c>
       <c r="C27" s="8">
         <v>810002</v>
       </c>
       <c r="D27" s="8">
         <v>1471807</v>
       </c>
       <c r="E27" s="8">
         <v>1450928</v>
       </c>
       <c r="F27" s="8">
         <v>1405213</v>
       </c>
       <c r="G27" s="8">
         <v>2999450</v>
       </c>
       <c r="H27" s="8">
         <v>2568535</v>
       </c>
       <c r="I27" s="8">
         <v>2715515</v>
       </c>
       <c r="J27" s="8">
         <v>2999980</v>
       </c>
       <c r="K27" s="8">
         <v>2799540</v>
       </c>
       <c r="L27" s="8">
         <v>3016655</v>
       </c>
       <c r="M27" s="8">
         <v>2693803</v>
       </c>
       <c r="N27" s="8">
         <v>26391219</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B28" s="8">
         <v>85765</v>
       </c>
       <c r="C28" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D28" s="8">
         <v>129358</v>
       </c>
       <c r="E28" s="8">
         <v>83432</v>
       </c>
       <c r="F28" s="8">
         <v>91688</v>
       </c>
       <c r="G28" s="8">
         <v>61673</v>
       </c>
       <c r="H28" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="I28" s="8">
         <v>202366</v>
       </c>
       <c r="J28" s="8">
         <v>117414</v>
       </c>
       <c r="K28" s="8">
         <v>132813</v>
       </c>
       <c r="L28" s="8">
         <v>75984</v>
       </c>
       <c r="M28" s="8">
         <v>76143</v>
       </c>
       <c r="N28" s="8">
         <v>1319371</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B29" s="8">
         <v>578866</v>
       </c>
       <c r="C29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D29" s="8">
         <v>679792</v>
       </c>
       <c r="E29" s="8">
         <v>642413</v>
       </c>
       <c r="F29" s="8">
         <v>690789</v>
       </c>
       <c r="G29" s="8">
         <v>608544</v>
       </c>
       <c r="H29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="I29" s="8">
         <v>368692</v>
       </c>
       <c r="J29" s="8">
         <v>650699</v>
       </c>
       <c r="K29" s="8">
         <v>377428</v>
       </c>
       <c r="L29" s="8">
         <v>524177</v>
       </c>
       <c r="M29" s="8">
         <v>494820</v>
       </c>
       <c r="N29" s="8">
         <v>6647224</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B30" s="8">
         <v>5649292</v>
       </c>
       <c r="C30" s="8">
         <v>6402149</v>
       </c>
       <c r="D30" s="8">
         <v>8233268</v>
       </c>
       <c r="E30" s="8">
         <v>8163377</v>
       </c>
       <c r="F30" s="8">
         <v>7692600</v>
       </c>
       <c r="G30" s="8">
         <v>8178678</v>
       </c>
       <c r="H30" s="8">
         <v>7843452</v>
       </c>
       <c r="I30" s="8">
         <v>7772529</v>
       </c>
       <c r="J30" s="8">
         <v>7780197</v>
       </c>
       <c r="K30" s="8">
         <v>7253891</v>
       </c>
       <c r="L30" s="8">
         <v>7179190</v>
       </c>
       <c r="M30" s="8">
         <v>5888872</v>
       </c>
       <c r="N30" s="8">
         <v>88037496</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B31" s="8">
         <v>2340629</v>
       </c>
       <c r="C31" s="8">
         <v>2675798</v>
       </c>
       <c r="D31" s="8">
         <v>3138799</v>
       </c>
       <c r="E31" s="8">
         <v>3304126</v>
       </c>
       <c r="F31" s="8">
         <v>3296392</v>
       </c>
       <c r="G31" s="8">
         <v>3002225</v>
       </c>
       <c r="H31" s="8">
         <v>2927026</v>
       </c>
       <c r="I31" s="8">
         <v>3080290</v>
       </c>
       <c r="J31" s="8">
         <v>2891521</v>
       </c>
       <c r="K31" s="8">
         <v>3010582</v>
       </c>
       <c r="L31" s="8">
         <v>3312751</v>
       </c>
       <c r="M31" s="8">
         <v>2280617</v>
       </c>
       <c r="N31" s="8">
         <v>35260755</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B32" s="8">
         <v>3308663</v>
       </c>
       <c r="C32" s="8">
         <v>3726351</v>
       </c>
       <c r="D32" s="8">
         <v>5094469</v>
       </c>
       <c r="E32" s="8">
         <v>4859252</v>
       </c>
       <c r="F32" s="8">
         <v>4396208</v>
       </c>
       <c r="G32" s="8">
         <v>5176453</v>
       </c>
       <c r="H32" s="8">
         <v>4916427</v>
       </c>
       <c r="I32" s="8">
         <v>4692239</v>
       </c>
       <c r="J32" s="8">
         <v>4888676</v>
       </c>
       <c r="K32" s="8">
         <v>4243310</v>
       </c>
       <c r="L32" s="8">
         <v>3866439</v>
       </c>
       <c r="M32" s="8">
         <v>3608255</v>
       </c>
       <c r="N32" s="8">
         <v>52776741</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B33" s="8">
         <v>1080813783</v>
       </c>
       <c r="C33" s="8">
         <v>1078948250</v>
       </c>
       <c r="D33" s="8">
         <v>1052636754</v>
       </c>
       <c r="E33" s="8">
         <v>990595851</v>
       </c>
       <c r="F33" s="8">
         <v>931722535</v>
       </c>
       <c r="G33" s="8">
         <v>906163377</v>
       </c>
       <c r="H33" s="8">
         <v>833648148</v>
       </c>
       <c r="I33" s="8">
         <v>811561002</v>
       </c>
       <c r="J33" s="8">
         <v>871681713</v>
       </c>
       <c r="K33" s="8">
         <v>938586426</v>
       </c>
       <c r="L33" s="8">
         <v>999471601</v>
       </c>
       <c r="M33" s="8">
-        <v>1112922883</v>
+        <v>1112935283</v>
       </c>
       <c r="N33" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B34" s="8">
         <v>1041165295</v>
       </c>
       <c r="C34" s="8">
         <v>1039037340</v>
       </c>
       <c r="D34" s="8">
         <v>1010044997</v>
       </c>
       <c r="E34" s="8">
         <v>951804165</v>
       </c>
       <c r="F34" s="8">
         <v>892451210</v>
       </c>
       <c r="G34" s="8">
         <v>864414273</v>
       </c>
       <c r="H34" s="8">
         <v>792700373</v>
       </c>
       <c r="I34" s="8">
         <v>765402752</v>
       </c>
       <c r="J34" s="8">
         <v>827073807</v>
       </c>
       <c r="K34" s="8">
         <v>897260277</v>
       </c>
       <c r="L34" s="8">
         <v>958434478</v>
       </c>
       <c r="M34" s="8">
-        <v>1061357410</v>
+        <v>1061369810</v>
       </c>
       <c r="N34" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B35" s="8">
         <v>13760511</v>
       </c>
       <c r="C35" s="8">
         <v>13300715</v>
       </c>
       <c r="D35" s="8">
         <v>13058384</v>
       </c>
       <c r="E35" s="8">
         <v>11802791</v>
       </c>
       <c r="F35" s="8">
         <v>12064682</v>
       </c>
       <c r="G35" s="8">
         <v>11999325</v>
       </c>
       <c r="H35" s="8">
         <v>11481722</v>
       </c>
       <c r="I35" s="8">
         <v>11273284</v>
       </c>
       <c r="J35" s="8">
         <v>13640240</v>
       </c>
       <c r="K35" s="8">
         <v>12431434</v>
       </c>
       <c r="L35" s="8">
         <v>11885378</v>
       </c>
       <c r="M35" s="8">
         <v>20673214</v>
       </c>
       <c r="N35" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B36" s="8">
         <v>1640264</v>
       </c>
       <c r="C36" s="8">
         <v>1840327</v>
       </c>
       <c r="D36" s="8">
         <v>1656680</v>
       </c>
       <c r="E36" s="8">
         <v>1749599</v>
       </c>
       <c r="F36" s="8">
         <v>1797802</v>
       </c>
       <c r="G36" s="8">
         <v>1878626</v>
       </c>
       <c r="H36" s="8">
         <v>2309390</v>
       </c>
       <c r="I36" s="8">
         <v>6908484</v>
       </c>
       <c r="J36" s="8">
         <v>1984355</v>
       </c>
       <c r="K36" s="8">
         <v>2095010</v>
       </c>
       <c r="L36" s="8">
         <v>1750553</v>
       </c>
       <c r="M36" s="8">
         <v>2139451</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B37" s="8">
         <v>19671818</v>
       </c>
       <c r="C37" s="8">
         <v>19904568</v>
       </c>
       <c r="D37" s="8">
         <v>21170362</v>
       </c>
       <c r="E37" s="8">
         <v>20400502</v>
       </c>
       <c r="F37" s="8">
         <v>20322574</v>
       </c>
       <c r="G37" s="8">
         <v>21339995</v>
       </c>
       <c r="H37" s="8">
         <v>21823438</v>
       </c>
       <c r="I37" s="8">
         <v>22860084</v>
       </c>
       <c r="J37" s="8">
         <v>22816820</v>
       </c>
       <c r="K37" s="8">
         <v>21584914</v>
       </c>
       <c r="L37" s="8">
         <v>22108097</v>
       </c>
       <c r="M37" s="8">
         <v>21003229</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B38" s="8">
         <v>868806</v>
       </c>
       <c r="C38" s="8">
         <v>765631</v>
       </c>
       <c r="D38" s="8">
         <v>976156</v>
       </c>
       <c r="E38" s="8">
         <v>851407</v>
       </c>
       <c r="F38" s="8">
         <v>1028183</v>
       </c>
       <c r="G38" s="8">
         <v>1311100</v>
       </c>
       <c r="H38" s="8">
         <v>1337365</v>
       </c>
       <c r="I38" s="8">
         <v>1409750</v>
       </c>
       <c r="J38" s="8">
         <v>1523957</v>
       </c>
       <c r="K38" s="8">
         <v>1384747</v>
       </c>
       <c r="L38" s="8">
         <v>1358637</v>
       </c>
       <c r="M38" s="8">
         <v>1415891</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B39" s="8">
         <v>3707088</v>
       </c>
       <c r="C39" s="8">
         <v>4099670</v>
       </c>
       <c r="D39" s="8">
         <v>5730175</v>
       </c>
       <c r="E39" s="8">
         <v>3987387</v>
       </c>
       <c r="F39" s="8">
         <v>4058083</v>
       </c>
       <c r="G39" s="8">
         <v>5220058</v>
       </c>
       <c r="H39" s="8">
         <v>3995859</v>
       </c>
       <c r="I39" s="8">
         <v>3706648</v>
       </c>
       <c r="J39" s="8">
         <v>4642533</v>
       </c>
       <c r="K39" s="8">
         <v>3830045</v>
       </c>
       <c r="L39" s="8">
         <v>3934457</v>
       </c>
       <c r="M39" s="8">
         <v>6333687</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B40" s="8">
         <v>1080813783</v>
       </c>
       <c r="C40" s="8">
         <v>1078948250</v>
       </c>
       <c r="D40" s="8">
         <v>1052636754</v>
       </c>
       <c r="E40" s="8">
         <v>990595851</v>
       </c>
       <c r="F40" s="8">
         <v>931722535</v>
       </c>
       <c r="G40" s="8">
         <v>906163377</v>
       </c>
       <c r="H40" s="8">
         <v>833648148</v>
       </c>
       <c r="I40" s="8">
         <v>811561002</v>
       </c>
       <c r="J40" s="8">
         <v>871681713</v>
       </c>
       <c r="K40" s="8">
         <v>938586426</v>
       </c>
       <c r="L40" s="8">
         <v>999471601</v>
       </c>
       <c r="M40" s="8">
-        <v>1112922883</v>
+        <v>1112935283</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B41" s="8">
         <v>179909040</v>
       </c>
       <c r="C41" s="8">
         <v>181849119</v>
       </c>
       <c r="D41" s="8">
         <v>189427396</v>
       </c>
       <c r="E41" s="8">
         <v>190605315</v>
       </c>
       <c r="F41" s="8">
         <v>190419187</v>
       </c>
       <c r="G41" s="8">
         <v>205346295</v>
       </c>
       <c r="H41" s="8">
         <v>201929113</v>
       </c>
       <c r="I41" s="8">
         <v>206473972</v>
       </c>
       <c r="J41" s="8">
         <v>211234151</v>
       </c>
       <c r="K41" s="8">
         <v>201665342</v>
       </c>
       <c r="L41" s="8">
         <v>192052247</v>
       </c>
       <c r="M41" s="8">
-        <v>200899432</v>
+        <v>200905632</v>
       </c>
       <c r="N41" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B42" s="8">
         <v>900904744</v>
       </c>
       <c r="C42" s="8">
         <v>897099131</v>
       </c>
       <c r="D42" s="8">
         <v>863209359</v>
       </c>
       <c r="E42" s="8">
         <v>799990535</v>
       </c>
       <c r="F42" s="8">
         <v>741303348</v>
       </c>
       <c r="G42" s="8">
         <v>700817083</v>
       </c>
       <c r="H42" s="8">
         <v>631719035</v>
       </c>
       <c r="I42" s="8">
         <v>605087030</v>
       </c>
       <c r="J42" s="8">
         <v>660447562</v>
       </c>
       <c r="K42" s="8">
         <v>736921084</v>
       </c>
       <c r="L42" s="8">
         <v>807419354</v>
       </c>
       <c r="M42" s="8">
-        <v>912023451</v>
+        <v>912029651</v>
       </c>
       <c r="N42" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="43" ht="12" customHeight="1"/>
     <row r="44" ht="14" customHeight="1">
       <c r="A44" s="10" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B44" s="10"/>
       <c r="C44" s="10"/>
       <c r="D44" s="10"/>
       <c r="E44" s="10"/>
       <c r="F44" s="10"/>
       <c r="G44" s="10"/>
       <c r="H44" s="10"/>
       <c r="I44" s="10"/>
       <c r="J44" s="10"/>
       <c r="K44" s="10"/>
       <c r="L44" s="10"/>
       <c r="M44" s="10"/>
       <c r="N44" s="10"/>
     </row>
     <row r="45" ht="14" customHeight="1">
       <c r="A45" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B45" s="11"/>
       <c r="C45" s="11"/>
       <c r="D45" s="11"/>
       <c r="E45" s="11"/>
       <c r="F45" s="11"/>
       <c r="G45" s="11"/>
       <c r="H45" s="11"/>
       <c r="I45" s="11"/>
       <c r="J45" s="11"/>
       <c r="K45" s="11"/>
       <c r="L45" s="11"/>
       <c r="M45" s="11"/>
       <c r="N45" s="11"/>
     </row>
     <row r="46" ht="29" customHeight="1">
       <c r="A46" s="12" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B46" s="12"/>
       <c r="C46" s="12"/>
       <c r="D46" s="12"/>
       <c r="E46" s="12"/>
       <c r="F46" s="12"/>
       <c r="G46" s="12"/>
       <c r="H46" s="12"/>
       <c r="I46" s="12"/>
       <c r="J46" s="12"/>
       <c r="K46" s="12"/>
       <c r="L46" s="12"/>
       <c r="M46" s="12"/>
       <c r="N46" s="12"/>
     </row>
     <row r="47" ht="14" customHeight="1">
       <c r="A47" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B47" s="11"/>
       <c r="C47" s="11"/>
       <c r="D47" s="11"/>
       <c r="E47" s="11"/>
       <c r="F47" s="11"/>
       <c r="G47" s="11"/>
       <c r="H47" s="11"/>
       <c r="I47" s="11"/>
       <c r="J47" s="11"/>
       <c r="K47" s="11"/>
       <c r="L47" s="11"/>
       <c r="M47" s="11"/>
       <c r="N47" s="11"/>
     </row>
     <row r="48" ht="12" customHeight="1">
       <c r="A48" s="13" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B48" s="13"/>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="13"/>
       <c r="G48" s="13"/>
       <c r="H48" s="13"/>
       <c r="I48" s="13"/>
       <c r="J48" s="13"/>
       <c r="K48" s="13"/>
       <c r="L48" s="13"/>
       <c r="M48" s="13"/>
       <c r="N48" s="13"/>
     </row>
     <row r="49" ht="14" customHeight="1">
       <c r="A49" s="12" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="12"/>
       <c r="E49" s="12"/>
       <c r="F49" s="12"/>
       <c r="G49" s="12"/>
       <c r="H49" s="12"/>
       <c r="I49" s="12"/>
       <c r="J49" s="12"/>
       <c r="K49" s="12"/>
       <c r="L49" s="12"/>
       <c r="M49" s="12"/>
       <c r="N49" s="12"/>
     </row>
     <row r="50" ht="43" customHeight="1">
       <c r="A50" s="12" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B50" s="12"/>
       <c r="C50" s="12"/>
       <c r="D50" s="12"/>
       <c r="E50" s="12"/>
       <c r="F50" s="12"/>
       <c r="G50" s="12"/>
       <c r="H50" s="12"/>
       <c r="I50" s="12"/>
       <c r="J50" s="12"/>
       <c r="K50" s="12"/>
       <c r="L50" s="12"/>
       <c r="M50" s="12"/>
       <c r="N50" s="12"/>
     </row>
     <row r="51" ht="14" customHeight="1">
       <c r="A51" s="12" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B51" s="12"/>
       <c r="C51" s="12"/>
       <c r="D51" s="12"/>
       <c r="E51" s="12"/>
       <c r="F51" s="12"/>
       <c r="G51" s="12"/>
       <c r="H51" s="12"/>
       <c r="I51" s="12"/>
       <c r="J51" s="12"/>
       <c r="K51" s="12"/>
       <c r="L51" s="12"/>
       <c r="M51" s="12"/>
       <c r="N51" s="12"/>
     </row>
     <row r="52" ht="14" customHeight="1">
       <c r="A52" s="12" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B52" s="12"/>
       <c r="C52" s="12"/>
       <c r="D52" s="12"/>
       <c r="E52" s="12"/>
       <c r="F52" s="12"/>
       <c r="G52" s="12"/>
       <c r="H52" s="12"/>
       <c r="I52" s="12"/>
       <c r="J52" s="12"/>
       <c r="K52" s="12"/>
       <c r="L52" s="12"/>
       <c r="M52" s="12"/>
       <c r="N52" s="12"/>
     </row>
     <row r="53" ht="12" customHeight="1">
       <c r="A53" s="13" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B53" s="13"/>
       <c r="C53" s="13"/>
       <c r="D53" s="13"/>
       <c r="E53" s="13"/>
       <c r="F53" s="13"/>
       <c r="G53" s="13"/>
       <c r="H53" s="13"/>
       <c r="I53" s="13"/>
       <c r="J53" s="13"/>
       <c r="K53" s="13"/>
       <c r="L53" s="13"/>
       <c r="M53" s="13"/>
       <c r="N53" s="13"/>
     </row>
     <row r="54" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A44:N44"/>
@@ -18978,1775 +19218,1775 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B9" s="8">
         <v>1741</v>
       </c>
       <c r="C9" s="8">
         <v>1683</v>
       </c>
       <c r="D9" s="8">
         <v>3620</v>
       </c>
       <c r="E9" s="8">
         <v>1664</v>
       </c>
       <c r="F9" s="8">
         <v>1655</v>
       </c>
       <c r="G9" s="8">
         <v>3607</v>
       </c>
       <c r="H9" s="8">
         <v>1674</v>
       </c>
       <c r="I9" s="8">
         <v>1663</v>
       </c>
       <c r="J9" s="8">
         <v>3651</v>
       </c>
       <c r="K9" s="8">
         <v>1694</v>
       </c>
       <c r="L9" s="8">
         <v>1670</v>
       </c>
       <c r="M9" s="8">
         <v>8664</v>
       </c>
       <c r="N9" s="8">
         <v>9005</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B10" s="8">
         <v>77378663</v>
       </c>
       <c r="C10" s="8">
         <v>32676678</v>
       </c>
       <c r="D10" s="8">
         <v>29834786</v>
       </c>
       <c r="E10" s="8">
         <v>21282068</v>
       </c>
       <c r="F10" s="8">
         <v>16526970</v>
       </c>
       <c r="G10" s="8">
         <v>15883083</v>
       </c>
       <c r="H10" s="8">
         <v>12381600</v>
       </c>
       <c r="I10" s="8">
         <v>43323441</v>
       </c>
       <c r="J10" s="8">
         <v>133098857</v>
       </c>
       <c r="K10" s="8">
         <v>137812313</v>
       </c>
       <c r="L10" s="8">
         <v>100563747</v>
       </c>
       <c r="M10" s="8">
         <v>148655393</v>
       </c>
       <c r="N10" s="8">
         <v>769417598</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B11" s="8">
         <v>70263208</v>
       </c>
       <c r="C11" s="8">
         <v>24717286</v>
       </c>
       <c r="D11" s="8">
         <v>22643142</v>
       </c>
       <c r="E11" s="8">
         <v>16125143</v>
       </c>
       <c r="F11" s="8">
         <v>11796833</v>
       </c>
       <c r="G11" s="8">
         <v>8488232</v>
       </c>
       <c r="H11" s="8">
         <v>6532582</v>
       </c>
       <c r="I11" s="8">
         <v>29259255</v>
       </c>
       <c r="J11" s="8">
         <v>122135109</v>
       </c>
       <c r="K11" s="8">
         <v>128022722</v>
       </c>
       <c r="L11" s="8">
         <v>94062978</v>
       </c>
       <c r="M11" s="8">
         <v>139051311</v>
       </c>
       <c r="N11" s="8">
         <v>673097800</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B12" s="8">
         <v>2948474</v>
       </c>
       <c r="C12" s="8">
         <v>4477705</v>
       </c>
       <c r="D12" s="8">
         <v>1932025</v>
       </c>
       <c r="E12" s="8">
         <v>1787948</v>
       </c>
       <c r="F12" s="8">
         <v>1634413</v>
       </c>
       <c r="G12" s="8">
         <v>1922883</v>
       </c>
       <c r="H12" s="8">
         <v>2072785</v>
       </c>
       <c r="I12" s="8">
         <v>10068674</v>
       </c>
       <c r="J12" s="8">
         <v>6268187</v>
       </c>
       <c r="K12" s="8">
         <v>4869925</v>
       </c>
       <c r="L12" s="8">
         <v>2459883</v>
       </c>
       <c r="M12" s="8">
         <v>2568632</v>
       </c>
       <c r="N12" s="8">
         <v>43011534</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B13" s="8">
         <v>2952145</v>
       </c>
       <c r="C13" s="8">
         <v>2267616</v>
       </c>
       <c r="D13" s="8">
         <v>2543454</v>
       </c>
       <c r="E13" s="8">
         <v>2219335</v>
       </c>
       <c r="F13" s="8">
         <v>2086895</v>
       </c>
       <c r="G13" s="8">
         <v>2884270</v>
       </c>
       <c r="H13" s="8">
         <v>2546839</v>
       </c>
       <c r="I13" s="8">
         <v>2514465</v>
       </c>
       <c r="J13" s="8">
         <v>2001516</v>
       </c>
       <c r="K13" s="8">
         <v>3303235</v>
       </c>
       <c r="L13" s="8">
         <v>2718666</v>
       </c>
       <c r="M13" s="8">
         <v>1860336</v>
       </c>
       <c r="N13" s="8">
         <v>29898772</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>106961</v>
       </c>
       <c r="C14" s="8">
         <v>181257</v>
       </c>
       <c r="D14" s="8">
         <v>301114</v>
       </c>
       <c r="E14" s="8">
         <v>182611</v>
       </c>
       <c r="F14" s="8">
         <v>99132</v>
       </c>
       <c r="G14" s="8">
         <v>211188</v>
       </c>
       <c r="H14" s="8">
         <v>96048</v>
       </c>
       <c r="I14" s="8">
         <v>185239</v>
       </c>
       <c r="J14" s="8">
         <v>193108</v>
       </c>
       <c r="K14" s="8">
         <v>105854</v>
       </c>
       <c r="L14" s="8">
         <v>208346</v>
       </c>
       <c r="M14" s="8">
         <v>243686</v>
       </c>
       <c r="N14" s="8">
         <v>2114542</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B15" s="8">
         <v>1107876</v>
       </c>
       <c r="C15" s="8">
         <v>1032813</v>
       </c>
       <c r="D15" s="8">
         <v>2415050</v>
       </c>
       <c r="E15" s="8">
         <v>967032</v>
       </c>
       <c r="F15" s="8">
         <v>909698</v>
       </c>
       <c r="G15" s="8">
         <v>2376510</v>
       </c>
       <c r="H15" s="8">
         <v>1133347</v>
       </c>
       <c r="I15" s="8">
         <v>1295809</v>
       </c>
       <c r="J15" s="8">
         <v>2500937</v>
       </c>
       <c r="K15" s="8">
         <v>1510577</v>
       </c>
       <c r="L15" s="8">
         <v>1113874</v>
       </c>
       <c r="M15" s="8">
         <v>4931427</v>
       </c>
       <c r="N15" s="8">
         <v>21294949</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B16" s="8">
         <v>56818272</v>
       </c>
       <c r="C16" s="8">
         <v>54790940</v>
       </c>
       <c r="D16" s="8">
         <v>64377547</v>
       </c>
       <c r="E16" s="8">
         <v>56170885</v>
       </c>
       <c r="F16" s="8">
         <v>57754842</v>
       </c>
       <c r="G16" s="8">
         <v>70293165</v>
       </c>
       <c r="H16" s="8">
         <v>58873205</v>
       </c>
       <c r="I16" s="8">
         <v>58852926</v>
       </c>
       <c r="J16" s="8">
         <v>67866351</v>
       </c>
       <c r="K16" s="8">
         <v>64598177</v>
       </c>
       <c r="L16" s="8">
         <v>59120943</v>
       </c>
       <c r="M16" s="8">
         <v>73396293</v>
       </c>
       <c r="N16" s="8">
         <v>742913547</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B17" s="8">
         <v>50999409</v>
       </c>
       <c r="C17" s="8">
         <v>49136866</v>
       </c>
       <c r="D17" s="8">
         <v>58123528</v>
       </c>
       <c r="E17" s="8">
         <v>51229283</v>
       </c>
       <c r="F17" s="8">
         <v>51530870</v>
       </c>
       <c r="G17" s="8">
         <v>61878044</v>
       </c>
       <c r="H17" s="8">
         <v>52471012</v>
       </c>
       <c r="I17" s="8">
         <v>52539762</v>
       </c>
       <c r="J17" s="8">
         <v>60305171</v>
       </c>
       <c r="K17" s="8">
         <v>57172951</v>
       </c>
       <c r="L17" s="8">
         <v>51560018</v>
       </c>
       <c r="M17" s="8">
         <v>63814838</v>
       </c>
       <c r="N17" s="8">
         <v>660761754</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B18" s="8">
         <v>867050</v>
       </c>
       <c r="C18" s="8">
         <v>892274</v>
       </c>
       <c r="D18" s="8">
         <v>763166</v>
       </c>
       <c r="E18" s="8">
         <v>556380</v>
       </c>
       <c r="F18" s="8">
         <v>769930</v>
       </c>
       <c r="G18" s="8">
         <v>1193639</v>
       </c>
       <c r="H18" s="8">
         <v>1146246</v>
       </c>
       <c r="I18" s="8">
         <v>819671</v>
       </c>
       <c r="J18" s="8">
         <v>985062</v>
       </c>
       <c r="K18" s="8">
         <v>593877</v>
       </c>
       <c r="L18" s="8">
         <v>678615</v>
       </c>
       <c r="M18" s="8">
         <v>811175</v>
       </c>
       <c r="N18" s="8">
         <v>10077086</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B19" s="8">
         <v>1956358</v>
       </c>
       <c r="C19" s="8">
         <v>1989948</v>
       </c>
       <c r="D19" s="8">
         <v>1727876</v>
       </c>
       <c r="E19" s="8">
         <v>1419969</v>
       </c>
       <c r="F19" s="8">
         <v>1753619</v>
       </c>
       <c r="G19" s="8">
         <v>2053346</v>
       </c>
       <c r="H19" s="8">
         <v>1835445</v>
       </c>
       <c r="I19" s="8">
         <v>2161012</v>
       </c>
       <c r="J19" s="8">
         <v>2623182</v>
       </c>
       <c r="K19" s="8">
         <v>3319773</v>
       </c>
       <c r="L19" s="8">
         <v>3549985</v>
       </c>
       <c r="M19" s="8">
         <v>3058768</v>
       </c>
       <c r="N19" s="8">
         <v>27449280</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B20" s="8">
         <v>149962</v>
       </c>
       <c r="C20" s="8">
         <v>155804</v>
       </c>
       <c r="D20" s="8">
         <v>210109</v>
       </c>
       <c r="E20" s="8">
         <v>145777</v>
       </c>
       <c r="F20" s="8">
         <v>188479</v>
       </c>
       <c r="G20" s="8">
         <v>279994</v>
       </c>
       <c r="H20" s="8">
         <v>218714</v>
       </c>
       <c r="I20" s="8">
         <v>191766</v>
       </c>
       <c r="J20" s="8">
         <v>299836</v>
       </c>
       <c r="K20" s="8">
         <v>231888</v>
       </c>
       <c r="L20" s="8">
         <v>197210</v>
       </c>
       <c r="M20" s="8">
         <v>584539</v>
       </c>
       <c r="N20" s="8">
         <v>2854078</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B21" s="8">
         <v>2845493</v>
       </c>
       <c r="C21" s="8">
         <v>2616048</v>
       </c>
       <c r="D21" s="8">
         <v>3552869</v>
       </c>
       <c r="E21" s="8">
         <v>2819475</v>
       </c>
       <c r="F21" s="8">
         <v>3511944</v>
       </c>
       <c r="G21" s="8">
         <v>4888142</v>
       </c>
       <c r="H21" s="8">
         <v>3201788</v>
       </c>
       <c r="I21" s="8">
         <v>3140715</v>
       </c>
       <c r="J21" s="8">
         <v>3653100</v>
       </c>
       <c r="K21" s="8">
         <v>3279688</v>
       </c>
       <c r="L21" s="8">
         <v>3135115</v>
       </c>
       <c r="M21" s="8">
         <v>5126972</v>
       </c>
       <c r="N21" s="8">
         <v>41771348</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B22" s="8">
         <v>56818272</v>
       </c>
       <c r="C22" s="8">
         <v>54790940</v>
       </c>
       <c r="D22" s="8">
         <v>64377547</v>
       </c>
       <c r="E22" s="8">
         <v>56170885</v>
       </c>
       <c r="F22" s="8">
         <v>57754842</v>
       </c>
       <c r="G22" s="8">
         <v>70293165</v>
       </c>
       <c r="H22" s="8">
         <v>58873205</v>
       </c>
       <c r="I22" s="8">
         <v>58852926</v>
       </c>
       <c r="J22" s="8">
         <v>67866351</v>
       </c>
       <c r="K22" s="8">
         <v>64598177</v>
       </c>
       <c r="L22" s="8">
         <v>59120943</v>
       </c>
       <c r="M22" s="8">
         <v>73396293</v>
       </c>
       <c r="N22" s="8">
         <v>742913547</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B23" s="8">
         <v>54198090</v>
       </c>
       <c r="C23" s="8">
         <v>53137174</v>
       </c>
       <c r="D23" s="8">
         <v>62158542</v>
       </c>
       <c r="E23" s="8">
         <v>54678167</v>
       </c>
       <c r="F23" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="G23" s="8">
         <v>66637677</v>
       </c>
       <c r="H23" s="8">
         <v>56821450</v>
       </c>
       <c r="I23" s="8">
         <v>57926477</v>
       </c>
       <c r="J23" s="8">
         <v>67406427</v>
       </c>
       <c r="K23" s="8">
         <v>64221229</v>
       </c>
       <c r="L23" s="8">
         <v>58945592</v>
       </c>
       <c r="M23" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="N23" s="8">
         <v>724940888</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B24" s="8">
         <v>2620182</v>
       </c>
       <c r="C24" s="8">
         <v>1653767</v>
       </c>
       <c r="D24" s="8">
         <v>2219005</v>
       </c>
       <c r="E24" s="8">
         <v>1492718</v>
       </c>
       <c r="F24" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="G24" s="8">
         <v>3655488</v>
       </c>
       <c r="H24" s="8">
         <v>2051754</v>
       </c>
       <c r="I24" s="8">
         <v>926449</v>
       </c>
       <c r="J24" s="8">
         <v>459925</v>
       </c>
       <c r="K24" s="8">
         <v>376948</v>
       </c>
       <c r="L24" s="8">
         <v>175351</v>
       </c>
       <c r="M24" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="N24" s="8">
         <v>17972659</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B25" s="8">
         <v>9665350</v>
       </c>
       <c r="C25" s="8">
         <v>9245651</v>
       </c>
       <c r="D25" s="8">
         <v>11123138</v>
       </c>
       <c r="E25" s="8">
         <v>11410354</v>
       </c>
       <c r="F25" s="8">
         <v>10040478</v>
       </c>
       <c r="G25" s="8">
         <v>11793341</v>
       </c>
       <c r="H25" s="8">
         <v>12952761</v>
       </c>
       <c r="I25" s="8">
         <v>13859832</v>
       </c>
       <c r="J25" s="8">
         <v>13645810</v>
       </c>
       <c r="K25" s="8">
         <v>12576766</v>
       </c>
       <c r="L25" s="8">
         <v>10237004</v>
       </c>
       <c r="M25" s="8">
         <v>11404102</v>
       </c>
       <c r="N25" s="8">
         <v>137954587</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B26" s="8">
         <v>8572296</v>
       </c>
       <c r="C26" s="8">
         <v>8181195</v>
       </c>
       <c r="D26" s="8">
         <v>8736661</v>
       </c>
       <c r="E26" s="8">
         <v>9446678</v>
       </c>
       <c r="F26" s="8">
         <v>8375349</v>
       </c>
       <c r="G26" s="8">
         <v>10588567</v>
       </c>
       <c r="H26" s="8">
         <v>11484747</v>
       </c>
       <c r="I26" s="8">
         <v>10604078</v>
       </c>
       <c r="J26" s="8">
         <v>11763955</v>
       </c>
       <c r="K26" s="8">
         <v>9842163</v>
       </c>
       <c r="L26" s="8">
         <v>8160209</v>
       </c>
       <c r="M26" s="8">
         <v>9037830</v>
       </c>
       <c r="N26" s="8">
         <v>114793729</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B27" s="8">
         <v>750650</v>
       </c>
       <c r="C27" s="8">
         <v>775347</v>
       </c>
       <c r="D27" s="8">
         <v>2129351</v>
       </c>
       <c r="E27" s="8">
         <v>1568018</v>
       </c>
       <c r="F27" s="8">
         <v>1325536</v>
       </c>
       <c r="G27" s="8">
         <v>864570</v>
       </c>
       <c r="H27" s="8">
         <v>1187649</v>
       </c>
       <c r="I27" s="8">
         <v>2941875</v>
       </c>
       <c r="J27" s="8">
         <v>1508719</v>
       </c>
       <c r="K27" s="8">
         <v>2348919</v>
       </c>
       <c r="L27" s="8">
         <v>1750040</v>
       </c>
       <c r="M27" s="8">
         <v>1276010</v>
       </c>
       <c r="N27" s="8">
         <v>18426685</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B28" s="8">
         <v>121210</v>
       </c>
       <c r="C28" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D28" s="8">
         <v>97483</v>
       </c>
       <c r="E28" s="8">
         <v>46090</v>
       </c>
       <c r="F28" s="8">
         <v>42458</v>
       </c>
       <c r="G28" s="8">
         <v>26021</v>
       </c>
       <c r="H28" s="8">
         <v>44535</v>
       </c>
       <c r="I28" s="8">
         <v>51529</v>
       </c>
       <c r="J28" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="K28" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="L28" s="8">
         <v>108003</v>
       </c>
       <c r="M28" s="8">
         <v>113576</v>
       </c>
       <c r="N28" s="8">
         <v>982381</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B29" s="8">
         <v>221193</v>
       </c>
       <c r="C29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D29" s="8">
         <v>159643</v>
       </c>
       <c r="E29" s="8">
         <v>349569</v>
       </c>
       <c r="F29" s="8">
         <v>297134</v>
       </c>
       <c r="G29" s="8">
         <v>314183</v>
       </c>
       <c r="H29" s="8">
         <v>235830</v>
       </c>
       <c r="I29" s="8">
         <v>262350</v>
       </c>
       <c r="J29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="K29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="L29" s="8">
         <v>218751</v>
       </c>
       <c r="M29" s="8">
         <v>976685</v>
       </c>
       <c r="N29" s="8">
         <v>3751792</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B30" s="8">
         <v>7503237</v>
       </c>
       <c r="C30" s="8">
         <v>6714368</v>
       </c>
       <c r="D30" s="8">
         <v>7499355</v>
       </c>
       <c r="E30" s="8">
         <v>8638033</v>
       </c>
       <c r="F30" s="8">
         <v>7599937</v>
       </c>
       <c r="G30" s="8">
         <v>9005694</v>
       </c>
       <c r="H30" s="8">
         <v>9696166</v>
       </c>
       <c r="I30" s="8">
         <v>9064651</v>
       </c>
       <c r="J30" s="8">
         <v>9285402</v>
       </c>
       <c r="K30" s="8">
         <v>8105053</v>
       </c>
       <c r="L30" s="8">
         <v>6719149</v>
       </c>
       <c r="M30" s="8">
         <v>6670815</v>
       </c>
       <c r="N30" s="8">
         <v>96501860</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B31" s="8">
         <v>2816237</v>
       </c>
       <c r="C31" s="8">
         <v>2514333</v>
       </c>
       <c r="D31" s="8">
         <v>2845059</v>
       </c>
       <c r="E31" s="8">
         <v>2755640</v>
       </c>
       <c r="F31" s="8">
         <v>2176153</v>
       </c>
       <c r="G31" s="8">
         <v>2627636</v>
       </c>
       <c r="H31" s="8">
         <v>3116173</v>
       </c>
       <c r="I31" s="8">
         <v>3092043</v>
       </c>
       <c r="J31" s="8">
         <v>3334783</v>
       </c>
       <c r="K31" s="8">
         <v>3369999</v>
       </c>
       <c r="L31" s="8">
         <v>2952645</v>
       </c>
       <c r="M31" s="8">
         <v>2827289</v>
       </c>
       <c r="N31" s="8">
         <v>34427990</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B32" s="8">
         <v>4687001</v>
       </c>
       <c r="C32" s="8">
         <v>4200035</v>
       </c>
       <c r="D32" s="8">
         <v>4654296</v>
       </c>
       <c r="E32" s="8">
         <v>5882393</v>
       </c>
       <c r="F32" s="8">
         <v>5423784</v>
       </c>
       <c r="G32" s="8">
         <v>6378059</v>
       </c>
       <c r="H32" s="8">
         <v>6579992</v>
       </c>
       <c r="I32" s="8">
         <v>5972607</v>
       </c>
       <c r="J32" s="8">
         <v>5950619</v>
       </c>
       <c r="K32" s="8">
         <v>4735054</v>
       </c>
       <c r="L32" s="8">
         <v>3766504</v>
       </c>
       <c r="M32" s="8">
         <v>3843526</v>
       </c>
       <c r="N32" s="8">
         <v>62073870</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B33" s="8">
         <v>1205346572</v>
       </c>
       <c r="C33" s="8">
         <v>1174193636</v>
       </c>
       <c r="D33" s="8">
         <v>1165492091</v>
       </c>
       <c r="E33" s="8">
         <v>1091470003</v>
       </c>
       <c r="F33" s="8">
         <v>1044391845</v>
       </c>
       <c r="G33" s="8">
         <v>1017401941</v>
       </c>
       <c r="H33" s="8">
         <v>929923730</v>
       </c>
       <c r="I33" s="8">
         <v>900185324</v>
       </c>
       <c r="J33" s="8">
         <v>970364799</v>
       </c>
       <c r="K33" s="8">
         <v>1014517075</v>
       </c>
       <c r="L33" s="8">
         <v>1043119102</v>
       </c>
       <c r="M33" s="8">
         <v>1158562621</v>
       </c>
       <c r="N33" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B34" s="8">
         <v>1160750220</v>
       </c>
       <c r="C34" s="8">
         <v>1130464657</v>
       </c>
       <c r="D34" s="8">
         <v>1119627516</v>
       </c>
       <c r="E34" s="8">
         <v>1049667006</v>
       </c>
       <c r="F34" s="8">
         <v>1002531586</v>
       </c>
       <c r="G34" s="8">
         <v>972560182</v>
       </c>
       <c r="H34" s="8">
         <v>887198164</v>
       </c>
       <c r="I34" s="8">
         <v>854562595</v>
       </c>
       <c r="J34" s="8">
         <v>926089349</v>
       </c>
       <c r="K34" s="8">
         <v>975370279</v>
       </c>
       <c r="L34" s="8">
         <v>1004029498</v>
       </c>
       <c r="M34" s="8">
         <v>1107132564</v>
       </c>
       <c r="N34" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B35" s="8">
         <v>17905316</v>
       </c>
       <c r="C35" s="8">
         <v>16275413</v>
       </c>
       <c r="D35" s="8">
         <v>17460838</v>
       </c>
       <c r="E35" s="8">
         <v>14305053</v>
       </c>
       <c r="F35" s="8">
         <v>12909532</v>
       </c>
       <c r="G35" s="8">
         <v>13150000</v>
       </c>
       <c r="H35" s="8">
         <v>12420329</v>
       </c>
       <c r="I35" s="8">
         <v>11870746</v>
       </c>
       <c r="J35" s="8">
         <v>13921231</v>
       </c>
       <c r="K35" s="8">
         <v>12275609</v>
       </c>
       <c r="L35" s="8">
         <v>13228791</v>
       </c>
       <c r="M35" s="8">
         <v>22975142</v>
       </c>
       <c r="N35" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B36" s="8">
         <v>2449890</v>
       </c>
       <c r="C36" s="8">
         <v>3741330</v>
       </c>
       <c r="D36" s="8">
         <v>2182480</v>
       </c>
       <c r="E36" s="8">
         <v>2301460</v>
       </c>
       <c r="F36" s="8">
         <v>3133079</v>
       </c>
       <c r="G36" s="8">
         <v>3165431</v>
       </c>
       <c r="H36" s="8">
         <v>3802234</v>
       </c>
       <c r="I36" s="8">
         <v>7139769</v>
       </c>
       <c r="J36" s="8">
         <v>2990440</v>
       </c>
       <c r="K36" s="8">
         <v>1763212</v>
       </c>
       <c r="L36" s="8">
         <v>1785230</v>
       </c>
       <c r="M36" s="8">
         <v>1485310</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B37" s="8">
         <v>19957003</v>
       </c>
       <c r="C37" s="8">
         <v>19668822</v>
       </c>
       <c r="D37" s="8">
         <v>20895879</v>
       </c>
       <c r="E37" s="8">
         <v>21107446</v>
       </c>
       <c r="F37" s="8">
         <v>21561767</v>
       </c>
       <c r="G37" s="8">
         <v>23375684</v>
       </c>
       <c r="H37" s="8">
         <v>22975088</v>
       </c>
       <c r="I37" s="8">
         <v>23133776</v>
       </c>
       <c r="J37" s="8">
         <v>22810737</v>
       </c>
       <c r="K37" s="8">
         <v>21850481</v>
       </c>
       <c r="L37" s="8">
         <v>20714409</v>
       </c>
       <c r="M37" s="8">
         <v>20382338</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B38" s="8">
         <v>775847</v>
       </c>
       <c r="C38" s="8">
         <v>778344</v>
       </c>
       <c r="D38" s="8">
         <v>870167</v>
       </c>
       <c r="E38" s="8">
         <v>845834</v>
       </c>
       <c r="F38" s="8">
         <v>813132</v>
       </c>
       <c r="G38" s="8">
         <v>910295</v>
       </c>
       <c r="H38" s="8">
         <v>761318</v>
       </c>
       <c r="I38" s="8">
         <v>819235</v>
       </c>
       <c r="J38" s="8">
         <v>946349</v>
       </c>
       <c r="K38" s="8">
         <v>686569</v>
       </c>
       <c r="L38" s="8">
         <v>726712</v>
       </c>
       <c r="M38" s="8">
         <v>935914</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B39" s="8">
         <v>3508296</v>
       </c>
       <c r="C39" s="8">
         <v>3265071</v>
       </c>
       <c r="D39" s="8">
         <v>4455212</v>
       </c>
       <c r="E39" s="8">
         <v>3243205</v>
       </c>
       <c r="F39" s="8">
         <v>3442748</v>
       </c>
       <c r="G39" s="8">
         <v>4240350</v>
       </c>
       <c r="H39" s="8">
         <v>2766596</v>
       </c>
       <c r="I39" s="8">
         <v>2659203</v>
       </c>
       <c r="J39" s="8">
         <v>3606692</v>
       </c>
       <c r="K39" s="8">
         <v>2570925</v>
       </c>
       <c r="L39" s="8">
         <v>2634462</v>
       </c>
       <c r="M39" s="8">
         <v>5651353</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B40" s="8">
         <v>1205346572</v>
       </c>
       <c r="C40" s="8">
         <v>1174193636</v>
       </c>
       <c r="D40" s="8">
         <v>1165492091</v>
       </c>
       <c r="E40" s="8">
         <v>1091470003</v>
       </c>
       <c r="F40" s="8">
         <v>1044391845</v>
       </c>
       <c r="G40" s="8">
         <v>1017401941</v>
       </c>
       <c r="H40" s="8">
         <v>929923730</v>
       </c>
       <c r="I40" s="8">
         <v>900185324</v>
       </c>
       <c r="J40" s="8">
         <v>970364799</v>
       </c>
       <c r="K40" s="8">
         <v>1014517075</v>
       </c>
       <c r="L40" s="8">
         <v>1043119102</v>
       </c>
       <c r="M40" s="8">
         <v>1158562621</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B41" s="8">
         <v>183811164</v>
       </c>
       <c r="C41" s="8">
         <v>180432615</v>
       </c>
       <c r="D41" s="8">
         <v>185951573</v>
       </c>
       <c r="E41" s="8">
         <v>181487645</v>
       </c>
       <c r="F41" s="8">
         <v>184672075</v>
       </c>
       <c r="G41" s="8">
         <v>196239197</v>
       </c>
       <c r="H41" s="8">
         <v>196951543</v>
       </c>
       <c r="I41" s="8">
         <v>204266518</v>
       </c>
       <c r="J41" s="8">
         <v>208137337</v>
       </c>
       <c r="K41" s="8">
         <v>194645223</v>
       </c>
       <c r="L41" s="8">
         <v>186890169</v>
       </c>
       <c r="M41" s="8">
         <v>196952353</v>
       </c>
       <c r="N41" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B42" s="8">
         <v>1021535409</v>
       </c>
       <c r="C42" s="8">
         <v>993761021</v>
       </c>
       <c r="D42" s="8">
         <v>979540519</v>
       </c>
       <c r="E42" s="8">
         <v>909982358</v>
       </c>
       <c r="F42" s="8">
         <v>859719770</v>
       </c>
       <c r="G42" s="8">
         <v>821162743</v>
       </c>
       <c r="H42" s="8">
         <v>732972186</v>
       </c>
       <c r="I42" s="8">
         <v>695918806</v>
       </c>
       <c r="J42" s="8">
         <v>762227462</v>
       </c>
       <c r="K42" s="8">
         <v>819871852</v>
       </c>
       <c r="L42" s="8">
         <v>856228933</v>
       </c>
       <c r="M42" s="8">
         <v>961610268</v>
       </c>
       <c r="N42" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="43" ht="12" customHeight="1"/>
     <row r="44" ht="14" customHeight="1">
       <c r="A44" s="10" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B44" s="10"/>
       <c r="C44" s="10"/>
       <c r="D44" s="10"/>
       <c r="E44" s="10"/>
       <c r="F44" s="10"/>
       <c r="G44" s="10"/>
       <c r="H44" s="10"/>
       <c r="I44" s="10"/>
       <c r="J44" s="10"/>
       <c r="K44" s="10"/>
       <c r="L44" s="10"/>
       <c r="M44" s="10"/>
       <c r="N44" s="10"/>
     </row>
     <row r="45" ht="14" customHeight="1">
       <c r="A45" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B45" s="11"/>
       <c r="C45" s="11"/>
       <c r="D45" s="11"/>
       <c r="E45" s="11"/>
       <c r="F45" s="11"/>
       <c r="G45" s="11"/>
       <c r="H45" s="11"/>
       <c r="I45" s="11"/>
       <c r="J45" s="11"/>
       <c r="K45" s="11"/>
       <c r="L45" s="11"/>
       <c r="M45" s="11"/>
       <c r="N45" s="11"/>
     </row>
     <row r="46" ht="29" customHeight="1">
       <c r="A46" s="12" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B46" s="12"/>
       <c r="C46" s="12"/>
       <c r="D46" s="12"/>
       <c r="E46" s="12"/>
       <c r="F46" s="12"/>
       <c r="G46" s="12"/>
       <c r="H46" s="12"/>
       <c r="I46" s="12"/>
       <c r="J46" s="12"/>
       <c r="K46" s="12"/>
       <c r="L46" s="12"/>
       <c r="M46" s="12"/>
       <c r="N46" s="12"/>
     </row>
     <row r="47" ht="14" customHeight="1">
       <c r="A47" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B47" s="11"/>
       <c r="C47" s="11"/>
       <c r="D47" s="11"/>
       <c r="E47" s="11"/>
       <c r="F47" s="11"/>
       <c r="G47" s="11"/>
       <c r="H47" s="11"/>
       <c r="I47" s="11"/>
       <c r="J47" s="11"/>
       <c r="K47" s="11"/>
       <c r="L47" s="11"/>
       <c r="M47" s="11"/>
       <c r="N47" s="11"/>
     </row>
     <row r="48" ht="12" customHeight="1">
       <c r="A48" s="13" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B48" s="13"/>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="13"/>
       <c r="G48" s="13"/>
       <c r="H48" s="13"/>
       <c r="I48" s="13"/>
       <c r="J48" s="13"/>
       <c r="K48" s="13"/>
       <c r="L48" s="13"/>
       <c r="M48" s="13"/>
       <c r="N48" s="13"/>
     </row>
     <row r="49" ht="14" customHeight="1">
       <c r="A49" s="12" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="12"/>
       <c r="E49" s="12"/>
       <c r="F49" s="12"/>
       <c r="G49" s="12"/>
       <c r="H49" s="12"/>
       <c r="I49" s="12"/>
       <c r="J49" s="12"/>
       <c r="K49" s="12"/>
       <c r="L49" s="12"/>
       <c r="M49" s="12"/>
       <c r="N49" s="12"/>
     </row>
     <row r="50" ht="43" customHeight="1">
       <c r="A50" s="12" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B50" s="12"/>
       <c r="C50" s="12"/>
       <c r="D50" s="12"/>
       <c r="E50" s="12"/>
       <c r="F50" s="12"/>
       <c r="G50" s="12"/>
       <c r="H50" s="12"/>
       <c r="I50" s="12"/>
       <c r="J50" s="12"/>
       <c r="K50" s="12"/>
       <c r="L50" s="12"/>
       <c r="M50" s="12"/>
       <c r="N50" s="12"/>
     </row>
     <row r="51" ht="14" customHeight="1">
       <c r="A51" s="12" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B51" s="12"/>
       <c r="C51" s="12"/>
       <c r="D51" s="12"/>
       <c r="E51" s="12"/>
       <c r="F51" s="12"/>
       <c r="G51" s="12"/>
       <c r="H51" s="12"/>
       <c r="I51" s="12"/>
       <c r="J51" s="12"/>
       <c r="K51" s="12"/>
       <c r="L51" s="12"/>
       <c r="M51" s="12"/>
       <c r="N51" s="12"/>
     </row>
     <row r="52" ht="14" customHeight="1">
       <c r="A52" s="12" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B52" s="12"/>
       <c r="C52" s="12"/>
       <c r="D52" s="12"/>
       <c r="E52" s="12"/>
       <c r="F52" s="12"/>
       <c r="G52" s="12"/>
       <c r="H52" s="12"/>
       <c r="I52" s="12"/>
       <c r="J52" s="12"/>
       <c r="K52" s="12"/>
       <c r="L52" s="12"/>
       <c r="M52" s="12"/>
       <c r="N52" s="12"/>
     </row>
     <row r="53" ht="12" customHeight="1">
       <c r="A53" s="13" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B53" s="13"/>
       <c r="C53" s="13"/>
       <c r="D53" s="13"/>
       <c r="E53" s="13"/>
       <c r="F53" s="13"/>
       <c r="G53" s="13"/>
       <c r="H53" s="13"/>
       <c r="I53" s="13"/>
       <c r="J53" s="13"/>
       <c r="K53" s="13"/>
       <c r="L53" s="13"/>
       <c r="M53" s="13"/>
       <c r="N53" s="13"/>
     </row>
     <row r="54" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A44:N44"/>
@@ -20788,1775 +21028,1775 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B9" s="8">
         <v>1724</v>
       </c>
       <c r="C9" s="8">
         <v>1675</v>
       </c>
       <c r="D9" s="8">
         <v>3633</v>
       </c>
       <c r="E9" s="8">
         <v>1700</v>
       </c>
       <c r="F9" s="8">
         <v>1673</v>
       </c>
       <c r="G9" s="8">
         <v>3627</v>
       </c>
       <c r="H9" s="8">
         <v>1682</v>
       </c>
       <c r="I9" s="8">
         <v>1680</v>
       </c>
       <c r="J9" s="8">
         <v>3613</v>
       </c>
       <c r="K9" s="8">
         <v>1705</v>
       </c>
       <c r="L9" s="8">
         <v>1683</v>
       </c>
       <c r="M9" s="8">
         <v>8396</v>
       </c>
       <c r="N9" s="8">
         <v>8763</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B10" s="8">
         <v>80215572</v>
       </c>
       <c r="C10" s="8">
         <v>46391448</v>
       </c>
       <c r="D10" s="8">
         <v>37689505</v>
       </c>
       <c r="E10" s="8">
         <v>19598702</v>
       </c>
       <c r="F10" s="8">
         <v>18209139</v>
       </c>
       <c r="G10" s="8">
         <v>15046472</v>
       </c>
       <c r="H10" s="8">
         <v>11886940</v>
       </c>
       <c r="I10" s="8">
         <v>33883336</v>
       </c>
       <c r="J10" s="8">
         <v>137573811</v>
       </c>
       <c r="K10" s="8">
         <v>155368010</v>
       </c>
       <c r="L10" s="8">
         <v>122350668</v>
       </c>
       <c r="M10" s="8">
         <v>175839875</v>
       </c>
       <c r="N10" s="8">
         <v>854053477</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B11" s="8">
         <v>73802882</v>
       </c>
       <c r="C11" s="8">
         <v>40148080</v>
       </c>
       <c r="D11" s="8">
         <v>27162631</v>
       </c>
       <c r="E11" s="8">
         <v>13777655</v>
       </c>
       <c r="F11" s="8">
         <v>11299792</v>
       </c>
       <c r="G11" s="8">
         <v>7138895</v>
       </c>
       <c r="H11" s="8">
         <v>5293791</v>
       </c>
       <c r="I11" s="8">
         <v>21632365</v>
       </c>
       <c r="J11" s="8">
         <v>118294395</v>
       </c>
       <c r="K11" s="8">
         <v>143951157</v>
       </c>
       <c r="L11" s="8">
         <v>115121091</v>
       </c>
       <c r="M11" s="8">
         <v>166468780</v>
       </c>
       <c r="N11" s="8">
         <v>744091515</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B12" s="8">
         <v>2372629</v>
       </c>
       <c r="C12" s="8">
         <v>2401005</v>
       </c>
       <c r="D12" s="8">
         <v>5856245</v>
       </c>
       <c r="E12" s="8">
         <v>1537877</v>
       </c>
       <c r="F12" s="8">
         <v>1877601</v>
       </c>
       <c r="G12" s="8">
         <v>1643180</v>
       </c>
       <c r="H12" s="8">
         <v>1960053</v>
       </c>
       <c r="I12" s="8">
         <v>7984258</v>
       </c>
       <c r="J12" s="8">
         <v>13743887</v>
       </c>
       <c r="K12" s="8">
         <v>6698728</v>
       </c>
       <c r="L12" s="8">
         <v>4232379</v>
       </c>
       <c r="M12" s="8">
         <v>3769928</v>
       </c>
       <c r="N12" s="8">
         <v>54077770</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B13" s="8">
         <v>2599540</v>
       </c>
       <c r="C13" s="8">
         <v>2506601</v>
       </c>
       <c r="D13" s="8">
         <v>2046000</v>
       </c>
       <c r="E13" s="8">
         <v>2955688</v>
       </c>
       <c r="F13" s="8">
         <v>3394658</v>
       </c>
       <c r="G13" s="8">
         <v>3389900</v>
       </c>
       <c r="H13" s="8">
         <v>2812968</v>
       </c>
       <c r="I13" s="8">
         <v>2779928</v>
       </c>
       <c r="J13" s="8">
         <v>2789449</v>
       </c>
       <c r="K13" s="8">
         <v>3427898</v>
       </c>
       <c r="L13" s="8">
         <v>1756943</v>
       </c>
       <c r="M13" s="8">
         <v>911935</v>
       </c>
       <c r="N13" s="8">
         <v>31371508</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>66850</v>
       </c>
       <c r="C14" s="8">
         <v>185142</v>
       </c>
       <c r="D14" s="8">
         <v>347311</v>
       </c>
       <c r="E14" s="8">
         <v>85535</v>
       </c>
       <c r="F14" s="8">
         <v>373928</v>
       </c>
       <c r="G14" s="8">
         <v>238371</v>
       </c>
       <c r="H14" s="8">
         <v>380587</v>
       </c>
       <c r="I14" s="8">
         <v>207746</v>
       </c>
       <c r="J14" s="8">
         <v>116145</v>
       </c>
       <c r="K14" s="8">
         <v>82843</v>
       </c>
       <c r="L14" s="8">
         <v>60820</v>
       </c>
       <c r="M14" s="8">
         <v>292951</v>
       </c>
       <c r="N14" s="8">
         <v>2438230</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B15" s="8">
         <v>1373670</v>
       </c>
       <c r="C15" s="8">
         <v>1150620</v>
       </c>
       <c r="D15" s="8">
         <v>2277319</v>
       </c>
       <c r="E15" s="8">
         <v>1241946</v>
       </c>
       <c r="F15" s="8">
         <v>1263160</v>
       </c>
       <c r="G15" s="8">
         <v>2636126</v>
       </c>
       <c r="H15" s="8">
         <v>1439539</v>
       </c>
       <c r="I15" s="8">
         <v>1279039</v>
       </c>
       <c r="J15" s="8">
         <v>2629935</v>
       </c>
       <c r="K15" s="8">
         <v>1207384</v>
       </c>
       <c r="L15" s="8">
         <v>1179435</v>
       </c>
       <c r="M15" s="8">
         <v>4396282</v>
       </c>
       <c r="N15" s="8">
         <v>22074455</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B16" s="8">
         <v>60426353</v>
       </c>
       <c r="C16" s="8">
         <v>51568405</v>
       </c>
       <c r="D16" s="8">
         <v>64043287</v>
       </c>
       <c r="E16" s="8">
         <v>55138508</v>
       </c>
       <c r="F16" s="8">
         <v>63025953</v>
       </c>
       <c r="G16" s="8">
         <v>61833649</v>
       </c>
       <c r="H16" s="8">
         <v>52964077</v>
       </c>
       <c r="I16" s="8">
         <v>62040402</v>
       </c>
       <c r="J16" s="8">
         <v>62416045</v>
       </c>
       <c r="K16" s="8">
         <v>61158534</v>
       </c>
       <c r="L16" s="8">
         <v>59024123</v>
       </c>
       <c r="M16" s="8">
         <v>71600153</v>
       </c>
       <c r="N16" s="8">
         <v>725239490</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B17" s="8">
         <v>53463921</v>
       </c>
       <c r="C17" s="8">
         <v>45594530</v>
       </c>
       <c r="D17" s="8">
         <v>56852743</v>
       </c>
       <c r="E17" s="8">
         <v>49184736</v>
       </c>
       <c r="F17" s="8">
         <v>55231769</v>
       </c>
       <c r="G17" s="8">
         <v>53579353</v>
       </c>
       <c r="H17" s="8">
         <v>46603597</v>
       </c>
       <c r="I17" s="8">
         <v>54592388</v>
       </c>
       <c r="J17" s="8">
         <v>54285391</v>
       </c>
       <c r="K17" s="8">
         <v>53713986</v>
       </c>
       <c r="L17" s="8">
         <v>51121414</v>
       </c>
       <c r="M17" s="8">
         <v>61314245</v>
       </c>
       <c r="N17" s="8">
         <v>635538073</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B18" s="8">
         <v>892540</v>
       </c>
       <c r="C18" s="8">
         <v>817930</v>
       </c>
       <c r="D18" s="8">
         <v>790569</v>
       </c>
       <c r="E18" s="8">
         <v>622241</v>
       </c>
       <c r="F18" s="8">
         <v>865523</v>
       </c>
       <c r="G18" s="8">
         <v>680616</v>
       </c>
       <c r="H18" s="8">
         <v>625996</v>
       </c>
       <c r="I18" s="8">
         <v>957146</v>
       </c>
       <c r="J18" s="8">
         <v>1029278</v>
       </c>
       <c r="K18" s="8">
         <v>760110</v>
       </c>
       <c r="L18" s="8">
         <v>918205</v>
       </c>
       <c r="M18" s="8">
         <v>1196407</v>
       </c>
       <c r="N18" s="8">
         <v>10156562</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B19" s="8">
         <v>1913705</v>
       </c>
       <c r="C19" s="8">
         <v>1519846</v>
       </c>
       <c r="D19" s="8">
         <v>1833490</v>
       </c>
       <c r="E19" s="8">
         <v>1773114</v>
       </c>
       <c r="F19" s="8">
         <v>2404000</v>
       </c>
       <c r="G19" s="8">
         <v>2049250</v>
       </c>
       <c r="H19" s="8">
         <v>1804011</v>
       </c>
       <c r="I19" s="8">
         <v>2538679</v>
       </c>
       <c r="J19" s="8">
         <v>2517057</v>
       </c>
       <c r="K19" s="8">
         <v>3153299</v>
       </c>
       <c r="L19" s="8">
         <v>3650131</v>
       </c>
       <c r="M19" s="8">
         <v>3092215</v>
       </c>
       <c r="N19" s="8">
         <v>28248795</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B20" s="8">
         <v>70266</v>
       </c>
       <c r="C20" s="8">
         <v>85606</v>
       </c>
       <c r="D20" s="8">
         <v>210587</v>
       </c>
       <c r="E20" s="8">
         <v>140189</v>
       </c>
       <c r="F20" s="8">
         <v>213028</v>
       </c>
       <c r="G20" s="8">
         <v>211668</v>
       </c>
       <c r="H20" s="8">
         <v>200379</v>
       </c>
       <c r="I20" s="8">
         <v>169611</v>
       </c>
       <c r="J20" s="8">
         <v>178615</v>
       </c>
       <c r="K20" s="8">
         <v>152471</v>
       </c>
       <c r="L20" s="8">
         <v>157877</v>
       </c>
       <c r="M20" s="8">
         <v>300036</v>
       </c>
       <c r="N20" s="8">
         <v>2090334</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B21" s="8">
         <v>4085922</v>
       </c>
       <c r="C21" s="8">
         <v>3550493</v>
       </c>
       <c r="D21" s="8">
         <v>4355899</v>
       </c>
       <c r="E21" s="8">
         <v>3418229</v>
       </c>
       <c r="F21" s="8">
         <v>4311632</v>
       </c>
       <c r="G21" s="8">
         <v>5312762</v>
       </c>
       <c r="H21" s="8">
         <v>3730094</v>
       </c>
       <c r="I21" s="8">
         <v>3782577</v>
       </c>
       <c r="J21" s="8">
         <v>4405704</v>
       </c>
       <c r="K21" s="8">
         <v>3378668</v>
       </c>
       <c r="L21" s="8">
         <v>3176496</v>
       </c>
       <c r="M21" s="8">
         <v>5697250</v>
       </c>
       <c r="N21" s="8">
         <v>49205726</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B22" s="8">
         <v>60426353</v>
       </c>
       <c r="C22" s="8">
         <v>51568405</v>
       </c>
       <c r="D22" s="8">
         <v>64043287</v>
       </c>
       <c r="E22" s="8">
         <v>55138508</v>
       </c>
       <c r="F22" s="8">
         <v>63025953</v>
       </c>
       <c r="G22" s="8">
         <v>61833649</v>
       </c>
       <c r="H22" s="8">
         <v>52964077</v>
       </c>
       <c r="I22" s="8">
         <v>62040402</v>
       </c>
       <c r="J22" s="8">
         <v>62416045</v>
       </c>
       <c r="K22" s="8">
         <v>61158534</v>
       </c>
       <c r="L22" s="8">
         <v>59024123</v>
       </c>
       <c r="M22" s="8">
         <v>71600153</v>
       </c>
       <c r="N22" s="8">
         <v>725239490</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B23" s="8">
         <v>59500981</v>
       </c>
       <c r="C23" s="8">
         <v>50608154</v>
       </c>
       <c r="D23" s="8">
         <v>62992619</v>
       </c>
       <c r="E23" s="8">
         <v>54091546</v>
       </c>
       <c r="F23" s="8">
         <v>61345744</v>
       </c>
       <c r="G23" s="8">
         <v>60557558</v>
       </c>
       <c r="H23" s="8">
         <v>51648883</v>
       </c>
       <c r="I23" s="8">
         <v>60594701</v>
       </c>
       <c r="J23" s="8">
         <v>61093284</v>
       </c>
       <c r="K23" s="8">
         <v>59964472</v>
       </c>
       <c r="L23" s="8">
         <v>58188082</v>
       </c>
       <c r="M23" s="8">
         <v>69854594</v>
       </c>
       <c r="N23" s="8">
         <v>710440619</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B24" s="8">
         <v>925372</v>
       </c>
       <c r="C24" s="8">
         <v>960252</v>
       </c>
       <c r="D24" s="8">
         <v>1050668</v>
       </c>
       <c r="E24" s="8">
         <v>1046962</v>
       </c>
       <c r="F24" s="8">
         <v>1680209</v>
       </c>
       <c r="G24" s="8">
         <v>1276091</v>
       </c>
       <c r="H24" s="8">
         <v>1315194</v>
       </c>
       <c r="I24" s="8">
         <v>1445701</v>
       </c>
       <c r="J24" s="8">
         <v>1322761</v>
       </c>
       <c r="K24" s="8">
         <v>1194062</v>
       </c>
       <c r="L24" s="8">
         <v>836041</v>
       </c>
       <c r="M24" s="8">
         <v>1745559</v>
       </c>
       <c r="N24" s="8">
         <v>14798872</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B25" s="8">
         <v>10826483</v>
       </c>
       <c r="C25" s="8">
         <v>9292650</v>
       </c>
       <c r="D25" s="8">
         <v>10909338</v>
       </c>
       <c r="E25" s="8">
         <v>9732184</v>
       </c>
       <c r="F25" s="8">
         <v>9229468</v>
       </c>
       <c r="G25" s="8">
         <v>9149315</v>
       </c>
       <c r="H25" s="8">
         <v>8810214</v>
       </c>
       <c r="I25" s="8">
         <v>11193887</v>
       </c>
       <c r="J25" s="8">
         <v>9794470</v>
       </c>
       <c r="K25" s="8">
         <v>10359041</v>
       </c>
       <c r="L25" s="8">
         <v>8802385</v>
       </c>
       <c r="M25" s="8">
         <v>9134718</v>
       </c>
       <c r="N25" s="8">
         <v>117234156</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B26" s="8">
         <v>9903405</v>
       </c>
       <c r="C26" s="8">
         <v>8189548</v>
       </c>
       <c r="D26" s="8">
         <v>9066297</v>
       </c>
       <c r="E26" s="8">
         <v>8918497</v>
       </c>
       <c r="F26" s="8">
         <v>8214781</v>
       </c>
       <c r="G26" s="8">
         <v>8008348</v>
       </c>
       <c r="H26" s="8">
         <v>7566532</v>
       </c>
       <c r="I26" s="8">
         <v>10266990</v>
       </c>
       <c r="J26" s="8">
         <v>8988674</v>
       </c>
       <c r="K26" s="8">
         <v>9038415</v>
       </c>
       <c r="L26" s="8">
         <v>7624122</v>
       </c>
       <c r="M26" s="8">
         <v>8043477</v>
       </c>
       <c r="N26" s="8">
         <v>103829086</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B27" s="8">
         <v>660661</v>
       </c>
       <c r="C27" s="8">
         <v>878606</v>
       </c>
       <c r="D27" s="8">
         <v>1734965</v>
       </c>
       <c r="E27" s="8">
         <v>641325</v>
       </c>
       <c r="F27" s="8">
         <v>685729</v>
       </c>
       <c r="G27" s="8">
         <v>822773</v>
       </c>
       <c r="H27" s="8">
         <v>1037776</v>
       </c>
       <c r="I27" s="8">
         <v>521762</v>
       </c>
       <c r="J27" s="8">
         <v>671318</v>
       </c>
       <c r="K27" s="8">
         <v>1109629</v>
       </c>
       <c r="L27" s="8">
         <v>762052</v>
       </c>
       <c r="M27" s="8">
         <v>740315</v>
       </c>
       <c r="N27" s="8">
         <v>10266912</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B28" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C28" s="8">
         <v>44201</v>
       </c>
       <c r="D28" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E28" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F28" s="8">
         <v>143383</v>
       </c>
       <c r="G28" s="8">
         <v>84820</v>
       </c>
       <c r="H28" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="I28" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="J28" s="8">
         <v>64420</v>
       </c>
       <c r="K28" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="L28" s="8">
         <v>104559</v>
       </c>
       <c r="M28" s="8">
         <v>82984</v>
       </c>
       <c r="N28" s="8">
         <v>1360583</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C29" s="8">
         <v>180296</v>
       </c>
       <c r="D29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F29" s="8">
         <v>185575</v>
       </c>
       <c r="G29" s="8">
         <v>233373</v>
       </c>
       <c r="H29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="I29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="J29" s="8">
         <v>70059</v>
       </c>
       <c r="K29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="L29" s="8">
         <v>311652</v>
       </c>
       <c r="M29" s="8">
         <v>267942</v>
       </c>
       <c r="N29" s="8">
         <v>1777575</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B30" s="8">
         <v>8363133</v>
       </c>
       <c r="C30" s="8">
         <v>7022799</v>
       </c>
       <c r="D30" s="8">
         <v>7144657</v>
       </c>
       <c r="E30" s="8">
         <v>7895419</v>
       </c>
       <c r="F30" s="8">
         <v>7665588</v>
       </c>
       <c r="G30" s="8">
         <v>6152897</v>
       </c>
       <c r="H30" s="8">
         <v>7027158</v>
       </c>
       <c r="I30" s="8">
         <v>9170759</v>
       </c>
       <c r="J30" s="8">
         <v>7378029</v>
       </c>
       <c r="K30" s="8">
         <v>7504481</v>
       </c>
       <c r="L30" s="8">
         <v>6543552</v>
       </c>
       <c r="M30" s="8">
         <v>6287698</v>
       </c>
       <c r="N30" s="8">
         <v>88156170</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B31" s="8">
         <v>3115954</v>
       </c>
       <c r="C31" s="8">
         <v>2202913</v>
       </c>
       <c r="D31" s="8">
         <v>2640167</v>
       </c>
       <c r="E31" s="8">
         <v>3067730</v>
       </c>
       <c r="F31" s="8">
         <v>3584342</v>
       </c>
       <c r="G31" s="8">
         <v>3048572</v>
       </c>
       <c r="H31" s="8">
         <v>3086122</v>
       </c>
       <c r="I31" s="8">
         <v>3547958</v>
       </c>
       <c r="J31" s="8">
         <v>3114402</v>
       </c>
       <c r="K31" s="8">
         <v>3156706</v>
       </c>
       <c r="L31" s="8">
         <v>3482722</v>
       </c>
       <c r="M31" s="8">
         <v>2752145</v>
       </c>
       <c r="N31" s="8">
         <v>36799733</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B32" s="8">
         <v>5247179</v>
       </c>
       <c r="C32" s="8">
         <v>4819886</v>
       </c>
       <c r="D32" s="8">
         <v>4504490</v>
       </c>
       <c r="E32" s="8">
         <v>4827689</v>
       </c>
       <c r="F32" s="8">
         <v>4081246</v>
       </c>
       <c r="G32" s="8">
         <v>3104325</v>
       </c>
       <c r="H32" s="8">
         <v>3941036</v>
       </c>
       <c r="I32" s="8">
         <v>5622801</v>
       </c>
       <c r="J32" s="8">
         <v>4263627</v>
       </c>
       <c r="K32" s="8">
         <v>4347774</v>
       </c>
       <c r="L32" s="8">
         <v>3060830</v>
       </c>
       <c r="M32" s="8">
         <v>3535553</v>
       </c>
       <c r="N32" s="8">
         <v>51356437</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B33" s="8">
         <v>1202230572</v>
       </c>
       <c r="C33" s="8">
         <v>1189188579</v>
       </c>
       <c r="D33" s="8">
         <v>1186563532</v>
       </c>
       <c r="E33" s="8">
         <v>1112530406</v>
       </c>
       <c r="F33" s="8">
         <v>1058352812</v>
       </c>
       <c r="G33" s="8">
         <v>1036900424</v>
       </c>
       <c r="H33" s="8">
         <v>961211164</v>
       </c>
       <c r="I33" s="8">
         <v>913088913</v>
       </c>
       <c r="J33" s="8">
         <v>999294194</v>
       </c>
       <c r="K33" s="8">
         <v>1053294085</v>
       </c>
       <c r="L33" s="8">
         <v>1113088654</v>
       </c>
       <c r="M33" s="8">
         <v>1256340780</v>
       </c>
       <c r="N33" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B34" s="8">
         <v>1162154422</v>
       </c>
       <c r="C34" s="8">
         <v>1149588704</v>
       </c>
       <c r="D34" s="8">
         <v>1143522701</v>
       </c>
       <c r="E34" s="8">
         <v>1070828546</v>
       </c>
       <c r="F34" s="8">
         <v>1016727971</v>
       </c>
       <c r="G34" s="8">
         <v>992823568</v>
       </c>
       <c r="H34" s="8">
         <v>919267888</v>
       </c>
       <c r="I34" s="8">
         <v>870481078</v>
       </c>
       <c r="J34" s="8">
         <v>948514612</v>
       </c>
       <c r="K34" s="8">
         <v>1008673968</v>
       </c>
       <c r="L34" s="8">
         <v>1067838253</v>
       </c>
       <c r="M34" s="8">
         <v>1200764509</v>
       </c>
       <c r="N34" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B35" s="8">
         <v>15888510</v>
       </c>
       <c r="C35" s="8">
         <v>15417905</v>
       </c>
       <c r="D35" s="8">
         <v>16670702</v>
       </c>
       <c r="E35" s="8">
         <v>15273416</v>
       </c>
       <c r="F35" s="8">
         <v>14900112</v>
       </c>
       <c r="G35" s="8">
         <v>15467408</v>
       </c>
       <c r="H35" s="8">
         <v>13786553</v>
       </c>
       <c r="I35" s="8">
         <v>13346979</v>
       </c>
       <c r="J35" s="8">
         <v>15094347</v>
       </c>
       <c r="K35" s="8">
         <v>15504050</v>
       </c>
       <c r="L35" s="8">
         <v>17925929</v>
       </c>
       <c r="M35" s="8">
         <v>27983426</v>
       </c>
       <c r="N35" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B36" s="8">
         <v>1478073</v>
       </c>
       <c r="C36" s="8">
         <v>964099</v>
       </c>
       <c r="D36" s="8">
         <v>1451084</v>
       </c>
       <c r="E36" s="8">
         <v>873487</v>
       </c>
       <c r="F36" s="8">
         <v>962025</v>
       </c>
       <c r="G36" s="8">
         <v>878370</v>
       </c>
       <c r="H36" s="8">
         <v>1076896</v>
       </c>
       <c r="I36" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="J36" s="8">
         <v>7327031</v>
       </c>
       <c r="K36" s="8">
         <v>2345046</v>
       </c>
       <c r="L36" s="8">
         <v>2009360</v>
       </c>
       <c r="M36" s="8">
         <v>1753831</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B37" s="8">
         <v>18884049</v>
       </c>
       <c r="C37" s="8">
         <v>19397326</v>
       </c>
       <c r="D37" s="8">
         <v>20090655</v>
       </c>
       <c r="E37" s="8">
         <v>21352936</v>
       </c>
       <c r="F37" s="8">
         <v>21882796</v>
       </c>
       <c r="G37" s="8">
         <v>22786857</v>
       </c>
       <c r="H37" s="8">
         <v>23144400</v>
       </c>
       <c r="I37" s="8">
         <v>19992873</v>
       </c>
       <c r="J37" s="8">
         <v>23642599</v>
       </c>
       <c r="K37" s="8">
         <v>23152949</v>
       </c>
       <c r="L37" s="8">
         <v>21475366</v>
       </c>
       <c r="M37" s="8">
         <v>19596546</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B38" s="8">
         <v>405905</v>
       </c>
       <c r="C38" s="8">
         <v>506901</v>
       </c>
       <c r="D38" s="8">
         <v>546402</v>
       </c>
       <c r="E38" s="8">
         <v>669851</v>
       </c>
       <c r="F38" s="8">
         <v>573294</v>
       </c>
       <c r="G38" s="8">
         <v>744839</v>
       </c>
       <c r="H38" s="8">
         <v>706130</v>
       </c>
       <c r="I38" s="8">
         <v>714193</v>
       </c>
       <c r="J38" s="8">
         <v>734842</v>
       </c>
       <c r="K38" s="8">
         <v>803270</v>
       </c>
       <c r="L38" s="8">
         <v>782343</v>
       </c>
       <c r="M38" s="8">
         <v>976477</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B39" s="8">
         <v>3419613</v>
       </c>
       <c r="C39" s="8">
         <v>3313644</v>
       </c>
       <c r="D39" s="8">
         <v>4281989</v>
       </c>
       <c r="E39" s="8">
         <v>3532170</v>
       </c>
       <c r="F39" s="8">
         <v>3306615</v>
       </c>
       <c r="G39" s="8">
         <v>4199380</v>
       </c>
       <c r="H39" s="8">
         <v>3229297</v>
       </c>
       <c r="I39" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="J39" s="8">
         <v>3980764</v>
       </c>
       <c r="K39" s="8">
         <v>2814802</v>
       </c>
       <c r="L39" s="8">
         <v>3057404</v>
       </c>
       <c r="M39" s="8">
         <v>5265991</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B40" s="8">
         <v>1202230572</v>
       </c>
       <c r="C40" s="8">
         <v>1189188579</v>
       </c>
       <c r="D40" s="8">
         <v>1186563532</v>
       </c>
       <c r="E40" s="8">
         <v>1112530406</v>
       </c>
       <c r="F40" s="8">
         <v>1058352812</v>
       </c>
       <c r="G40" s="8">
         <v>1036900424</v>
       </c>
       <c r="H40" s="8">
         <v>961211164</v>
       </c>
       <c r="I40" s="8">
         <v>913088913</v>
       </c>
       <c r="J40" s="8">
         <v>999294194</v>
       </c>
       <c r="K40" s="8">
         <v>1053294085</v>
       </c>
       <c r="L40" s="8">
         <v>1113088654</v>
       </c>
       <c r="M40" s="8">
         <v>1256340780</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B41" s="8">
         <v>171243451</v>
       </c>
       <c r="C41" s="8">
         <v>171496471</v>
       </c>
       <c r="D41" s="8">
         <v>180985573</v>
       </c>
       <c r="E41" s="8">
         <v>183192561</v>
       </c>
       <c r="F41" s="8">
         <v>185675691</v>
       </c>
       <c r="G41" s="8">
         <v>199604950</v>
       </c>
       <c r="H41" s="8">
         <v>202719996</v>
       </c>
       <c r="I41" s="8">
         <v>207411876</v>
       </c>
       <c r="J41" s="8">
         <v>213416768</v>
       </c>
       <c r="K41" s="8">
         <v>204275599</v>
       </c>
       <c r="L41" s="8">
         <v>198338437</v>
       </c>
       <c r="M41" s="8">
         <v>204912643</v>
       </c>
       <c r="N41" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B42" s="8">
         <v>1030987121</v>
       </c>
       <c r="C42" s="8">
         <v>1017692108</v>
       </c>
       <c r="D42" s="8">
         <v>1005577958</v>
       </c>
       <c r="E42" s="8">
         <v>929337845</v>
       </c>
       <c r="F42" s="8">
         <v>872677121</v>
       </c>
       <c r="G42" s="8">
         <v>837295474</v>
       </c>
       <c r="H42" s="8">
         <v>758491168</v>
       </c>
       <c r="I42" s="8">
         <v>705677037</v>
       </c>
       <c r="J42" s="8">
         <v>785877426</v>
       </c>
       <c r="K42" s="8">
         <v>849018486</v>
       </c>
       <c r="L42" s="8">
         <v>914750217</v>
       </c>
       <c r="M42" s="8">
         <v>1051428137</v>
       </c>
       <c r="N42" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="43" ht="12" customHeight="1"/>
     <row r="44" ht="14" customHeight="1">
       <c r="A44" s="10" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B44" s="10"/>
       <c r="C44" s="10"/>
       <c r="D44" s="10"/>
       <c r="E44" s="10"/>
       <c r="F44" s="10"/>
       <c r="G44" s="10"/>
       <c r="H44" s="10"/>
       <c r="I44" s="10"/>
       <c r="J44" s="10"/>
       <c r="K44" s="10"/>
       <c r="L44" s="10"/>
       <c r="M44" s="10"/>
       <c r="N44" s="10"/>
     </row>
     <row r="45" ht="14" customHeight="1">
       <c r="A45" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B45" s="11"/>
       <c r="C45" s="11"/>
       <c r="D45" s="11"/>
       <c r="E45" s="11"/>
       <c r="F45" s="11"/>
       <c r="G45" s="11"/>
       <c r="H45" s="11"/>
       <c r="I45" s="11"/>
       <c r="J45" s="11"/>
       <c r="K45" s="11"/>
       <c r="L45" s="11"/>
       <c r="M45" s="11"/>
       <c r="N45" s="11"/>
     </row>
     <row r="46" ht="29" customHeight="1">
       <c r="A46" s="12" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B46" s="12"/>
       <c r="C46" s="12"/>
       <c r="D46" s="12"/>
       <c r="E46" s="12"/>
       <c r="F46" s="12"/>
       <c r="G46" s="12"/>
       <c r="H46" s="12"/>
       <c r="I46" s="12"/>
       <c r="J46" s="12"/>
       <c r="K46" s="12"/>
       <c r="L46" s="12"/>
       <c r="M46" s="12"/>
       <c r="N46" s="12"/>
     </row>
     <row r="47" ht="14" customHeight="1">
       <c r="A47" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B47" s="11"/>
       <c r="C47" s="11"/>
       <c r="D47" s="11"/>
       <c r="E47" s="11"/>
       <c r="F47" s="11"/>
       <c r="G47" s="11"/>
       <c r="H47" s="11"/>
       <c r="I47" s="11"/>
       <c r="J47" s="11"/>
       <c r="K47" s="11"/>
       <c r="L47" s="11"/>
       <c r="M47" s="11"/>
       <c r="N47" s="11"/>
     </row>
     <row r="48" ht="12" customHeight="1">
       <c r="A48" s="13" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B48" s="13"/>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="13"/>
       <c r="G48" s="13"/>
       <c r="H48" s="13"/>
       <c r="I48" s="13"/>
       <c r="J48" s="13"/>
       <c r="K48" s="13"/>
       <c r="L48" s="13"/>
       <c r="M48" s="13"/>
       <c r="N48" s="13"/>
     </row>
     <row r="49" ht="14" customHeight="1">
       <c r="A49" s="12" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="12"/>
       <c r="E49" s="12"/>
       <c r="F49" s="12"/>
       <c r="G49" s="12"/>
       <c r="H49" s="12"/>
       <c r="I49" s="12"/>
       <c r="J49" s="12"/>
       <c r="K49" s="12"/>
       <c r="L49" s="12"/>
       <c r="M49" s="12"/>
       <c r="N49" s="12"/>
     </row>
     <row r="50" ht="43" customHeight="1">
       <c r="A50" s="12" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B50" s="12"/>
       <c r="C50" s="12"/>
       <c r="D50" s="12"/>
       <c r="E50" s="12"/>
       <c r="F50" s="12"/>
       <c r="G50" s="12"/>
       <c r="H50" s="12"/>
       <c r="I50" s="12"/>
       <c r="J50" s="12"/>
       <c r="K50" s="12"/>
       <c r="L50" s="12"/>
       <c r="M50" s="12"/>
       <c r="N50" s="12"/>
     </row>
     <row r="51" ht="14" customHeight="1">
       <c r="A51" s="12" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B51" s="12"/>
       <c r="C51" s="12"/>
       <c r="D51" s="12"/>
       <c r="E51" s="12"/>
       <c r="F51" s="12"/>
       <c r="G51" s="12"/>
       <c r="H51" s="12"/>
       <c r="I51" s="12"/>
       <c r="J51" s="12"/>
       <c r="K51" s="12"/>
       <c r="L51" s="12"/>
       <c r="M51" s="12"/>
       <c r="N51" s="12"/>
     </row>
     <row r="52" ht="14" customHeight="1">
       <c r="A52" s="12" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B52" s="12"/>
       <c r="C52" s="12"/>
       <c r="D52" s="12"/>
       <c r="E52" s="12"/>
       <c r="F52" s="12"/>
       <c r="G52" s="12"/>
       <c r="H52" s="12"/>
       <c r="I52" s="12"/>
       <c r="J52" s="12"/>
       <c r="K52" s="12"/>
       <c r="L52" s="12"/>
       <c r="M52" s="12"/>
       <c r="N52" s="12"/>
     </row>
     <row r="53" ht="12" customHeight="1">
       <c r="A53" s="13" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B53" s="13"/>
       <c r="C53" s="13"/>
       <c r="D53" s="13"/>
       <c r="E53" s="13"/>
       <c r="F53" s="13"/>
       <c r="G53" s="13"/>
       <c r="H53" s="13"/>
       <c r="I53" s="13"/>
       <c r="J53" s="13"/>
       <c r="K53" s="13"/>
       <c r="L53" s="13"/>
       <c r="M53" s="13"/>
       <c r="N53" s="13"/>
     </row>
     <row r="54" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A44:N44"/>
@@ -22598,1775 +22838,1775 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B9" s="8">
         <v>1722</v>
       </c>
       <c r="C9" s="8">
         <v>1691</v>
       </c>
       <c r="D9" s="8">
         <v>3533</v>
       </c>
       <c r="E9" s="8">
         <v>1712</v>
       </c>
       <c r="F9" s="8">
         <v>1708</v>
       </c>
       <c r="G9" s="8">
         <v>3563</v>
       </c>
       <c r="H9" s="8">
         <v>1707</v>
       </c>
       <c r="I9" s="8">
         <v>1698</v>
       </c>
       <c r="J9" s="8">
         <v>3562</v>
       </c>
       <c r="K9" s="8">
         <v>1725</v>
       </c>
       <c r="L9" s="8">
         <v>1694</v>
       </c>
       <c r="M9" s="8">
         <v>8026</v>
       </c>
       <c r="N9" s="8">
         <v>8361</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B10" s="8">
         <v>49163221</v>
       </c>
       <c r="C10" s="8">
         <v>41727244</v>
       </c>
       <c r="D10" s="8">
         <v>28511624</v>
       </c>
       <c r="E10" s="8">
         <v>16397276</v>
       </c>
       <c r="F10" s="8">
         <v>15226663</v>
       </c>
       <c r="G10" s="8">
         <v>13985979</v>
       </c>
       <c r="H10" s="8">
         <v>8290986</v>
       </c>
       <c r="I10" s="8">
         <v>39365211</v>
       </c>
       <c r="J10" s="8">
         <v>138736869</v>
       </c>
       <c r="K10" s="8">
         <v>170367400</v>
       </c>
       <c r="L10" s="8">
         <v>136185339</v>
       </c>
       <c r="M10" s="8">
         <v>214034971</v>
       </c>
       <c r="N10" s="8">
         <v>871992783</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B11" s="8">
         <v>39323743</v>
       </c>
       <c r="C11" s="8">
         <v>35679598</v>
       </c>
       <c r="D11" s="8">
         <v>18562576</v>
       </c>
       <c r="E11" s="8">
         <v>9092686</v>
       </c>
       <c r="F11" s="8">
         <v>8340046</v>
       </c>
       <c r="G11" s="8">
         <v>5723118</v>
       </c>
       <c r="H11" s="8">
         <v>2366979</v>
       </c>
       <c r="I11" s="8">
         <v>22521572</v>
       </c>
       <c r="J11" s="8">
         <v>122561489</v>
       </c>
       <c r="K11" s="8">
         <v>162794592</v>
       </c>
       <c r="L11" s="8">
         <v>129610644</v>
       </c>
       <c r="M11" s="8">
         <v>205336112</v>
       </c>
       <c r="N11" s="8">
         <v>761913155</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B12" s="8">
         <v>6096359</v>
       </c>
       <c r="C12" s="8">
         <v>2583652</v>
       </c>
       <c r="D12" s="8">
         <v>4894175</v>
       </c>
       <c r="E12" s="8">
         <v>2189601</v>
       </c>
       <c r="F12" s="8">
         <v>1806116</v>
       </c>
       <c r="G12" s="8">
         <v>2000212</v>
       </c>
       <c r="H12" s="8">
         <v>2046040</v>
       </c>
       <c r="I12" s="8">
         <v>12195399</v>
       </c>
       <c r="J12" s="8">
         <v>11041073</v>
       </c>
       <c r="K12" s="8">
         <v>3684973</v>
       </c>
       <c r="L12" s="8">
         <v>2778240</v>
       </c>
       <c r="M12" s="8">
         <v>3020451</v>
       </c>
       <c r="N12" s="8">
         <v>54336293</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B13" s="8">
         <v>2406905</v>
       </c>
       <c r="C13" s="8">
         <v>1915508</v>
       </c>
       <c r="D13" s="8">
         <v>2613336</v>
       </c>
       <c r="E13" s="8">
         <v>3716910</v>
       </c>
       <c r="F13" s="8">
         <v>3450122</v>
       </c>
       <c r="G13" s="8">
         <v>3574612</v>
       </c>
       <c r="H13" s="8">
         <v>2521740</v>
       </c>
       <c r="I13" s="8">
         <v>2906569</v>
       </c>
       <c r="J13" s="8">
         <v>2862001</v>
       </c>
       <c r="K13" s="8">
         <v>2489025</v>
       </c>
       <c r="L13" s="8">
         <v>2477981</v>
       </c>
       <c r="M13" s="8">
         <v>1459970</v>
       </c>
       <c r="N13" s="8">
         <v>32394679</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B14" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C14" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D14" s="8">
         <v>184050</v>
       </c>
       <c r="E14" s="8">
         <v>154692</v>
       </c>
       <c r="F14" s="8">
         <v>107683</v>
       </c>
       <c r="G14" s="8">
         <v>126439</v>
       </c>
       <c r="H14" s="8">
         <v>37801</v>
       </c>
       <c r="I14" s="8">
         <v>132135</v>
       </c>
       <c r="J14" s="8">
         <v>56806</v>
       </c>
       <c r="K14" s="8">
         <v>56156</v>
       </c>
       <c r="L14" s="8">
         <v>91053</v>
       </c>
       <c r="M14" s="8">
         <v>165046</v>
       </c>
       <c r="N14" s="8">
         <v>1275330</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B15" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C15" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D15" s="8">
         <v>2257487</v>
       </c>
       <c r="E15" s="8">
         <v>1243389</v>
       </c>
       <c r="F15" s="8">
         <v>1522695</v>
       </c>
       <c r="G15" s="8">
         <v>2561599</v>
       </c>
       <c r="H15" s="8">
         <v>1318425</v>
       </c>
       <c r="I15" s="8">
         <v>1609535</v>
       </c>
       <c r="J15" s="8">
         <v>2215499</v>
       </c>
       <c r="K15" s="8">
         <v>1342654</v>
       </c>
       <c r="L15" s="8">
         <v>1227420</v>
       </c>
       <c r="M15" s="8">
         <v>4053393</v>
       </c>
       <c r="N15" s="8">
         <v>22073327</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B16" s="8">
         <v>51760054</v>
       </c>
       <c r="C16" s="8">
         <v>51730203</v>
       </c>
       <c r="D16" s="8">
         <v>67881154</v>
       </c>
       <c r="E16" s="8">
         <v>58351466</v>
       </c>
       <c r="F16" s="8">
         <v>63095593</v>
       </c>
       <c r="G16" s="8">
         <v>63021516</v>
       </c>
       <c r="H16" s="8">
         <v>53554325</v>
       </c>
       <c r="I16" s="8">
         <v>65657343</v>
       </c>
       <c r="J16" s="8">
         <v>60100257</v>
       </c>
       <c r="K16" s="8">
         <v>66225865</v>
       </c>
       <c r="L16" s="8">
         <v>62722968</v>
       </c>
       <c r="M16" s="8">
         <v>74066620</v>
       </c>
       <c r="N16" s="8">
         <v>738167365</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B17" s="8">
         <v>45409383</v>
       </c>
       <c r="C17" s="8">
         <v>45707168</v>
       </c>
       <c r="D17" s="8">
         <v>60456303</v>
       </c>
       <c r="E17" s="8">
         <v>51590184</v>
       </c>
       <c r="F17" s="8">
         <v>55324969</v>
       </c>
       <c r="G17" s="8">
         <v>55554621</v>
       </c>
       <c r="H17" s="8">
         <v>46470309</v>
       </c>
       <c r="I17" s="8">
         <v>57958703</v>
       </c>
       <c r="J17" s="8">
         <v>52353272</v>
       </c>
       <c r="K17" s="8">
         <v>57384036</v>
       </c>
       <c r="L17" s="8">
         <v>54311952</v>
       </c>
       <c r="M17" s="8">
         <v>64155100</v>
       </c>
       <c r="N17" s="8">
         <v>646676000</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B18" s="8">
         <v>1250581</v>
       </c>
       <c r="C18" s="8">
         <v>861242</v>
       </c>
       <c r="D18" s="8">
         <v>902434</v>
       </c>
       <c r="E18" s="8">
         <v>784004</v>
       </c>
       <c r="F18" s="8">
         <v>923718</v>
       </c>
       <c r="G18" s="8">
         <v>733681</v>
       </c>
       <c r="H18" s="8">
         <v>685944</v>
       </c>
       <c r="I18" s="8">
         <v>1005830</v>
       </c>
       <c r="J18" s="8">
         <v>624157</v>
       </c>
       <c r="K18" s="8">
         <v>812743</v>
       </c>
       <c r="L18" s="8">
         <v>828174</v>
       </c>
       <c r="M18" s="8">
         <v>1022882</v>
       </c>
       <c r="N18" s="8">
         <v>10435390</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B19" s="8">
         <v>1588443</v>
       </c>
       <c r="C19" s="8">
         <v>1709299</v>
       </c>
       <c r="D19" s="8">
         <v>1853015</v>
       </c>
       <c r="E19" s="8">
         <v>1921014</v>
       </c>
       <c r="F19" s="8">
         <v>2144837</v>
       </c>
       <c r="G19" s="8">
         <v>2128471</v>
       </c>
       <c r="H19" s="8">
         <v>2094102</v>
       </c>
       <c r="I19" s="8">
         <v>2758069</v>
       </c>
       <c r="J19" s="8">
         <v>2333018</v>
       </c>
       <c r="K19" s="8">
         <v>3648092</v>
       </c>
       <c r="L19" s="8">
         <v>3788380</v>
       </c>
       <c r="M19" s="8">
         <v>2968376</v>
       </c>
       <c r="N19" s="8">
         <v>28935116</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B20" s="8">
         <v>38764</v>
       </c>
       <c r="C20" s="8">
         <v>41516</v>
       </c>
       <c r="D20" s="8">
         <v>77792</v>
       </c>
       <c r="E20" s="8">
         <v>65090</v>
       </c>
       <c r="F20" s="8">
         <v>119014</v>
       </c>
       <c r="G20" s="8">
         <v>159913</v>
       </c>
       <c r="H20" s="8">
         <v>88099</v>
       </c>
       <c r="I20" s="8">
         <v>145659</v>
       </c>
       <c r="J20" s="8">
         <v>122547</v>
       </c>
       <c r="K20" s="8">
         <v>116085</v>
       </c>
       <c r="L20" s="8">
         <v>130145</v>
       </c>
       <c r="M20" s="8">
         <v>254320</v>
       </c>
       <c r="N20" s="8">
         <v>1358944</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B21" s="8">
         <v>3472883</v>
       </c>
       <c r="C21" s="8">
         <v>3410979</v>
       </c>
       <c r="D21" s="8">
         <v>4591610</v>
       </c>
       <c r="E21" s="8">
         <v>3991175</v>
       </c>
       <c r="F21" s="8">
         <v>4583055</v>
       </c>
       <c r="G21" s="8">
         <v>4444829</v>
       </c>
       <c r="H21" s="8">
         <v>4215871</v>
       </c>
       <c r="I21" s="8">
         <v>3789081</v>
       </c>
       <c r="J21" s="8">
         <v>4667263</v>
       </c>
       <c r="K21" s="8">
         <v>4264909</v>
       </c>
       <c r="L21" s="8">
         <v>3664317</v>
       </c>
       <c r="M21" s="8">
         <v>5665942</v>
       </c>
       <c r="N21" s="8">
         <v>50761914</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B22" s="8">
         <v>51760054</v>
       </c>
       <c r="C22" s="8">
         <v>51730203</v>
       </c>
       <c r="D22" s="8">
         <v>67881154</v>
       </c>
       <c r="E22" s="8">
         <v>58351466</v>
       </c>
       <c r="F22" s="8">
         <v>63095593</v>
       </c>
       <c r="G22" s="8">
         <v>63021516</v>
       </c>
       <c r="H22" s="8">
         <v>53554325</v>
       </c>
       <c r="I22" s="8">
         <v>65657343</v>
       </c>
       <c r="J22" s="8">
         <v>60100257</v>
       </c>
       <c r="K22" s="8">
         <v>66225865</v>
       </c>
       <c r="L22" s="8">
         <v>62722968</v>
       </c>
       <c r="M22" s="8">
         <v>74066620</v>
       </c>
       <c r="N22" s="8">
         <v>738167365</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B23" s="8">
         <v>50325281</v>
       </c>
       <c r="C23" s="8">
         <v>51217495</v>
       </c>
       <c r="D23" s="8">
         <v>66829463</v>
       </c>
       <c r="E23" s="8">
         <v>57590376</v>
       </c>
       <c r="F23" s="8">
         <v>61704640</v>
       </c>
       <c r="G23" s="8">
         <v>62255689</v>
       </c>
       <c r="H23" s="8">
         <v>52564098</v>
       </c>
       <c r="I23" s="8">
         <v>64337741</v>
       </c>
       <c r="J23" s="8">
         <v>58647350</v>
       </c>
       <c r="K23" s="8">
         <v>65295069</v>
       </c>
       <c r="L23" s="8">
         <v>61784711</v>
       </c>
       <c r="M23" s="8">
         <v>72439895</v>
       </c>
       <c r="N23" s="8">
         <v>724991808</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B24" s="8">
         <v>1434773</v>
       </c>
       <c r="C24" s="8">
         <v>512708</v>
       </c>
       <c r="D24" s="8">
         <v>1051690</v>
       </c>
       <c r="E24" s="8">
         <v>761090</v>
       </c>
       <c r="F24" s="8">
         <v>1390953</v>
       </c>
       <c r="G24" s="8">
         <v>765827</v>
       </c>
       <c r="H24" s="8">
         <v>990228</v>
       </c>
       <c r="I24" s="8">
         <v>1319602</v>
       </c>
       <c r="J24" s="8">
         <v>1452906</v>
       </c>
       <c r="K24" s="8">
         <v>930797</v>
       </c>
       <c r="L24" s="8">
         <v>938257</v>
       </c>
       <c r="M24" s="8">
         <v>1626725</v>
       </c>
       <c r="N24" s="8">
         <v>13175556</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B25" s="8">
         <v>9029641</v>
       </c>
       <c r="C25" s="8">
         <v>9409442</v>
       </c>
       <c r="D25" s="8">
         <v>9871198</v>
       </c>
       <c r="E25" s="8">
         <v>9347557</v>
       </c>
       <c r="F25" s="8">
         <v>10713010</v>
       </c>
       <c r="G25" s="8">
         <v>10657031</v>
       </c>
       <c r="H25" s="8">
         <v>9260767</v>
       </c>
       <c r="I25" s="8">
         <v>7864177</v>
       </c>
       <c r="J25" s="8">
         <v>8978038</v>
       </c>
       <c r="K25" s="8">
         <v>9616432</v>
       </c>
       <c r="L25" s="8">
         <v>9270743</v>
       </c>
       <c r="M25" s="8">
         <v>11401272</v>
       </c>
       <c r="N25" s="8">
         <v>115419307</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B26" s="8">
         <v>7917834</v>
       </c>
       <c r="C26" s="8">
         <v>8509603</v>
       </c>
       <c r="D26" s="8">
         <v>7752118</v>
       </c>
       <c r="E26" s="8">
         <v>8421187</v>
       </c>
       <c r="F26" s="8">
         <v>9673230</v>
       </c>
       <c r="G26" s="8">
         <v>9638096</v>
       </c>
       <c r="H26" s="8">
         <v>8425432</v>
       </c>
       <c r="I26" s="8">
         <v>6928078</v>
       </c>
       <c r="J26" s="8">
         <v>8297505</v>
       </c>
       <c r="K26" s="8">
         <v>8780961</v>
       </c>
       <c r="L26" s="8">
         <v>8274460</v>
       </c>
       <c r="M26" s="8">
         <v>10456915</v>
       </c>
       <c r="N26" s="8">
         <v>103075418</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B27" s="8">
         <v>824446</v>
       </c>
       <c r="C27" s="8">
         <v>709004</v>
       </c>
       <c r="D27" s="8">
         <v>1733306</v>
       </c>
       <c r="E27" s="8">
         <v>624027</v>
       </c>
       <c r="F27" s="8">
         <v>704012</v>
       </c>
       <c r="G27" s="8">
         <v>726889</v>
       </c>
       <c r="H27" s="8">
         <v>543212</v>
       </c>
       <c r="I27" s="8">
         <v>697120</v>
       </c>
       <c r="J27" s="8">
         <v>502232</v>
       </c>
       <c r="K27" s="8">
         <v>640048</v>
       </c>
       <c r="L27" s="8">
         <v>806210</v>
       </c>
       <c r="M27" s="8">
         <v>789773</v>
       </c>
       <c r="N27" s="8">
         <v>9300278</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B28" s="8">
         <v>143460</v>
       </c>
       <c r="C28" s="8">
         <v>113148</v>
       </c>
       <c r="D28" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E28" s="8">
         <v>88022</v>
       </c>
       <c r="F28" s="8">
         <v>152190</v>
       </c>
       <c r="G28" s="8">
         <v>130371</v>
       </c>
       <c r="H28" s="8">
         <v>143965</v>
       </c>
       <c r="I28" s="8">
         <v>136753</v>
       </c>
       <c r="J28" s="8">
         <v>112031</v>
       </c>
       <c r="K28" s="8">
         <v>137754</v>
       </c>
       <c r="L28" s="8">
         <v>124603</v>
       </c>
       <c r="M28" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="N28" s="8">
         <v>1577270</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B29" s="8">
         <v>143901</v>
       </c>
       <c r="C29" s="8">
         <v>77687</v>
       </c>
       <c r="D29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E29" s="8">
         <v>214321</v>
       </c>
       <c r="F29" s="8">
         <v>183579</v>
       </c>
       <c r="G29" s="8">
         <v>161675</v>
       </c>
       <c r="H29" s="8">
         <v>148158</v>
       </c>
       <c r="I29" s="8">
         <v>102226</v>
       </c>
       <c r="J29" s="8">
         <v>66270</v>
       </c>
       <c r="K29" s="8">
         <v>57668</v>
       </c>
       <c r="L29" s="8">
         <v>65470</v>
       </c>
       <c r="M29" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="N29" s="8">
         <v>1466340</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B30" s="8">
         <v>7245134</v>
       </c>
       <c r="C30" s="8">
         <v>7826430</v>
       </c>
       <c r="D30" s="8">
         <v>6935334</v>
       </c>
       <c r="E30" s="8">
         <v>7836699</v>
       </c>
       <c r="F30" s="8">
         <v>9400019</v>
       </c>
       <c r="G30" s="8">
         <v>9286532</v>
       </c>
       <c r="H30" s="8">
         <v>8175045</v>
       </c>
       <c r="I30" s="8">
         <v>6286228</v>
       </c>
       <c r="J30" s="8">
         <v>7074924</v>
       </c>
       <c r="K30" s="8">
         <v>7689291</v>
       </c>
       <c r="L30" s="8">
         <v>7285249</v>
       </c>
       <c r="M30" s="8">
         <v>6381219</v>
       </c>
       <c r="N30" s="8">
         <v>91422105</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B31" s="8">
         <v>3389471</v>
       </c>
       <c r="C31" s="8">
         <v>3571016</v>
       </c>
       <c r="D31" s="8">
         <v>3683626</v>
       </c>
       <c r="E31" s="8">
         <v>3726094</v>
       </c>
       <c r="F31" s="8">
         <v>3981056</v>
       </c>
       <c r="G31" s="8">
         <v>3764303</v>
       </c>
       <c r="H31" s="8">
         <v>3105358</v>
       </c>
       <c r="I31" s="8">
         <v>3488681</v>
       </c>
       <c r="J31" s="8">
         <v>2820106</v>
       </c>
       <c r="K31" s="8">
         <v>3610320</v>
       </c>
       <c r="L31" s="8">
         <v>3521737</v>
       </c>
       <c r="M31" s="8">
         <v>2875575</v>
       </c>
       <c r="N31" s="8">
         <v>41537342</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B32" s="8">
         <v>3855663</v>
       </c>
       <c r="C32" s="8">
         <v>4255414</v>
       </c>
       <c r="D32" s="8">
         <v>3251708</v>
       </c>
       <c r="E32" s="8">
         <v>4110606</v>
       </c>
       <c r="F32" s="8">
         <v>5418962</v>
       </c>
       <c r="G32" s="8">
         <v>5522230</v>
       </c>
       <c r="H32" s="8">
         <v>5069687</v>
       </c>
       <c r="I32" s="8">
         <v>2797548</v>
       </c>
       <c r="J32" s="8">
         <v>4254818</v>
       </c>
       <c r="K32" s="8">
         <v>4078971</v>
       </c>
       <c r="L32" s="8">
         <v>3763513</v>
       </c>
       <c r="M32" s="8">
         <v>3505644</v>
       </c>
       <c r="N32" s="8">
         <v>49884763</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B33" s="8">
         <v>1162982249</v>
       </c>
       <c r="C33" s="8">
         <v>1147978042</v>
       </c>
       <c r="D33" s="8">
         <v>1135641790</v>
       </c>
       <c r="E33" s="8">
         <v>1058806118</v>
       </c>
       <c r="F33" s="8">
         <v>999762042</v>
       </c>
       <c r="G33" s="8">
         <v>970085744</v>
       </c>
       <c r="H33" s="8">
         <v>892556830</v>
       </c>
       <c r="I33" s="8">
         <v>852686856</v>
       </c>
       <c r="J33" s="8">
         <v>939665221</v>
       </c>
       <c r="K33" s="8">
         <v>1009167845</v>
       </c>
       <c r="L33" s="8">
         <v>1075987973</v>
       </c>
       <c r="M33" s="8">
         <v>1247262197</v>
       </c>
       <c r="N33" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B34" s="8">
         <v>1083309795</v>
       </c>
       <c r="C34" s="8">
         <v>1079222064</v>
       </c>
       <c r="D34" s="8">
         <v>1090203020</v>
       </c>
       <c r="E34" s="8">
         <v>1017147384</v>
       </c>
       <c r="F34" s="8">
         <v>957788713</v>
       </c>
       <c r="G34" s="8">
         <v>925838890</v>
       </c>
       <c r="H34" s="8">
         <v>850480355</v>
       </c>
       <c r="I34" s="8">
         <v>808124034</v>
       </c>
       <c r="J34" s="8">
         <v>889340342</v>
       </c>
       <c r="K34" s="8">
         <v>968285339</v>
       </c>
       <c r="L34" s="8">
         <v>1035510258</v>
       </c>
       <c r="M34" s="8">
         <v>1203495992</v>
       </c>
       <c r="N34" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B35" s="8">
         <v>55140447</v>
       </c>
       <c r="C35" s="8">
         <v>44102954</v>
       </c>
       <c r="D35" s="8">
         <v>18775247</v>
       </c>
       <c r="E35" s="8">
         <v>14820711</v>
       </c>
       <c r="F35" s="8">
         <v>14399987</v>
       </c>
       <c r="G35" s="8">
         <v>14754487</v>
       </c>
       <c r="H35" s="8">
         <v>12803357</v>
       </c>
       <c r="I35" s="8">
         <v>14781554</v>
       </c>
       <c r="J35" s="8">
         <v>19150646</v>
       </c>
       <c r="K35" s="8">
         <v>14248535</v>
       </c>
       <c r="L35" s="8">
         <v>14718290</v>
       </c>
       <c r="M35" s="8">
         <v>18314032</v>
       </c>
       <c r="N35" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B36" s="8">
         <v>839455</v>
       </c>
       <c r="C36" s="8">
         <v>729553</v>
       </c>
       <c r="D36" s="8">
         <v>966851</v>
       </c>
       <c r="E36" s="8">
         <v>989719</v>
       </c>
       <c r="F36" s="8">
         <v>873135</v>
       </c>
       <c r="G36" s="8">
         <v>844817</v>
       </c>
       <c r="H36" s="8">
         <v>935677</v>
       </c>
       <c r="I36" s="8">
         <v>2514511</v>
       </c>
       <c r="J36" s="8">
         <v>2650301</v>
       </c>
       <c r="K36" s="8">
         <v>937260</v>
       </c>
       <c r="L36" s="8">
         <v>1046714</v>
       </c>
       <c r="M36" s="8">
         <v>742985</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B37" s="8">
         <v>20384091</v>
       </c>
       <c r="C37" s="8">
         <v>20449791</v>
       </c>
       <c r="D37" s="8">
         <v>20803533</v>
       </c>
       <c r="E37" s="8">
         <v>21908053</v>
       </c>
       <c r="F37" s="8">
         <v>22491568</v>
       </c>
       <c r="G37" s="8">
         <v>23505272</v>
       </c>
       <c r="H37" s="8">
         <v>23508043</v>
       </c>
       <c r="I37" s="8">
         <v>23142844</v>
       </c>
       <c r="J37" s="8">
         <v>23490979</v>
       </c>
       <c r="K37" s="8">
         <v>21993158</v>
       </c>
       <c r="L37" s="8">
         <v>20688753</v>
       </c>
       <c r="M37" s="8">
         <v>19051303</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B38" s="8">
         <v>254857</v>
       </c>
       <c r="C38" s="8">
         <v>277857</v>
       </c>
       <c r="D38" s="8">
         <v>336535</v>
       </c>
       <c r="E38" s="8">
         <v>398251</v>
       </c>
       <c r="F38" s="8">
         <v>409787</v>
       </c>
       <c r="G38" s="8">
         <v>526502</v>
       </c>
       <c r="H38" s="8">
         <v>467335</v>
       </c>
       <c r="I38" s="8">
         <v>529528</v>
       </c>
       <c r="J38" s="8">
         <v>578616</v>
       </c>
       <c r="K38" s="8">
         <v>490929</v>
       </c>
       <c r="L38" s="8">
         <v>552309</v>
       </c>
       <c r="M38" s="8">
         <v>462387</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B39" s="8">
         <v>3053605</v>
       </c>
       <c r="C39" s="8">
         <v>3195824</v>
       </c>
       <c r="D39" s="8">
         <v>4556604</v>
       </c>
       <c r="E39" s="8">
         <v>3541998</v>
       </c>
       <c r="F39" s="8">
         <v>3798852</v>
       </c>
       <c r="G39" s="8">
         <v>4615776</v>
       </c>
       <c r="H39" s="8">
         <v>4362063</v>
       </c>
       <c r="I39" s="8">
         <v>3594386</v>
       </c>
       <c r="J39" s="8">
         <v>4454338</v>
       </c>
       <c r="K39" s="8">
         <v>3212623</v>
       </c>
       <c r="L39" s="8">
         <v>3471649</v>
       </c>
       <c r="M39" s="8">
         <v>5195497</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B40" s="8">
         <v>1162982249</v>
       </c>
       <c r="C40" s="8">
         <v>1147978042</v>
       </c>
       <c r="D40" s="8">
         <v>1135641790</v>
       </c>
       <c r="E40" s="8">
         <v>1058806118</v>
       </c>
       <c r="F40" s="8">
         <v>999762042</v>
       </c>
       <c r="G40" s="8">
         <v>970085744</v>
       </c>
       <c r="H40" s="8">
         <v>892556830</v>
       </c>
       <c r="I40" s="8">
         <v>852686856</v>
       </c>
       <c r="J40" s="8">
         <v>939665221</v>
       </c>
       <c r="K40" s="8">
         <v>1009167845</v>
       </c>
       <c r="L40" s="8">
         <v>1075987973</v>
       </c>
       <c r="M40" s="8">
         <v>1247262197</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B41" s="8">
         <v>191067383</v>
       </c>
       <c r="C41" s="8">
         <v>190109522</v>
       </c>
       <c r="D41" s="8">
         <v>193394378</v>
       </c>
       <c r="E41" s="8">
         <v>187539294</v>
       </c>
       <c r="F41" s="8">
         <v>188010908</v>
       </c>
       <c r="G41" s="8">
         <v>203261675</v>
       </c>
       <c r="H41" s="8">
         <v>202266378</v>
       </c>
       <c r="I41" s="8">
         <v>202717313</v>
       </c>
       <c r="J41" s="8">
         <v>210821256</v>
       </c>
       <c r="K41" s="8">
         <v>196926068</v>
       </c>
       <c r="L41" s="8">
         <v>188217694</v>
       </c>
       <c r="M41" s="8">
         <v>188042133</v>
       </c>
       <c r="N41" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B42" s="8">
         <v>971914867</v>
       </c>
       <c r="C42" s="8">
         <v>957868520</v>
       </c>
       <c r="D42" s="8">
         <v>942247412</v>
       </c>
       <c r="E42" s="8">
         <v>871266824</v>
       </c>
       <c r="F42" s="8">
         <v>811751134</v>
       </c>
       <c r="G42" s="8">
         <v>766824069</v>
       </c>
       <c r="H42" s="8">
         <v>690290452</v>
       </c>
       <c r="I42" s="8">
         <v>649969543</v>
       </c>
       <c r="J42" s="8">
         <v>728843965</v>
       </c>
       <c r="K42" s="8">
         <v>812241776</v>
       </c>
       <c r="L42" s="8">
         <v>887770279</v>
       </c>
       <c r="M42" s="8">
         <v>1059220063</v>
       </c>
       <c r="N42" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="43" ht="12" customHeight="1"/>
     <row r="44" ht="14" customHeight="1">
       <c r="A44" s="10" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B44" s="10"/>
       <c r="C44" s="10"/>
       <c r="D44" s="10"/>
       <c r="E44" s="10"/>
       <c r="F44" s="10"/>
       <c r="G44" s="10"/>
       <c r="H44" s="10"/>
       <c r="I44" s="10"/>
       <c r="J44" s="10"/>
       <c r="K44" s="10"/>
       <c r="L44" s="10"/>
       <c r="M44" s="10"/>
       <c r="N44" s="10"/>
     </row>
     <row r="45" ht="14" customHeight="1">
       <c r="A45" s="12" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="B45" s="12"/>
       <c r="C45" s="12"/>
       <c r="D45" s="12"/>
       <c r="E45" s="12"/>
       <c r="F45" s="12"/>
       <c r="G45" s="12"/>
       <c r="H45" s="12"/>
       <c r="I45" s="12"/>
       <c r="J45" s="12"/>
       <c r="K45" s="12"/>
       <c r="L45" s="12"/>
       <c r="M45" s="12"/>
       <c r="N45" s="12"/>
     </row>
     <row r="46" ht="29" customHeight="1">
       <c r="A46" s="12" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B46" s="12"/>
       <c r="C46" s="12"/>
       <c r="D46" s="12"/>
       <c r="E46" s="12"/>
       <c r="F46" s="12"/>
       <c r="G46" s="12"/>
       <c r="H46" s="12"/>
       <c r="I46" s="12"/>
       <c r="J46" s="12"/>
       <c r="K46" s="12"/>
       <c r="L46" s="12"/>
       <c r="M46" s="12"/>
       <c r="N46" s="12"/>
     </row>
     <row r="47" ht="14" customHeight="1">
       <c r="A47" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B47" s="11"/>
       <c r="C47" s="11"/>
       <c r="D47" s="11"/>
       <c r="E47" s="11"/>
       <c r="F47" s="11"/>
       <c r="G47" s="11"/>
       <c r="H47" s="11"/>
       <c r="I47" s="11"/>
       <c r="J47" s="11"/>
       <c r="K47" s="11"/>
       <c r="L47" s="11"/>
       <c r="M47" s="11"/>
       <c r="N47" s="11"/>
     </row>
     <row r="48" ht="12" customHeight="1">
       <c r="A48" s="13" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B48" s="13"/>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="13"/>
       <c r="G48" s="13"/>
       <c r="H48" s="13"/>
       <c r="I48" s="13"/>
       <c r="J48" s="13"/>
       <c r="K48" s="13"/>
       <c r="L48" s="13"/>
       <c r="M48" s="13"/>
       <c r="N48" s="13"/>
     </row>
     <row r="49" ht="14" customHeight="1">
       <c r="A49" s="12" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="12"/>
       <c r="E49" s="12"/>
       <c r="F49" s="12"/>
       <c r="G49" s="12"/>
       <c r="H49" s="12"/>
       <c r="I49" s="12"/>
       <c r="J49" s="12"/>
       <c r="K49" s="12"/>
       <c r="L49" s="12"/>
       <c r="M49" s="12"/>
       <c r="N49" s="12"/>
     </row>
     <row r="50" ht="43" customHeight="1">
       <c r="A50" s="12" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B50" s="12"/>
       <c r="C50" s="12"/>
       <c r="D50" s="12"/>
       <c r="E50" s="12"/>
       <c r="F50" s="12"/>
       <c r="G50" s="12"/>
       <c r="H50" s="12"/>
       <c r="I50" s="12"/>
       <c r="J50" s="12"/>
       <c r="K50" s="12"/>
       <c r="L50" s="12"/>
       <c r="M50" s="12"/>
       <c r="N50" s="12"/>
     </row>
     <row r="51" ht="14" customHeight="1">
       <c r="A51" s="12" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B51" s="12"/>
       <c r="C51" s="12"/>
       <c r="D51" s="12"/>
       <c r="E51" s="12"/>
       <c r="F51" s="12"/>
       <c r="G51" s="12"/>
       <c r="H51" s="12"/>
       <c r="I51" s="12"/>
       <c r="J51" s="12"/>
       <c r="K51" s="12"/>
       <c r="L51" s="12"/>
       <c r="M51" s="12"/>
       <c r="N51" s="12"/>
     </row>
     <row r="52" ht="14" customHeight="1">
       <c r="A52" s="12" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B52" s="12"/>
       <c r="C52" s="12"/>
       <c r="D52" s="12"/>
       <c r="E52" s="12"/>
       <c r="F52" s="12"/>
       <c r="G52" s="12"/>
       <c r="H52" s="12"/>
       <c r="I52" s="12"/>
       <c r="J52" s="12"/>
       <c r="K52" s="12"/>
       <c r="L52" s="12"/>
       <c r="M52" s="12"/>
       <c r="N52" s="12"/>
     </row>
     <row r="53" ht="12" customHeight="1">
       <c r="A53" s="13" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B53" s="13"/>
       <c r="C53" s="13"/>
       <c r="D53" s="13"/>
       <c r="E53" s="13"/>
       <c r="F53" s="13"/>
       <c r="G53" s="13"/>
       <c r="H53" s="13"/>
       <c r="I53" s="13"/>
       <c r="J53" s="13"/>
       <c r="K53" s="13"/>
       <c r="L53" s="13"/>
       <c r="M53" s="13"/>
       <c r="N53" s="13"/>
     </row>
     <row r="54" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A44:N44"/>
@@ -24408,1775 +24648,1775 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B9" s="8">
         <v>1805</v>
       </c>
       <c r="C9" s="8">
         <v>1776</v>
       </c>
       <c r="D9" s="8">
         <v>3525</v>
       </c>
       <c r="E9" s="8">
         <v>1783</v>
       </c>
       <c r="F9" s="8">
         <v>1776</v>
       </c>
       <c r="G9" s="8">
         <v>3522</v>
       </c>
       <c r="H9" s="8">
         <v>1783</v>
       </c>
       <c r="I9" s="8">
         <v>1773</v>
       </c>
       <c r="J9" s="8">
         <v>3545</v>
       </c>
       <c r="K9" s="8">
         <v>1779</v>
       </c>
       <c r="L9" s="8">
         <v>1757</v>
       </c>
       <c r="M9" s="8">
         <v>7923</v>
       </c>
       <c r="N9" s="8">
         <v>8293</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B10" s="8">
         <v>66788746</v>
       </c>
       <c r="C10" s="8">
         <v>44731148</v>
       </c>
       <c r="D10" s="8">
         <v>27622408</v>
       </c>
       <c r="E10" s="8">
         <v>11591648</v>
       </c>
       <c r="F10" s="8">
         <v>13867818</v>
       </c>
       <c r="G10" s="8">
         <v>14185245</v>
       </c>
       <c r="H10" s="8">
         <v>11148881</v>
       </c>
       <c r="I10" s="8">
         <v>46444619</v>
       </c>
       <c r="J10" s="8">
         <v>143785090</v>
       </c>
       <c r="K10" s="8">
         <v>181387967</v>
       </c>
       <c r="L10" s="8">
         <v>132032497</v>
       </c>
       <c r="M10" s="8">
         <v>196368476</v>
       </c>
       <c r="N10" s="8">
         <v>889954542</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B11" s="8">
         <v>45771591</v>
       </c>
       <c r="C11" s="8">
         <v>27732634</v>
       </c>
       <c r="D11" s="8">
         <v>16295549</v>
       </c>
       <c r="E11" s="8">
         <v>7529140</v>
       </c>
       <c r="F11" s="8">
         <v>10608061</v>
       </c>
       <c r="G11" s="8">
         <v>8095185</v>
       </c>
       <c r="H11" s="8">
         <v>7698524</v>
       </c>
       <c r="I11" s="8">
         <v>34323081</v>
       </c>
       <c r="J11" s="8">
         <v>128286012</v>
       </c>
       <c r="K11" s="8">
         <v>152046737</v>
       </c>
       <c r="L11" s="8">
         <v>98529216</v>
       </c>
       <c r="M11" s="8">
         <v>128390460</v>
       </c>
       <c r="N11" s="8">
         <v>665306188</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B12" s="8">
         <v>17025649</v>
       </c>
       <c r="C12" s="8">
         <v>13637773</v>
       </c>
       <c r="D12" s="8">
         <v>5658462</v>
       </c>
       <c r="E12" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F12" s="8">
         <v>-1496085</v>
       </c>
       <c r="G12" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H12" s="8">
         <v>-780837</v>
       </c>
       <c r="I12" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="J12" s="8">
         <v>10295895</v>
       </c>
       <c r="K12" s="8">
         <v>24947472</v>
       </c>
       <c r="L12" s="8">
         <v>30042122</v>
       </c>
       <c r="M12" s="8">
         <v>63177562</v>
       </c>
       <c r="N12" s="8">
         <v>169665738</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B13" s="8">
         <v>3045803</v>
       </c>
       <c r="C13" s="8">
         <v>2381077</v>
       </c>
       <c r="D13" s="8">
         <v>3449808</v>
       </c>
       <c r="E13" s="8">
         <v>2990951</v>
       </c>
       <c r="F13" s="8">
         <v>3339482</v>
       </c>
       <c r="G13" s="8">
         <v>3316634</v>
       </c>
       <c r="H13" s="8">
         <v>3102566</v>
       </c>
       <c r="I13" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="J13" s="8">
         <v>2975224</v>
       </c>
       <c r="K13" s="8">
         <v>2971313</v>
       </c>
       <c r="L13" s="8">
         <v>2164779</v>
       </c>
       <c r="M13" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="N13" s="8">
         <v>34556917</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>4506</v>
       </c>
       <c r="C14" s="8">
         <v>1885</v>
       </c>
       <c r="D14" s="8">
         <v>115293</v>
       </c>
       <c r="E14" s="8">
         <v>3031</v>
       </c>
       <c r="F14" s="8">
         <v>21650</v>
       </c>
       <c r="G14" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H14" s="8">
         <v>24389</v>
       </c>
       <c r="I14" s="8">
         <v>2038</v>
       </c>
       <c r="J14" s="8">
         <v>57677</v>
       </c>
       <c r="K14" s="8">
         <v>10735</v>
       </c>
       <c r="L14" s="8">
         <v>3261</v>
       </c>
       <c r="M14" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="N14" s="8">
         <v>843233</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B15" s="8">
         <v>941196</v>
       </c>
       <c r="C15" s="8">
         <v>977779</v>
       </c>
       <c r="D15" s="8">
         <v>2103296</v>
       </c>
       <c r="E15" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F15" s="8">
         <v>1394710</v>
       </c>
       <c r="G15" s="8">
         <v>2326548</v>
       </c>
       <c r="H15" s="8">
         <v>1104239</v>
       </c>
       <c r="I15" s="8">
         <v>1651759</v>
       </c>
       <c r="J15" s="8">
         <v>2170282</v>
       </c>
       <c r="K15" s="8">
         <v>1411710</v>
       </c>
       <c r="L15" s="8">
         <v>1293119</v>
       </c>
       <c r="M15" s="9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="N15" s="8">
         <v>19582467</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B16" s="8">
         <v>49452156</v>
       </c>
       <c r="C16" s="8">
         <v>50951313</v>
       </c>
       <c r="D16" s="8">
         <v>62865691</v>
       </c>
       <c r="E16" s="8">
         <v>50951399</v>
       </c>
       <c r="F16" s="8">
         <v>58925006</v>
       </c>
       <c r="G16" s="8">
         <v>62853519</v>
       </c>
       <c r="H16" s="8">
         <v>51056617</v>
       </c>
       <c r="I16" s="8">
         <v>59067209</v>
       </c>
       <c r="J16" s="8">
         <v>62119510</v>
       </c>
       <c r="K16" s="8">
         <v>64459833</v>
       </c>
       <c r="L16" s="8">
         <v>64477331</v>
       </c>
       <c r="M16" s="8">
         <v>71698455</v>
       </c>
       <c r="N16" s="8">
         <v>708878041</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B17" s="8">
         <v>39560190</v>
       </c>
       <c r="C17" s="8">
         <v>41475747</v>
       </c>
       <c r="D17" s="8">
         <v>49387601</v>
       </c>
       <c r="E17" s="8">
         <v>41038848</v>
       </c>
       <c r="F17" s="8">
         <v>47287987</v>
       </c>
       <c r="G17" s="8">
         <v>49322796</v>
       </c>
       <c r="H17" s="8">
         <v>40727875</v>
       </c>
       <c r="I17" s="8">
         <v>46130405</v>
       </c>
       <c r="J17" s="8">
         <v>48020610</v>
       </c>
       <c r="K17" s="8">
         <v>51095584</v>
       </c>
       <c r="L17" s="8">
         <v>50504399</v>
       </c>
       <c r="M17" s="8">
         <v>54303743</v>
       </c>
       <c r="N17" s="8">
         <v>558855783</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B18" s="8">
         <v>4983296</v>
       </c>
       <c r="C18" s="8">
         <v>4771090</v>
       </c>
       <c r="D18" s="8">
         <v>7427492</v>
       </c>
       <c r="E18" s="8">
         <v>4806413</v>
       </c>
       <c r="F18" s="8">
         <v>5121594</v>
       </c>
       <c r="G18" s="8">
         <v>6109855</v>
       </c>
       <c r="H18" s="8">
         <v>4616925</v>
       </c>
       <c r="I18" s="8">
         <v>6272846</v>
       </c>
       <c r="J18" s="8">
         <v>6943456</v>
       </c>
       <c r="K18" s="8">
         <v>5963247</v>
       </c>
       <c r="L18" s="8">
         <v>6419451</v>
       </c>
       <c r="M18" s="8">
         <v>9385623</v>
       </c>
       <c r="N18" s="8">
         <v>72821289</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B19" s="8">
         <v>1716073</v>
       </c>
       <c r="C19" s="8">
         <v>1746110</v>
       </c>
       <c r="D19" s="8">
         <v>1677250</v>
       </c>
       <c r="E19" s="8">
         <v>1860594</v>
       </c>
       <c r="F19" s="8">
         <v>2399860</v>
       </c>
       <c r="G19" s="8">
         <v>2131298</v>
       </c>
       <c r="H19" s="8">
         <v>1974871</v>
       </c>
       <c r="I19" s="8">
         <v>2393834</v>
       </c>
       <c r="J19" s="8">
         <v>2766389</v>
       </c>
       <c r="K19" s="8">
         <v>3357936</v>
       </c>
       <c r="L19" s="8">
         <v>3851284</v>
       </c>
       <c r="M19" s="8">
         <v>2922222</v>
       </c>
       <c r="N19" s="8">
         <v>28797721</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B20" s="8">
         <v>33407</v>
       </c>
       <c r="C20" s="8">
         <v>42852</v>
       </c>
       <c r="D20" s="8">
         <v>61546</v>
       </c>
       <c r="E20" s="8">
         <v>59759</v>
       </c>
       <c r="F20" s="8">
         <v>70685</v>
       </c>
       <c r="G20" s="8">
         <v>125751</v>
       </c>
       <c r="H20" s="8">
         <v>64520</v>
       </c>
       <c r="I20" s="8">
         <v>71933</v>
       </c>
       <c r="J20" s="8">
         <v>95592</v>
       </c>
       <c r="K20" s="8">
         <v>75410</v>
       </c>
       <c r="L20" s="8">
         <v>91387</v>
       </c>
       <c r="M20" s="8">
         <v>188689</v>
       </c>
       <c r="N20" s="8">
         <v>981531</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B21" s="8">
         <v>3159192</v>
       </c>
       <c r="C21" s="8">
         <v>2915514</v>
       </c>
       <c r="D21" s="8">
         <v>4311803</v>
       </c>
       <c r="E21" s="8">
         <v>3185785</v>
       </c>
       <c r="F21" s="8">
         <v>4044879</v>
       </c>
       <c r="G21" s="8">
         <v>5163819</v>
       </c>
       <c r="H21" s="8">
         <v>3672426</v>
       </c>
       <c r="I21" s="8">
         <v>4198191</v>
       </c>
       <c r="J21" s="8">
         <v>4293463</v>
       </c>
       <c r="K21" s="8">
         <v>3967657</v>
       </c>
       <c r="L21" s="8">
         <v>3610810</v>
       </c>
       <c r="M21" s="8">
         <v>4898178</v>
       </c>
       <c r="N21" s="8">
         <v>47421717</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B22" s="8">
         <v>49452156</v>
       </c>
       <c r="C22" s="8">
         <v>50951313</v>
       </c>
       <c r="D22" s="8">
         <v>62865691</v>
       </c>
       <c r="E22" s="8">
         <v>50951399</v>
       </c>
       <c r="F22" s="8">
         <v>58925006</v>
       </c>
       <c r="G22" s="8">
         <v>62853519</v>
       </c>
       <c r="H22" s="8">
         <v>51056617</v>
       </c>
       <c r="I22" s="8">
         <v>59067209</v>
       </c>
       <c r="J22" s="8">
         <v>62119510</v>
       </c>
       <c r="K22" s="8">
         <v>64459833</v>
       </c>
       <c r="L22" s="8">
         <v>64477331</v>
       </c>
       <c r="M22" s="8">
         <v>71698455</v>
       </c>
       <c r="N22" s="8">
         <v>708878041</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B23" s="8">
         <v>48404820</v>
       </c>
       <c r="C23" s="8">
         <v>49035595</v>
       </c>
       <c r="D23" s="8">
         <v>60866286</v>
       </c>
       <c r="E23" s="8">
         <v>50056238</v>
       </c>
       <c r="F23" s="8">
         <v>57947389</v>
       </c>
       <c r="G23" s="8">
         <v>62017763</v>
       </c>
       <c r="H23" s="8">
         <v>50077220</v>
       </c>
       <c r="I23" s="8">
         <v>58383121</v>
       </c>
       <c r="J23" s="8">
         <v>61232282</v>
       </c>
       <c r="K23" s="8">
         <v>63306081</v>
       </c>
       <c r="L23" s="8">
         <v>63155408</v>
       </c>
       <c r="M23" s="8">
         <v>70538804</v>
       </c>
       <c r="N23" s="8">
         <v>695021008</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B24" s="8">
         <v>1047336</v>
       </c>
       <c r="C24" s="8">
         <v>1915718</v>
       </c>
       <c r="D24" s="8">
         <v>1999405</v>
       </c>
       <c r="E24" s="8">
         <v>895161</v>
       </c>
       <c r="F24" s="8">
         <v>977616</v>
       </c>
       <c r="G24" s="8">
         <v>835756</v>
       </c>
       <c r="H24" s="8">
         <v>979397</v>
       </c>
       <c r="I24" s="8">
         <v>684088</v>
       </c>
       <c r="J24" s="8">
         <v>887228</v>
       </c>
       <c r="K24" s="8">
         <v>1153752</v>
       </c>
       <c r="L24" s="8">
         <v>1321924</v>
       </c>
       <c r="M24" s="8">
         <v>1159650</v>
       </c>
       <c r="N24" s="8">
         <v>13857033</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B25" s="8">
         <v>8725199</v>
       </c>
       <c r="C25" s="8">
         <v>8641943</v>
       </c>
       <c r="D25" s="8">
         <v>10794811</v>
       </c>
       <c r="E25" s="8">
         <v>9752412</v>
       </c>
       <c r="F25" s="8">
         <v>10687232</v>
       </c>
       <c r="G25" s="8">
         <v>10474666</v>
       </c>
       <c r="H25" s="8">
         <v>8550869</v>
       </c>
       <c r="I25" s="8">
         <v>11973381</v>
       </c>
       <c r="J25" s="8">
         <v>12251143</v>
       </c>
       <c r="K25" s="8">
         <v>8292099</v>
       </c>
       <c r="L25" s="8">
         <v>7806987</v>
       </c>
       <c r="M25" s="8">
         <v>11358934</v>
       </c>
       <c r="N25" s="8">
         <v>119309677</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B26" s="8">
         <v>7228102</v>
       </c>
       <c r="C26" s="8">
         <v>7379779</v>
       </c>
       <c r="D26" s="8">
         <v>8620605</v>
       </c>
       <c r="E26" s="8">
         <v>7603252</v>
       </c>
       <c r="F26" s="8">
         <v>9241624</v>
       </c>
       <c r="G26" s="8">
         <v>8966670</v>
       </c>
       <c r="H26" s="8">
         <v>7222562</v>
       </c>
       <c r="I26" s="8">
         <v>10429170</v>
       </c>
       <c r="J26" s="8">
         <v>10740017</v>
       </c>
       <c r="K26" s="8">
         <v>6644523</v>
       </c>
       <c r="L26" s="8">
         <v>6402170</v>
       </c>
       <c r="M26" s="8">
         <v>9592518</v>
       </c>
       <c r="N26" s="8">
         <v>100070991</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B27" s="8">
         <v>1154054</v>
       </c>
       <c r="C27" s="8">
         <v>945705</v>
       </c>
       <c r="D27" s="8">
         <v>1503435</v>
       </c>
       <c r="E27" s="8">
         <v>1923970</v>
       </c>
       <c r="F27" s="8">
         <v>1196431</v>
       </c>
       <c r="G27" s="8">
         <v>1201990</v>
       </c>
       <c r="H27" s="8">
         <v>1056177</v>
       </c>
       <c r="I27" s="8">
         <v>1334135</v>
       </c>
       <c r="J27" s="8">
         <v>1349400</v>
       </c>
       <c r="K27" s="8">
         <v>1471849</v>
       </c>
       <c r="L27" s="8">
         <v>1242351</v>
       </c>
       <c r="M27" s="8">
         <v>1558293</v>
       </c>
       <c r="N27" s="8">
         <v>15937789</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B28" s="8">
         <v>73620</v>
       </c>
       <c r="C28" s="8">
         <v>100163</v>
       </c>
       <c r="D28" s="8">
         <v>123828</v>
       </c>
       <c r="E28" s="8">
         <v>120466</v>
       </c>
       <c r="F28" s="8">
         <v>120166</v>
       </c>
       <c r="G28" s="8">
         <v>79178</v>
       </c>
       <c r="H28" s="8">
         <v>114958</v>
       </c>
       <c r="I28" s="8">
         <v>118129</v>
       </c>
       <c r="J28" s="8">
         <v>109617</v>
       </c>
       <c r="K28" s="8">
         <v>111446</v>
       </c>
       <c r="L28" s="8">
         <v>87461</v>
       </c>
       <c r="M28" s="8">
         <v>67385</v>
       </c>
       <c r="N28" s="8">
         <v>1226419</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B29" s="8">
         <v>269424</v>
       </c>
       <c r="C29" s="8">
         <v>216297</v>
       </c>
       <c r="D29" s="8">
         <v>546943</v>
       </c>
       <c r="E29" s="8">
         <v>104725</v>
       </c>
       <c r="F29" s="8">
         <v>129011</v>
       </c>
       <c r="G29" s="8">
         <v>226827</v>
       </c>
       <c r="H29" s="8">
         <v>157171</v>
       </c>
       <c r="I29" s="8">
         <v>91947</v>
       </c>
       <c r="J29" s="8">
         <v>52109</v>
       </c>
       <c r="K29" s="8">
         <v>64283</v>
       </c>
       <c r="L29" s="8">
         <v>75005</v>
       </c>
       <c r="M29" s="8">
         <v>140738</v>
       </c>
       <c r="N29" s="8">
         <v>2074478</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B30" s="8">
         <v>7039678</v>
       </c>
       <c r="C30" s="8">
         <v>7081185</v>
       </c>
       <c r="D30" s="8">
         <v>8569034</v>
       </c>
       <c r="E30" s="8">
         <v>7924102</v>
       </c>
       <c r="F30" s="8">
         <v>9613472</v>
       </c>
       <c r="G30" s="8">
         <v>8608888</v>
       </c>
       <c r="H30" s="8">
         <v>7297462</v>
       </c>
       <c r="I30" s="8">
         <v>9729629</v>
       </c>
       <c r="J30" s="8">
         <v>8496570</v>
       </c>
       <c r="K30" s="8">
         <v>6472085</v>
       </c>
       <c r="L30" s="8">
         <v>6491907</v>
       </c>
       <c r="M30" s="8">
         <v>6764982</v>
       </c>
       <c r="N30" s="8">
         <v>94088993</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B31" s="8">
         <v>3701358</v>
       </c>
       <c r="C31" s="8">
         <v>3967272</v>
       </c>
       <c r="D31" s="8">
         <v>4244040</v>
       </c>
       <c r="E31" s="8">
         <v>4122978</v>
       </c>
       <c r="F31" s="8">
         <v>4616807</v>
       </c>
       <c r="G31" s="8">
         <v>4459687</v>
       </c>
       <c r="H31" s="8">
         <v>3630589</v>
       </c>
       <c r="I31" s="8">
         <v>4369389</v>
       </c>
       <c r="J31" s="8">
         <v>3831282</v>
       </c>
       <c r="K31" s="8">
         <v>3957517</v>
       </c>
       <c r="L31" s="8">
         <v>3763210</v>
       </c>
       <c r="M31" s="8">
         <v>2966766</v>
       </c>
       <c r="N31" s="8">
         <v>47630894</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B32" s="8">
         <v>3338320</v>
       </c>
       <c r="C32" s="8">
         <v>3113913</v>
       </c>
       <c r="D32" s="8">
         <v>4324994</v>
       </c>
       <c r="E32" s="8">
         <v>3801124</v>
       </c>
       <c r="F32" s="8">
         <v>4996666</v>
       </c>
       <c r="G32" s="8">
         <v>4149201</v>
       </c>
       <c r="H32" s="8">
         <v>3666873</v>
       </c>
       <c r="I32" s="8">
         <v>5360240</v>
       </c>
       <c r="J32" s="8">
         <v>4665288</v>
       </c>
       <c r="K32" s="8">
         <v>2514567</v>
       </c>
       <c r="L32" s="8">
         <v>2728697</v>
       </c>
       <c r="M32" s="8">
         <v>3798216</v>
       </c>
       <c r="N32" s="8">
         <v>46458098</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B33" s="8">
         <v>1130256932</v>
       </c>
       <c r="C33" s="8">
         <v>1111404231</v>
       </c>
       <c r="D33" s="8">
         <v>1099206131</v>
       </c>
       <c r="E33" s="8">
         <v>1027284824</v>
       </c>
       <c r="F33" s="8">
         <v>975847414</v>
       </c>
       <c r="G33" s="8">
         <v>945011444</v>
       </c>
       <c r="H33" s="8">
         <v>872630447</v>
       </c>
       <c r="I33" s="8">
         <v>790490678</v>
       </c>
       <c r="J33" s="8">
         <v>938588564</v>
       </c>
       <c r="K33" s="8">
         <v>1021064727</v>
       </c>
       <c r="L33" s="8">
         <v>1084622614</v>
       </c>
       <c r="M33" s="8">
         <v>1233896244</v>
       </c>
       <c r="N33" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B34" s="8">
         <v>866657750</v>
       </c>
       <c r="C34" s="8">
         <v>849387996</v>
       </c>
       <c r="D34" s="8">
         <v>827045177</v>
       </c>
       <c r="E34" s="8">
         <v>776262745</v>
       </c>
       <c r="F34" s="8">
         <v>736671648</v>
       </c>
       <c r="G34" s="8">
         <v>703732633</v>
       </c>
       <c r="H34" s="8">
         <v>655067863</v>
       </c>
       <c r="I34" s="8">
         <v>586393579</v>
       </c>
       <c r="J34" s="8">
         <v>726226645</v>
       </c>
       <c r="K34" s="8">
         <v>808063090</v>
       </c>
       <c r="L34" s="8">
         <v>853976040</v>
       </c>
       <c r="M34" s="8">
         <v>938170736</v>
       </c>
       <c r="N34" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B35" s="8">
         <v>239405454</v>
       </c>
       <c r="C35" s="8">
         <v>239587750</v>
       </c>
       <c r="D35" s="8">
         <v>246065819</v>
       </c>
       <c r="E35" s="8">
         <v>226401033</v>
       </c>
       <c r="F35" s="8">
         <v>213052193</v>
       </c>
       <c r="G35" s="8">
         <v>213795213</v>
       </c>
       <c r="H35" s="8">
         <v>190838996</v>
       </c>
       <c r="I35" s="8">
         <v>174359524</v>
       </c>
       <c r="J35" s="8">
         <v>182806147</v>
       </c>
       <c r="K35" s="8">
         <v>185696381</v>
       </c>
       <c r="L35" s="8">
         <v>205819036</v>
       </c>
       <c r="M35" s="8">
         <v>271054789</v>
       </c>
       <c r="N35" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B36" s="8">
         <v>2224292</v>
       </c>
       <c r="C36" s="8">
         <v>1064238</v>
       </c>
       <c r="D36" s="8">
         <v>1786877</v>
       </c>
       <c r="E36" s="8">
         <v>1003651</v>
       </c>
       <c r="F36" s="8">
         <v>1546226</v>
       </c>
       <c r="G36" s="8">
         <v>818991</v>
       </c>
       <c r="H36" s="8">
         <v>639258</v>
       </c>
       <c r="I36" s="8">
         <v>2207004</v>
       </c>
       <c r="J36" s="8">
         <v>823496</v>
       </c>
       <c r="K36" s="8">
         <v>702039</v>
       </c>
       <c r="L36" s="8">
         <v>607038</v>
       </c>
       <c r="M36" s="8">
         <v>596867</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B37" s="8">
         <v>17936328</v>
       </c>
       <c r="C37" s="8">
         <v>17550676</v>
       </c>
       <c r="D37" s="8">
         <v>19884023</v>
       </c>
       <c r="E37" s="8">
         <v>20068501</v>
       </c>
       <c r="F37" s="8">
         <v>20961506</v>
       </c>
       <c r="G37" s="8">
         <v>21845250</v>
       </c>
       <c r="H37" s="8">
         <v>22916411</v>
       </c>
       <c r="I37" s="8">
         <v>24195519</v>
       </c>
       <c r="J37" s="8">
         <v>24415500</v>
       </c>
       <c r="K37" s="8">
         <v>23357754</v>
       </c>
       <c r="L37" s="8">
         <v>21014634</v>
       </c>
       <c r="M37" s="8">
         <v>19343959</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B38" s="8">
         <v>207655</v>
       </c>
       <c r="C38" s="8">
         <v>256512</v>
       </c>
       <c r="D38" s="8">
         <v>282479</v>
       </c>
       <c r="E38" s="8">
         <v>267425</v>
       </c>
       <c r="F38" s="8">
         <v>228257</v>
       </c>
       <c r="G38" s="8">
         <v>1070471</v>
       </c>
       <c r="H38" s="8">
         <v>329960</v>
       </c>
       <c r="I38" s="8">
         <v>342531</v>
       </c>
       <c r="J38" s="8">
         <v>340734</v>
       </c>
       <c r="K38" s="8">
         <v>315521</v>
       </c>
       <c r="L38" s="8">
         <v>270701</v>
       </c>
       <c r="M38" s="8">
         <v>274846</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B39" s="8">
         <v>3825451</v>
       </c>
       <c r="C39" s="8">
         <v>3557059</v>
       </c>
       <c r="D39" s="8">
         <v>4141755</v>
       </c>
       <c r="E39" s="8">
         <v>3281468</v>
       </c>
       <c r="F39" s="8">
         <v>3387584</v>
       </c>
       <c r="G39" s="8">
         <v>3748887</v>
       </c>
       <c r="H39" s="8">
         <v>2837959</v>
       </c>
       <c r="I39" s="8">
         <v>2992521</v>
       </c>
       <c r="J39" s="8">
         <v>3976042</v>
       </c>
       <c r="K39" s="8">
         <v>2929942</v>
       </c>
       <c r="L39" s="8">
         <v>2935165</v>
       </c>
       <c r="M39" s="8">
         <v>4455046</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B40" s="8">
         <v>1130256932</v>
       </c>
       <c r="C40" s="8">
         <v>1111404231</v>
       </c>
       <c r="D40" s="8">
         <v>1099206131</v>
       </c>
       <c r="E40" s="8">
         <v>1027284824</v>
       </c>
       <c r="F40" s="8">
         <v>975847414</v>
       </c>
       <c r="G40" s="8">
         <v>945011444</v>
       </c>
       <c r="H40" s="8">
         <v>872630447</v>
       </c>
       <c r="I40" s="8">
         <v>790490678</v>
       </c>
       <c r="J40" s="8">
         <v>938588564</v>
       </c>
       <c r="K40" s="8">
         <v>1021064727</v>
       </c>
       <c r="L40" s="8">
         <v>1084622614</v>
       </c>
       <c r="M40" s="8">
         <v>1233896244</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B41" s="8">
         <v>182018408</v>
       </c>
       <c r="C41" s="8">
         <v>184801299</v>
       </c>
       <c r="D41" s="8">
         <v>197362067</v>
       </c>
       <c r="E41" s="8">
         <v>196536582</v>
       </c>
       <c r="F41" s="8">
         <v>201716620</v>
       </c>
       <c r="G41" s="8">
         <v>214878155</v>
       </c>
       <c r="H41" s="8">
         <v>214534541</v>
       </c>
       <c r="I41" s="8">
         <v>223937722</v>
       </c>
       <c r="J41" s="8">
         <v>229067069</v>
       </c>
       <c r="K41" s="8">
         <v>215318822</v>
       </c>
       <c r="L41" s="8">
         <v>204182963</v>
       </c>
       <c r="M41" s="8">
         <v>200659663</v>
       </c>
       <c r="N41" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B42" s="8">
         <v>948238524</v>
       </c>
       <c r="C42" s="8">
         <v>926602931</v>
       </c>
       <c r="D42" s="8">
         <v>901844063</v>
       </c>
       <c r="E42" s="8">
         <v>830748242</v>
       </c>
       <c r="F42" s="8">
         <v>774130794</v>
       </c>
       <c r="G42" s="8">
         <v>730133289</v>
       </c>
       <c r="H42" s="8">
         <v>658095906</v>
       </c>
       <c r="I42" s="8">
         <v>566552956</v>
       </c>
       <c r="J42" s="8">
         <v>709521495</v>
       </c>
       <c r="K42" s="8">
         <v>805745905</v>
       </c>
       <c r="L42" s="8">
         <v>880439652</v>
       </c>
       <c r="M42" s="8">
         <v>1033236581</v>
       </c>
       <c r="N42" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="43" ht="12" customHeight="1"/>
     <row r="44" ht="14" customHeight="1">
       <c r="A44" s="10" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B44" s="10"/>
       <c r="C44" s="10"/>
       <c r="D44" s="10"/>
       <c r="E44" s="10"/>
       <c r="F44" s="10"/>
       <c r="G44" s="10"/>
       <c r="H44" s="10"/>
       <c r="I44" s="10"/>
       <c r="J44" s="10"/>
       <c r="K44" s="10"/>
       <c r="L44" s="10"/>
       <c r="M44" s="10"/>
       <c r="N44" s="10"/>
     </row>
     <row r="45" ht="14" customHeight="1">
       <c r="A45" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B45" s="11"/>
       <c r="C45" s="11"/>
       <c r="D45" s="11"/>
       <c r="E45" s="11"/>
       <c r="F45" s="11"/>
       <c r="G45" s="11"/>
       <c r="H45" s="11"/>
       <c r="I45" s="11"/>
       <c r="J45" s="11"/>
       <c r="K45" s="11"/>
       <c r="L45" s="11"/>
       <c r="M45" s="11"/>
       <c r="N45" s="11"/>
     </row>
     <row r="46" ht="29" customHeight="1">
       <c r="A46" s="12" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B46" s="12"/>
       <c r="C46" s="12"/>
       <c r="D46" s="12"/>
       <c r="E46" s="12"/>
       <c r="F46" s="12"/>
       <c r="G46" s="12"/>
       <c r="H46" s="12"/>
       <c r="I46" s="12"/>
       <c r="J46" s="12"/>
       <c r="K46" s="12"/>
       <c r="L46" s="12"/>
       <c r="M46" s="12"/>
       <c r="N46" s="12"/>
     </row>
     <row r="47" ht="43" customHeight="1">
       <c r="A47" s="12" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B47" s="12"/>
       <c r="C47" s="12"/>
       <c r="D47" s="12"/>
       <c r="E47" s="12"/>
       <c r="F47" s="12"/>
       <c r="G47" s="12"/>
       <c r="H47" s="12"/>
       <c r="I47" s="12"/>
       <c r="J47" s="12"/>
       <c r="K47" s="12"/>
       <c r="L47" s="12"/>
       <c r="M47" s="12"/>
       <c r="N47" s="12"/>
     </row>
     <row r="48" ht="12" customHeight="1">
       <c r="A48" s="13" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B48" s="13"/>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="13"/>
       <c r="G48" s="13"/>
       <c r="H48" s="13"/>
       <c r="I48" s="13"/>
       <c r="J48" s="13"/>
       <c r="K48" s="13"/>
       <c r="L48" s="13"/>
       <c r="M48" s="13"/>
       <c r="N48" s="13"/>
     </row>
     <row r="49" ht="14" customHeight="1">
       <c r="A49" s="12" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="12"/>
       <c r="E49" s="12"/>
       <c r="F49" s="12"/>
       <c r="G49" s="12"/>
       <c r="H49" s="12"/>
       <c r="I49" s="12"/>
       <c r="J49" s="12"/>
       <c r="K49" s="12"/>
       <c r="L49" s="12"/>
       <c r="M49" s="12"/>
       <c r="N49" s="12"/>
     </row>
     <row r="50" ht="43" customHeight="1">
       <c r="A50" s="12" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B50" s="12"/>
       <c r="C50" s="12"/>
       <c r="D50" s="12"/>
       <c r="E50" s="12"/>
       <c r="F50" s="12"/>
       <c r="G50" s="12"/>
       <c r="H50" s="12"/>
       <c r="I50" s="12"/>
       <c r="J50" s="12"/>
       <c r="K50" s="12"/>
       <c r="L50" s="12"/>
       <c r="M50" s="12"/>
       <c r="N50" s="12"/>
     </row>
     <row r="51" ht="14" customHeight="1">
       <c r="A51" s="12" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B51" s="12"/>
       <c r="C51" s="12"/>
       <c r="D51" s="12"/>
       <c r="E51" s="12"/>
       <c r="F51" s="12"/>
       <c r="G51" s="12"/>
       <c r="H51" s="12"/>
       <c r="I51" s="12"/>
       <c r="J51" s="12"/>
       <c r="K51" s="12"/>
       <c r="L51" s="12"/>
       <c r="M51" s="12"/>
       <c r="N51" s="12"/>
     </row>
     <row r="52" ht="14" customHeight="1">
       <c r="A52" s="12" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B52" s="12"/>
       <c r="C52" s="12"/>
       <c r="D52" s="12"/>
       <c r="E52" s="12"/>
       <c r="F52" s="12"/>
       <c r="G52" s="12"/>
       <c r="H52" s="12"/>
       <c r="I52" s="12"/>
       <c r="J52" s="12"/>
       <c r="K52" s="12"/>
       <c r="L52" s="12"/>
       <c r="M52" s="12"/>
       <c r="N52" s="12"/>
     </row>
     <row r="53" ht="12" customHeight="1">
       <c r="A53" s="13" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B53" s="13"/>
       <c r="C53" s="13"/>
       <c r="D53" s="13"/>
       <c r="E53" s="13"/>
       <c r="F53" s="13"/>
       <c r="G53" s="13"/>
       <c r="H53" s="13"/>
       <c r="I53" s="13"/>
       <c r="J53" s="13"/>
       <c r="K53" s="13"/>
       <c r="L53" s="13"/>
       <c r="M53" s="13"/>
       <c r="N53" s="13"/>
     </row>
     <row r="54" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A44:N44"/>
@@ -26408,63 +26648,63 @@
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <dir xmlns="02617c3e-573d-4b6e-8178-608e9b4df8d5" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A80BBA7-E4F2-4E00-8579-FF750996FD64}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2C72A218-8A70-490D-A265-7E6B270B866A}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{65DF1BB1-A8AB-47CB-9936-9F4034F8D1BB}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A8E03BF-7884-4866-AFAF-304E04126AA2}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AC9D13DB-1616-4CC4-A931-75013DC4BFC7}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B8E15DD1-1617-47AF-B005-1F2FD673CCAE}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3CA3B61B-83AC-4EF1-94F4-22E6105C6E9A}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C861252B-7398-4ACC-85B3-DFBA4FAEC8D9}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>