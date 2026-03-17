--- v0 (2025-10-03)
+++ v1 (2026-03-17)
@@ -46,135 +46,134 @@
   <workbookPr showInkAnnotation="0" autoCompressPictures="0"/>
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="1" r:id="rId1"/>
     <sheet name="2024" sheetId="2" r:id="rId2"/>
     <sheet name="2023" sheetId="3" r:id="rId3"/>
     <sheet name="2022" sheetId="4" r:id="rId4"/>
     <sheet name="2021" sheetId="5" r:id="rId5"/>
     <sheet name="2020" sheetId="6" r:id="rId6"/>
     <sheet name="2019" sheetId="7" r:id="rId7"/>
     <sheet name="2018" sheetId="8" r:id="rId8"/>
     <sheet name="2017" sheetId="9" r:id="rId9"/>
     <sheet name="2016" sheetId="10" r:id="rId10"/>
     <sheet name="2015" sheetId="11" r:id="rId11"/>
     <sheet name="2014" sheetId="12" r:id="rId12"/>
     <sheet name="2013" sheetId="13" r:id="rId13"/>
     <sheet name="2012" sheetId="14" r:id="rId14"/>
   </sheets>
   <calcPr calcId="0" concurrentCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2280" uniqueCount="265">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2292" uniqueCount="269">
   <si>
     <t>U.S. DEPARTMENT OF THE TREASURY</t>
   </si>
   <si>
     <t>ALCOHOL AND TOBACCO TAX AND TRADE BUREAU</t>
   </si>
   <si>
     <t>2025 MONTHLY NATIONAL STATISTICAL REPORT - Distilled Spirits</t>
   </si>
   <si>
     <t> </t>
   </si>
   <si>
-    <t>Report Date: 18-SEP-2025</t>
+    <t>Report Date: 22-JAN-2026</t>
   </si>
   <si>
     <t>Report Symbol: TTB-S-5110-2025</t>
   </si>
   <si>
     <t>Units: Proof Gallons, unless otherwise noted</t>
   </si>
   <si>
     <t xml:space="preserve">January 
  2025</t>
   </si>
   <si>
     <t xml:space="preserve">February 
  2025</t>
   </si>
   <si>
     <t xml:space="preserve">March 
  2025</t>
   </si>
   <si>
     <t xml:space="preserve">April 
  2025</t>
   </si>
   <si>
     <t xml:space="preserve">May 
  2025</t>
   </si>
   <si>
     <t xml:space="preserve">June 
  2025</t>
   </si>
   <si>
+    <t xml:space="preserve">July 
+ 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">August 
+ 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">September 
+ 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">October 
+ 2025</t>
+  </si>
+  <si>
     <r>
       <t>Number of Industry Members</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9.5"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t>c</t>
     </r>
   </si>
   <si>
     <t>Production</t>
   </si>
   <si>
     <t>    Whisky</t>
   </si>
   <si>
     <t>    Brandy</t>
-  </si>
-[...15 lines deleted...]
-    </r>
   </si>
   <si>
     <t>    Rum, Gin, &amp; Vodka</t>
   </si>
   <si>
     <t>    Alcohol, Neutral Spirits, &amp; Other</t>
   </si>
   <si>
     <t>Taxable Removals</t>
   </si>
   <si>
     <t>Tax Free Removals</t>
   </si>
   <si>
     <t>    For Addition to Wine Total</t>
   </si>
   <si>
     <t>    For Export, Transfer to Customs Bonded Warehouse or Foreign Trade Zone</t>
   </si>
   <si>
     <t>    For US Gov't, Hospital, Education, Research, or Testing</t>
   </si>
   <si>
     <t>End-of-Period Inventory</t>
   </si>
@@ -233,50 +232,67 @@
     <t>Spirits Dumped to Processing</t>
   </si>
   <si>
     <t>    Alcohol &amp; Neutral Spirits</t>
   </si>
   <si>
     <t>    Imported Whisky</t>
   </si>
   <si>
     <t>    Domestic Whisky</t>
   </si>
   <si>
     <t>    Cordials, Cocktails, &amp; Other</t>
   </si>
   <si>
     <t>Other Ingredients Mixed with Spirits</t>
   </si>
   <si>
     <t>    Alcohol Flavoring Materials</t>
   </si>
   <si>
     <t>    Wine</t>
   </si>
   <si>
     <t>Bottled Imports</t>
+  </si>
+  <si>
+    <r>
+      <t>     </t>
+    </r>
+    <r>
+      <t>-</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9.5"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>b</t>
+    </r>
   </si>
   <si>
     <t>    Rum</t>
   </si>
   <si>
     <t>    Vodka, Cordials, Cocktails, Brandy, Gin, &amp; Other</t>
   </si>
   <si>
     <t>Completely Dentaured Alcohol, Facility Operations (in WG)</t>
   </si>
   <si>
     <t>                </t>
   </si>
   <si>
     <t>    Production</t>
   </si>
   <si>
     <t>    Withdrawals - Other Than Fuel</t>
   </si>
   <si>
     <t>    Withdrawals - Fuel</t>
   </si>
   <si>
     <t>    Used in Manufacture of Articles</t>
   </si>
@@ -1468,64 +1484,68 @@
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr filterMode="0" enableFormatConditionsCalculation="0">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G81"/>
+  <dimension ref="A1:K81"/>
   <sheetViews>
     <sheetView zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0">
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12" customHeight="1" x14ac:dyDescent="0"/>
   <cols>
     <col min="1" max="1" width="67.86" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="15.71" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="15.71" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
@@ -1537,1651 +1557,2479 @@
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>7</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>9</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>10</v>
       </c>
       <c r="F8" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G8" s="6" t="s">
         <v>12</v>
       </c>
+      <c r="H8" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="I8" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J8" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="K8" s="6" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="B9" s="8">
-        <v>3205</v>
+        <v>3265</v>
       </c>
       <c r="C9" s="8">
-        <v>3178</v>
+        <v>3245</v>
       </c>
       <c r="D9" s="8">
-        <v>3170</v>
+        <v>3247</v>
       </c>
       <c r="E9" s="8">
-        <v>3103</v>
+        <v>3200</v>
       </c>
       <c r="F9" s="8">
-        <v>3074</v>
+        <v>3190</v>
       </c>
       <c r="G9" s="8">
-        <v>3036</v>
+        <v>3177</v>
+      </c>
+      <c r="H9" s="8">
+        <v>3121</v>
+      </c>
+      <c r="I9" s="8">
+        <v>3107</v>
+      </c>
+      <c r="J9" s="8">
+        <v>3076</v>
+      </c>
+      <c r="K9" s="8">
+        <v>2969</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="B10" s="8">
-        <v>2063092116</v>
+        <v>2063101415</v>
       </c>
       <c r="C10" s="8">
-        <v>1884835776</v>
+        <v>1884841525</v>
       </c>
       <c r="D10" s="8">
-        <v>2013962665</v>
+        <v>2013969840</v>
       </c>
       <c r="E10" s="8">
-        <v>1909887415</v>
+        <v>1909943926</v>
       </c>
       <c r="F10" s="8">
-        <v>1975918146</v>
+        <v>1975893643</v>
       </c>
       <c r="G10" s="8">
-        <v>2013002342</v>
+        <v>2012970922</v>
+      </c>
+      <c r="H10" s="8">
+        <v>2054958716</v>
+      </c>
+      <c r="I10" s="8">
+        <v>2115666236</v>
+      </c>
+      <c r="J10" s="8">
+        <v>1898626207</v>
+      </c>
+      <c r="K10" s="8">
+        <v>2125968611</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B11" s="8">
-        <v>18955494</v>
+        <v>18958826</v>
       </c>
       <c r="C11" s="8">
-        <v>20443325</v>
+        <v>20448729</v>
       </c>
       <c r="D11" s="8">
-        <v>20734629</v>
+        <v>20742757</v>
       </c>
       <c r="E11" s="8">
-        <v>18027028</v>
+        <v>18040368</v>
       </c>
       <c r="F11" s="8">
-        <v>18562549</v>
+        <v>18573787</v>
       </c>
       <c r="G11" s="8">
-        <v>15984944</v>
+        <v>15990729</v>
+      </c>
+      <c r="H11" s="8">
+        <v>14448229</v>
+      </c>
+      <c r="I11" s="8">
+        <v>14745643</v>
+      </c>
+      <c r="J11" s="8">
+        <v>17175947</v>
+      </c>
+      <c r="K11" s="8">
+        <v>17629308</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B12" s="8">
         <v>120202</v>
       </c>
       <c r="C12" s="8">
         <v>190115</v>
       </c>
       <c r="D12" s="8">
         <v>272818</v>
       </c>
-      <c r="E12" s="9" t="s">
-        <v>17</v>
+      <c r="E12" s="8">
+        <v>411604</v>
       </c>
       <c r="F12" s="8">
-        <v>256896</v>
+        <v>256963</v>
       </c>
       <c r="G12" s="8">
-        <v>63632</v>
+        <v>76310</v>
+      </c>
+      <c r="H12" s="8">
+        <v>91600</v>
+      </c>
+      <c r="I12" s="8">
+        <v>66435</v>
+      </c>
+      <c r="J12" s="8">
+        <v>497995</v>
+      </c>
+      <c r="K12" s="8">
+        <v>193205</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B13" s="8">
-        <v>591667</v>
+        <v>594456</v>
       </c>
       <c r="C13" s="8">
-        <v>451893</v>
+        <v>451134</v>
       </c>
       <c r="D13" s="8">
-        <v>476702</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>475646</v>
+      </c>
+      <c r="E13" s="8">
+        <v>429477</v>
       </c>
       <c r="F13" s="8">
-        <v>611838</v>
+        <v>524371</v>
       </c>
       <c r="G13" s="8">
-        <v>637090</v>
+        <v>554172</v>
+      </c>
+      <c r="H13" s="8">
+        <v>434737</v>
+      </c>
+      <c r="I13" s="8">
+        <v>398473</v>
+      </c>
+      <c r="J13" s="8">
+        <v>459434</v>
+      </c>
+      <c r="K13" s="8">
+        <v>549815</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B14" s="8">
-        <v>2043424754</v>
+        <v>2043427932</v>
       </c>
       <c r="C14" s="8">
-        <v>1863750443</v>
+        <v>1863751548</v>
       </c>
       <c r="D14" s="8">
-        <v>1992478517</v>
+        <v>1992478620</v>
       </c>
       <c r="E14" s="8">
-        <v>1890979156</v>
+        <v>1891062476</v>
       </c>
       <c r="F14" s="8">
-        <v>1956486864</v>
+        <v>1956538523</v>
       </c>
       <c r="G14" s="8">
-        <v>1996316677</v>
+        <v>1996349711</v>
+      </c>
+      <c r="H14" s="8">
+        <v>2039984150</v>
+      </c>
+      <c r="I14" s="8">
+        <v>2100455686</v>
+      </c>
+      <c r="J14" s="8">
+        <v>1880492831</v>
+      </c>
+      <c r="K14" s="8">
+        <v>2107596283</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B15" s="8">
-        <v>28114646</v>
+        <v>28140199</v>
       </c>
       <c r="C15" s="8">
-        <v>29726493</v>
+        <v>29748547</v>
       </c>
       <c r="D15" s="8">
-        <v>31156418</v>
+        <v>31175158</v>
       </c>
       <c r="E15" s="8">
-        <v>31990864</v>
+        <v>32074623</v>
       </c>
       <c r="F15" s="8">
-        <v>31986077</v>
+        <v>32068397</v>
       </c>
       <c r="G15" s="8">
-        <v>30279354</v>
+        <v>30354339</v>
+      </c>
+      <c r="H15" s="8">
+        <v>35481058</v>
+      </c>
+      <c r="I15" s="8">
+        <v>34379544</v>
+      </c>
+      <c r="J15" s="8">
+        <v>34374893</v>
+      </c>
+      <c r="K15" s="8">
+        <v>38837215</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B16" s="8">
-        <v>312224699</v>
+        <v>312224698</v>
       </c>
       <c r="C16" s="8">
-        <v>240274609</v>
+        <v>240274973</v>
       </c>
       <c r="D16" s="8">
-        <v>234153385</v>
+        <v>234153396</v>
       </c>
       <c r="E16" s="8">
-        <v>232867695</v>
+        <v>232902967</v>
       </c>
       <c r="F16" s="8">
-        <v>229330498</v>
+        <v>210594510</v>
       </c>
       <c r="G16" s="8">
-        <v>186037980</v>
+        <v>186058035</v>
+      </c>
+      <c r="H16" s="8">
+        <v>158260093</v>
+      </c>
+      <c r="I16" s="8">
+        <v>213237763</v>
+      </c>
+      <c r="J16" s="8">
+        <v>71194653</v>
+      </c>
+      <c r="K16" s="8">
+        <v>168820205</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B17" s="8">
         <v>606558</v>
       </c>
       <c r="C17" s="8">
         <v>676988</v>
       </c>
       <c r="D17" s="8">
         <v>1551895</v>
       </c>
       <c r="E17" s="8">
-        <v>876820</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>908253</v>
+      </c>
+      <c r="F17" s="8">
+        <v>940253</v>
       </c>
       <c r="G17" s="8">
-        <v>642688</v>
+        <v>650864</v>
+      </c>
+      <c r="H17" s="8">
+        <v>639977</v>
+      </c>
+      <c r="I17" s="8">
+        <v>922986</v>
+      </c>
+      <c r="J17" s="8">
+        <v>1368746</v>
+      </c>
+      <c r="K17" s="8">
+        <v>1849145</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B18" s="8">
         <v>311496929</v>
       </c>
       <c r="C18" s="8">
-        <v>239443401</v>
+        <v>239443778</v>
       </c>
       <c r="D18" s="8">
         <v>232465581</v>
       </c>
       <c r="E18" s="8">
-        <v>231822794</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>231826645</v>
+      </c>
+      <c r="F18" s="8">
+        <v>209528620</v>
       </c>
       <c r="G18" s="8">
-        <v>185263693</v>
+        <v>185275547</v>
+      </c>
+      <c r="H18" s="8">
+        <v>157486917</v>
+      </c>
+      <c r="I18" s="8">
+        <v>212139443</v>
+      </c>
+      <c r="J18" s="8">
+        <v>69633509</v>
+      </c>
+      <c r="K18" s="8">
+        <v>166831350</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B19" s="8">
-        <v>121212</v>
+        <v>121211</v>
       </c>
       <c r="C19" s="8">
-        <v>154220</v>
+        <v>154206</v>
       </c>
       <c r="D19" s="8">
-        <v>135909</v>
+        <v>135920</v>
       </c>
       <c r="E19" s="8">
-        <v>168081</v>
+        <v>168068</v>
       </c>
       <c r="F19" s="8">
-        <v>125647</v>
+        <v>125637</v>
       </c>
       <c r="G19" s="8">
-        <v>131599</v>
+        <v>131625</v>
+      </c>
+      <c r="H19" s="8">
+        <v>133199</v>
+      </c>
+      <c r="I19" s="8">
+        <v>175334</v>
+      </c>
+      <c r="J19" s="8">
+        <v>192397</v>
+      </c>
+      <c r="K19" s="8">
+        <v>139710</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B20" s="8">
-        <v>1834756675</v>
+        <v>1835024668</v>
       </c>
       <c r="C20" s="8">
-        <v>1840988591</v>
+        <v>1841057689</v>
       </c>
       <c r="D20" s="8">
-        <v>1885980788</v>
+        <v>1885805902</v>
       </c>
       <c r="E20" s="8">
-        <v>1864211245</v>
+        <v>1865362179</v>
       </c>
       <c r="F20" s="8">
-        <v>1790480745</v>
+        <v>1792942369</v>
       </c>
       <c r="G20" s="8">
-        <v>1838929205</v>
+        <v>1844170309</v>
+      </c>
+      <c r="H20" s="8">
+        <v>1852724129</v>
+      </c>
+      <c r="I20" s="8">
+        <v>1836410919</v>
+      </c>
+      <c r="J20" s="8">
+        <v>1777062263</v>
+      </c>
+      <c r="K20" s="8">
+        <v>1843666667</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B21" s="8">
-        <v>1465130173</v>
+        <v>1464730980</v>
       </c>
       <c r="C21" s="8">
-        <v>1461098971</v>
+        <v>1460575179</v>
       </c>
       <c r="D21" s="8">
-        <v>1472703593</v>
+        <v>1471984702</v>
       </c>
       <c r="E21" s="8">
-        <v>1477380311</v>
+        <v>1477067732</v>
       </c>
       <c r="F21" s="8">
-        <v>1428427612</v>
+        <v>1429246963</v>
       </c>
       <c r="G21" s="8">
-        <v>1471984830</v>
+        <v>1474541301</v>
+      </c>
+      <c r="H21" s="8">
+        <v>1502368397</v>
+      </c>
+      <c r="I21" s="8">
+        <v>1462100026</v>
+      </c>
+      <c r="J21" s="8">
+        <v>1502258584</v>
+      </c>
+      <c r="K21" s="8">
+        <v>1500530175</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B22" s="8">
-        <v>38116515</v>
+        <v>38122610</v>
       </c>
       <c r="C22" s="8">
-        <v>33763319</v>
+        <v>33764305</v>
       </c>
       <c r="D22" s="8">
-        <v>37112067</v>
+        <v>37107421</v>
       </c>
       <c r="E22" s="8">
-        <v>36490020</v>
+        <v>36551680</v>
       </c>
       <c r="F22" s="8">
-        <v>35517200</v>
+        <v>36082564</v>
       </c>
       <c r="G22" s="8">
-        <v>34791271</v>
+        <v>35356386</v>
+      </c>
+      <c r="H22" s="8">
+        <v>30591921</v>
+      </c>
+      <c r="I22" s="8">
+        <v>33278852</v>
+      </c>
+      <c r="J22" s="8">
+        <v>33208155</v>
+      </c>
+      <c r="K22" s="8">
+        <v>32578517</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B23" s="8">
-        <v>6244858</v>
+        <v>6271257</v>
       </c>
       <c r="C23" s="8">
-        <v>5736090</v>
+        <v>5760769</v>
       </c>
       <c r="D23" s="8">
-        <v>6015820</v>
+        <v>6041033</v>
       </c>
       <c r="E23" s="8">
-        <v>5692878</v>
+        <v>5978800</v>
       </c>
       <c r="F23" s="8">
-        <v>7024273</v>
+        <v>7260508</v>
       </c>
       <c r="G23" s="8">
-        <v>5256804</v>
+        <v>5788468</v>
+      </c>
+      <c r="H23" s="8">
+        <v>6138036</v>
+      </c>
+      <c r="I23" s="8">
+        <v>6308480</v>
+      </c>
+      <c r="J23" s="8">
+        <v>6627525</v>
+      </c>
+      <c r="K23" s="8">
+        <v>6761237</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B24" s="8">
-        <v>325265130</v>
+        <v>325899821</v>
       </c>
       <c r="C24" s="8">
-        <v>340390211</v>
+        <v>340957437</v>
       </c>
       <c r="D24" s="8">
-        <v>370149307</v>
+        <v>370672746</v>
       </c>
       <c r="E24" s="8">
-        <v>344648036</v>
+        <v>345763967</v>
       </c>
       <c r="F24" s="8">
-        <v>319511660</v>
+        <v>320352335</v>
       </c>
       <c r="G24" s="8">
-        <v>326896299</v>
+        <v>328484154</v>
+      </c>
+      <c r="H24" s="8">
+        <v>313625774</v>
+      </c>
+      <c r="I24" s="8">
+        <v>334723561</v>
+      </c>
+      <c r="J24" s="8">
+        <v>234967999</v>
+      </c>
+      <c r="K24" s="8">
+        <v>303796739</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B25" s="8">
-        <v>18601872316</v>
+        <v>18559017139</v>
       </c>
       <c r="C25" s="8">
-        <v>16560588586</v>
+        <v>16524789294</v>
       </c>
       <c r="D25" s="8">
-        <v>18357091723</v>
+        <v>18309210168</v>
       </c>
       <c r="E25" s="8">
-        <v>17189260979</v>
+        <v>17143610570</v>
       </c>
       <c r="F25" s="8">
-        <v>17763431578</v>
+        <v>17715351302</v>
       </c>
       <c r="G25" s="8">
-        <v>18553935377</v>
+        <v>18503010434</v>
+      </c>
+      <c r="H25" s="8">
+        <v>18274381290</v>
+      </c>
+      <c r="I25" s="8">
+        <v>18388648422</v>
+      </c>
+      <c r="J25" s="8">
+        <v>17438315792</v>
+      </c>
+      <c r="K25" s="8">
+        <v>18774707851</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B26" s="8">
-        <v>17807845118</v>
+        <v>17807886561</v>
       </c>
       <c r="C26" s="8">
-        <v>15798918525</v>
+        <v>15798975152</v>
       </c>
       <c r="D26" s="8">
-        <v>17578019546</v>
+        <v>17578098528</v>
       </c>
       <c r="E26" s="8">
-        <v>16326353453</v>
+        <v>16326425484</v>
       </c>
       <c r="F26" s="8">
-        <v>16822711325</v>
+        <v>16822842220</v>
       </c>
       <c r="G26" s="8">
-        <v>17633555944</v>
+        <v>17633646918</v>
+      </c>
+      <c r="H26" s="8">
+        <v>17408322798</v>
+      </c>
+      <c r="I26" s="8">
+        <v>17496371701</v>
+      </c>
+      <c r="J26" s="8">
+        <v>16564633019</v>
+      </c>
+      <c r="K26" s="8">
+        <v>17826399855</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B27" s="8">
-        <v>36699056</v>
+        <v>36726900</v>
       </c>
       <c r="C27" s="8">
-        <v>36474586</v>
+        <v>36488475</v>
       </c>
       <c r="D27" s="8">
-        <v>40946634</v>
+        <v>40964674</v>
       </c>
       <c r="E27" s="8">
-        <v>32851846</v>
+        <v>32869282</v>
       </c>
       <c r="F27" s="8">
-        <v>33940462</v>
+        <v>33981660</v>
       </c>
       <c r="G27" s="8">
-        <v>23597674</v>
+        <v>23625909</v>
+      </c>
+      <c r="H27" s="8">
+        <v>21244654</v>
+      </c>
+      <c r="I27" s="8">
+        <v>21407445</v>
+      </c>
+      <c r="J27" s="8">
+        <v>32294651</v>
+      </c>
+      <c r="K27" s="8">
+        <v>27531794</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B28" s="8">
-        <v>609714116</v>
+        <v>566778049</v>
       </c>
       <c r="C28" s="8">
-        <v>586801373</v>
+        <v>550930785</v>
       </c>
       <c r="D28" s="8">
-        <v>565349420</v>
+        <v>517367383</v>
       </c>
       <c r="E28" s="8">
-        <v>652872421</v>
+        <v>607119331</v>
       </c>
       <c r="F28" s="8">
-        <v>650573724</v>
+        <v>602300536</v>
       </c>
       <c r="G28" s="8">
-        <v>640515247</v>
+        <v>589460979</v>
+      </c>
+      <c r="H28" s="8">
+        <v>587019276</v>
+      </c>
+      <c r="I28" s="8">
+        <v>607995146</v>
+      </c>
+      <c r="J28" s="8">
+        <v>582693857</v>
+      </c>
+      <c r="K28" s="8">
+        <v>646306368</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B29" s="8">
-        <v>147614026</v>
+        <v>147625628</v>
       </c>
       <c r="C29" s="8">
-        <v>138394103</v>
+        <v>138394883</v>
       </c>
       <c r="D29" s="8">
-        <v>172776123</v>
+        <v>172779583</v>
       </c>
       <c r="E29" s="8">
-        <v>177183259</v>
+        <v>177196473</v>
       </c>
       <c r="F29" s="8">
-        <v>256206068</v>
+        <v>256226886</v>
       </c>
       <c r="G29" s="8">
-        <v>256266511</v>
+        <v>256276629</v>
+      </c>
+      <c r="H29" s="8">
+        <v>257794562</v>
+      </c>
+      <c r="I29" s="8">
+        <v>262874130</v>
+      </c>
+      <c r="J29" s="8">
+        <v>258694265</v>
+      </c>
+      <c r="K29" s="8">
+        <v>274469834</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B30" s="8">
-        <v>43681166</v>
+        <v>43912745</v>
       </c>
       <c r="C30" s="8">
-        <v>43463360</v>
+        <v>43629365</v>
       </c>
       <c r="D30" s="8">
-        <v>49788960</v>
+        <v>49882287</v>
       </c>
       <c r="E30" s="8">
-        <v>46115804</v>
+        <v>46354923</v>
       </c>
       <c r="F30" s="8">
-        <v>51326197</v>
+        <v>51633447</v>
       </c>
       <c r="G30" s="8">
-        <v>42949128</v>
+        <v>43176198</v>
+      </c>
+      <c r="H30" s="8">
+        <v>38310227</v>
+      </c>
+      <c r="I30" s="8">
+        <v>46124403</v>
+      </c>
+      <c r="J30" s="8">
+        <v>40860838</v>
+      </c>
+      <c r="K30" s="8">
+        <v>45162709</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B31" s="8">
-        <v>6605276</v>
+        <v>6606663</v>
       </c>
       <c r="C31" s="8">
-        <v>6518654</v>
+        <v>6519198</v>
       </c>
       <c r="D31" s="8">
-        <v>7220941</v>
+        <v>7222130</v>
       </c>
       <c r="E31" s="8">
-        <v>6593661</v>
+        <v>6596866</v>
       </c>
       <c r="F31" s="8">
-        <v>6544666</v>
+        <v>6548415</v>
       </c>
       <c r="G31" s="8">
-        <v>5907876</v>
+        <v>5909051</v>
+      </c>
+      <c r="H31" s="8">
+        <v>5674689</v>
+      </c>
+      <c r="I31" s="8">
+        <v>6183425</v>
+      </c>
+      <c r="J31" s="8">
+        <v>6330855</v>
+      </c>
+      <c r="K31" s="8">
+        <v>7563024</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B32" s="8">
         <v>327887</v>
       </c>
       <c r="C32" s="8">
         <v>205849</v>
       </c>
       <c r="D32" s="8">
         <v>220563</v>
       </c>
       <c r="E32" s="8">
         <v>336947</v>
       </c>
       <c r="F32" s="8">
-        <v>310766</v>
+        <v>333257</v>
       </c>
       <c r="G32" s="8">
         <v>253691</v>
       </c>
+      <c r="H32" s="8">
+        <v>303355</v>
+      </c>
+      <c r="I32" s="8">
+        <v>340662</v>
+      </c>
+      <c r="J32" s="8">
+        <v>309601</v>
+      </c>
+      <c r="K32" s="8">
+        <v>401071</v>
+      </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B33" s="8">
         <v>3111224</v>
       </c>
       <c r="C33" s="8">
         <v>3433003</v>
       </c>
       <c r="D33" s="8">
-        <v>3528295</v>
+        <v>3534017</v>
       </c>
       <c r="E33" s="8">
         <v>3610421</v>
       </c>
       <c r="F33" s="8">
         <v>3394015</v>
       </c>
       <c r="G33" s="8">
-        <v>3460717</v>
+        <v>3460723</v>
+      </c>
+      <c r="H33" s="8">
+        <v>1686324</v>
+      </c>
+      <c r="I33" s="8">
+        <v>1415551</v>
+      </c>
+      <c r="J33" s="8">
+        <v>1563635</v>
+      </c>
+      <c r="K33" s="8">
+        <v>1737211</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B34" s="8">
-        <v>40662</v>
+        <v>40772</v>
       </c>
       <c r="C34" s="8">
         <v>43992</v>
       </c>
       <c r="D34" s="8">
-        <v>73220</v>
+        <v>67511</v>
       </c>
       <c r="E34" s="8">
         <v>59105</v>
       </c>
       <c r="F34" s="8">
-        <v>50070</v>
+        <v>50088</v>
       </c>
       <c r="G34" s="8">
-        <v>43606</v>
+        <v>43764</v>
+      </c>
+      <c r="H34" s="8">
+        <v>53166</v>
+      </c>
+      <c r="I34" s="8">
+        <v>40841</v>
+      </c>
+      <c r="J34" s="8">
+        <v>123821</v>
+      </c>
+      <c r="K34" s="8">
+        <v>106316</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B35" s="8">
-        <v>732449</v>
+        <v>732932</v>
       </c>
       <c r="C35" s="8">
-        <v>792416</v>
+        <v>795250</v>
       </c>
       <c r="D35" s="8">
-        <v>703882</v>
+        <v>704907</v>
       </c>
       <c r="E35" s="8">
-        <v>685762</v>
+        <v>687939</v>
       </c>
       <c r="F35" s="8">
-        <v>712948</v>
+        <v>714733</v>
       </c>
       <c r="G35" s="8">
-        <v>461041</v>
+        <v>467295</v>
+      </c>
+      <c r="H35" s="8">
+        <v>604998</v>
+      </c>
+      <c r="I35" s="8">
+        <v>642664</v>
+      </c>
+      <c r="J35" s="8">
+        <v>512546</v>
+      </c>
+      <c r="K35" s="8">
+        <v>778715</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B36" s="8">
-        <v>9511945</v>
+        <v>9513358</v>
       </c>
       <c r="C36" s="8">
-        <v>8274530</v>
+        <v>8282113</v>
       </c>
       <c r="D36" s="8">
-        <v>9931403</v>
+        <v>9936393</v>
       </c>
       <c r="E36" s="8">
-        <v>8921724</v>
+        <v>8925805</v>
       </c>
       <c r="F36" s="8">
-        <v>10588154</v>
+        <v>10595842</v>
       </c>
       <c r="G36" s="8">
-        <v>9335383</v>
+        <v>9378992</v>
+      </c>
+      <c r="H36" s="8">
+        <v>8544259</v>
+      </c>
+      <c r="I36" s="8">
+        <v>9274457</v>
+      </c>
+      <c r="J36" s="8">
+        <v>9528961</v>
+      </c>
+      <c r="K36" s="8">
+        <v>9387417</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B37" s="8">
-        <v>17662861</v>
+        <v>17662973</v>
       </c>
       <c r="C37" s="8">
-        <v>17712140</v>
+        <v>17725788</v>
       </c>
       <c r="D37" s="8">
-        <v>20519774</v>
+        <v>20519530</v>
       </c>
       <c r="E37" s="8">
-        <v>19060257</v>
+        <v>19061171</v>
       </c>
       <c r="F37" s="8">
-        <v>20917874</v>
+        <v>20918066</v>
       </c>
       <c r="G37" s="8">
-        <v>15789198</v>
+        <v>15999536</v>
+      </c>
+      <c r="H37" s="8">
+        <v>14286472</v>
+      </c>
+      <c r="I37" s="8">
+        <v>19319961</v>
+      </c>
+      <c r="J37" s="8">
+        <v>12340919</v>
+      </c>
+      <c r="K37" s="8">
+        <v>14335494</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B38" s="8">
-        <v>4711735</v>
+        <v>4735978</v>
       </c>
       <c r="C38" s="8">
-        <v>5410307</v>
+        <v>5437657</v>
       </c>
       <c r="D38" s="8">
-        <v>6064427</v>
+        <v>6069938</v>
       </c>
       <c r="E38" s="8">
-        <v>5229069</v>
+        <v>5256418</v>
       </c>
       <c r="F38" s="8">
-        <v>7443201</v>
+        <v>7477996</v>
       </c>
       <c r="G38" s="8">
-        <v>5981176</v>
+        <v>6008185</v>
+      </c>
+      <c r="H38" s="8">
+        <v>5605417</v>
+      </c>
+      <c r="I38" s="8">
+        <v>6742567</v>
+      </c>
+      <c r="J38" s="8">
+        <v>7930848</v>
+      </c>
+      <c r="K38" s="8">
+        <v>8773564</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B39" s="8">
-        <v>706555</v>
+        <v>706568</v>
       </c>
       <c r="C39" s="8">
         <v>822703</v>
       </c>
       <c r="D39" s="8">
         <v>1156566</v>
       </c>
       <c r="E39" s="8">
         <v>1283544</v>
       </c>
       <c r="F39" s="8">
-        <v>1090321</v>
+        <v>1090641</v>
       </c>
       <c r="G39" s="8">
-        <v>1355555</v>
+        <v>1166730</v>
+      </c>
+      <c r="H39" s="8">
+        <v>914031</v>
+      </c>
+      <c r="I39" s="8">
+        <v>1395785</v>
+      </c>
+      <c r="J39" s="8">
+        <v>1456050</v>
+      </c>
+      <c r="K39" s="8">
+        <v>1224164</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B40" s="8">
-        <v>270572</v>
+        <v>474390</v>
       </c>
       <c r="C40" s="8">
-        <v>249765</v>
+        <v>363810</v>
       </c>
       <c r="D40" s="8">
-        <v>369888</v>
+        <v>450731</v>
       </c>
       <c r="E40" s="8">
-        <v>335314</v>
+        <v>536706</v>
       </c>
       <c r="F40" s="8">
-        <v>274183</v>
+        <v>510392</v>
       </c>
       <c r="G40" s="8">
-        <v>360885</v>
+        <v>488232</v>
+      </c>
+      <c r="H40" s="8">
+        <v>637516</v>
+      </c>
+      <c r="I40" s="8">
+        <v>768490</v>
+      </c>
+      <c r="J40" s="8">
+        <v>763603</v>
+      </c>
+      <c r="K40" s="8">
+        <v>855731</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B41" s="8">
-        <v>206339</v>
+        <v>206687</v>
       </c>
       <c r="C41" s="8">
-        <v>202620</v>
+        <v>203353</v>
       </c>
       <c r="D41" s="8">
-        <v>162051</v>
+        <v>162873</v>
       </c>
       <c r="E41" s="8">
-        <v>185308</v>
+        <v>186074</v>
       </c>
       <c r="F41" s="8">
-        <v>270281</v>
+        <v>271235</v>
       </c>
       <c r="G41" s="8">
-        <v>209376</v>
+        <v>210341</v>
+      </c>
+      <c r="H41" s="8">
+        <v>101969</v>
+      </c>
+      <c r="I41" s="8">
+        <v>240562</v>
+      </c>
+      <c r="J41" s="8">
+        <v>198662</v>
+      </c>
+      <c r="K41" s="8">
+        <v>225351</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B42" s="8">
         <v>5850409</v>
       </c>
       <c r="C42" s="8">
-        <v>6259731</v>
+        <v>6260563</v>
       </c>
       <c r="D42" s="8">
         <v>6414827</v>
       </c>
       <c r="E42" s="8">
-        <v>5722835</v>
+        <v>5723550</v>
       </c>
       <c r="F42" s="8">
         <v>6566932</v>
       </c>
       <c r="G42" s="8">
-        <v>7192039</v>
+        <v>7192732</v>
+      </c>
+      <c r="H42" s="8">
+        <v>6801613</v>
+      </c>
+      <c r="I42" s="8">
+        <v>5712863</v>
+      </c>
+      <c r="J42" s="8">
+        <v>7055281</v>
+      </c>
+      <c r="K42" s="8">
+        <v>6796419</v>
       </c>
     </row>
     <row r="43" ht="15" customHeight="1">
       <c r="A43" s="7" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B43" s="8">
         <v>2742564</v>
       </c>
       <c r="C43" s="8">
         <v>3541573</v>
       </c>
       <c r="D43" s="8">
         <v>3199533</v>
       </c>
       <c r="E43" s="8">
         <v>2674702</v>
       </c>
       <c r="F43" s="8">
         <v>3103318</v>
       </c>
       <c r="G43" s="8">
         <v>3255185</v>
       </c>
+      <c r="H43" s="8">
+        <v>3121355</v>
+      </c>
+      <c r="I43" s="8">
+        <v>2882543</v>
+      </c>
+      <c r="J43" s="8">
+        <v>3216784</v>
+      </c>
+      <c r="K43" s="8">
+        <v>2908492</v>
+      </c>
     </row>
     <row r="44" ht="15" customHeight="1">
       <c r="A44" s="7" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B44" s="8">
         <v>3107844</v>
       </c>
       <c r="C44" s="8">
-        <v>2718157</v>
+        <v>2718989</v>
       </c>
       <c r="D44" s="8">
         <v>3215294</v>
       </c>
       <c r="E44" s="8">
-        <v>3048133</v>
+        <v>3048848</v>
       </c>
       <c r="F44" s="8">
         <v>3463614</v>
       </c>
       <c r="G44" s="8">
-        <v>3936855</v>
+        <v>3937548</v>
+      </c>
+      <c r="H44" s="8">
+        <v>3680258</v>
+      </c>
+      <c r="I44" s="8">
+        <v>2830321</v>
+      </c>
+      <c r="J44" s="8">
+        <v>3838496</v>
+      </c>
+      <c r="K44" s="8">
+        <v>3887926</v>
       </c>
     </row>
     <row r="45" ht="15" customHeight="1">
       <c r="A45" s="7" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B45" s="8">
-        <v>79304785</v>
+        <v>79334173</v>
       </c>
       <c r="C45" s="8">
-        <v>73278435</v>
+        <v>73307904</v>
       </c>
       <c r="D45" s="8">
-        <v>80965239</v>
+        <v>80988016</v>
       </c>
       <c r="E45" s="8">
-        <v>75865354</v>
+        <v>75922575</v>
       </c>
       <c r="F45" s="8">
-        <v>77769210</v>
+        <v>77848278</v>
       </c>
       <c r="G45" s="8">
-        <v>69950923</v>
+        <v>70091377</v>
+      </c>
+      <c r="H45" s="8">
+        <v>74542379</v>
+      </c>
+      <c r="I45" s="8">
+        <v>76099617</v>
+      </c>
+      <c r="J45" s="8">
+        <v>71594837</v>
+      </c>
+      <c r="K45" s="8">
+        <v>81761632</v>
       </c>
     </row>
     <row r="46" ht="15" customHeight="1">
       <c r="A46" s="7" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B46" s="8">
-        <v>56884847</v>
+        <v>56909140</v>
       </c>
       <c r="C46" s="8">
-        <v>51080493</v>
+        <v>51096349</v>
       </c>
       <c r="D46" s="8">
-        <v>56612928</v>
+        <v>56627668</v>
       </c>
       <c r="E46" s="8">
-        <v>53954885</v>
+        <v>53988723</v>
       </c>
       <c r="F46" s="8">
-        <v>55661237</v>
+        <v>55699890</v>
       </c>
       <c r="G46" s="8">
-        <v>50210682</v>
+        <v>50315497</v>
+      </c>
+      <c r="H46" s="8">
+        <v>54118567</v>
+      </c>
+      <c r="I46" s="8">
+        <v>55788618</v>
+      </c>
+      <c r="J46" s="8">
+        <v>51753442</v>
+      </c>
+      <c r="K46" s="8">
+        <v>59698075</v>
       </c>
     </row>
     <row r="47" ht="15" customHeight="1">
       <c r="A47" s="7" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B47" s="8">
         <v>1894355</v>
       </c>
       <c r="C47" s="8">
         <v>1615772</v>
       </c>
       <c r="D47" s="8">
         <v>1394945</v>
       </c>
       <c r="E47" s="8">
         <v>1622839</v>
       </c>
       <c r="F47" s="8">
-        <v>1863008</v>
+        <v>1865026</v>
       </c>
       <c r="G47" s="8">
         <v>1770086</v>
       </c>
+      <c r="H47" s="8">
+        <v>1772268</v>
+      </c>
+      <c r="I47" s="8">
+        <v>1425787</v>
+      </c>
+      <c r="J47" s="8">
+        <v>1708146</v>
+      </c>
+      <c r="K47" s="8">
+        <v>1765456</v>
+      </c>
     </row>
     <row r="48" ht="15" customHeight="1">
       <c r="A48" s="7" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B48" s="8">
-        <v>10210147</v>
+        <v>10212099</v>
       </c>
       <c r="C48" s="8">
-        <v>10545054</v>
+        <v>10546396</v>
       </c>
       <c r="D48" s="8">
-        <v>10454931</v>
+        <v>10456483</v>
       </c>
       <c r="E48" s="8">
-        <v>9212800</v>
+        <v>9216929</v>
       </c>
       <c r="F48" s="8">
-        <v>9253079</v>
+        <v>9258721</v>
       </c>
       <c r="G48" s="8">
-        <v>8144626</v>
+        <v>8145426</v>
+      </c>
+      <c r="H48" s="8">
+        <v>9026140</v>
+      </c>
+      <c r="I48" s="8">
+        <v>9263706</v>
+      </c>
+      <c r="J48" s="8">
+        <v>9159092</v>
+      </c>
+      <c r="K48" s="8">
+        <v>9939066</v>
       </c>
     </row>
     <row r="49" ht="15" customHeight="1">
       <c r="A49" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B49" s="8">
-        <v>743292</v>
+        <v>743297</v>
       </c>
       <c r="C49" s="8">
         <v>435076</v>
       </c>
       <c r="D49" s="8">
         <v>705903</v>
       </c>
       <c r="E49" s="8">
-        <v>366640</v>
+        <v>366611</v>
       </c>
       <c r="F49" s="8">
-        <v>509544</v>
+        <v>509712</v>
       </c>
       <c r="G49" s="8">
         <v>616071</v>
       </c>
+      <c r="H49" s="8">
+        <v>492803</v>
+      </c>
+      <c r="I49" s="8">
+        <v>587048</v>
+      </c>
+      <c r="J49" s="8">
+        <v>324862</v>
+      </c>
+      <c r="K49" s="8">
+        <v>643387</v>
+      </c>
     </row>
     <row r="50" ht="15" customHeight="1">
       <c r="A50" s="7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B50" s="8">
-        <v>104267</v>
+        <v>104431</v>
       </c>
       <c r="C50" s="8">
-        <v>93124</v>
+        <v>93135</v>
       </c>
       <c r="D50" s="8">
-        <v>101478</v>
+        <v>95035</v>
       </c>
       <c r="E50" s="8">
-        <v>118285</v>
+        <v>128483</v>
       </c>
       <c r="F50" s="8">
-        <v>223281</v>
+        <v>238017</v>
       </c>
       <c r="G50" s="8">
-        <v>89820</v>
+        <v>96807</v>
+      </c>
+      <c r="H50" s="8">
+        <v>107620</v>
+      </c>
+      <c r="I50" s="8">
+        <v>66728</v>
+      </c>
+      <c r="J50" s="8">
+        <v>107346</v>
+      </c>
+      <c r="K50" s="8">
+        <v>209026</v>
       </c>
     </row>
     <row r="51" ht="15" customHeight="1">
       <c r="A51" s="7" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B51" s="8">
-        <v>4890708</v>
+        <v>4890778</v>
       </c>
       <c r="C51" s="8">
-        <v>4922664</v>
+        <v>4922803</v>
       </c>
       <c r="D51" s="8">
-        <v>5253029</v>
+        <v>5259711</v>
       </c>
       <c r="E51" s="8">
-        <v>5282383</v>
+        <v>5282916</v>
       </c>
       <c r="F51" s="8">
-        <v>5124438</v>
+        <v>5132634</v>
       </c>
       <c r="G51" s="8">
-        <v>4494895</v>
+        <v>4495884</v>
+      </c>
+      <c r="H51" s="8">
+        <v>4319244</v>
+      </c>
+      <c r="I51" s="8">
+        <v>4146006</v>
+      </c>
+      <c r="J51" s="8">
+        <v>4248236</v>
+      </c>
+      <c r="K51" s="8">
+        <v>5056976</v>
       </c>
     </row>
     <row r="52" ht="15" customHeight="1">
       <c r="A52" s="7" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B52" s="8">
-        <v>472526</v>
+        <v>473304</v>
       </c>
       <c r="C52" s="8">
-        <v>615644</v>
+        <v>618660</v>
       </c>
       <c r="D52" s="8">
-        <v>504221</v>
+        <v>505404</v>
       </c>
       <c r="E52" s="8">
-        <v>555705</v>
+        <v>556316</v>
       </c>
       <c r="F52" s="8">
-        <v>642376</v>
+        <v>644980</v>
       </c>
       <c r="G52" s="8">
-        <v>439595</v>
+        <v>445290</v>
+      </c>
+      <c r="H52" s="8">
+        <v>520818</v>
+      </c>
+      <c r="I52" s="8">
+        <v>466017</v>
+      </c>
+      <c r="J52" s="8">
+        <v>306853</v>
+      </c>
+      <c r="K52" s="8">
+        <v>394208</v>
       </c>
     </row>
     <row r="53" ht="15" customHeight="1">
       <c r="A53" s="7" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B53" s="8">
-        <v>2078256</v>
+        <v>2079326</v>
       </c>
       <c r="C53" s="8">
-        <v>1970255</v>
+        <v>1977526</v>
       </c>
       <c r="D53" s="8">
-        <v>3036388</v>
+        <v>3040232</v>
       </c>
       <c r="E53" s="8">
-        <v>2138090</v>
+        <v>2142192</v>
       </c>
       <c r="F53" s="8">
-        <v>2343262</v>
+        <v>2347784</v>
       </c>
       <c r="G53" s="8">
-        <v>1735204</v>
+        <v>1749248</v>
+      </c>
+      <c r="H53" s="8">
+        <v>1946075</v>
+      </c>
+      <c r="I53" s="8">
+        <v>2088850</v>
+      </c>
+      <c r="J53" s="8">
+        <v>1426668</v>
+      </c>
+      <c r="K53" s="8">
+        <v>1411095</v>
       </c>
     </row>
     <row r="54" ht="15" customHeight="1">
       <c r="A54" s="7" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B54" s="8">
-        <v>979316</v>
+        <v>980128</v>
       </c>
       <c r="C54" s="8">
-        <v>851563</v>
+        <v>853113</v>
       </c>
       <c r="D54" s="8">
-        <v>1284228</v>
+        <v>1285061</v>
       </c>
       <c r="E54" s="8">
-        <v>1079861</v>
+        <v>1081826</v>
       </c>
       <c r="F54" s="8">
-        <v>889646</v>
+        <v>891494</v>
       </c>
       <c r="G54" s="8">
-        <v>1057413</v>
+        <v>1061787</v>
+      </c>
+      <c r="H54" s="8">
+        <v>980985</v>
+      </c>
+      <c r="I54" s="8">
+        <v>855462</v>
+      </c>
+      <c r="J54" s="8">
+        <v>1125509</v>
+      </c>
+      <c r="K54" s="8">
+        <v>1071662</v>
       </c>
     </row>
     <row r="55" ht="15" customHeight="1">
       <c r="A55" s="7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B55" s="8">
-        <v>1047071</v>
+        <v>1047317</v>
       </c>
       <c r="C55" s="8">
-        <v>1148791</v>
+        <v>1149075</v>
       </c>
       <c r="D55" s="8">
-        <v>1617189</v>
+        <v>1617574</v>
       </c>
       <c r="E55" s="8">
-        <v>1533866</v>
+        <v>1535741</v>
       </c>
       <c r="F55" s="8">
-        <v>1259339</v>
+        <v>1260020</v>
       </c>
       <c r="G55" s="8">
-        <v>1392531</v>
+        <v>1395279</v>
+      </c>
+      <c r="H55" s="8">
+        <v>1257860</v>
+      </c>
+      <c r="I55" s="8">
+        <v>1411395</v>
+      </c>
+      <c r="J55" s="8">
+        <v>1434684</v>
+      </c>
+      <c r="K55" s="8">
+        <v>1572682</v>
       </c>
     </row>
     <row r="56" ht="15" customHeight="1">
       <c r="A56" s="7" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B56" s="8">
-        <v>2775371</v>
+        <v>2775410</v>
       </c>
       <c r="C56" s="8">
-        <v>2710150</v>
+        <v>2710156</v>
       </c>
       <c r="D56" s="8">
         <v>2920296</v>
       </c>
       <c r="E56" s="8">
-        <v>2379486</v>
+        <v>2379492</v>
       </c>
       <c r="F56" s="8">
-        <v>2556774</v>
+        <v>2556953</v>
       </c>
       <c r="G56" s="8">
-        <v>2565402</v>
+        <v>2565388</v>
+      </c>
+      <c r="H56" s="8">
+        <v>2523959</v>
+      </c>
+      <c r="I56" s="8">
+        <v>2969310</v>
+      </c>
+      <c r="J56" s="8">
+        <v>2777022</v>
+      </c>
+      <c r="K56" s="8">
+        <v>2870419</v>
       </c>
     </row>
     <row r="57" ht="15" customHeight="1">
       <c r="A57" s="7" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B57" s="8">
-        <v>424725</v>
+        <v>424731</v>
       </c>
       <c r="C57" s="8">
-        <v>383221</v>
+        <v>383226</v>
       </c>
       <c r="D57" s="8">
         <v>469202</v>
       </c>
       <c r="E57" s="8">
-        <v>324639</v>
+        <v>324644</v>
       </c>
       <c r="F57" s="8">
-        <v>391061</v>
+        <v>391072</v>
       </c>
       <c r="G57" s="8">
-        <v>350971</v>
+        <v>350957</v>
+      </c>
+      <c r="H57" s="8">
+        <v>330751</v>
+      </c>
+      <c r="I57" s="8">
+        <v>404407</v>
+      </c>
+      <c r="J57" s="8">
+        <v>383971</v>
+      </c>
+      <c r="K57" s="8">
+        <v>378644</v>
       </c>
     </row>
     <row r="58" ht="15" customHeight="1">
       <c r="A58" s="7" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B58" s="8">
-        <v>2350646</v>
+        <v>2350679</v>
       </c>
       <c r="C58" s="8">
         <v>2326930</v>
       </c>
       <c r="D58" s="8">
         <v>2451093</v>
       </c>
       <c r="E58" s="8">
         <v>2054847</v>
       </c>
       <c r="F58" s="8">
-        <v>2165713</v>
+        <v>2165881</v>
       </c>
       <c r="G58" s="8">
         <v>2214431</v>
       </c>
+      <c r="H58" s="8">
+        <v>2193209</v>
+      </c>
+      <c r="I58" s="8">
+        <v>2564903</v>
+      </c>
+      <c r="J58" s="8">
+        <v>2393051</v>
+      </c>
+      <c r="K58" s="8">
+        <v>2491775</v>
+      </c>
     </row>
     <row r="59" ht="15" customHeight="1">
       <c r="A59" s="7" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B59" s="8">
-        <v>3993672</v>
+        <v>3994098</v>
       </c>
       <c r="C59" s="8">
-        <v>4116372</v>
+        <v>4116804</v>
       </c>
       <c r="D59" s="8">
-        <v>4362513</v>
+        <v>4362944</v>
       </c>
       <c r="E59" s="8">
-        <v>4301879</v>
+        <v>4302375</v>
       </c>
       <c r="F59" s="8">
-        <v>4588822</v>
+        <v>4590545</v>
       </c>
       <c r="G59" s="8">
-        <v>4015924</v>
+        <v>4016386</v>
+      </c>
+      <c r="H59" s="8">
+        <v>2613625</v>
+      </c>
+      <c r="I59" s="8">
+        <v>2835533</v>
+      </c>
+      <c r="J59" s="8">
+        <v>2785128</v>
+      </c>
+      <c r="K59" s="8">
+        <v>2912885</v>
       </c>
     </row>
     <row r="60" ht="15" customHeight="1">
       <c r="A60" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B60" s="8">
         <v>912975</v>
       </c>
       <c r="C60" s="8">
         <v>789395</v>
       </c>
       <c r="D60" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E60" s="8">
         <v>996664</v>
       </c>
       <c r="F60" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="G60" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
+      </c>
+      <c r="H60" s="8">
+        <v>729361</v>
+      </c>
+      <c r="I60" s="9" t="s">
+        <v>55</v>
+      </c>
+      <c r="J60" s="8">
+        <v>899273</v>
+      </c>
+      <c r="K60" s="8">
+        <v>696937</v>
       </c>
     </row>
     <row r="61" ht="15" customHeight="1">
       <c r="A61" s="7" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="B61" s="8">
         <v>1712898</v>
       </c>
       <c r="C61" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D61" s="8">
         <v>2045218</v>
       </c>
       <c r="E61" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="F61" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="G61" s="8">
         <v>1802389</v>
       </c>
+      <c r="H61" s="8">
+        <v>698191</v>
+      </c>
+      <c r="I61" s="8">
+        <v>764796</v>
+      </c>
+      <c r="J61" s="8">
+        <v>655310</v>
+      </c>
+      <c r="K61" s="9" t="s">
+        <v>55</v>
+      </c>
     </row>
     <row r="62" ht="15" customHeight="1">
       <c r="A62" s="7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B62" s="8">
-        <v>591441</v>
+        <v>591872</v>
       </c>
       <c r="C62" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D62" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E62" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="F62" s="8">
-        <v>831388</v>
+        <v>831819</v>
       </c>
       <c r="G62" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
+      </c>
+      <c r="H62" s="8">
+        <v>685967</v>
+      </c>
+      <c r="I62" s="9" t="s">
+        <v>55</v>
+      </c>
+      <c r="J62" s="8">
+        <v>805057</v>
+      </c>
+      <c r="K62" s="9" t="s">
+        <v>55</v>
       </c>
     </row>
     <row r="63" ht="15" customHeight="1">
       <c r="A63" s="7" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="B63" s="8">
-        <v>776358</v>
+        <v>776353</v>
       </c>
       <c r="C63" s="8">
         <v>516814</v>
       </c>
       <c r="D63" s="8">
         <v>666569</v>
       </c>
       <c r="E63" s="8">
-        <v>542421</v>
+        <v>542485</v>
       </c>
       <c r="F63" s="8">
-        <v>659813</v>
+        <v>659792</v>
       </c>
       <c r="G63" s="8">
-        <v>461717</v>
+        <v>461748</v>
+      </c>
+      <c r="H63" s="8">
+        <v>500106</v>
+      </c>
+      <c r="I63" s="8">
+        <v>417654</v>
+      </c>
+      <c r="J63" s="8">
+        <v>425488</v>
+      </c>
+      <c r="K63" s="8">
+        <v>380577</v>
       </c>
     </row>
     <row r="64" ht="15" customHeight="1">
       <c r="A64" s="7" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="E64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
+      </c>
+      <c r="H64" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="I64" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="J64" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="K64" s="8" t="s">
+        <v>59</v>
       </c>
     </row>
     <row r="65" ht="15" customHeight="1">
       <c r="A65" s="7" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B65" s="8">
-        <v>917207808</v>
+        <v>917788625</v>
       </c>
       <c r="C65" s="8">
-        <v>829795919</v>
+        <v>830402341</v>
       </c>
       <c r="D65" s="8">
-        <v>919343626</v>
+        <v>919909149</v>
       </c>
       <c r="E65" s="8">
-        <v>859801584</v>
+        <v>860949202</v>
       </c>
       <c r="F65" s="8">
-        <v>947013798</v>
+        <v>948307640</v>
       </c>
       <c r="G65" s="8">
-        <v>915193324</v>
+        <v>916209960</v>
+      </c>
+      <c r="H65" s="8">
+        <v>974691861</v>
+      </c>
+      <c r="I65" s="8">
+        <v>943710309</v>
+      </c>
+      <c r="J65" s="8">
+        <v>897214790</v>
+      </c>
+      <c r="K65" s="8">
+        <v>959076797</v>
       </c>
     </row>
     <row r="66" ht="15" customHeight="1">
       <c r="A66" s="7" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="B66" s="8">
         <v>197597610</v>
       </c>
       <c r="C66" s="8">
         <v>171557721</v>
       </c>
       <c r="D66" s="8">
         <v>191772547</v>
       </c>
       <c r="E66" s="8">
         <v>194820478</v>
       </c>
       <c r="F66" s="8">
         <v>189483148</v>
       </c>
       <c r="G66" s="8">
         <v>200134254</v>
       </c>
+      <c r="H66" s="8">
+        <v>215147540</v>
+      </c>
+      <c r="I66" s="8">
+        <v>211689295</v>
+      </c>
+      <c r="J66" s="8">
+        <v>199182787</v>
+      </c>
+      <c r="K66" s="8">
+        <v>204620469</v>
+      </c>
     </row>
     <row r="67" ht="15" customHeight="1">
       <c r="A67" s="7" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="B67" s="8">
         <v>739944494</v>
       </c>
       <c r="C67" s="8">
         <v>651570961</v>
       </c>
       <c r="D67" s="8">
         <v>708330410</v>
       </c>
       <c r="E67" s="8">
         <v>722064441</v>
       </c>
       <c r="F67" s="8">
         <v>743682593</v>
       </c>
       <c r="G67" s="8">
         <v>733925649</v>
       </c>
+      <c r="H67" s="8">
+        <v>781468832</v>
+      </c>
+      <c r="I67" s="8">
+        <v>764122900</v>
+      </c>
+      <c r="J67" s="8">
+        <v>712261136</v>
+      </c>
+      <c r="K67" s="8">
+        <v>778671125</v>
+      </c>
     </row>
     <row r="68" ht="15" customHeight="1">
       <c r="A68" s="7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B68" s="8">
-        <v>310653</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>891470</v>
+      </c>
+      <c r="C68" s="8">
+        <v>992953</v>
       </c>
       <c r="D68" s="8">
-        <v>484125</v>
-[...8 lines deleted...]
-        <v>17</v>
+        <v>1049497</v>
+      </c>
+      <c r="E68" s="8">
+        <v>1622798</v>
+      </c>
+      <c r="F68" s="8">
+        <v>1708668</v>
+      </c>
+      <c r="G68" s="8">
+        <v>1354159</v>
+      </c>
+      <c r="H68" s="8">
+        <v>1720837</v>
+      </c>
+      <c r="I68" s="8">
+        <v>1052914</v>
+      </c>
+      <c r="J68" s="8">
+        <v>974666</v>
+      </c>
+      <c r="K68" s="8">
+        <v>1024413</v>
       </c>
     </row>
     <row r="69" ht="15" customHeight="1">
       <c r="A69" s="7" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B69" s="8">
         <v>99283836</v>
       </c>
       <c r="C69" s="8">
         <v>102676320</v>
       </c>
       <c r="D69" s="8">
         <v>131561542</v>
       </c>
       <c r="E69" s="8">
         <v>93890063</v>
       </c>
       <c r="F69" s="8">
         <v>113561248</v>
       </c>
       <c r="G69" s="8">
         <v>122590208</v>
       </c>
+      <c r="H69" s="8">
+        <v>119820339</v>
+      </c>
+      <c r="I69" s="8">
+        <v>104746799</v>
+      </c>
+      <c r="J69" s="8">
+        <v>108024554</v>
+      </c>
+      <c r="K69" s="8">
+        <v>93518399</v>
+      </c>
     </row>
     <row r="70" ht="15" customHeight="1">
       <c r="A70" s="7" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="B70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="E70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
+      </c>
+      <c r="H70" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="I70" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="J70" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="K70" s="8" t="s">
+        <v>59</v>
       </c>
     </row>
     <row r="71" ht="15" customHeight="1">
       <c r="A71" s="7" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B71" s="8">
-        <v>17490498</v>
+        <v>18420687</v>
       </c>
       <c r="C71" s="8">
-        <v>53197872</v>
+        <v>54157644</v>
       </c>
       <c r="D71" s="8">
-        <v>18412322</v>
+        <v>19604084</v>
       </c>
       <c r="E71" s="8">
-        <v>19833826</v>
+        <v>20968829</v>
       </c>
       <c r="F71" s="8">
-        <v>19424265</v>
+        <v>20714318</v>
       </c>
       <c r="G71" s="8">
-        <v>19535857</v>
+        <v>20825616</v>
+      </c>
+      <c r="H71" s="8">
+        <v>18712895</v>
+      </c>
+      <c r="I71" s="8">
+        <v>18567515</v>
+      </c>
+      <c r="J71" s="8">
+        <v>26875324</v>
+      </c>
+      <c r="K71" s="8">
+        <v>21618951</v>
       </c>
     </row>
     <row r="72" ht="15" customHeight="1">
       <c r="A72" s="7" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="B72" s="8">
-        <v>10519135</v>
+        <v>10521263</v>
       </c>
       <c r="C72" s="8">
-        <v>10064828</v>
+        <v>10070218</v>
       </c>
       <c r="D72" s="8">
-        <v>11626490</v>
+        <v>11627040</v>
       </c>
       <c r="E72" s="8">
-        <v>11729233</v>
+        <v>11730650</v>
       </c>
       <c r="F72" s="8">
-        <v>11548500</v>
+        <v>11551872</v>
       </c>
       <c r="G72" s="8">
-        <v>10115421</v>
+        <v>10116193</v>
+      </c>
+      <c r="H72" s="8">
+        <v>11420545</v>
+      </c>
+      <c r="I72" s="8">
+        <v>11569404</v>
+      </c>
+      <c r="J72" s="8">
+        <v>12231281</v>
+      </c>
+      <c r="K72" s="8">
+        <v>12070791</v>
       </c>
     </row>
     <row r="73" ht="15" customHeight="1">
       <c r="A73" s="7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B73" s="8">
-        <v>8538906</v>
+        <v>9469504</v>
       </c>
       <c r="C73" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D73" s="8">
-        <v>8317971</v>
+        <v>9437316</v>
       </c>
       <c r="E73" s="8">
-        <v>8766780</v>
+        <v>9922399</v>
       </c>
       <c r="F73" s="8">
-        <v>8973123</v>
+        <v>10175176</v>
       </c>
       <c r="G73" s="8">
-        <v>7810095</v>
+        <v>9034819</v>
+      </c>
+      <c r="H73" s="8">
+        <v>8296727</v>
+      </c>
+      <c r="I73" s="8">
+        <v>7742660</v>
+      </c>
+      <c r="J73" s="8">
+        <v>15657971</v>
+      </c>
+      <c r="K73" s="8">
+        <v>9133032</v>
       </c>
     </row>
     <row r="74" ht="15" customHeight="1">
       <c r="A74" s="7" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B74" s="8">
-        <v>2835567</v>
+        <v>2847249</v>
       </c>
       <c r="C74" s="8">
-        <v>2149240</v>
+        <v>2163825</v>
       </c>
       <c r="D74" s="8">
-        <v>1680584</v>
+        <v>1693688</v>
       </c>
       <c r="E74" s="8">
-        <v>1866888</v>
+        <v>1881460</v>
       </c>
       <c r="F74" s="8">
-        <v>2077470</v>
+        <v>2085681</v>
       </c>
       <c r="G74" s="8">
-        <v>2329146</v>
+        <v>2343493</v>
+      </c>
+      <c r="H74" s="8">
+        <v>2483457</v>
+      </c>
+      <c r="I74" s="8">
+        <v>2508252</v>
+      </c>
+      <c r="J74" s="8">
+        <v>1961814</v>
+      </c>
+      <c r="K74" s="8">
+        <v>2421511</v>
       </c>
     </row>
     <row r="75" ht="12" customHeight="1"/>
     <row r="76" ht="14" customHeight="1">
       <c r="A76" s="10" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="B76" s="10"/>
       <c r="C76" s="10"/>
       <c r="D76" s="10"/>
       <c r="E76" s="10"/>
       <c r="F76" s="10"/>
       <c r="G76" s="10"/>
+      <c r="H76" s="10"/>
+      <c r="I76" s="10"/>
+      <c r="J76" s="10"/>
+      <c r="K76" s="10"/>
     </row>
     <row r="77" ht="14" customHeight="1">
       <c r="A77" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B77" s="11"/>
       <c r="C77" s="11"/>
       <c r="D77" s="11"/>
       <c r="E77" s="11"/>
       <c r="F77" s="11"/>
       <c r="G77" s="11"/>
+      <c r="H77" s="11"/>
+      <c r="I77" s="11"/>
+      <c r="J77" s="11"/>
+      <c r="K77" s="11"/>
     </row>
     <row r="78" ht="14" customHeight="1">
       <c r="A78" s="12" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="B78" s="12"/>
       <c r="C78" s="12"/>
       <c r="D78" s="12"/>
       <c r="E78" s="12"/>
       <c r="F78" s="12"/>
       <c r="G78" s="12"/>
+      <c r="H78" s="12"/>
+      <c r="I78" s="12"/>
+      <c r="J78" s="12"/>
+      <c r="K78" s="12"/>
     </row>
     <row r="79" ht="43" customHeight="1">
       <c r="A79" s="12" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="B79" s="12"/>
       <c r="C79" s="12"/>
       <c r="D79" s="12"/>
       <c r="E79" s="12"/>
       <c r="F79" s="12"/>
       <c r="G79" s="12"/>
+      <c r="H79" s="12"/>
+      <c r="I79" s="12"/>
+      <c r="J79" s="12"/>
+      <c r="K79" s="12"/>
     </row>
     <row r="80" ht="14" customHeight="1">
       <c r="A80" s="12" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B80" s="12"/>
       <c r="C80" s="12"/>
       <c r="D80" s="12"/>
       <c r="E80" s="12"/>
       <c r="F80" s="12"/>
       <c r="G80" s="12"/>
+      <c r="H80" s="12"/>
+      <c r="I80" s="12"/>
+      <c r="J80" s="12"/>
+      <c r="K80" s="12"/>
     </row>
     <row r="81" ht="12" customHeight="1">
       <c r="A81" s="13" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="B81" s="13"/>
       <c r="C81" s="13"/>
       <c r="D81" s="13"/>
       <c r="E81" s="13"/>
       <c r="F81" s="13"/>
       <c r="G81" s="13"/>
+      <c r="H81" s="13"/>
+      <c r="I81" s="13"/>
+      <c r="J81" s="13"/>
+      <c r="K81" s="13"/>
     </row>
     <row r="82" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="12">
-    <mergeCell ref="A1:G1"/>
-[...10 lines deleted...]
-    <mergeCell ref="A81:G81"/>
+    <mergeCell ref="A1:K1"/>
+    <mergeCell ref="A2:K2"/>
+    <mergeCell ref="A3:K3"/>
+    <mergeCell ref="A4:K4"/>
+    <mergeCell ref="A5:K5"/>
+    <mergeCell ref="A6:K6"/>
+    <mergeCell ref="A76:K76"/>
+    <mergeCell ref="A77:K77"/>
+    <mergeCell ref="A78:K78"/>
+    <mergeCell ref="A79:K79"/>
+    <mergeCell ref="A80:K80"/>
+    <mergeCell ref="A81:K81"/>
   </mergeCells>
   <printOptions headings="0" horizontalCentered="0" verticalCentered="0" gridLines="0"/>
   <pageMargins left="0.05" right="0.05" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup paperSize="1" fitToWidth="1" fitToHeight="1" scale="100" orientation="landscape" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter>
     <oddHeader/>
     <oddFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr filterMode="0" enableFormatConditionsCalculation="0">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:N81"/>
   <sheetViews>
     <sheetView zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0">
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12" customHeight="1" x14ac:dyDescent="0"/>
   <cols>
     <col min="1" max="1" width="67.86" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="15.71" bestFit="1" customWidth="1"/>
@@ -3189,3111 +4037,3111 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="B9" s="8">
         <v>1778</v>
       </c>
       <c r="C9" s="8">
         <v>1781</v>
       </c>
       <c r="D9" s="8">
         <v>1804</v>
       </c>
       <c r="E9" s="8">
         <v>1819</v>
       </c>
       <c r="F9" s="8">
         <v>1846</v>
       </c>
       <c r="G9" s="8">
         <v>1866</v>
       </c>
       <c r="H9" s="8">
         <v>1868</v>
       </c>
       <c r="I9" s="8">
         <v>1895</v>
       </c>
       <c r="J9" s="8">
         <v>1918</v>
       </c>
       <c r="K9" s="8">
         <v>1934</v>
       </c>
       <c r="L9" s="8">
         <v>1945</v>
       </c>
       <c r="M9" s="8">
         <v>1985</v>
       </c>
       <c r="N9" s="8">
         <v>2129</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="B10" s="8">
         <v>1379300613</v>
       </c>
       <c r="C10" s="8">
         <v>1331959306</v>
       </c>
       <c r="D10" s="8">
         <v>1444771967</v>
       </c>
       <c r="E10" s="8">
         <v>1354603119</v>
       </c>
       <c r="F10" s="8">
         <v>1441013306</v>
       </c>
       <c r="G10" s="8">
         <v>1418744356</v>
       </c>
       <c r="H10" s="8">
         <v>1443747472</v>
       </c>
       <c r="I10" s="8">
         <v>1499674637</v>
       </c>
       <c r="J10" s="8">
         <v>1422528307</v>
       </c>
       <c r="K10" s="8">
         <v>1510104392</v>
       </c>
       <c r="L10" s="8">
         <v>1511674774</v>
       </c>
       <c r="M10" s="8">
         <v>1520349231</v>
       </c>
       <c r="N10" s="8">
         <v>17278471481</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B11" s="8">
         <v>15456896</v>
       </c>
       <c r="C11" s="8">
         <v>14003200</v>
       </c>
       <c r="D11" s="8">
         <v>16529731</v>
       </c>
       <c r="E11" s="8">
         <v>15283097</v>
       </c>
       <c r="F11" s="8">
         <v>14879894</v>
       </c>
       <c r="G11" s="8">
         <v>14961504</v>
       </c>
       <c r="H11" s="8">
         <v>10996031</v>
       </c>
       <c r="I11" s="8">
         <v>11285674</v>
       </c>
       <c r="J11" s="8">
         <v>12129042</v>
       </c>
       <c r="K11" s="8">
         <v>11993298</v>
       </c>
       <c r="L11" s="8">
         <v>14730854</v>
       </c>
       <c r="M11" s="8">
         <v>14448833</v>
       </c>
       <c r="N11" s="8">
         <v>166698053</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B12" s="8">
         <v>1147713</v>
       </c>
       <c r="C12" s="8">
         <v>246500</v>
       </c>
       <c r="D12" s="8">
         <v>1334091</v>
       </c>
       <c r="E12" s="8">
         <v>900915</v>
       </c>
       <c r="F12" s="8">
         <v>564612</v>
       </c>
       <c r="G12" s="8">
         <v>134978</v>
       </c>
       <c r="H12" s="8">
         <v>190027</v>
       </c>
       <c r="I12" s="8">
         <v>3411500</v>
       </c>
       <c r="J12" s="8">
         <v>5323681</v>
       </c>
       <c r="K12" s="8">
         <v>1043207</v>
       </c>
       <c r="L12" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M12" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N12" s="8">
         <v>15684964</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B13" s="8">
         <v>469191</v>
       </c>
       <c r="C13" s="8">
         <v>635245</v>
       </c>
       <c r="D13" s="8">
         <v>504913</v>
       </c>
       <c r="E13" s="8">
         <v>534477</v>
       </c>
       <c r="F13" s="8">
         <v>318371</v>
       </c>
       <c r="G13" s="8">
         <v>524259</v>
       </c>
       <c r="H13" s="8">
         <v>534055</v>
       </c>
       <c r="I13" s="8">
         <v>793186</v>
       </c>
       <c r="J13" s="8">
         <v>670878</v>
       </c>
       <c r="K13" s="8">
         <v>593047</v>
       </c>
       <c r="L13" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M13" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N13" s="8">
         <v>6712620</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>1362226813</v>
       </c>
       <c r="C14" s="8">
         <v>1317074361</v>
       </c>
       <c r="D14" s="8">
         <v>1426403231</v>
       </c>
       <c r="E14" s="8">
         <v>1337884631</v>
       </c>
       <c r="F14" s="8">
         <v>1425250429</v>
       </c>
       <c r="G14" s="8">
         <v>1403123616</v>
       </c>
       <c r="H14" s="8">
         <v>1432027360</v>
       </c>
       <c r="I14" s="8">
         <v>1484184277</v>
       </c>
       <c r="J14" s="8">
         <v>1404404706</v>
       </c>
       <c r="K14" s="8">
         <v>1496474841</v>
       </c>
       <c r="L14" s="8">
         <v>1495172927</v>
       </c>
       <c r="M14" s="8">
         <v>1505148654</v>
       </c>
       <c r="N14" s="8">
         <v>17089375844</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B15" s="8">
         <v>31987428</v>
       </c>
       <c r="C15" s="8">
         <v>25465608</v>
       </c>
       <c r="D15" s="8">
         <v>27994266</v>
       </c>
       <c r="E15" s="8">
         <v>26595402</v>
       </c>
       <c r="F15" s="8">
         <v>30386023</v>
       </c>
       <c r="G15" s="8">
         <v>30022647</v>
       </c>
       <c r="H15" s="8">
         <v>32340386</v>
       </c>
       <c r="I15" s="8">
         <v>27881592</v>
       </c>
       <c r="J15" s="8">
         <v>30797754</v>
       </c>
       <c r="K15" s="8">
         <v>26593581</v>
       </c>
       <c r="L15" s="8">
         <v>31236819</v>
       </c>
       <c r="M15" s="8">
         <v>26095064</v>
       </c>
       <c r="N15" s="8">
         <v>347396568</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B16" s="8">
         <v>67892722</v>
       </c>
       <c r="C16" s="8">
         <v>95015543</v>
       </c>
       <c r="D16" s="8">
         <v>131483524</v>
       </c>
       <c r="E16" s="8">
         <v>144329391</v>
       </c>
       <c r="F16" s="8">
         <v>93158703</v>
       </c>
       <c r="G16" s="8">
         <v>83198796</v>
       </c>
       <c r="H16" s="8">
         <v>145184363</v>
       </c>
       <c r="I16" s="8">
         <v>128853741</v>
       </c>
       <c r="J16" s="8">
         <v>110383396</v>
       </c>
       <c r="K16" s="8">
         <v>194659557</v>
       </c>
       <c r="L16" s="8">
         <v>203628435</v>
       </c>
       <c r="M16" s="8">
         <v>172990023</v>
       </c>
       <c r="N16" s="8">
         <v>1570778195</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B17" s="8">
         <v>4241311</v>
       </c>
       <c r="C17" s="8">
         <v>16300548</v>
       </c>
       <c r="D17" s="8">
         <v>26087435</v>
       </c>
       <c r="E17" s="8">
         <v>31768319</v>
       </c>
       <c r="F17" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="G17" s="8">
         <v>28857756</v>
       </c>
       <c r="H17" s="8">
         <v>34347030</v>
       </c>
       <c r="I17" s="8">
         <v>11410392</v>
       </c>
       <c r="J17" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="K17" s="8">
         <v>29760825</v>
       </c>
       <c r="L17" s="8">
         <v>43607166</v>
       </c>
       <c r="M17" s="8">
         <v>29806864</v>
       </c>
       <c r="N17" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B18" s="8">
         <v>63429787</v>
       </c>
       <c r="C18" s="8">
         <v>78038445</v>
       </c>
       <c r="D18" s="8">
         <v>105170162</v>
       </c>
       <c r="E18" s="8">
         <v>112336308</v>
       </c>
       <c r="F18" s="8">
         <v>56880748</v>
       </c>
       <c r="G18" s="8">
         <v>54107355</v>
       </c>
       <c r="H18" s="8">
         <v>110612984</v>
       </c>
       <c r="I18" s="8">
         <v>117201103</v>
       </c>
       <c r="J18" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="K18" s="8">
         <v>164472656</v>
       </c>
       <c r="L18" s="8">
         <v>159810024</v>
       </c>
       <c r="M18" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N18" s="8">
         <v>1266519160</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B19" s="8">
         <v>221624</v>
       </c>
       <c r="C19" s="8">
         <v>676551</v>
       </c>
       <c r="D19" s="8">
         <v>225927</v>
       </c>
       <c r="E19" s="8">
         <v>224765</v>
       </c>
       <c r="F19" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="G19" s="8">
         <v>233685</v>
       </c>
       <c r="H19" s="8">
         <v>224348</v>
       </c>
       <c r="I19" s="8">
         <v>242246</v>
       </c>
       <c r="J19" s="8">
         <v>204261</v>
       </c>
       <c r="K19" s="8">
         <v>426075</v>
       </c>
       <c r="L19" s="8">
         <v>211245</v>
       </c>
       <c r="M19" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N19" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B20" s="8">
         <v>875235173</v>
       </c>
       <c r="C20" s="8">
         <v>879611389</v>
       </c>
       <c r="D20" s="8">
         <v>920533808</v>
       </c>
       <c r="E20" s="8">
         <v>877487119</v>
       </c>
       <c r="F20" s="8">
         <v>879765052</v>
       </c>
       <c r="G20" s="8">
         <v>897334491</v>
       </c>
       <c r="H20" s="8">
         <v>894556025</v>
       </c>
       <c r="I20" s="8">
         <v>851753246</v>
       </c>
       <c r="J20" s="8">
         <v>912073619</v>
       </c>
       <c r="K20" s="8">
         <v>875303190</v>
       </c>
       <c r="L20" s="8">
         <v>868328331</v>
       </c>
       <c r="M20" s="8">
         <v>941330408</v>
       </c>
       <c r="N20" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B21" s="8">
         <v>619584922</v>
       </c>
       <c r="C21" s="8">
         <v>627036484</v>
       </c>
       <c r="D21" s="8">
         <v>635454677</v>
       </c>
       <c r="E21" s="8">
         <v>641291060</v>
       </c>
       <c r="F21" s="8">
         <v>648807880</v>
       </c>
       <c r="G21" s="8">
         <v>654973899</v>
       </c>
       <c r="H21" s="8">
         <v>658126330</v>
       </c>
       <c r="I21" s="8">
         <v>620727287</v>
       </c>
       <c r="J21" s="8">
         <v>662297457</v>
       </c>
       <c r="K21" s="8">
         <v>664455250</v>
       </c>
       <c r="L21" s="8">
         <v>669203103</v>
       </c>
       <c r="M21" s="8">
         <v>676874769</v>
       </c>
       <c r="N21" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B22" s="8">
         <v>40662936</v>
       </c>
       <c r="C22" s="8">
         <v>39421774</v>
       </c>
       <c r="D22" s="8">
         <v>39813155</v>
       </c>
       <c r="E22" s="8">
         <v>37522702</v>
       </c>
       <c r="F22" s="8">
         <v>37006818</v>
       </c>
       <c r="G22" s="8">
         <v>36080195</v>
       </c>
       <c r="H22" s="8">
         <v>34993739</v>
       </c>
       <c r="I22" s="8">
         <v>37467859</v>
       </c>
       <c r="J22" s="8">
         <v>41353513</v>
       </c>
       <c r="K22" s="8">
         <v>43091891</v>
       </c>
       <c r="L22" s="8">
         <v>41124435</v>
       </c>
       <c r="M22" s="8">
         <v>40221404</v>
       </c>
       <c r="N22" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B23" s="8">
         <v>5049169</v>
       </c>
       <c r="C23" s="8">
         <v>4897225</v>
       </c>
       <c r="D23" s="8">
         <v>5352306</v>
       </c>
       <c r="E23" s="8">
         <v>5232316</v>
       </c>
       <c r="F23" s="8">
         <v>4990480</v>
       </c>
       <c r="G23" s="8">
         <v>4640501</v>
       </c>
       <c r="H23" s="8">
         <v>5319627</v>
       </c>
       <c r="I23" s="8">
         <v>5872164</v>
       </c>
       <c r="J23" s="8">
         <v>5072878</v>
       </c>
       <c r="K23" s="8">
         <v>4406070</v>
       </c>
       <c r="L23" s="8">
         <v>4738568</v>
       </c>
       <c r="M23" s="8">
         <v>3989971</v>
       </c>
       <c r="N23" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B24" s="8">
         <v>209938147</v>
       </c>
       <c r="C24" s="8">
         <v>208255906</v>
       </c>
       <c r="D24" s="8">
         <v>239913669</v>
       </c>
       <c r="E24" s="8">
         <v>193441041</v>
       </c>
       <c r="F24" s="8">
         <v>188959874</v>
       </c>
       <c r="G24" s="8">
         <v>201639896</v>
       </c>
       <c r="H24" s="8">
         <v>196116329</v>
       </c>
       <c r="I24" s="8">
         <v>187685935</v>
       </c>
       <c r="J24" s="8">
         <v>203349771</v>
       </c>
       <c r="K24" s="8">
         <v>163349978</v>
       </c>
       <c r="L24" s="8">
         <v>153262224</v>
       </c>
       <c r="M24" s="8">
         <v>220244265</v>
       </c>
       <c r="N24" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B25" s="8">
-        <v>12640996357</v>
+        <v>12636892805</v>
       </c>
       <c r="C25" s="8">
-        <v>12191212383</v>
+        <v>12131414160</v>
       </c>
       <c r="D25" s="8">
-        <v>13396051033</v>
+        <v>13389885590</v>
       </c>
       <c r="E25" s="8">
-        <v>12135392042</v>
+        <v>12127838064</v>
       </c>
       <c r="F25" s="8">
-        <v>13064723848</v>
+        <v>13061606483</v>
       </c>
       <c r="G25" s="8">
-        <v>12636440867</v>
+        <v>12633006250</v>
       </c>
       <c r="H25" s="8">
-        <v>13203989630</v>
+        <v>13198288080</v>
       </c>
       <c r="I25" s="8">
-        <v>14983181521</v>
+        <v>14977800627</v>
       </c>
       <c r="J25" s="8">
-        <v>12420593690</v>
+        <v>12414813330</v>
       </c>
       <c r="K25" s="8">
-        <v>13253117129</v>
+        <v>13248208622</v>
       </c>
       <c r="L25" s="8">
-        <v>13832887052</v>
+        <v>13755227158</v>
       </c>
       <c r="M25" s="8">
-        <v>14954737530</v>
+        <v>14950688402</v>
       </c>
       <c r="N25" s="8">
-        <v>158713323081</v>
+        <v>158525669572</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B26" s="8">
         <v>12263769303</v>
       </c>
       <c r="C26" s="8">
         <v>11871061900</v>
       </c>
       <c r="D26" s="8">
         <v>13052069991</v>
       </c>
       <c r="E26" s="8">
         <v>11802428724</v>
       </c>
       <c r="F26" s="8">
         <v>12779135093</v>
       </c>
       <c r="G26" s="8">
         <v>12311724329</v>
       </c>
       <c r="H26" s="8">
         <v>12848784334</v>
       </c>
       <c r="I26" s="8">
         <v>14649847025</v>
       </c>
       <c r="J26" s="8">
         <v>12120205145</v>
       </c>
       <c r="K26" s="8">
         <v>12887963533</v>
       </c>
       <c r="L26" s="8">
         <v>13399543810</v>
       </c>
       <c r="M26" s="8">
         <v>14586710071</v>
       </c>
       <c r="N26" s="8">
         <v>154573243257</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B27" s="8">
         <v>24956940</v>
       </c>
-      <c r="C27" s="9" t="s">
-        <v>17</v>
+      <c r="C27" s="8">
+        <v>27031150</v>
       </c>
       <c r="D27" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E27" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="F27" s="8">
         <v>25901892</v>
       </c>
       <c r="G27" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="H27" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="I27" s="8">
         <v>19183997</v>
       </c>
       <c r="J27" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="K27" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L27" s="8">
         <v>31558738</v>
       </c>
       <c r="M27" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N27" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B28" s="9" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>196574147</v>
+        <v>55</v>
+      </c>
+      <c r="C28" s="9" t="s">
+        <v>55</v>
       </c>
       <c r="D28" s="8">
-        <v>213338719</v>
+        <v>207173277</v>
       </c>
       <c r="E28" s="8">
-        <v>220823787</v>
+        <v>213269810</v>
       </c>
       <c r="F28" s="8">
-        <v>252105153</v>
+        <v>248987789</v>
       </c>
       <c r="G28" s="8">
-        <v>213991057</v>
+        <v>210556440</v>
       </c>
       <c r="H28" s="8">
-        <v>244176090</v>
+        <v>238474540</v>
       </c>
       <c r="I28" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="J28" s="8">
-        <v>229663083</v>
+        <v>223882723</v>
       </c>
       <c r="K28" s="8">
-        <v>258854714</v>
+        <v>253946207</v>
       </c>
       <c r="L28" s="8">
-        <v>385892279</v>
+        <v>308232385</v>
       </c>
       <c r="M28" s="8">
-        <v>252694158</v>
+        <v>248645030</v>
       </c>
       <c r="N28" s="8">
-        <v>2916934222</v>
+        <v>2729280712</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="C29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="F29" s="8">
         <v>7581710</v>
       </c>
       <c r="G29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="H29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="I29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="J29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="K29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L29" s="8">
         <v>15892225</v>
       </c>
       <c r="M29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B30" s="8">
         <v>29886866</v>
       </c>
       <c r="C30" s="8">
         <v>29740752</v>
       </c>
       <c r="D30" s="8">
         <v>31715604</v>
       </c>
       <c r="E30" s="8">
         <v>29706478</v>
       </c>
       <c r="F30" s="8">
         <v>31778368</v>
       </c>
       <c r="G30" s="8">
         <v>32534692</v>
       </c>
       <c r="H30" s="8">
         <v>27318937</v>
       </c>
       <c r="I30" s="8">
         <v>32424790</v>
       </c>
       <c r="J30" s="8">
         <v>32244485</v>
       </c>
       <c r="K30" s="8">
         <v>33256691</v>
       </c>
       <c r="L30" s="8">
         <v>33381470</v>
       </c>
       <c r="M30" s="8">
         <v>26302667</v>
       </c>
       <c r="N30" s="8">
         <v>370291801</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B31" s="8">
         <v>6144033</v>
       </c>
       <c r="C31" s="8">
         <v>6666666</v>
       </c>
       <c r="D31" s="8">
         <v>5855535</v>
       </c>
       <c r="E31" s="8">
         <v>6297156</v>
       </c>
       <c r="F31" s="8">
         <v>6195403</v>
       </c>
       <c r="G31" s="8">
         <v>5981486</v>
       </c>
       <c r="H31" s="8">
         <v>5713405</v>
       </c>
       <c r="I31" s="8">
         <v>5865732</v>
       </c>
       <c r="J31" s="8">
         <v>6597378</v>
       </c>
       <c r="K31" s="8">
         <v>7136817</v>
       </c>
       <c r="L31" s="8">
         <v>7375916</v>
       </c>
       <c r="M31" s="8">
         <v>5103869</v>
       </c>
       <c r="N31" s="8">
         <v>74933395</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B32" s="8">
         <v>1706690</v>
       </c>
       <c r="C32" s="8">
         <v>1619021</v>
       </c>
       <c r="D32" s="8">
         <v>528580</v>
       </c>
       <c r="E32" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="F32" s="8">
         <v>1739150</v>
       </c>
       <c r="G32" s="8">
         <v>1642213</v>
       </c>
       <c r="H32" s="8">
         <v>1688950</v>
       </c>
       <c r="I32" s="8">
         <v>1916092</v>
       </c>
       <c r="J32" s="8">
         <v>2090610</v>
       </c>
       <c r="K32" s="8">
         <v>2007573</v>
       </c>
       <c r="L32" s="8">
         <v>1909804</v>
       </c>
       <c r="M32" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N32" s="8">
         <v>19580690</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B33" s="8">
         <v>3635311</v>
       </c>
       <c r="C33" s="8">
         <v>4142580</v>
       </c>
       <c r="D33" s="8">
         <v>3742203</v>
       </c>
       <c r="E33" s="8">
         <v>3643855</v>
       </c>
       <c r="F33" s="8">
         <v>4110942</v>
       </c>
       <c r="G33" s="8">
         <v>4239078</v>
       </c>
       <c r="H33" s="8">
         <v>2562352</v>
       </c>
       <c r="I33" s="8">
         <v>2835692</v>
       </c>
       <c r="J33" s="8">
         <v>3310774</v>
       </c>
       <c r="K33" s="8">
         <v>3326708</v>
       </c>
       <c r="L33" s="8">
         <v>3943128</v>
       </c>
       <c r="M33" s="8">
         <v>3099998</v>
       </c>
       <c r="N33" s="8">
         <v>42592621</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B34" s="8">
         <v>29718</v>
       </c>
       <c r="C34" s="8">
         <v>37617</v>
       </c>
       <c r="D34" s="8">
         <v>64087</v>
       </c>
       <c r="E34" s="8">
         <v>30632</v>
       </c>
       <c r="F34" s="8">
         <v>55715</v>
       </c>
       <c r="G34" s="8">
         <v>31259</v>
       </c>
       <c r="H34" s="8">
         <v>25933</v>
       </c>
       <c r="I34" s="8">
         <v>44572</v>
       </c>
       <c r="J34" s="8">
         <v>43156</v>
       </c>
       <c r="K34" s="8">
         <v>27453</v>
       </c>
       <c r="L34" s="8">
         <v>42913</v>
       </c>
       <c r="M34" s="8">
         <v>21816</v>
       </c>
       <c r="N34" s="8">
         <v>454870</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B35" s="8">
         <v>901917</v>
       </c>
       <c r="C35" s="8">
         <v>739789</v>
       </c>
       <c r="D35" s="8">
         <v>1141546</v>
       </c>
       <c r="E35" s="8">
         <v>1008754</v>
       </c>
       <c r="F35" s="8">
         <v>937548</v>
       </c>
       <c r="G35" s="8">
         <v>1041550</v>
       </c>
       <c r="H35" s="8">
         <v>787311</v>
       </c>
       <c r="I35" s="8">
         <v>965407</v>
       </c>
       <c r="J35" s="8">
         <v>983263</v>
       </c>
       <c r="K35" s="8">
         <v>841619</v>
       </c>
       <c r="L35" s="8">
         <v>914722</v>
       </c>
       <c r="M35" s="8">
         <v>769638</v>
       </c>
       <c r="N35" s="8">
         <v>11033064</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B36" s="8">
         <v>9775983</v>
       </c>
       <c r="C36" s="8">
         <v>9543440</v>
       </c>
       <c r="D36" s="8">
         <v>11916091</v>
       </c>
       <c r="E36" s="8">
         <v>9867475</v>
       </c>
       <c r="F36" s="8">
         <v>11001298</v>
       </c>
       <c r="G36" s="8">
         <v>11071344</v>
       </c>
       <c r="H36" s="8">
         <v>8882988</v>
       </c>
       <c r="I36" s="8">
         <v>11843852</v>
       </c>
       <c r="J36" s="8">
         <v>10670864</v>
       </c>
       <c r="K36" s="8">
         <v>12027865</v>
       </c>
       <c r="L36" s="8">
         <v>11196699</v>
       </c>
       <c r="M36" s="8">
         <v>8969452</v>
       </c>
       <c r="N36" s="8">
         <v>126767352</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B37" s="8">
         <v>5308012</v>
       </c>
       <c r="C37" s="8">
         <v>4944406</v>
       </c>
       <c r="D37" s="8">
         <v>5342096</v>
       </c>
       <c r="E37" s="8">
         <v>5113623</v>
       </c>
       <c r="F37" s="8">
         <v>5169753</v>
       </c>
       <c r="G37" s="8">
         <v>5695588</v>
       </c>
       <c r="H37" s="8">
         <v>5567451</v>
       </c>
       <c r="I37" s="8">
         <v>6311482</v>
       </c>
       <c r="J37" s="8">
         <v>6208038</v>
       </c>
       <c r="K37" s="8">
         <v>6197212</v>
       </c>
       <c r="L37" s="8">
         <v>5826878</v>
       </c>
       <c r="M37" s="8">
         <v>4709662</v>
       </c>
       <c r="N37" s="8">
         <v>66394200</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B38" s="8">
         <v>1054336</v>
       </c>
       <c r="C38" s="8">
         <v>774729</v>
       </c>
       <c r="D38" s="8">
         <v>1298137</v>
       </c>
       <c r="E38" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="F38" s="8">
         <v>1077484</v>
       </c>
       <c r="G38" s="8">
         <v>1127290</v>
       </c>
       <c r="H38" s="8">
         <v>848787</v>
       </c>
       <c r="I38" s="8">
         <v>1116631</v>
       </c>
       <c r="J38" s="8">
         <v>987479</v>
       </c>
       <c r="K38" s="8">
         <v>374817</v>
       </c>
       <c r="L38" s="8">
         <v>846893</v>
       </c>
       <c r="M38" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N38" s="8">
         <v>11592517</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B39" s="8">
         <v>1205119</v>
       </c>
       <c r="C39" s="8">
         <v>1106944</v>
       </c>
       <c r="D39" s="8">
         <v>1663966</v>
       </c>
       <c r="E39" s="8">
         <v>1153727</v>
       </c>
       <c r="F39" s="8">
         <v>1335346</v>
       </c>
       <c r="G39" s="8">
         <v>1523799</v>
       </c>
       <c r="H39" s="8">
         <v>1079616</v>
       </c>
       <c r="I39" s="8">
         <v>1359227</v>
       </c>
       <c r="J39" s="8">
         <v>1239388</v>
       </c>
       <c r="K39" s="8">
         <v>1184642</v>
       </c>
       <c r="L39" s="8">
         <v>1139007</v>
       </c>
       <c r="M39" s="8">
         <v>1130904</v>
       </c>
       <c r="N39" s="8">
         <v>15121685</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B40" s="8">
         <v>125748</v>
       </c>
       <c r="C40" s="8">
         <v>165561</v>
       </c>
       <c r="D40" s="8">
         <v>163363</v>
       </c>
       <c r="E40" s="8">
         <v>145043</v>
       </c>
       <c r="F40" s="8">
         <v>155728</v>
       </c>
       <c r="G40" s="8">
         <v>181085</v>
       </c>
       <c r="H40" s="8">
         <v>162145</v>
       </c>
       <c r="I40" s="8">
         <v>166104</v>
       </c>
       <c r="J40" s="8">
         <v>113536</v>
       </c>
       <c r="K40" s="8">
         <v>131984</v>
       </c>
       <c r="L40" s="8">
         <v>185510</v>
       </c>
       <c r="M40" s="8">
         <v>125601</v>
       </c>
       <c r="N40" s="8">
         <v>1821408</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B41" s="8">
         <v>33917</v>
       </c>
       <c r="C41" s="8">
         <v>63262</v>
       </c>
       <c r="D41" s="8">
         <v>53572</v>
       </c>
       <c r="E41" s="8">
         <v>63589</v>
       </c>
       <c r="F41" s="8">
         <v>19209</v>
       </c>
       <c r="G41" s="8">
         <v>55124</v>
       </c>
       <c r="H41" s="8">
         <v>39834</v>
       </c>
       <c r="I41" s="8">
         <v>46130</v>
       </c>
       <c r="J41" s="8">
         <v>60799</v>
       </c>
       <c r="K41" s="8">
         <v>37397</v>
       </c>
       <c r="L41" s="8">
         <v>58948</v>
       </c>
       <c r="M41" s="8">
         <v>44560</v>
       </c>
       <c r="N41" s="8">
         <v>576342</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B42" s="8">
         <v>2905304</v>
       </c>
       <c r="C42" s="8">
         <v>2448779</v>
       </c>
       <c r="D42" s="8">
         <v>2538118</v>
       </c>
       <c r="E42" s="8">
         <v>2559042</v>
       </c>
       <c r="F42" s="8">
         <v>2738298</v>
       </c>
       <c r="G42" s="8">
         <v>3315174</v>
       </c>
       <c r="H42" s="8">
         <v>2744655</v>
       </c>
       <c r="I42" s="8">
         <v>3513054</v>
       </c>
       <c r="J42" s="8">
         <v>3377291</v>
       </c>
       <c r="K42" s="8">
         <v>3304725</v>
       </c>
       <c r="L42" s="8">
         <v>2896623</v>
       </c>
       <c r="M42" s="8">
         <v>2188594</v>
       </c>
       <c r="N42" s="8">
         <v>34529656</v>
       </c>
     </row>
     <row r="43" ht="15" customHeight="1">
       <c r="A43" s="7" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B43" s="8">
         <v>2399163</v>
       </c>
       <c r="C43" s="8">
         <v>1965216</v>
       </c>
       <c r="D43" s="8">
         <v>2116363</v>
       </c>
       <c r="E43" s="8">
         <v>2162601</v>
       </c>
       <c r="F43" s="8">
         <v>2193485</v>
       </c>
       <c r="G43" s="8">
         <v>2734244</v>
       </c>
       <c r="H43" s="8">
         <v>2296186</v>
       </c>
       <c r="I43" s="8">
         <v>2918552</v>
       </c>
       <c r="J43" s="8">
         <v>2872374</v>
       </c>
       <c r="K43" s="8">
         <v>2742147</v>
       </c>
       <c r="L43" s="8">
         <v>2247161</v>
       </c>
       <c r="M43" s="8">
         <v>1374510</v>
       </c>
       <c r="N43" s="8">
         <v>28022003</v>
       </c>
     </row>
     <row r="44" ht="15" customHeight="1">
       <c r="A44" s="7" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B44" s="8">
         <v>506140</v>
       </c>
       <c r="C44" s="8">
         <v>483562</v>
       </c>
       <c r="D44" s="8">
         <v>421755</v>
       </c>
       <c r="E44" s="8">
         <v>396441</v>
       </c>
       <c r="F44" s="8">
         <v>544812</v>
       </c>
       <c r="G44" s="8">
         <v>580930</v>
       </c>
       <c r="H44" s="8">
         <v>448469</v>
       </c>
       <c r="I44" s="8">
         <v>594502</v>
       </c>
       <c r="J44" s="8">
         <v>504917</v>
       </c>
       <c r="K44" s="8">
         <v>562578</v>
       </c>
       <c r="L44" s="8">
         <v>649462</v>
       </c>
       <c r="M44" s="8">
         <v>814084</v>
       </c>
       <c r="N44" s="8">
         <v>6507653</v>
       </c>
     </row>
     <row r="45" ht="15" customHeight="1">
       <c r="A45" s="7" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B45" s="8">
         <v>56096286</v>
       </c>
       <c r="C45" s="8">
         <v>55473592</v>
       </c>
       <c r="D45" s="8">
         <v>60508629</v>
       </c>
       <c r="E45" s="8">
         <v>51470354</v>
       </c>
       <c r="F45" s="8">
         <v>59838673</v>
       </c>
       <c r="G45" s="8">
         <v>57872062</v>
       </c>
       <c r="H45" s="8">
         <v>55173120</v>
       </c>
       <c r="I45" s="8">
         <v>61720687</v>
       </c>
       <c r="J45" s="8">
         <v>54227611</v>
       </c>
       <c r="K45" s="8">
         <v>34263735</v>
       </c>
       <c r="L45" s="8">
         <v>60110006</v>
       </c>
       <c r="M45" s="8">
         <v>55366343</v>
       </c>
       <c r="N45" s="8">
         <v>662121099</v>
       </c>
     </row>
     <row r="46" ht="15" customHeight="1">
       <c r="A46" s="7" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B46" s="8">
         <v>37133330</v>
       </c>
       <c r="C46" s="8">
         <v>34980889</v>
       </c>
       <c r="D46" s="8">
         <v>39785212</v>
       </c>
       <c r="E46" s="8">
         <v>31133133</v>
       </c>
       <c r="F46" s="8">
         <v>39209911</v>
       </c>
       <c r="G46" s="8">
         <v>36511070</v>
       </c>
       <c r="H46" s="8">
         <v>37464690</v>
       </c>
       <c r="I46" s="8">
         <v>40746436</v>
       </c>
       <c r="J46" s="8">
         <v>33800784</v>
       </c>
       <c r="K46" s="8">
         <v>12618217</v>
       </c>
       <c r="L46" s="8">
         <v>37791106</v>
       </c>
       <c r="M46" s="8">
         <v>38093766</v>
       </c>
       <c r="N46" s="8">
         <v>419268542</v>
       </c>
     </row>
     <row r="47" ht="15" customHeight="1">
       <c r="A47" s="7" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B47" s="8">
         <v>1971068</v>
       </c>
       <c r="C47" s="8">
         <v>2067442</v>
       </c>
       <c r="D47" s="8">
         <v>1730341</v>
       </c>
       <c r="E47" s="8">
         <v>1943883</v>
       </c>
       <c r="F47" s="8">
         <v>1889532</v>
       </c>
       <c r="G47" s="8">
         <v>1722158</v>
       </c>
       <c r="H47" s="8">
         <v>1517751</v>
       </c>
       <c r="I47" s="8">
         <v>1795103</v>
       </c>
       <c r="J47" s="8">
         <v>1959487</v>
       </c>
       <c r="K47" s="8">
         <v>1745354</v>
       </c>
       <c r="L47" s="8">
         <v>2305730</v>
       </c>
       <c r="M47" s="8">
         <v>1682266</v>
       </c>
       <c r="N47" s="8">
         <v>22330115</v>
       </c>
     </row>
     <row r="48" ht="15" customHeight="1">
       <c r="A48" s="7" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B48" s="8">
         <v>7408521</v>
       </c>
       <c r="C48" s="8">
         <v>7015917</v>
       </c>
       <c r="D48" s="8">
         <v>6785202</v>
       </c>
       <c r="E48" s="8">
         <v>7436700</v>
       </c>
       <c r="F48" s="8">
         <v>7046582</v>
       </c>
       <c r="G48" s="8">
         <v>7475412</v>
       </c>
       <c r="H48" s="8">
         <v>6681349</v>
       </c>
       <c r="I48" s="8">
         <v>8134130</v>
       </c>
       <c r="J48" s="8">
         <v>7693876</v>
       </c>
       <c r="K48" s="8">
         <v>8543275</v>
       </c>
       <c r="L48" s="8">
         <v>8701949</v>
       </c>
       <c r="M48" s="8">
         <v>6123426</v>
       </c>
       <c r="N48" s="8">
         <v>89046338</v>
       </c>
     </row>
     <row r="49" ht="15" customHeight="1">
       <c r="A49" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B49" s="8">
         <v>971152</v>
       </c>
       <c r="C49" s="8">
         <v>1521877</v>
       </c>
       <c r="D49" s="8">
         <v>1045562</v>
       </c>
       <c r="E49" s="8">
         <v>735280</v>
       </c>
       <c r="F49" s="8">
         <v>695704</v>
       </c>
       <c r="G49" s="8">
         <v>988457</v>
       </c>
       <c r="H49" s="8">
         <v>1011494</v>
       </c>
       <c r="I49" s="8">
         <v>1272753</v>
       </c>
       <c r="J49" s="8">
         <v>1064677</v>
       </c>
       <c r="K49" s="8">
         <v>1134501</v>
       </c>
       <c r="L49" s="8">
         <v>1257401</v>
       </c>
       <c r="M49" s="8">
         <v>1039575</v>
       </c>
       <c r="N49" s="8">
         <v>12738433</v>
       </c>
     </row>
     <row r="50" ht="15" customHeight="1">
       <c r="A50" s="7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B50" s="8">
         <v>28181</v>
       </c>
       <c r="C50" s="8">
         <v>65476</v>
       </c>
       <c r="D50" s="8">
         <v>77251</v>
       </c>
       <c r="E50" s="8">
         <v>37295</v>
       </c>
       <c r="F50" s="8">
         <v>63093</v>
       </c>
       <c r="G50" s="8">
         <v>44932</v>
       </c>
       <c r="H50" s="8">
         <v>42638</v>
       </c>
       <c r="I50" s="8">
         <v>66845</v>
       </c>
       <c r="J50" s="8">
         <v>53028</v>
       </c>
       <c r="K50" s="8">
         <v>37524</v>
       </c>
       <c r="L50" s="8">
         <v>42894</v>
       </c>
       <c r="M50" s="8">
         <v>48358</v>
       </c>
       <c r="N50" s="8">
         <v>607515</v>
       </c>
     </row>
     <row r="51" ht="15" customHeight="1">
       <c r="A51" s="7" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B51" s="8">
         <v>3958031</v>
       </c>
       <c r="C51" s="8">
         <v>4608798</v>
       </c>
       <c r="D51" s="8">
         <v>4541726</v>
       </c>
       <c r="E51" s="8">
         <v>4944612</v>
       </c>
       <c r="F51" s="8">
         <v>5135278</v>
       </c>
       <c r="G51" s="8">
         <v>4913931</v>
       </c>
       <c r="H51" s="8">
         <v>3292696</v>
       </c>
       <c r="I51" s="8">
         <v>3506316</v>
       </c>
       <c r="J51" s="8">
         <v>4332751</v>
       </c>
       <c r="K51" s="8">
         <v>4576833</v>
       </c>
       <c r="L51" s="8">
         <v>4952093</v>
       </c>
       <c r="M51" s="8">
         <v>3693883</v>
       </c>
       <c r="N51" s="8">
         <v>52456948</v>
       </c>
     </row>
     <row r="52" ht="15" customHeight="1">
       <c r="A52" s="7" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B52" s="8">
         <v>533835</v>
       </c>
       <c r="C52" s="8">
         <v>621720</v>
       </c>
       <c r="D52" s="8">
         <v>724917</v>
       </c>
       <c r="E52" s="8">
         <v>688192</v>
       </c>
       <c r="F52" s="8">
         <v>844481</v>
       </c>
       <c r="G52" s="8">
         <v>660205</v>
       </c>
       <c r="H52" s="8">
         <v>667140</v>
       </c>
       <c r="I52" s="8">
         <v>638210</v>
       </c>
       <c r="J52" s="8">
         <v>929475</v>
       </c>
       <c r="K52" s="8">
         <v>592616</v>
       </c>
       <c r="L52" s="8">
         <v>612985</v>
       </c>
       <c r="M52" s="8">
         <v>693070</v>
       </c>
       <c r="N52" s="8">
         <v>8206847</v>
       </c>
     </row>
     <row r="53" ht="15" customHeight="1">
       <c r="A53" s="7" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B53" s="8">
         <v>2146427</v>
       </c>
       <c r="C53" s="8">
         <v>2691953</v>
       </c>
       <c r="D53" s="8">
         <v>3224153</v>
       </c>
       <c r="E53" s="8">
         <v>2463936</v>
       </c>
       <c r="F53" s="8">
         <v>2736915</v>
       </c>
       <c r="G53" s="8">
         <v>3054473</v>
       </c>
       <c r="H53" s="8">
         <v>2486613</v>
       </c>
       <c r="I53" s="8">
         <v>2987202</v>
       </c>
       <c r="J53" s="8">
         <v>2643449</v>
       </c>
       <c r="K53" s="8">
         <v>2689198</v>
       </c>
       <c r="L53" s="8">
         <v>2087724</v>
       </c>
       <c r="M53" s="8">
         <v>2103106</v>
       </c>
       <c r="N53" s="8">
         <v>31315148</v>
       </c>
     </row>
     <row r="54" ht="15" customHeight="1">
       <c r="A54" s="7" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B54" s="8">
         <v>859406</v>
       </c>
       <c r="C54" s="8">
         <v>729020</v>
       </c>
       <c r="D54" s="8">
         <v>1102804</v>
       </c>
       <c r="E54" s="8">
         <v>829105</v>
       </c>
       <c r="F54" s="8">
         <v>769904</v>
       </c>
       <c r="G54" s="8">
         <v>1083779</v>
       </c>
       <c r="H54" s="8">
         <v>927110</v>
       </c>
       <c r="I54" s="8">
         <v>1147335</v>
       </c>
       <c r="J54" s="8">
         <v>1120072</v>
       </c>
       <c r="K54" s="8">
         <v>1135806</v>
       </c>
       <c r="L54" s="8">
         <v>1153003</v>
       </c>
       <c r="M54" s="8">
         <v>775033</v>
       </c>
       <c r="N54" s="8">
         <v>11632378</v>
       </c>
     </row>
     <row r="55" ht="15" customHeight="1">
       <c r="A55" s="7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B55" s="8">
         <v>1086335</v>
       </c>
       <c r="C55" s="8">
         <v>1170501</v>
       </c>
       <c r="D55" s="8">
         <v>1491463</v>
       </c>
       <c r="E55" s="8">
         <v>1258217</v>
       </c>
       <c r="F55" s="8">
         <v>1447274</v>
       </c>
       <c r="G55" s="8">
         <v>1417646</v>
       </c>
       <c r="H55" s="8">
         <v>1081640</v>
       </c>
       <c r="I55" s="8">
         <v>1426355</v>
       </c>
       <c r="J55" s="8">
         <v>630013</v>
       </c>
       <c r="K55" s="8">
         <v>1190411</v>
       </c>
       <c r="L55" s="8">
         <v>1205122</v>
       </c>
       <c r="M55" s="8">
         <v>1113860</v>
       </c>
       <c r="N55" s="8">
         <v>14518836</v>
       </c>
     </row>
     <row r="56" ht="15" customHeight="1">
       <c r="A56" s="7" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B56" s="8">
         <v>1475215</v>
       </c>
       <c r="C56" s="8">
         <v>1500490</v>
       </c>
       <c r="D56" s="8">
         <v>1569738</v>
       </c>
       <c r="E56" s="8">
         <v>1508426</v>
       </c>
       <c r="F56" s="8">
         <v>1421145</v>
       </c>
       <c r="G56" s="8">
         <v>1576186</v>
       </c>
       <c r="H56" s="8">
         <v>1495877</v>
       </c>
       <c r="I56" s="8">
         <v>1571138</v>
       </c>
       <c r="J56" s="8">
         <v>1553412</v>
       </c>
       <c r="K56" s="8">
         <v>1735055</v>
       </c>
       <c r="L56" s="8">
         <v>1763336</v>
       </c>
       <c r="M56" s="8">
         <v>1343613</v>
       </c>
       <c r="N56" s="8">
         <v>18513631</v>
       </c>
     </row>
     <row r="57" ht="15" customHeight="1">
       <c r="A57" s="7" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B57" s="8">
         <v>327206</v>
       </c>
       <c r="C57" s="8">
         <v>328682</v>
       </c>
       <c r="D57" s="8">
         <v>336676</v>
       </c>
       <c r="E57" s="8">
         <v>295948</v>
       </c>
       <c r="F57" s="8">
         <v>323508</v>
       </c>
       <c r="G57" s="8">
         <v>347122</v>
       </c>
       <c r="H57" s="8">
         <v>306725</v>
       </c>
       <c r="I57" s="8">
         <v>329455</v>
       </c>
       <c r="J57" s="8">
         <v>333473</v>
       </c>
       <c r="K57" s="8">
         <v>362413</v>
       </c>
       <c r="L57" s="8">
         <v>348451</v>
       </c>
       <c r="M57" s="8">
         <v>273652</v>
       </c>
       <c r="N57" s="8">
         <v>3913312</v>
       </c>
     </row>
     <row r="58" ht="15" customHeight="1">
       <c r="A58" s="7" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B58" s="8">
         <v>1148009</v>
       </c>
       <c r="C58" s="8">
         <v>1171808</v>
       </c>
       <c r="D58" s="8">
         <v>1233062</v>
       </c>
       <c r="E58" s="8">
         <v>1212478</v>
       </c>
       <c r="F58" s="8">
         <v>1097637</v>
       </c>
       <c r="G58" s="8">
         <v>1229064</v>
       </c>
       <c r="H58" s="8">
         <v>1189152</v>
       </c>
       <c r="I58" s="8">
         <v>1241683</v>
       </c>
       <c r="J58" s="8">
         <v>1219939</v>
       </c>
       <c r="K58" s="8">
         <v>1372642</v>
       </c>
       <c r="L58" s="8">
         <v>1414885</v>
       </c>
       <c r="M58" s="8">
         <v>1069960</v>
       </c>
       <c r="N58" s="8">
         <v>14600319</v>
       </c>
     </row>
     <row r="59" ht="15" customHeight="1">
       <c r="A59" s="7" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B59" s="8">
         <v>5476390</v>
       </c>
       <c r="C59" s="8">
         <v>5485051</v>
       </c>
       <c r="D59" s="8">
         <v>5833900</v>
       </c>
       <c r="E59" s="8">
         <v>5311159</v>
       </c>
       <c r="F59" s="8">
         <v>5907263</v>
       </c>
       <c r="G59" s="8">
         <v>5745871</v>
       </c>
       <c r="H59" s="8">
         <v>3597959</v>
       </c>
       <c r="I59" s="8">
         <v>5061337</v>
       </c>
       <c r="J59" s="8">
         <v>5283869</v>
       </c>
       <c r="K59" s="8">
         <v>4536726</v>
       </c>
       <c r="L59" s="8">
         <v>5377512</v>
       </c>
       <c r="M59" s="8">
         <v>3580954</v>
       </c>
       <c r="N59" s="8">
         <v>61197991</v>
       </c>
     </row>
     <row r="60" ht="15" customHeight="1">
       <c r="A60" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B60" s="8">
         <v>1150542</v>
       </c>
       <c r="C60" s="8">
         <v>1271249</v>
       </c>
       <c r="D60" s="8">
         <v>954289</v>
       </c>
       <c r="E60" s="8">
         <v>1050548</v>
       </c>
       <c r="F60" s="8">
         <v>1209694</v>
       </c>
       <c r="G60" s="8">
         <v>961363</v>
       </c>
       <c r="H60" s="8">
         <v>1072250</v>
       </c>
       <c r="I60" s="8">
         <v>874731</v>
       </c>
       <c r="J60" s="8">
         <v>1343771</v>
       </c>
       <c r="K60" s="8">
         <v>1011460</v>
       </c>
       <c r="L60" s="8">
         <v>1296204</v>
       </c>
       <c r="M60" s="8">
         <v>672702</v>
       </c>
       <c r="N60" s="8">
         <v>12868802</v>
       </c>
     </row>
     <row r="61" ht="15" customHeight="1">
       <c r="A61" s="7" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="B61" s="8">
         <v>1883436</v>
       </c>
       <c r="C61" s="8">
         <v>2144960</v>
       </c>
       <c r="D61" s="8">
         <v>1821928</v>
       </c>
       <c r="E61" s="8">
         <v>1718469</v>
       </c>
       <c r="F61" s="8">
         <v>1975251</v>
       </c>
       <c r="G61" s="8">
         <v>1788683</v>
       </c>
       <c r="H61" s="8">
         <v>799093</v>
       </c>
       <c r="I61" s="8">
         <v>1511188</v>
       </c>
       <c r="J61" s="8">
         <v>1525652</v>
       </c>
       <c r="K61" s="8">
         <v>1482985</v>
       </c>
       <c r="L61" s="8">
         <v>1671941</v>
       </c>
       <c r="M61" s="8">
         <v>1206216</v>
       </c>
       <c r="N61" s="8">
         <v>19529802</v>
       </c>
     </row>
     <row r="62" ht="15" customHeight="1">
       <c r="A62" s="7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B62" s="8">
         <v>992038</v>
       </c>
       <c r="C62" s="8">
         <v>944656</v>
       </c>
       <c r="D62" s="8">
         <v>1360174</v>
       </c>
       <c r="E62" s="8">
         <v>991049</v>
       </c>
       <c r="F62" s="8">
         <v>1110190</v>
       </c>
       <c r="G62" s="8">
         <v>1287939</v>
       </c>
       <c r="H62" s="8">
         <v>497639</v>
       </c>
       <c r="I62" s="8">
         <v>1130516</v>
       </c>
       <c r="J62" s="8">
         <v>1100756</v>
       </c>
       <c r="K62" s="8">
         <v>983320</v>
       </c>
       <c r="L62" s="8">
         <v>987871</v>
       </c>
       <c r="M62" s="8">
         <v>982270</v>
       </c>
       <c r="N62" s="8">
         <v>12368417</v>
       </c>
     </row>
     <row r="63" ht="15" customHeight="1">
       <c r="A63" s="7" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="B63" s="8">
         <v>1450374</v>
       </c>
       <c r="C63" s="8">
         <v>1124187</v>
       </c>
       <c r="D63" s="8">
         <v>1697509</v>
       </c>
       <c r="E63" s="8">
         <v>1551093</v>
       </c>
       <c r="F63" s="8">
         <v>1612128</v>
       </c>
       <c r="G63" s="8">
         <v>1707886</v>
       </c>
       <c r="H63" s="8">
         <v>1228976</v>
       </c>
       <c r="I63" s="8">
         <v>1544903</v>
       </c>
       <c r="J63" s="8">
         <v>1313690</v>
       </c>
       <c r="K63" s="8">
         <v>1058961</v>
       </c>
       <c r="L63" s="8">
         <v>1421496</v>
       </c>
       <c r="M63" s="8">
         <v>719766</v>
       </c>
       <c r="N63" s="8">
         <v>16430969</v>
       </c>
     </row>
     <row r="64" ht="15" customHeight="1">
       <c r="A64" s="7" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="E64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="H64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="I64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="J64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="K64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="L64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="M64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="N64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="65" ht="15" customHeight="1">
       <c r="A65" s="7" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B65" s="8">
         <v>834793724</v>
       </c>
       <c r="C65" s="8">
         <v>637818780</v>
       </c>
       <c r="D65" s="8">
         <v>787433894</v>
       </c>
       <c r="E65" s="8">
         <v>663268503</v>
       </c>
       <c r="F65" s="8">
         <v>700027526</v>
       </c>
       <c r="G65" s="8">
         <v>726515083</v>
       </c>
       <c r="H65" s="8">
         <v>704907770</v>
       </c>
       <c r="I65" s="8">
         <v>742547092</v>
       </c>
       <c r="J65" s="8">
         <v>685601135</v>
       </c>
       <c r="K65" s="8">
         <v>786593285</v>
       </c>
       <c r="L65" s="8">
         <v>687389504</v>
       </c>
       <c r="M65" s="8">
         <v>704930939</v>
       </c>
       <c r="N65" s="8">
         <v>8661827235</v>
       </c>
     </row>
     <row r="66" ht="15" customHeight="1">
       <c r="A66" s="7" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="B66" s="8">
         <v>142203144</v>
       </c>
       <c r="C66" s="8">
         <v>145673202</v>
       </c>
       <c r="D66" s="8">
         <v>163812875</v>
       </c>
       <c r="E66" s="8">
         <v>146025066</v>
       </c>
       <c r="F66" s="8">
         <v>146206393</v>
       </c>
       <c r="G66" s="8">
         <v>150914398</v>
       </c>
       <c r="H66" s="8">
         <v>136918564</v>
       </c>
       <c r="I66" s="8">
         <v>143959453</v>
       </c>
       <c r="J66" s="8">
         <v>148586281</v>
       </c>
       <c r="K66" s="8">
         <v>139125056</v>
       </c>
       <c r="L66" s="8">
         <v>169914579</v>
       </c>
       <c r="M66" s="8">
         <v>136953400</v>
       </c>
       <c r="N66" s="8">
         <v>1770292412</v>
       </c>
     </row>
     <row r="67" ht="15" customHeight="1">
       <c r="A67" s="7" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="B67" s="8">
         <v>609105249</v>
       </c>
       <c r="C67" s="8">
         <v>511681047</v>
       </c>
       <c r="D67" s="8">
         <v>558533824</v>
       </c>
       <c r="E67" s="8">
         <v>535758687</v>
       </c>
       <c r="F67" s="8">
         <v>587169387</v>
       </c>
       <c r="G67" s="8">
         <v>613142234</v>
       </c>
       <c r="H67" s="8">
         <v>599566154</v>
       </c>
       <c r="I67" s="8">
         <v>618901886</v>
       </c>
       <c r="J67" s="8">
         <v>568504105</v>
       </c>
       <c r="K67" s="8">
         <v>653472507</v>
       </c>
       <c r="L67" s="8">
         <v>553966140</v>
       </c>
       <c r="M67" s="8">
         <v>593203417</v>
       </c>
       <c r="N67" s="8">
         <v>7003004638</v>
       </c>
     </row>
     <row r="68" ht="15" customHeight="1">
       <c r="A68" s="7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B68" s="8">
         <v>83925</v>
       </c>
       <c r="C68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E68" s="8">
         <v>113184</v>
       </c>
       <c r="F68" s="8">
         <v>21899</v>
       </c>
       <c r="G68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="H68" s="8">
         <v>55717</v>
       </c>
       <c r="I68" s="8">
         <v>111695</v>
       </c>
       <c r="J68" s="8">
         <v>33679</v>
       </c>
       <c r="K68" s="8">
         <v>159179</v>
       </c>
       <c r="L68" s="8">
         <v>110895</v>
       </c>
       <c r="M68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N68" s="8">
         <v>22312541</v>
       </c>
     </row>
     <row r="69" ht="15" customHeight="1">
       <c r="A69" s="7" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B69" s="8">
         <v>123534267</v>
       </c>
       <c r="C69" s="8">
         <v>113750876</v>
       </c>
       <c r="D69" s="8">
         <v>102831320</v>
       </c>
       <c r="E69" s="8">
         <v>98475634</v>
       </c>
       <c r="F69" s="8">
         <v>109413327</v>
       </c>
       <c r="G69" s="8">
         <v>126147456</v>
       </c>
       <c r="H69" s="8">
         <v>125359824</v>
       </c>
       <c r="I69" s="8">
         <v>119671983</v>
       </c>
       <c r="J69" s="8">
         <v>112343642</v>
       </c>
       <c r="K69" s="8">
         <v>125014068</v>
       </c>
       <c r="L69" s="8">
         <v>102909495</v>
       </c>
       <c r="M69" s="8">
         <v>91836700</v>
       </c>
       <c r="N69" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="70" ht="15" customHeight="1">
       <c r="A70" s="7" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="B70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="E70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="H70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="I70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="J70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="K70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="L70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="M70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="N70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="71" ht="15" customHeight="1">
       <c r="A71" s="7" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B71" s="8">
         <v>34820757</v>
       </c>
       <c r="C71" s="8">
         <v>20177074</v>
       </c>
       <c r="D71" s="8">
         <v>26123706</v>
       </c>
       <c r="E71" s="8">
         <v>19931774</v>
       </c>
       <c r="F71" s="8">
         <v>21276025</v>
       </c>
       <c r="G71" s="8">
         <v>19314595</v>
       </c>
       <c r="H71" s="8">
         <v>20602749</v>
       </c>
       <c r="I71" s="8">
         <v>20202425</v>
       </c>
       <c r="J71" s="8">
         <v>21176428</v>
       </c>
       <c r="K71" s="8">
         <v>24070073</v>
       </c>
       <c r="L71" s="8">
         <v>22304181</v>
       </c>
       <c r="M71" s="8">
         <v>23379553</v>
       </c>
       <c r="N71" s="8">
         <v>273379340</v>
       </c>
     </row>
     <row r="72" ht="15" customHeight="1">
       <c r="A72" s="7" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="B72" s="8">
         <v>25076941</v>
       </c>
       <c r="C72" s="8">
         <v>12975618</v>
       </c>
       <c r="D72" s="8">
         <v>14370491</v>
       </c>
       <c r="E72" s="8">
         <v>12495549</v>
       </c>
       <c r="F72" s="8">
         <v>14544163</v>
       </c>
       <c r="G72" s="8">
         <v>13123260</v>
       </c>
       <c r="H72" s="8">
         <v>12883112</v>
       </c>
       <c r="I72" s="8">
         <v>16321489</v>
       </c>
       <c r="J72" s="8">
         <v>14109286</v>
       </c>
       <c r="K72" s="8">
         <v>13824703</v>
       </c>
       <c r="L72" s="8">
         <v>12823358</v>
       </c>
       <c r="M72" s="8">
         <v>13390107</v>
       </c>
       <c r="N72" s="8">
         <v>175938079</v>
       </c>
     </row>
     <row r="73" ht="15" customHeight="1">
       <c r="A73" s="7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B73" s="8">
         <v>7215935</v>
       </c>
       <c r="C73" s="8">
         <v>8293673</v>
       </c>
       <c r="D73" s="8">
         <v>8817961</v>
       </c>
       <c r="E73" s="8">
         <v>8322348</v>
       </c>
       <c r="F73" s="8">
         <v>8517862</v>
       </c>
       <c r="G73" s="8">
         <v>8503858</v>
       </c>
       <c r="H73" s="8">
         <v>7712782</v>
       </c>
       <c r="I73" s="8">
         <v>4493508</v>
       </c>
       <c r="J73" s="8">
         <v>7927305</v>
       </c>
       <c r="K73" s="8">
         <v>8238148</v>
       </c>
       <c r="L73" s="8">
         <v>7764397</v>
       </c>
       <c r="M73" s="8">
         <v>7378462</v>
       </c>
       <c r="N73" s="8">
         <v>93186239</v>
       </c>
     </row>
     <row r="74" ht="15" customHeight="1">
       <c r="A74" s="7" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B74" s="8">
         <v>3353193</v>
       </c>
       <c r="C74" s="8">
         <v>2632117</v>
       </c>
       <c r="D74" s="8">
         <v>2576000</v>
       </c>
       <c r="E74" s="8">
         <v>2377291</v>
       </c>
       <c r="F74" s="8">
         <v>1586127</v>
       </c>
       <c r="G74" s="8">
         <v>1656105</v>
       </c>
       <c r="H74" s="8">
         <v>2252465</v>
       </c>
       <c r="I74" s="8">
         <v>2293710</v>
       </c>
       <c r="J74" s="8">
         <v>1536549</v>
       </c>
       <c r="K74" s="8">
         <v>1382557</v>
       </c>
       <c r="L74" s="8">
         <v>1381495</v>
       </c>
       <c r="M74" s="8">
         <v>1723811</v>
       </c>
       <c r="N74" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="75" ht="12" customHeight="1"/>
     <row r="76" ht="14" customHeight="1">
       <c r="A76" s="10" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="B76" s="10"/>
       <c r="C76" s="10"/>
       <c r="D76" s="10"/>
       <c r="E76" s="10"/>
       <c r="F76" s="10"/>
       <c r="G76" s="10"/>
       <c r="H76" s="10"/>
       <c r="I76" s="10"/>
       <c r="J76" s="10"/>
       <c r="K76" s="10"/>
       <c r="L76" s="10"/>
       <c r="M76" s="10"/>
       <c r="N76" s="10"/>
     </row>
     <row r="77" ht="14" customHeight="1">
       <c r="A77" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B77" s="11"/>
       <c r="C77" s="11"/>
       <c r="D77" s="11"/>
       <c r="E77" s="11"/>
       <c r="F77" s="11"/>
       <c r="G77" s="11"/>
       <c r="H77" s="11"/>
       <c r="I77" s="11"/>
       <c r="J77" s="11"/>
       <c r="K77" s="11"/>
       <c r="L77" s="11"/>
       <c r="M77" s="11"/>
       <c r="N77" s="11"/>
     </row>
     <row r="78" ht="14" customHeight="1">
       <c r="A78" s="12" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="B78" s="12"/>
       <c r="C78" s="12"/>
       <c r="D78" s="12"/>
       <c r="E78" s="12"/>
       <c r="F78" s="12"/>
       <c r="G78" s="12"/>
       <c r="H78" s="12"/>
       <c r="I78" s="12"/>
       <c r="J78" s="12"/>
       <c r="K78" s="12"/>
       <c r="L78" s="12"/>
       <c r="M78" s="12"/>
       <c r="N78" s="12"/>
     </row>
     <row r="79" ht="43" customHeight="1">
       <c r="A79" s="12" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="B79" s="12"/>
       <c r="C79" s="12"/>
       <c r="D79" s="12"/>
       <c r="E79" s="12"/>
       <c r="F79" s="12"/>
       <c r="G79" s="12"/>
       <c r="H79" s="12"/>
       <c r="I79" s="12"/>
       <c r="J79" s="12"/>
       <c r="K79" s="12"/>
       <c r="L79" s="12"/>
       <c r="M79" s="12"/>
       <c r="N79" s="12"/>
     </row>
     <row r="80" ht="14" customHeight="1">
       <c r="A80" s="12" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B80" s="12"/>
       <c r="C80" s="12"/>
       <c r="D80" s="12"/>
       <c r="E80" s="12"/>
       <c r="F80" s="12"/>
       <c r="G80" s="12"/>
       <c r="H80" s="12"/>
       <c r="I80" s="12"/>
       <c r="J80" s="12"/>
       <c r="K80" s="12"/>
       <c r="L80" s="12"/>
       <c r="M80" s="12"/>
       <c r="N80" s="12"/>
     </row>
     <row r="81" ht="12" customHeight="1">
       <c r="A81" s="13" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="B81" s="13"/>
       <c r="C81" s="13"/>
       <c r="D81" s="13"/>
       <c r="E81" s="13"/>
       <c r="F81" s="13"/>
       <c r="G81" s="13"/>
       <c r="H81" s="13"/>
       <c r="I81" s="13"/>
       <c r="J81" s="13"/>
       <c r="K81" s="13"/>
       <c r="L81" s="13"/>
       <c r="M81" s="13"/>
       <c r="N81" s="13"/>
     </row>
     <row r="82" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A76:N76"/>
@@ -6331,3111 +7179,3111 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="B9" s="8">
         <v>1515</v>
       </c>
       <c r="C9" s="8">
         <v>1542</v>
       </c>
       <c r="D9" s="8">
         <v>1570</v>
       </c>
       <c r="E9" s="8">
         <v>1578</v>
       </c>
       <c r="F9" s="8">
         <v>1616</v>
       </c>
       <c r="G9" s="8">
         <v>1635</v>
       </c>
       <c r="H9" s="8">
         <v>1646</v>
       </c>
       <c r="I9" s="8">
         <v>1658</v>
       </c>
       <c r="J9" s="8">
         <v>1674</v>
       </c>
       <c r="K9" s="8">
         <v>1695</v>
       </c>
       <c r="L9" s="8">
-        <v>1714</v>
+        <v>1715</v>
       </c>
       <c r="M9" s="8">
         <v>1763</v>
       </c>
       <c r="N9" s="8">
-        <v>1864</v>
+        <v>1865</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="B10" s="8">
         <v>1194084640</v>
       </c>
       <c r="C10" s="8">
         <v>1043849187</v>
       </c>
       <c r="D10" s="8">
         <v>1186991338</v>
       </c>
       <c r="E10" s="8">
         <v>1145446784</v>
       </c>
       <c r="F10" s="8">
         <v>1195420976</v>
       </c>
       <c r="G10" s="8">
         <v>1230462865</v>
       </c>
       <c r="H10" s="8">
         <v>1302874820</v>
       </c>
       <c r="I10" s="8">
         <v>1264632841</v>
       </c>
       <c r="J10" s="8">
         <v>1215992748</v>
       </c>
       <c r="K10" s="8">
         <v>1297397688</v>
       </c>
       <c r="L10" s="8">
         <v>1417133243</v>
       </c>
       <c r="M10" s="8">
         <v>1438228165</v>
       </c>
       <c r="N10" s="8">
         <v>14932515296</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B11" s="8">
         <v>11733601</v>
       </c>
       <c r="C11" s="8">
         <v>9368457</v>
       </c>
       <c r="D11" s="8">
         <v>14333606</v>
       </c>
       <c r="E11" s="8">
         <v>13761931</v>
       </c>
       <c r="F11" s="8">
         <v>12655399</v>
       </c>
       <c r="G11" s="8">
         <v>12169336</v>
       </c>
       <c r="H11" s="8">
         <v>10512547</v>
       </c>
       <c r="I11" s="8">
         <v>10473136</v>
       </c>
       <c r="J11" s="8">
         <v>10618393</v>
       </c>
       <c r="K11" s="8">
         <v>13312890</v>
       </c>
       <c r="L11" s="8">
         <v>13919062</v>
       </c>
       <c r="M11" s="8">
         <v>15078295</v>
       </c>
       <c r="N11" s="8">
         <v>147936654</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B12" s="8">
         <v>240812</v>
       </c>
       <c r="C12" s="8">
         <v>832108</v>
       </c>
       <c r="D12" s="8">
         <v>1071091</v>
       </c>
       <c r="E12" s="8">
         <v>851400</v>
       </c>
       <c r="F12" s="8">
         <v>271280</v>
       </c>
       <c r="G12" s="8">
         <v>330431</v>
       </c>
       <c r="H12" s="8">
         <v>323466</v>
       </c>
       <c r="I12" s="8">
         <v>3228295</v>
       </c>
       <c r="J12" s="8">
         <v>4615943</v>
       </c>
       <c r="K12" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L12" s="8">
         <v>1027071</v>
       </c>
       <c r="M12" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N12" s="8">
         <v>14137692</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B13" s="8">
         <v>422370</v>
       </c>
       <c r="C13" s="8">
         <v>631638</v>
       </c>
       <c r="D13" s="8">
         <v>448205</v>
       </c>
       <c r="E13" s="8">
         <v>638638</v>
       </c>
       <c r="F13" s="8">
         <v>434525</v>
       </c>
       <c r="G13" s="8">
         <v>532530</v>
       </c>
       <c r="H13" s="8">
         <v>563853</v>
       </c>
       <c r="I13" s="8">
         <v>696257</v>
       </c>
       <c r="J13" s="8">
         <v>628183</v>
       </c>
       <c r="K13" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L13" s="8">
         <v>547231</v>
       </c>
       <c r="M13" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N13" s="8">
         <v>6608831</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>1181687856</v>
       </c>
       <c r="C14" s="8">
         <v>1033016983</v>
       </c>
       <c r="D14" s="8">
         <v>1171138436</v>
       </c>
       <c r="E14" s="8">
         <v>1130194816</v>
       </c>
       <c r="F14" s="8">
         <v>1182059772</v>
       </c>
       <c r="G14" s="8">
         <v>1217430569</v>
       </c>
       <c r="H14" s="8">
         <v>1291474954</v>
       </c>
       <c r="I14" s="8">
         <v>1250235154</v>
       </c>
       <c r="J14" s="8">
         <v>1200130228</v>
       </c>
       <c r="K14" s="8">
         <v>1282436699</v>
       </c>
       <c r="L14" s="8">
         <v>1401639880</v>
       </c>
       <c r="M14" s="8">
         <v>1422386772</v>
       </c>
       <c r="N14" s="8">
         <v>14763832120</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B15" s="8">
         <v>22017578</v>
       </c>
       <c r="C15" s="8">
         <v>22487167</v>
       </c>
       <c r="D15" s="8">
         <v>26355798</v>
       </c>
       <c r="E15" s="8">
         <v>28228387</v>
       </c>
       <c r="F15" s="8">
         <v>29827669</v>
       </c>
       <c r="G15" s="8">
         <v>30082880</v>
       </c>
       <c r="H15" s="8">
         <v>24969667</v>
       </c>
       <c r="I15" s="8">
         <v>26534342</v>
       </c>
       <c r="J15" s="8">
         <v>29109702</v>
       </c>
       <c r="K15" s="8">
         <v>28182680</v>
       </c>
       <c r="L15" s="8">
         <v>29694902</v>
       </c>
       <c r="M15" s="8">
         <v>26090990</v>
       </c>
       <c r="N15" s="8">
         <v>323581763</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B16" s="8">
         <v>110605338</v>
       </c>
       <c r="C16" s="8">
         <v>114220618</v>
       </c>
       <c r="D16" s="8">
         <v>147623688</v>
       </c>
       <c r="E16" s="8">
         <v>99320188</v>
       </c>
       <c r="F16" s="8">
         <v>77591698</v>
       </c>
       <c r="G16" s="8">
         <v>72026506</v>
       </c>
       <c r="H16" s="8">
         <v>107352869</v>
       </c>
       <c r="I16" s="8">
         <v>85635211</v>
       </c>
       <c r="J16" s="8">
         <v>107348281</v>
       </c>
       <c r="K16" s="8">
         <v>65661747</v>
       </c>
       <c r="L16" s="8">
         <v>61391256</v>
       </c>
       <c r="M16" s="8">
         <v>136135043</v>
       </c>
       <c r="N16" s="8">
         <v>1184912444</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B17" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="C17" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D17" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E17" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="F17" s="8">
         <v>18120275</v>
       </c>
       <c r="G17" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="H17" s="8">
         <v>16400655</v>
       </c>
       <c r="I17" s="8">
         <v>10188663</v>
       </c>
       <c r="J17" s="8">
         <v>16453715</v>
       </c>
       <c r="K17" s="8">
         <v>16353740</v>
       </c>
       <c r="L17" s="8">
         <v>17138827</v>
       </c>
       <c r="M17" s="8">
         <v>18685555</v>
       </c>
       <c r="N17" s="8">
         <v>154117827</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B18" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="C18" s="8">
         <v>85824223</v>
       </c>
       <c r="D18" s="8">
         <v>118863188</v>
       </c>
       <c r="E18" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="F18" s="8">
         <v>59244241</v>
       </c>
       <c r="G18" s="8">
         <v>42935434</v>
       </c>
       <c r="H18" s="8">
         <v>90765573</v>
       </c>
       <c r="I18" s="8">
         <v>75231309</v>
       </c>
       <c r="J18" s="8">
         <v>90521067</v>
       </c>
       <c r="K18" s="8">
         <v>48888312</v>
       </c>
       <c r="L18" s="8">
         <v>44017469</v>
       </c>
       <c r="M18" s="8">
         <v>83925346</v>
       </c>
       <c r="N18" s="8">
         <v>932933048</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B19" s="8">
         <v>212541</v>
       </c>
       <c r="C19" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D19" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E19" s="8">
         <v>250627</v>
       </c>
       <c r="F19" s="8">
         <v>227182</v>
       </c>
       <c r="G19" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="H19" s="8">
         <v>186641</v>
       </c>
       <c r="I19" s="8">
         <v>215239</v>
       </c>
       <c r="J19" s="8">
         <v>373499</v>
       </c>
       <c r="K19" s="8">
         <v>419695</v>
       </c>
       <c r="L19" s="8">
         <v>234960</v>
       </c>
       <c r="M19" s="8">
         <v>33524141</v>
       </c>
       <c r="N19" s="8">
         <v>97861570</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B20" s="8">
         <v>750143686</v>
       </c>
       <c r="C20" s="8">
         <v>754780943</v>
       </c>
       <c r="D20" s="8">
         <v>788912161</v>
       </c>
       <c r="E20" s="8">
         <v>749337196</v>
       </c>
       <c r="F20" s="8">
         <v>765646078</v>
       </c>
       <c r="G20" s="8">
         <v>748930959</v>
       </c>
       <c r="H20" s="8">
         <v>791659257</v>
       </c>
       <c r="I20" s="8">
         <v>812253019</v>
       </c>
       <c r="J20" s="8">
         <v>800014991</v>
       </c>
       <c r="K20" s="8">
         <v>795239198</v>
       </c>
       <c r="L20" s="8">
         <v>851310936</v>
       </c>
       <c r="M20" s="8">
         <v>852041514</v>
       </c>
       <c r="N20" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B21" s="8">
         <v>563186442</v>
       </c>
       <c r="C21" s="8">
         <v>573487764</v>
       </c>
       <c r="D21" s="8">
         <v>578862299</v>
       </c>
       <c r="E21" s="8">
         <v>562524586</v>
       </c>
       <c r="F21" s="8">
         <v>587822892</v>
       </c>
       <c r="G21" s="8">
         <v>577464295</v>
       </c>
       <c r="H21" s="8">
         <v>594532252</v>
       </c>
       <c r="I21" s="8">
         <v>595685525</v>
       </c>
       <c r="J21" s="8">
         <v>585939816</v>
       </c>
       <c r="K21" s="8">
         <v>577578170</v>
       </c>
       <c r="L21" s="8">
         <v>604832871</v>
       </c>
       <c r="M21" s="8">
         <v>567181431</v>
       </c>
       <c r="N21" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B22" s="8">
         <v>38833001</v>
       </c>
       <c r="C22" s="8">
         <v>38698817</v>
       </c>
       <c r="D22" s="8">
         <v>37958766</v>
       </c>
       <c r="E22" s="8">
         <v>35308160</v>
       </c>
       <c r="F22" s="8">
         <v>37310869</v>
       </c>
       <c r="G22" s="8">
         <v>36771941</v>
       </c>
       <c r="H22" s="8">
         <v>34788852</v>
       </c>
       <c r="I22" s="8">
         <v>38912759</v>
       </c>
       <c r="J22" s="8">
         <v>42134383</v>
       </c>
       <c r="K22" s="8">
         <v>36911925</v>
       </c>
       <c r="L22" s="8">
         <v>39447579</v>
       </c>
       <c r="M22" s="8">
         <v>40328315</v>
       </c>
       <c r="N22" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B23" s="8">
         <v>5001084</v>
       </c>
       <c r="C23" s="8">
         <v>4506166</v>
       </c>
       <c r="D23" s="8">
         <v>5497190</v>
       </c>
       <c r="E23" s="8">
         <v>5423114</v>
       </c>
       <c r="F23" s="8">
         <v>4724677</v>
       </c>
       <c r="G23" s="8">
         <v>4441114</v>
       </c>
       <c r="H23" s="8">
         <v>4501983</v>
       </c>
       <c r="I23" s="8">
         <v>6151040</v>
       </c>
       <c r="J23" s="8">
         <v>5358848</v>
       </c>
       <c r="K23" s="8">
         <v>5135644</v>
       </c>
       <c r="L23" s="8">
         <v>4932537</v>
       </c>
       <c r="M23" s="8">
         <v>5724884</v>
       </c>
       <c r="N23" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B24" s="8">
         <v>143123159</v>
       </c>
       <c r="C24" s="8">
         <v>138088196</v>
       </c>
       <c r="D24" s="8">
         <v>166593907</v>
       </c>
       <c r="E24" s="8">
         <v>146081335</v>
       </c>
       <c r="F24" s="8">
         <v>135787639</v>
       </c>
       <c r="G24" s="8">
         <v>130253608</v>
       </c>
       <c r="H24" s="8">
         <v>157836170</v>
       </c>
       <c r="I24" s="8">
         <v>171503694</v>
       </c>
       <c r="J24" s="8">
         <v>166581943</v>
       </c>
       <c r="K24" s="8">
         <v>175613459</v>
       </c>
       <c r="L24" s="8">
         <v>202097949</v>
       </c>
       <c r="M24" s="8">
         <v>238806884</v>
       </c>
       <c r="N24" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B25" s="8">
-        <v>10677582065</v>
+        <v>10675878065</v>
       </c>
       <c r="C25" s="8">
-        <v>9497319407</v>
+        <v>9495344511</v>
       </c>
       <c r="D25" s="8">
-        <v>10793291121</v>
+        <v>10790993726</v>
       </c>
       <c r="E25" s="8">
-        <v>10469559596</v>
+        <v>10467788042</v>
       </c>
       <c r="F25" s="8">
-        <v>12304645318</v>
+        <v>12302044663</v>
       </c>
       <c r="G25" s="8">
-        <v>10999292668</v>
+        <v>10997986650</v>
       </c>
       <c r="H25" s="8">
-        <v>12338246675</v>
+        <v>12334303841</v>
       </c>
       <c r="I25" s="8">
-        <v>11336047272</v>
+        <v>11334239159</v>
       </c>
       <c r="J25" s="8">
-        <v>12082656447</v>
+        <v>12081186559</v>
       </c>
       <c r="K25" s="8">
-        <v>12366447787</v>
+        <v>12364358687</v>
       </c>
       <c r="L25" s="8">
-        <v>12702608398</v>
+        <v>12668825484</v>
       </c>
       <c r="M25" s="8">
-        <v>12785188167</v>
+        <v>12696493742</v>
       </c>
       <c r="N25" s="8">
-        <v>138352884921</v>
+        <v>138209443129</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B26" s="8">
         <v>10295282247</v>
       </c>
       <c r="C26" s="8">
         <v>9244598445</v>
       </c>
       <c r="D26" s="8">
         <v>10525162779</v>
       </c>
       <c r="E26" s="8">
         <v>10245881919</v>
       </c>
       <c r="F26" s="8">
         <v>12084067591</v>
       </c>
       <c r="G26" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="H26" s="8">
         <v>12070846351</v>
       </c>
       <c r="I26" s="8">
         <v>11043912904</v>
       </c>
       <c r="J26" s="8">
         <v>11826385409</v>
       </c>
       <c r="K26" s="8">
         <v>12074004381</v>
       </c>
       <c r="L26" s="8">
         <v>12303019469</v>
       </c>
       <c r="M26" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N26" s="8">
         <v>134907963298</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B27" s="8">
         <v>19881436</v>
       </c>
       <c r="C27" s="8">
         <v>15432575</v>
       </c>
       <c r="D27" s="8">
         <v>24643969</v>
       </c>
       <c r="E27" s="8">
         <v>23579722</v>
       </c>
       <c r="F27" s="8">
         <v>23412479</v>
       </c>
       <c r="G27" s="8">
         <v>20330731</v>
       </c>
       <c r="H27" s="8">
         <v>19489476</v>
       </c>
       <c r="I27" s="8">
         <v>18660266</v>
       </c>
       <c r="J27" s="8">
         <v>19115445</v>
       </c>
       <c r="K27" s="8">
         <v>30734506</v>
       </c>
       <c r="L27" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M27" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N27" s="8">
         <v>268806603</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B28" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="C28" s="8">
-        <v>231565720</v>
+        <v>229590824</v>
       </c>
       <c r="D28" s="8">
-        <v>236815546</v>
+        <v>234518150</v>
       </c>
       <c r="E28" s="8">
-        <v>193229796</v>
+        <v>191458242</v>
       </c>
       <c r="F28" s="8">
-        <v>191365145</v>
+        <v>188764490</v>
       </c>
       <c r="G28" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="H28" s="8">
-        <v>242155140</v>
+        <v>238212307</v>
       </c>
       <c r="I28" s="8">
-        <v>267413860</v>
+        <v>265605746</v>
       </c>
       <c r="J28" s="8">
-        <v>230195084</v>
+        <v>228725196</v>
       </c>
       <c r="K28" s="8">
-        <v>250381753</v>
+        <v>248292653</v>
       </c>
       <c r="L28" s="8">
-        <v>278402767</v>
+        <v>244619853</v>
       </c>
       <c r="M28" s="8">
-        <v>339125452</v>
+        <v>250431026</v>
       </c>
       <c r="N28" s="8">
-        <v>2891192171</v>
+        <v>2747750379</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="C29" s="8">
         <v>5722666</v>
       </c>
       <c r="D29" s="8">
         <v>6668827</v>
       </c>
       <c r="E29" s="8">
         <v>6868158</v>
       </c>
       <c r="F29" s="8">
         <v>5800103</v>
       </c>
       <c r="G29" s="8">
         <v>11382173</v>
       </c>
       <c r="H29" s="8">
         <v>5755707</v>
       </c>
       <c r="I29" s="8">
         <v>6060243</v>
       </c>
       <c r="J29" s="8">
         <v>6960509</v>
       </c>
       <c r="K29" s="8">
         <v>11327147</v>
       </c>
       <c r="L29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M29" s="8">
         <v>13880602</v>
       </c>
       <c r="N29" s="8">
         <v>284922849</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B30" s="8">
         <v>27415876</v>
       </c>
       <c r="C30" s="8">
         <v>26076895</v>
       </c>
       <c r="D30" s="8">
         <v>30945851</v>
       </c>
       <c r="E30" s="8">
         <v>31696195</v>
       </c>
       <c r="F30" s="8">
         <v>31235187</v>
       </c>
       <c r="G30" s="8">
         <v>34191415</v>
       </c>
       <c r="H30" s="8">
         <v>29535910</v>
       </c>
       <c r="I30" s="8">
         <v>30989306</v>
       </c>
       <c r="J30" s="8">
         <v>31566158</v>
       </c>
       <c r="K30" s="8">
         <v>32631689</v>
       </c>
       <c r="L30" s="8">
         <v>30629488</v>
       </c>
       <c r="M30" s="8">
         <v>26974675</v>
       </c>
       <c r="N30" s="8">
         <v>363888645</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B31" s="8">
         <v>5362655</v>
       </c>
       <c r="C31" s="8">
         <v>6162167</v>
       </c>
       <c r="D31" s="8">
         <v>5634009</v>
       </c>
       <c r="E31" s="8">
         <v>6701968</v>
       </c>
       <c r="F31" s="8">
         <v>6172837</v>
       </c>
       <c r="G31" s="8">
         <v>7334434</v>
       </c>
       <c r="H31" s="8">
         <v>5448062</v>
       </c>
       <c r="I31" s="8">
         <v>6565848</v>
       </c>
       <c r="J31" s="8">
         <v>5898421</v>
       </c>
       <c r="K31" s="8">
         <v>7714153</v>
       </c>
       <c r="L31" s="8">
         <v>6656726</v>
       </c>
       <c r="M31" s="8">
         <v>5496898</v>
       </c>
       <c r="N31" s="8">
         <v>75148180</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B32" s="8">
         <v>1808591</v>
       </c>
       <c r="C32" s="8">
         <v>1070385</v>
       </c>
       <c r="D32" s="8">
         <v>1598672</v>
       </c>
       <c r="E32" s="8">
         <v>1716107</v>
       </c>
       <c r="F32" s="8">
         <v>1503465</v>
       </c>
       <c r="G32" s="8">
         <v>2192213</v>
       </c>
       <c r="H32" s="8">
         <v>1871921</v>
       </c>
       <c r="I32" s="8">
         <v>1949316</v>
       </c>
       <c r="J32" s="8">
         <v>1828299</v>
       </c>
       <c r="K32" s="8">
         <v>1583000</v>
       </c>
       <c r="L32" s="8">
         <v>1744505</v>
       </c>
       <c r="M32" s="8">
         <v>1159060</v>
       </c>
       <c r="N32" s="8">
         <v>20025532</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B33" s="8">
         <v>3071520</v>
       </c>
       <c r="C33" s="8">
         <v>3117784</v>
       </c>
       <c r="D33" s="8">
         <v>3697904</v>
       </c>
       <c r="E33" s="8">
         <v>4038819</v>
       </c>
       <c r="F33" s="8">
         <v>4357853</v>
       </c>
       <c r="G33" s="8">
         <v>4541814</v>
       </c>
       <c r="H33" s="8">
         <v>2852865</v>
       </c>
       <c r="I33" s="8">
         <v>2723675</v>
       </c>
       <c r="J33" s="8">
         <v>3560142</v>
       </c>
       <c r="K33" s="8">
         <v>3252601</v>
       </c>
       <c r="L33" s="8">
         <v>3081774</v>
       </c>
       <c r="M33" s="8">
         <v>3030125</v>
       </c>
       <c r="N33" s="8">
         <v>41326876</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B34" s="8">
         <v>20949</v>
       </c>
       <c r="C34" s="8">
         <v>22416</v>
       </c>
       <c r="D34" s="8">
         <v>42643</v>
       </c>
       <c r="E34" s="8">
         <v>48853</v>
       </c>
       <c r="F34" s="8">
         <v>27283</v>
       </c>
       <c r="G34" s="8">
         <v>31591</v>
       </c>
       <c r="H34" s="8">
         <v>49520</v>
       </c>
       <c r="I34" s="8">
         <v>16846</v>
       </c>
       <c r="J34" s="8">
         <v>38455</v>
       </c>
       <c r="K34" s="8">
         <v>22307</v>
       </c>
       <c r="L34" s="8">
         <v>24250</v>
       </c>
       <c r="M34" s="8">
         <v>30114</v>
       </c>
       <c r="N34" s="8">
         <v>375227</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B35" s="8">
         <v>1072154</v>
       </c>
       <c r="C35" s="8">
         <v>819917</v>
       </c>
       <c r="D35" s="8">
         <v>766299</v>
       </c>
       <c r="E35" s="8">
         <v>1082573</v>
       </c>
       <c r="F35" s="8">
         <v>1050904</v>
       </c>
       <c r="G35" s="8">
         <v>1095320</v>
       </c>
       <c r="H35" s="8">
         <v>824721</v>
       </c>
       <c r="I35" s="8">
         <v>819149</v>
       </c>
       <c r="J35" s="8">
         <v>1144071</v>
       </c>
       <c r="K35" s="8">
         <v>868504</v>
       </c>
       <c r="L35" s="8">
         <v>928844</v>
       </c>
       <c r="M35" s="8">
         <v>908457</v>
       </c>
       <c r="N35" s="8">
         <v>11380912</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B36" s="8">
         <v>8718740</v>
       </c>
       <c r="C36" s="8">
         <v>8154764</v>
       </c>
       <c r="D36" s="8">
         <v>10548133</v>
       </c>
       <c r="E36" s="8">
         <v>10047126</v>
       </c>
       <c r="F36" s="8">
         <v>9973494</v>
       </c>
       <c r="G36" s="8">
         <v>10249361</v>
       </c>
       <c r="H36" s="8">
         <v>10360983</v>
       </c>
       <c r="I36" s="8">
         <v>10507993</v>
       </c>
       <c r="J36" s="8">
         <v>10988738</v>
       </c>
       <c r="K36" s="8">
         <v>11900345</v>
       </c>
       <c r="L36" s="8">
         <v>10963859</v>
       </c>
       <c r="M36" s="8">
         <v>9211777</v>
       </c>
       <c r="N36" s="8">
         <v>121625315</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B37" s="8">
         <v>5416569</v>
       </c>
       <c r="C37" s="8">
         <v>5043189</v>
       </c>
       <c r="D37" s="8">
         <v>6009947</v>
       </c>
       <c r="E37" s="8">
         <v>5253849</v>
       </c>
       <c r="F37" s="8">
         <v>5392828</v>
       </c>
       <c r="G37" s="8">
         <v>5777329</v>
       </c>
       <c r="H37" s="8">
         <v>5927055</v>
       </c>
       <c r="I37" s="8">
         <v>6262712</v>
       </c>
       <c r="J37" s="8">
         <v>6028127</v>
       </c>
       <c r="K37" s="8">
         <v>5573886</v>
       </c>
       <c r="L37" s="8">
         <v>5390326</v>
       </c>
       <c r="M37" s="8">
         <v>4979369</v>
       </c>
       <c r="N37" s="8">
         <v>67055186</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B38" s="8">
         <v>382501</v>
       </c>
       <c r="C38" s="8">
         <v>396915</v>
       </c>
       <c r="D38" s="8">
         <v>980492</v>
       </c>
       <c r="E38" s="8">
         <v>1101146</v>
       </c>
       <c r="F38" s="8">
         <v>971408</v>
       </c>
       <c r="G38" s="8">
         <v>1206234</v>
       </c>
       <c r="H38" s="8">
         <v>834250</v>
       </c>
       <c r="I38" s="8">
         <v>644925</v>
       </c>
       <c r="J38" s="8">
         <v>581150</v>
       </c>
       <c r="K38" s="8">
         <v>573609</v>
       </c>
       <c r="L38" s="8">
         <v>542587</v>
       </c>
       <c r="M38" s="8">
         <v>635761</v>
       </c>
       <c r="N38" s="8">
         <v>8850978</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B39" s="8">
         <v>1348537</v>
       </c>
       <c r="C39" s="8">
         <v>1114128</v>
       </c>
       <c r="D39" s="8">
         <v>1504734</v>
       </c>
       <c r="E39" s="8">
         <v>1565712</v>
       </c>
       <c r="F39" s="8">
         <v>1555678</v>
       </c>
       <c r="G39" s="8">
         <v>1593928</v>
       </c>
       <c r="H39" s="8">
         <v>1209484</v>
       </c>
       <c r="I39" s="8">
         <v>1301903</v>
       </c>
       <c r="J39" s="8">
         <v>1288337</v>
       </c>
       <c r="K39" s="8">
         <v>876956</v>
       </c>
       <c r="L39" s="8">
         <v>1019921</v>
       </c>
       <c r="M39" s="8">
         <v>1290459</v>
       </c>
       <c r="N39" s="8">
         <v>15669777</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B40" s="8">
         <v>213659</v>
       </c>
       <c r="C40" s="8">
         <v>175230</v>
       </c>
       <c r="D40" s="8">
         <v>163017</v>
       </c>
       <c r="E40" s="8">
         <v>140043</v>
       </c>
       <c r="F40" s="8">
         <v>229437</v>
       </c>
       <c r="G40" s="8">
         <v>169190</v>
       </c>
       <c r="H40" s="8">
         <v>157049</v>
       </c>
       <c r="I40" s="8">
         <v>196940</v>
       </c>
       <c r="J40" s="8">
         <v>210418</v>
       </c>
       <c r="K40" s="8">
         <v>266328</v>
       </c>
       <c r="L40" s="8">
         <v>276698</v>
       </c>
       <c r="M40" s="8">
         <v>232654</v>
       </c>
       <c r="N40" s="8">
         <v>2430662</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B41" s="8">
         <v>42646</v>
       </c>
       <c r="C41" s="8">
         <v>56692</v>
       </c>
       <c r="D41" s="8">
         <v>71039</v>
       </c>
       <c r="E41" s="8">
         <v>39769</v>
       </c>
       <c r="F41" s="8">
         <v>60390</v>
       </c>
       <c r="G41" s="8">
         <v>47984</v>
       </c>
       <c r="H41" s="8">
         <v>44415</v>
       </c>
       <c r="I41" s="8">
         <v>36968</v>
       </c>
       <c r="J41" s="8">
         <v>36372</v>
       </c>
       <c r="K41" s="8">
         <v>33325</v>
       </c>
       <c r="L41" s="8">
         <v>53642</v>
       </c>
       <c r="M41" s="8">
         <v>35468</v>
       </c>
       <c r="N41" s="8">
         <v>558709</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B42" s="8">
         <v>3332156</v>
       </c>
       <c r="C42" s="8">
         <v>2797970</v>
       </c>
       <c r="D42" s="8">
         <v>1596392</v>
       </c>
       <c r="E42" s="8">
         <v>2691183</v>
       </c>
       <c r="F42" s="8">
         <v>3071040</v>
       </c>
       <c r="G42" s="8">
         <v>3234850</v>
       </c>
       <c r="H42" s="8">
         <v>3214420</v>
       </c>
       <c r="I42" s="8">
         <v>3783334</v>
       </c>
       <c r="J42" s="8">
         <v>3496881</v>
       </c>
       <c r="K42" s="8">
         <v>3873054</v>
       </c>
       <c r="L42" s="8">
         <v>2688445</v>
       </c>
       <c r="M42" s="8">
         <v>2036535</v>
       </c>
       <c r="N42" s="8">
         <v>35816260</v>
       </c>
     </row>
     <row r="43" ht="15" customHeight="1">
       <c r="A43" s="7" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B43" s="8">
         <v>2605097</v>
       </c>
       <c r="C43" s="8">
         <v>2260210</v>
       </c>
       <c r="D43" s="8">
         <v>1014337</v>
       </c>
       <c r="E43" s="8">
         <v>2096207</v>
       </c>
       <c r="F43" s="8">
         <v>2404073</v>
       </c>
       <c r="G43" s="8">
         <v>2597968</v>
       </c>
       <c r="H43" s="8">
         <v>2535667</v>
       </c>
       <c r="I43" s="8">
         <v>3216821</v>
       </c>
       <c r="J43" s="8">
         <v>2979622</v>
       </c>
       <c r="K43" s="8">
         <v>3068965</v>
       </c>
       <c r="L43" s="8">
         <v>2168406</v>
       </c>
       <c r="M43" s="8">
         <v>1669659</v>
       </c>
       <c r="N43" s="8">
         <v>28617030</v>
       </c>
     </row>
     <row r="44" ht="15" customHeight="1">
       <c r="A44" s="7" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B44" s="8">
         <v>727059</v>
       </c>
       <c r="C44" s="8">
         <v>537760</v>
       </c>
       <c r="D44" s="8">
         <v>582054</v>
       </c>
       <c r="E44" s="8">
         <v>594975</v>
       </c>
       <c r="F44" s="8">
         <v>666967</v>
       </c>
       <c r="G44" s="8">
         <v>636883</v>
       </c>
       <c r="H44" s="8">
         <v>678753</v>
       </c>
       <c r="I44" s="8">
         <v>566513</v>
       </c>
       <c r="J44" s="8">
         <v>517260</v>
       </c>
       <c r="K44" s="8">
         <v>804088</v>
       </c>
       <c r="L44" s="8">
         <v>520039</v>
       </c>
       <c r="M44" s="8">
         <v>366876</v>
       </c>
       <c r="N44" s="8">
         <v>7199229</v>
       </c>
     </row>
     <row r="45" ht="15" customHeight="1">
       <c r="A45" s="7" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B45" s="8">
         <v>52190110</v>
       </c>
       <c r="C45" s="8">
         <v>48026757</v>
       </c>
       <c r="D45" s="8">
         <v>51144681</v>
       </c>
       <c r="E45" s="8">
         <v>49605539</v>
       </c>
       <c r="F45" s="8">
         <v>54363055</v>
       </c>
       <c r="G45" s="8">
         <v>52620766</v>
       </c>
       <c r="H45" s="8">
         <v>71016957</v>
       </c>
       <c r="I45" s="8">
         <v>66583090</v>
       </c>
       <c r="J45" s="8">
         <v>58052130</v>
       </c>
       <c r="K45" s="8">
         <v>57626616</v>
       </c>
       <c r="L45" s="8">
         <v>57190986</v>
       </c>
       <c r="M45" s="8">
         <v>53169466</v>
       </c>
       <c r="N45" s="8">
         <v>671590154</v>
       </c>
     </row>
     <row r="46" ht="15" customHeight="1">
       <c r="A46" s="7" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B46" s="8">
         <v>33960140</v>
       </c>
       <c r="C46" s="8">
         <v>30627497</v>
       </c>
       <c r="D46" s="8">
         <v>34117763</v>
       </c>
       <c r="E46" s="8">
         <v>28583116</v>
       </c>
       <c r="F46" s="8">
         <v>33772140</v>
       </c>
       <c r="G46" s="8">
         <v>30016775</v>
       </c>
       <c r="H46" s="8">
         <v>37077426</v>
       </c>
       <c r="I46" s="8">
         <v>45798206</v>
       </c>
       <c r="J46" s="8">
         <v>37500335</v>
       </c>
       <c r="K46" s="8">
         <v>35070719</v>
       </c>
       <c r="L46" s="8">
         <v>38236246</v>
       </c>
       <c r="M46" s="8">
         <v>35761894</v>
       </c>
       <c r="N46" s="8">
         <v>420522255</v>
       </c>
     </row>
     <row r="47" ht="15" customHeight="1">
       <c r="A47" s="7" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B47" s="8">
         <v>1930392</v>
       </c>
       <c r="C47" s="8">
         <v>2063959</v>
       </c>
       <c r="D47" s="8">
         <v>1721492</v>
       </c>
       <c r="E47" s="8">
         <v>1825916</v>
       </c>
       <c r="F47" s="8">
         <v>1930888</v>
       </c>
       <c r="G47" s="8">
         <v>1897816</v>
       </c>
       <c r="H47" s="8">
         <v>2276900</v>
       </c>
       <c r="I47" s="8">
         <v>2023397</v>
       </c>
       <c r="J47" s="8">
         <v>1581490</v>
       </c>
       <c r="K47" s="8">
         <v>2171363</v>
       </c>
       <c r="L47" s="8">
         <v>1663723</v>
       </c>
       <c r="M47" s="8">
         <v>1706588</v>
       </c>
       <c r="N47" s="8">
         <v>22793923</v>
       </c>
     </row>
     <row r="48" ht="15" customHeight="1">
       <c r="A48" s="7" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B48" s="8">
         <v>6746602</v>
       </c>
       <c r="C48" s="8">
         <v>6401726</v>
       </c>
       <c r="D48" s="8">
         <v>5244090</v>
       </c>
       <c r="E48" s="8">
         <v>8323822</v>
       </c>
       <c r="F48" s="8">
         <v>6924756</v>
       </c>
       <c r="G48" s="8">
         <v>7686940</v>
       </c>
       <c r="H48" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="I48" s="8">
         <v>7990632</v>
       </c>
       <c r="J48" s="8">
         <v>7498706</v>
       </c>
       <c r="K48" s="8">
         <v>8815102</v>
       </c>
       <c r="L48" s="8">
         <v>7383427</v>
       </c>
       <c r="M48" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N48" s="8">
         <v>85352267</v>
       </c>
     </row>
     <row r="49" ht="15" customHeight="1">
       <c r="A49" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B49" s="8">
         <v>1743455</v>
       </c>
       <c r="C49" s="8">
         <v>1167895</v>
       </c>
       <c r="D49" s="8">
         <v>1460342</v>
       </c>
       <c r="E49" s="8">
         <v>1715997</v>
       </c>
       <c r="F49" s="8">
         <v>1635280</v>
       </c>
       <c r="G49" s="8">
         <v>2040051</v>
       </c>
       <c r="H49" s="8">
         <v>1770842</v>
       </c>
       <c r="I49" s="8">
         <v>1715659</v>
       </c>
       <c r="J49" s="8">
         <v>1553282</v>
       </c>
       <c r="K49" s="8">
         <v>1798905</v>
       </c>
       <c r="L49" s="8">
         <v>1516261</v>
       </c>
       <c r="M49" s="8">
         <v>1282529</v>
       </c>
       <c r="N49" s="8">
         <v>19400500</v>
       </c>
     </row>
     <row r="50" ht="15" customHeight="1">
       <c r="A50" s="7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B50" s="8">
         <v>39288</v>
       </c>
       <c r="C50" s="8">
         <v>33309</v>
       </c>
       <c r="D50" s="8">
         <v>59274</v>
       </c>
       <c r="E50" s="8">
         <v>51487</v>
       </c>
       <c r="F50" s="8">
         <v>10714</v>
       </c>
       <c r="G50" s="8">
         <v>29621</v>
       </c>
       <c r="H50" s="8">
         <v>42677</v>
       </c>
       <c r="I50" s="8">
         <v>25104</v>
       </c>
       <c r="J50" s="8">
         <v>32996</v>
       </c>
       <c r="K50" s="8">
         <v>23953</v>
       </c>
       <c r="L50" s="8">
         <v>14882</v>
       </c>
       <c r="M50" s="8">
         <v>42523</v>
       </c>
       <c r="N50" s="8">
         <v>405828</v>
       </c>
     </row>
     <row r="51" ht="15" customHeight="1">
       <c r="A51" s="7" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B51" s="8">
         <v>3081091</v>
       </c>
       <c r="C51" s="8">
         <v>3651833</v>
       </c>
       <c r="D51" s="8">
         <v>3794406</v>
       </c>
       <c r="E51" s="8">
         <v>3923705</v>
       </c>
       <c r="F51" s="8">
         <v>4509830</v>
       </c>
       <c r="G51" s="8">
         <v>4462023</v>
       </c>
       <c r="H51" s="8">
         <v>3444784</v>
       </c>
       <c r="I51" s="8">
         <v>3636141</v>
       </c>
       <c r="J51" s="8">
         <v>4463884</v>
       </c>
       <c r="K51" s="8">
         <v>4262827</v>
       </c>
       <c r="L51" s="8">
         <v>3660451</v>
       </c>
       <c r="M51" s="8">
         <v>3473600</v>
       </c>
       <c r="N51" s="8">
         <v>46364574</v>
       </c>
     </row>
     <row r="52" ht="15" customHeight="1">
       <c r="A52" s="7" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B52" s="8">
         <v>598049</v>
       </c>
       <c r="C52" s="8">
         <v>513246</v>
       </c>
       <c r="D52" s="8">
         <v>580624</v>
       </c>
       <c r="E52" s="8">
         <v>595952</v>
       </c>
       <c r="F52" s="8">
         <v>627061</v>
       </c>
       <c r="G52" s="8">
         <v>641470</v>
       </c>
       <c r="H52" s="8">
         <v>548200</v>
       </c>
       <c r="I52" s="8">
         <v>505206</v>
       </c>
       <c r="J52" s="8">
         <v>611495</v>
       </c>
       <c r="K52" s="8">
         <v>582729</v>
       </c>
       <c r="L52" s="8">
         <v>675073</v>
       </c>
       <c r="M52" s="8">
         <v>676228</v>
       </c>
       <c r="N52" s="8">
         <v>7155332</v>
       </c>
     </row>
     <row r="53" ht="15" customHeight="1">
       <c r="A53" s="7" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B53" s="8">
         <v>2245041</v>
       </c>
       <c r="C53" s="8">
         <v>2060480</v>
       </c>
       <c r="D53" s="8">
         <v>1982302</v>
       </c>
       <c r="E53" s="8">
         <v>2298178</v>
       </c>
       <c r="F53" s="8">
         <v>2638151</v>
       </c>
       <c r="G53" s="8">
         <v>3028680</v>
       </c>
       <c r="H53" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="I53" s="8">
         <v>2535188</v>
       </c>
       <c r="J53" s="8">
         <v>2688827</v>
       </c>
       <c r="K53" s="8">
         <v>3037979</v>
       </c>
       <c r="L53" s="8">
         <v>2328065</v>
       </c>
       <c r="M53" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N53" s="8">
         <v>44530548</v>
       </c>
     </row>
     <row r="54" ht="15" customHeight="1">
       <c r="A54" s="7" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B54" s="8">
         <v>765902</v>
       </c>
       <c r="C54" s="8">
         <v>547793</v>
       </c>
       <c r="D54" s="8">
         <v>566530</v>
       </c>
       <c r="E54" s="8">
         <v>924249</v>
       </c>
       <c r="F54" s="8">
         <v>769333</v>
       </c>
       <c r="G54" s="8">
         <v>836296</v>
       </c>
       <c r="H54" s="8">
         <v>857498</v>
       </c>
       <c r="I54" s="8">
         <v>1031829</v>
       </c>
       <c r="J54" s="8">
         <v>913471</v>
       </c>
       <c r="K54" s="8">
         <v>822126</v>
       </c>
       <c r="L54" s="8">
         <v>752991</v>
       </c>
       <c r="M54" s="8">
         <v>929473</v>
       </c>
       <c r="N54" s="8">
         <v>9717491</v>
       </c>
     </row>
     <row r="55" ht="15" customHeight="1">
       <c r="A55" s="7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B55" s="8">
         <v>1080151</v>
       </c>
       <c r="C55" s="8">
         <v>959018</v>
       </c>
       <c r="D55" s="8">
         <v>1617859</v>
       </c>
       <c r="E55" s="8">
         <v>1363116</v>
       </c>
       <c r="F55" s="8">
         <v>1544903</v>
       </c>
       <c r="G55" s="8">
         <v>1981093</v>
       </c>
       <c r="H55" s="8">
         <v>1082872</v>
       </c>
       <c r="I55" s="8">
         <v>1321728</v>
       </c>
       <c r="J55" s="8">
         <v>1207644</v>
       </c>
       <c r="K55" s="8">
         <v>1040913</v>
       </c>
       <c r="L55" s="8">
         <v>959867</v>
       </c>
       <c r="M55" s="8">
         <v>1188270</v>
       </c>
       <c r="N55" s="8">
         <v>15347435</v>
       </c>
     </row>
     <row r="56" ht="15" customHeight="1">
       <c r="A56" s="7" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B56" s="8">
         <v>1267146</v>
       </c>
       <c r="C56" s="8">
         <v>1207602</v>
       </c>
       <c r="D56" s="8">
         <v>1449198</v>
       </c>
       <c r="E56" s="8">
         <v>1452134</v>
       </c>
       <c r="F56" s="8">
         <v>1472944</v>
       </c>
       <c r="G56" s="8">
         <v>1408094</v>
       </c>
       <c r="H56" s="8">
         <v>1495905</v>
       </c>
       <c r="I56" s="8">
         <v>1454694</v>
       </c>
       <c r="J56" s="8">
         <v>1520236</v>
       </c>
       <c r="K56" s="8">
         <v>1549194</v>
       </c>
       <c r="L56" s="8">
         <v>1314040</v>
       </c>
       <c r="M56" s="8">
         <v>1265003</v>
       </c>
       <c r="N56" s="8">
         <v>16856191</v>
       </c>
     </row>
     <row r="57" ht="15" customHeight="1">
       <c r="A57" s="7" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B57" s="8">
         <v>288038</v>
       </c>
       <c r="C57" s="8">
         <v>243756</v>
       </c>
       <c r="D57" s="8">
         <v>310134</v>
       </c>
       <c r="E57" s="8">
         <v>317418</v>
       </c>
       <c r="F57" s="8">
         <v>374792</v>
       </c>
       <c r="G57" s="8">
         <v>318454</v>
       </c>
       <c r="H57" s="8">
         <v>360963</v>
       </c>
       <c r="I57" s="8">
         <v>307285</v>
       </c>
       <c r="J57" s="8">
         <v>341877</v>
       </c>
       <c r="K57" s="8">
         <v>343045</v>
       </c>
       <c r="L57" s="8">
         <v>282826</v>
       </c>
       <c r="M57" s="8">
         <v>292073</v>
       </c>
       <c r="N57" s="8">
         <v>3780661</v>
       </c>
     </row>
     <row r="58" ht="15" customHeight="1">
       <c r="A58" s="7" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B58" s="8">
         <v>979108</v>
       </c>
       <c r="C58" s="8">
         <v>963846</v>
       </c>
       <c r="D58" s="8">
         <v>1139064</v>
       </c>
       <c r="E58" s="8">
         <v>1134716</v>
       </c>
       <c r="F58" s="8">
         <v>1098153</v>
       </c>
       <c r="G58" s="8">
         <v>1089640</v>
       </c>
       <c r="H58" s="8">
         <v>1134942</v>
       </c>
       <c r="I58" s="8">
         <v>1147409</v>
       </c>
       <c r="J58" s="8">
         <v>1178358</v>
       </c>
       <c r="K58" s="8">
         <v>1206150</v>
       </c>
       <c r="L58" s="8">
         <v>1031214</v>
       </c>
       <c r="M58" s="8">
         <v>972930</v>
       </c>
       <c r="N58" s="8">
         <v>13075530</v>
       </c>
     </row>
     <row r="59" ht="15" customHeight="1">
       <c r="A59" s="7" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B59" s="8">
         <v>7133100</v>
       </c>
       <c r="C59" s="8">
         <v>6629098</v>
       </c>
       <c r="D59" s="8">
         <v>6951296</v>
       </c>
       <c r="E59" s="8">
         <v>6867019</v>
       </c>
       <c r="F59" s="8">
         <v>6995281</v>
       </c>
       <c r="G59" s="8">
         <v>7405040</v>
       </c>
       <c r="H59" s="8">
         <v>6005065</v>
       </c>
       <c r="I59" s="8">
         <v>4779798</v>
       </c>
       <c r="J59" s="8">
         <v>5512445</v>
       </c>
       <c r="K59" s="8">
         <v>5317463</v>
       </c>
       <c r="L59" s="8">
         <v>4836554</v>
       </c>
       <c r="M59" s="8">
         <v>4651502</v>
       </c>
       <c r="N59" s="8">
         <v>73083659</v>
       </c>
     </row>
     <row r="60" ht="15" customHeight="1">
       <c r="A60" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B60" s="8">
         <v>1771622</v>
       </c>
       <c r="C60" s="8">
         <v>1881551</v>
       </c>
       <c r="D60" s="8">
         <v>1657025</v>
       </c>
       <c r="E60" s="8">
         <v>1321437</v>
       </c>
       <c r="F60" s="8">
         <v>1410606</v>
       </c>
       <c r="G60" s="8">
         <v>1418239</v>
       </c>
       <c r="H60" s="8">
         <v>1574981</v>
       </c>
       <c r="I60" s="8">
         <v>1243361</v>
       </c>
       <c r="J60" s="8">
         <v>1145970</v>
       </c>
       <c r="K60" s="8">
         <v>1362171</v>
       </c>
       <c r="L60" s="8">
         <v>1124061</v>
       </c>
       <c r="M60" s="8">
         <v>924744</v>
       </c>
       <c r="N60" s="8">
         <v>16835766</v>
       </c>
     </row>
     <row r="61" ht="15" customHeight="1">
       <c r="A61" s="7" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="B61" s="8">
         <v>1962119</v>
       </c>
       <c r="C61" s="8">
         <v>2058967</v>
       </c>
       <c r="D61" s="8">
         <v>2453645</v>
       </c>
       <c r="E61" s="8">
         <v>2690347</v>
       </c>
       <c r="F61" s="8">
         <v>2784221</v>
       </c>
       <c r="G61" s="8">
         <v>2822071</v>
       </c>
       <c r="H61" s="8">
         <v>1707079</v>
       </c>
       <c r="I61" s="8">
         <v>1314700</v>
       </c>
       <c r="J61" s="8">
         <v>1572258</v>
       </c>
       <c r="K61" s="8">
         <v>1580359</v>
       </c>
       <c r="L61" s="8">
         <v>1447031</v>
       </c>
       <c r="M61" s="8">
         <v>1315795</v>
       </c>
       <c r="N61" s="8">
         <v>23708592</v>
       </c>
     </row>
     <row r="62" ht="15" customHeight="1">
       <c r="A62" s="7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B62" s="8">
         <v>1095133</v>
       </c>
       <c r="C62" s="8">
         <v>991501</v>
       </c>
       <c r="D62" s="8">
         <v>1135440</v>
       </c>
       <c r="E62" s="8">
         <v>1330560</v>
       </c>
       <c r="F62" s="8">
         <v>1279310</v>
       </c>
       <c r="G62" s="8">
         <v>1371186</v>
       </c>
       <c r="H62" s="8">
         <v>1045931</v>
       </c>
       <c r="I62" s="8">
         <v>535031</v>
       </c>
       <c r="J62" s="8">
         <v>1119015</v>
       </c>
       <c r="K62" s="8">
         <v>756016</v>
       </c>
       <c r="L62" s="8">
         <v>800895</v>
       </c>
       <c r="M62" s="8">
         <v>1079904</v>
       </c>
       <c r="N62" s="8">
         <v>12539923</v>
       </c>
     </row>
     <row r="63" ht="15" customHeight="1">
       <c r="A63" s="7" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="B63" s="8">
         <v>2304225</v>
       </c>
       <c r="C63" s="8">
         <v>1697079</v>
       </c>
       <c r="D63" s="8">
         <v>1705186</v>
       </c>
       <c r="E63" s="8">
         <v>1524675</v>
       </c>
       <c r="F63" s="8">
         <v>1521143</v>
       </c>
       <c r="G63" s="8">
         <v>1793544</v>
       </c>
       <c r="H63" s="8">
         <v>1677074</v>
       </c>
       <c r="I63" s="8">
         <v>1686706</v>
       </c>
       <c r="J63" s="8">
         <v>1675203</v>
       </c>
       <c r="K63" s="8">
         <v>1618916</v>
       </c>
       <c r="L63" s="8">
         <v>1464568</v>
       </c>
       <c r="M63" s="8">
         <v>1331058</v>
       </c>
       <c r="N63" s="8">
         <v>19999379</v>
       </c>
     </row>
     <row r="64" ht="15" customHeight="1">
       <c r="A64" s="7" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="E64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="H64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="I64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="J64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="K64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="L64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="M64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="N64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="65" ht="15" customHeight="1">
       <c r="A65" s="7" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B65" s="8">
         <v>546216434</v>
       </c>
       <c r="C65" s="8">
         <v>476269759</v>
       </c>
       <c r="D65" s="8">
         <v>549008155</v>
       </c>
       <c r="E65" s="8">
         <v>587575435</v>
       </c>
       <c r="F65" s="8">
         <v>618577568</v>
       </c>
       <c r="G65" s="8">
         <v>609796949</v>
       </c>
       <c r="H65" s="8">
         <v>636793056</v>
       </c>
       <c r="I65" s="8">
         <v>621878541</v>
       </c>
       <c r="J65" s="8">
         <v>633886166</v>
       </c>
       <c r="K65" s="8">
         <v>688107541</v>
       </c>
       <c r="L65" s="8">
         <v>680419515</v>
       </c>
       <c r="M65" s="8">
         <v>725529833</v>
       </c>
       <c r="N65" s="8">
         <v>7374058951</v>
       </c>
     </row>
     <row r="66" ht="15" customHeight="1">
       <c r="A66" s="7" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="B66" s="8">
         <v>124769553</v>
       </c>
       <c r="C66" s="8">
         <v>96962111</v>
       </c>
       <c r="D66" s="8">
         <v>140954019</v>
       </c>
       <c r="E66" s="8">
         <v>122969194</v>
       </c>
       <c r="F66" s="8">
         <v>122151802</v>
       </c>
       <c r="G66" s="8">
         <v>118873217</v>
       </c>
       <c r="H66" s="8">
         <v>137199760</v>
       </c>
       <c r="I66" s="8">
         <v>136542018</v>
       </c>
       <c r="J66" s="8">
         <v>117806514</v>
       </c>
       <c r="K66" s="8">
         <v>155628088</v>
       </c>
       <c r="L66" s="8">
         <v>142707899</v>
       </c>
       <c r="M66" s="8">
         <v>161840660</v>
       </c>
       <c r="N66" s="8">
         <v>1578404836</v>
       </c>
     </row>
     <row r="67" ht="15" customHeight="1">
       <c r="A67" s="7" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="B67" s="8">
         <v>458264641</v>
       </c>
       <c r="C67" s="8">
         <v>403498325</v>
       </c>
       <c r="D67" s="8">
         <v>441723110</v>
       </c>
       <c r="E67" s="8">
         <v>505759894</v>
       </c>
       <c r="F67" s="8">
         <v>545449153</v>
       </c>
       <c r="G67" s="8">
         <v>522775135</v>
       </c>
       <c r="H67" s="8">
         <v>589234740</v>
       </c>
       <c r="I67" s="8">
         <v>513556210</v>
       </c>
       <c r="J67" s="8">
         <v>536901289</v>
       </c>
       <c r="K67" s="8">
         <v>576416693</v>
       </c>
       <c r="L67" s="8">
         <v>574496527</v>
       </c>
       <c r="M67" s="8">
         <v>601277634</v>
       </c>
       <c r="N67" s="8">
         <v>6269353352</v>
       </c>
     </row>
     <row r="68" ht="15" customHeight="1">
       <c r="A68" s="7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B68" s="8">
         <v>637205</v>
       </c>
       <c r="C68" s="8">
         <v>251256</v>
       </c>
       <c r="D68" s="8">
         <v>642880</v>
       </c>
       <c r="E68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="F68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="G68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="H68" s="8">
         <v>116647</v>
       </c>
       <c r="I68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="J68" s="8">
         <v>111128</v>
       </c>
       <c r="K68" s="8">
         <v>121366</v>
       </c>
       <c r="L68" s="8">
         <v>20320</v>
       </c>
       <c r="M68" s="8">
         <v>133134</v>
       </c>
       <c r="N68" s="8">
         <v>4641384</v>
       </c>
     </row>
     <row r="69" ht="15" customHeight="1">
       <c r="A69" s="7" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B69" s="8">
         <v>89688506</v>
       </c>
       <c r="C69" s="8">
         <v>96134850</v>
       </c>
       <c r="D69" s="8">
         <v>90506356</v>
       </c>
       <c r="E69" s="8">
         <v>98135153</v>
       </c>
       <c r="F69" s="8">
         <v>99913171</v>
       </c>
       <c r="G69" s="8">
         <v>100641081</v>
       </c>
       <c r="H69" s="8">
         <v>104348159</v>
       </c>
       <c r="I69" s="8">
         <v>105662459</v>
       </c>
       <c r="J69" s="8">
         <v>107389832</v>
       </c>
       <c r="K69" s="8">
         <v>94802066</v>
       </c>
       <c r="L69" s="8">
         <v>121530668</v>
       </c>
       <c r="M69" s="8">
         <v>111029767</v>
       </c>
       <c r="N69" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="70" ht="15" customHeight="1">
       <c r="A70" s="7" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="B70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="E70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="H70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="I70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="J70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="K70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="L70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="M70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="N70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="71" ht="15" customHeight="1">
       <c r="A71" s="7" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B71" s="8">
         <v>21114950</v>
       </c>
       <c r="C71" s="8">
         <v>16783282</v>
       </c>
       <c r="D71" s="8">
         <v>20147062</v>
       </c>
       <c r="E71" s="8">
         <v>20226967</v>
       </c>
       <c r="F71" s="8">
         <v>21165870</v>
       </c>
       <c r="G71" s="8">
         <v>19861235</v>
       </c>
       <c r="H71" s="8">
         <v>22449330</v>
       </c>
       <c r="I71" s="8">
         <v>21295497</v>
       </c>
       <c r="J71" s="8">
         <v>21229330</v>
       </c>
       <c r="K71" s="8">
         <v>19986015</v>
       </c>
       <c r="L71" s="8">
         <v>18101358</v>
       </c>
       <c r="M71" s="8">
         <v>19306910</v>
       </c>
       <c r="N71" s="8">
         <v>241667806</v>
       </c>
     </row>
     <row r="72" ht="15" customHeight="1">
       <c r="A72" s="7" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="B72" s="8">
         <v>13000836</v>
       </c>
       <c r="C72" s="8">
         <v>11525632</v>
       </c>
       <c r="D72" s="8">
         <v>12079649</v>
       </c>
       <c r="E72" s="8">
         <v>13556096</v>
       </c>
       <c r="F72" s="8">
         <v>14210236</v>
       </c>
       <c r="G72" s="8">
         <v>12642978</v>
       </c>
       <c r="H72" s="8">
         <v>14591203</v>
       </c>
       <c r="I72" s="8">
         <v>13799850</v>
       </c>
       <c r="J72" s="8">
         <v>13898049</v>
       </c>
       <c r="K72" s="8">
         <v>14571437</v>
       </c>
       <c r="L72" s="8">
         <v>12241438</v>
       </c>
       <c r="M72" s="8">
         <v>13068611</v>
       </c>
       <c r="N72" s="8">
         <v>159186015</v>
       </c>
     </row>
     <row r="73" ht="15" customHeight="1">
       <c r="A73" s="7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B73" s="8">
         <v>7778222</v>
       </c>
       <c r="C73" s="8">
         <v>5085730</v>
       </c>
       <c r="D73" s="8">
         <v>7801888</v>
       </c>
       <c r="E73" s="8">
         <v>6972888</v>
       </c>
       <c r="F73" s="8">
         <v>7502866</v>
       </c>
       <c r="G73" s="8">
         <v>8085500</v>
       </c>
       <c r="H73" s="8">
         <v>7919680</v>
       </c>
       <c r="I73" s="8">
         <v>7767122</v>
       </c>
       <c r="J73" s="8">
         <v>8339909</v>
       </c>
       <c r="K73" s="8">
         <v>6531600</v>
       </c>
       <c r="L73" s="8">
         <v>6419051</v>
       </c>
       <c r="M73" s="8">
         <v>6177821</v>
       </c>
       <c r="N73" s="8">
         <v>86382276</v>
       </c>
     </row>
     <row r="74" ht="15" customHeight="1">
       <c r="A74" s="7" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B74" s="8">
         <v>2005290</v>
       </c>
       <c r="C74" s="8">
         <v>1799603</v>
       </c>
       <c r="D74" s="8">
         <v>2385870</v>
       </c>
       <c r="E74" s="8">
         <v>2466988</v>
       </c>
       <c r="F74" s="8">
         <v>2453902</v>
       </c>
       <c r="G74" s="8">
         <v>2107403</v>
       </c>
       <c r="H74" s="8">
         <v>2490418</v>
       </c>
       <c r="I74" s="8">
         <v>2473884</v>
       </c>
       <c r="J74" s="8">
         <v>2400256</v>
       </c>
       <c r="K74" s="8">
         <v>2084191</v>
       </c>
       <c r="L74" s="8">
         <v>1410434</v>
       </c>
       <c r="M74" s="8">
         <v>2469269</v>
       </c>
       <c r="N74" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="75" ht="12" customHeight="1"/>
     <row r="76" ht="14" customHeight="1">
       <c r="A76" s="10" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="B76" s="10"/>
       <c r="C76" s="10"/>
       <c r="D76" s="10"/>
       <c r="E76" s="10"/>
       <c r="F76" s="10"/>
       <c r="G76" s="10"/>
       <c r="H76" s="10"/>
       <c r="I76" s="10"/>
       <c r="J76" s="10"/>
       <c r="K76" s="10"/>
       <c r="L76" s="10"/>
       <c r="M76" s="10"/>
       <c r="N76" s="10"/>
     </row>
     <row r="77" ht="14" customHeight="1">
       <c r="A77" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B77" s="11"/>
       <c r="C77" s="11"/>
       <c r="D77" s="11"/>
       <c r="E77" s="11"/>
       <c r="F77" s="11"/>
       <c r="G77" s="11"/>
       <c r="H77" s="11"/>
       <c r="I77" s="11"/>
       <c r="J77" s="11"/>
       <c r="K77" s="11"/>
       <c r="L77" s="11"/>
       <c r="M77" s="11"/>
       <c r="N77" s="11"/>
     </row>
     <row r="78" ht="14" customHeight="1">
       <c r="A78" s="12" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="B78" s="12"/>
       <c r="C78" s="12"/>
       <c r="D78" s="12"/>
       <c r="E78" s="12"/>
       <c r="F78" s="12"/>
       <c r="G78" s="12"/>
       <c r="H78" s="12"/>
       <c r="I78" s="12"/>
       <c r="J78" s="12"/>
       <c r="K78" s="12"/>
       <c r="L78" s="12"/>
       <c r="M78" s="12"/>
       <c r="N78" s="12"/>
     </row>
     <row r="79" ht="43" customHeight="1">
       <c r="A79" s="12" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="B79" s="12"/>
       <c r="C79" s="12"/>
       <c r="D79" s="12"/>
       <c r="E79" s="12"/>
       <c r="F79" s="12"/>
       <c r="G79" s="12"/>
       <c r="H79" s="12"/>
       <c r="I79" s="12"/>
       <c r="J79" s="12"/>
       <c r="K79" s="12"/>
       <c r="L79" s="12"/>
       <c r="M79" s="12"/>
       <c r="N79" s="12"/>
     </row>
     <row r="80" ht="14" customHeight="1">
       <c r="A80" s="12" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B80" s="12"/>
       <c r="C80" s="12"/>
       <c r="D80" s="12"/>
       <c r="E80" s="12"/>
       <c r="F80" s="12"/>
       <c r="G80" s="12"/>
       <c r="H80" s="12"/>
       <c r="I80" s="12"/>
       <c r="J80" s="12"/>
       <c r="K80" s="12"/>
       <c r="L80" s="12"/>
       <c r="M80" s="12"/>
       <c r="N80" s="12"/>
     </row>
     <row r="81" ht="12" customHeight="1">
       <c r="A81" s="13" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="B81" s="13"/>
       <c r="C81" s="13"/>
       <c r="D81" s="13"/>
       <c r="E81" s="13"/>
       <c r="F81" s="13"/>
       <c r="G81" s="13"/>
       <c r="H81" s="13"/>
       <c r="I81" s="13"/>
       <c r="J81" s="13"/>
       <c r="K81" s="13"/>
       <c r="L81" s="13"/>
       <c r="M81" s="13"/>
       <c r="N81" s="13"/>
     </row>
     <row r="82" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A76:N76"/>
@@ -9473,3111 +10321,3111 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="B9" s="8">
         <v>1254</v>
       </c>
       <c r="C9" s="8">
         <v>1255</v>
       </c>
       <c r="D9" s="8">
         <v>1272</v>
       </c>
       <c r="E9" s="8">
         <v>1305</v>
       </c>
       <c r="F9" s="8">
         <v>1320</v>
       </c>
       <c r="G9" s="8">
         <v>1350</v>
       </c>
       <c r="H9" s="8">
         <v>1358</v>
       </c>
       <c r="I9" s="8">
         <v>1384</v>
       </c>
       <c r="J9" s="8">
         <v>1413</v>
       </c>
       <c r="K9" s="8">
         <v>1437</v>
       </c>
       <c r="L9" s="8">
         <v>1454</v>
       </c>
       <c r="M9" s="8">
         <v>1487</v>
       </c>
       <c r="N9" s="8">
         <v>1570</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="B10" s="8">
         <v>1055335854</v>
       </c>
       <c r="C10" s="8">
         <v>983783689</v>
       </c>
       <c r="D10" s="8">
         <v>1099247798</v>
       </c>
       <c r="E10" s="8">
         <v>1072132763</v>
       </c>
       <c r="F10" s="8">
         <v>1131931934</v>
       </c>
       <c r="G10" s="8">
         <v>1084968432</v>
       </c>
       <c r="H10" s="8">
         <v>1113434534</v>
       </c>
       <c r="I10" s="8">
         <v>1097773997</v>
       </c>
       <c r="J10" s="8">
         <v>1060192716</v>
       </c>
       <c r="K10" s="8">
         <v>1157602389</v>
       </c>
       <c r="L10" s="8">
         <v>1157193729</v>
       </c>
       <c r="M10" s="8">
         <v>1210042669</v>
       </c>
       <c r="N10" s="8">
         <v>13223640503</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B11" s="8">
         <v>13033357</v>
       </c>
       <c r="C11" s="8">
         <v>12160537</v>
       </c>
       <c r="D11" s="8">
         <v>11883856</v>
       </c>
       <c r="E11" s="8">
         <v>12782695</v>
       </c>
       <c r="F11" s="8">
         <v>11771621</v>
       </c>
       <c r="G11" s="8">
         <v>11134724</v>
       </c>
       <c r="H11" s="8">
         <v>7836928</v>
       </c>
       <c r="I11" s="8">
         <v>10160993</v>
       </c>
       <c r="J11" s="8">
         <v>9763672</v>
       </c>
       <c r="K11" s="8">
         <v>11743289</v>
       </c>
       <c r="L11" s="8">
         <v>11889185</v>
       </c>
       <c r="M11" s="8">
         <v>12600104</v>
       </c>
       <c r="N11" s="8">
         <v>136760963</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B12" s="8">
         <v>477195</v>
       </c>
       <c r="C12" s="8">
         <v>903817</v>
       </c>
       <c r="D12" s="8">
         <v>484614</v>
       </c>
       <c r="E12" s="8">
         <v>431348</v>
       </c>
       <c r="F12" s="8">
         <v>986459</v>
       </c>
       <c r="G12" s="8">
         <v>629162</v>
       </c>
       <c r="H12" s="8">
         <v>696149</v>
       </c>
       <c r="I12" s="8">
         <v>1893479</v>
       </c>
       <c r="J12" s="8">
         <v>4789932</v>
       </c>
       <c r="K12" s="8">
         <v>1776230</v>
       </c>
       <c r="L12" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M12" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N12" s="8">
         <v>14617636</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B13" s="8">
         <v>443370</v>
       </c>
       <c r="C13" s="8">
         <v>226322</v>
       </c>
       <c r="D13" s="8">
         <v>400510</v>
       </c>
       <c r="E13" s="8">
         <v>367977</v>
       </c>
       <c r="F13" s="8">
         <v>510995</v>
       </c>
       <c r="G13" s="8">
         <v>634432</v>
       </c>
       <c r="H13" s="8">
         <v>330460</v>
       </c>
       <c r="I13" s="8">
         <v>486845</v>
       </c>
       <c r="J13" s="8">
         <v>519653</v>
       </c>
       <c r="K13" s="8">
         <v>621804</v>
       </c>
       <c r="L13" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M13" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N13" s="8">
         <v>5622221</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>1041381932</v>
       </c>
       <c r="C14" s="8">
         <v>970493012</v>
       </c>
       <c r="D14" s="8">
         <v>1086478818</v>
       </c>
       <c r="E14" s="8">
         <v>1058550743</v>
       </c>
       <c r="F14" s="8">
         <v>1118662858</v>
       </c>
       <c r="G14" s="8">
         <v>1072570113</v>
       </c>
       <c r="H14" s="8">
         <v>1104570996</v>
       </c>
       <c r="I14" s="8">
         <v>1085232680</v>
       </c>
       <c r="J14" s="8">
         <v>1045119458</v>
       </c>
       <c r="K14" s="8">
         <v>1143461066</v>
       </c>
       <c r="L14" s="8">
         <v>1143882812</v>
       </c>
       <c r="M14" s="8">
         <v>1196235195</v>
       </c>
       <c r="N14" s="8">
         <v>13066639684</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B15" s="8">
         <v>23493892</v>
       </c>
       <c r="C15" s="8">
         <v>21882685</v>
       </c>
       <c r="D15" s="8">
         <v>26350017</v>
       </c>
       <c r="E15" s="8">
         <v>26617218</v>
       </c>
       <c r="F15" s="8">
         <v>29199574</v>
       </c>
       <c r="G15" s="8">
         <v>29899974</v>
       </c>
       <c r="H15" s="8">
         <v>23878178</v>
       </c>
       <c r="I15" s="8">
         <v>25962956</v>
       </c>
       <c r="J15" s="8">
         <v>27711821</v>
       </c>
       <c r="K15" s="8">
         <v>29873652</v>
       </c>
       <c r="L15" s="8">
         <v>26506751</v>
       </c>
       <c r="M15" s="8">
         <v>26001228</v>
       </c>
       <c r="N15" s="8">
         <v>317377946</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B16" s="8">
         <v>103686438</v>
       </c>
       <c r="C16" s="8">
         <v>78979632</v>
       </c>
       <c r="D16" s="8">
         <v>80602098</v>
       </c>
       <c r="E16" s="8">
         <v>42969644</v>
       </c>
       <c r="F16" s="8">
         <v>32713928</v>
       </c>
       <c r="G16" s="8">
         <v>45126175</v>
       </c>
       <c r="H16" s="8">
         <v>46325391</v>
       </c>
       <c r="I16" s="8">
         <v>64446794</v>
       </c>
       <c r="J16" s="8">
         <v>58659870</v>
       </c>
       <c r="K16" s="8">
         <v>84607501</v>
       </c>
       <c r="L16" s="8">
         <v>142529668</v>
       </c>
       <c r="M16" s="8">
         <v>163713672</v>
       </c>
       <c r="N16" s="8">
         <v>944360812</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B17" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="C17" s="8">
         <v>10586359</v>
       </c>
       <c r="D17" s="8">
         <v>19218831</v>
       </c>
       <c r="E17" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="F17" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="G17" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="H17" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="I17" s="8">
         <v>18670052</v>
       </c>
       <c r="J17" s="8">
         <v>8883237</v>
       </c>
       <c r="K17" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L17" s="8">
         <v>25875555</v>
       </c>
       <c r="M17" s="8">
         <v>14481707</v>
       </c>
       <c r="N17" s="8">
         <v>148217364</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B18" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="C18" s="8">
         <v>68104982</v>
       </c>
       <c r="D18" s="8">
         <v>61099941</v>
       </c>
       <c r="E18" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="F18" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="G18" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="H18" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="I18" s="8">
         <v>45610208</v>
       </c>
       <c r="J18" s="8">
         <v>49541782</v>
       </c>
       <c r="K18" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L18" s="8">
         <v>116420670</v>
       </c>
       <c r="M18" s="8">
         <v>88097415</v>
       </c>
       <c r="N18" s="8">
         <v>731741754</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B19" s="8">
         <v>619300</v>
       </c>
       <c r="C19" s="8">
         <v>288290</v>
       </c>
       <c r="D19" s="8">
         <v>283326</v>
       </c>
       <c r="E19" s="8">
         <v>276248</v>
       </c>
       <c r="F19" s="8">
         <v>260920</v>
       </c>
       <c r="G19" s="8">
         <v>389297</v>
       </c>
       <c r="H19" s="8">
         <v>260303</v>
       </c>
       <c r="I19" s="8">
         <v>166535</v>
       </c>
       <c r="J19" s="8">
         <v>234851</v>
       </c>
       <c r="K19" s="8">
         <v>254631</v>
       </c>
       <c r="L19" s="8">
         <v>233443</v>
       </c>
       <c r="M19" s="8">
         <v>61134550</v>
       </c>
       <c r="N19" s="8">
         <v>64401694</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B20" s="8">
         <v>689586274</v>
       </c>
       <c r="C20" s="8">
         <v>714689197</v>
       </c>
       <c r="D20" s="8">
         <v>709538203</v>
       </c>
       <c r="E20" s="8">
         <v>684822011</v>
       </c>
       <c r="F20" s="8">
         <v>656530694</v>
       </c>
       <c r="G20" s="8">
         <v>690637381</v>
       </c>
       <c r="H20" s="8">
         <v>692371889</v>
       </c>
       <c r="I20" s="8">
         <v>698317665</v>
       </c>
       <c r="J20" s="8">
         <v>669170456</v>
       </c>
       <c r="K20" s="8">
         <v>730560966</v>
       </c>
       <c r="L20" s="8">
         <v>743296905</v>
       </c>
       <c r="M20" s="8">
         <v>749001766</v>
       </c>
       <c r="N20" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B21" s="8">
         <v>533324448</v>
       </c>
       <c r="C21" s="8">
         <v>531133181</v>
       </c>
       <c r="D21" s="8">
         <v>541219747</v>
       </c>
       <c r="E21" s="8">
         <v>545992779</v>
       </c>
       <c r="F21" s="8">
         <v>518056474</v>
       </c>
       <c r="G21" s="8">
         <v>552856372</v>
       </c>
       <c r="H21" s="8">
         <v>553106037</v>
       </c>
       <c r="I21" s="8">
         <v>553230873</v>
       </c>
       <c r="J21" s="8">
         <v>521972205</v>
       </c>
       <c r="K21" s="8">
         <v>545714989</v>
       </c>
       <c r="L21" s="8">
         <v>559264945</v>
       </c>
       <c r="M21" s="8">
         <v>564562353</v>
       </c>
       <c r="N21" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B22" s="8">
         <v>40216332</v>
       </c>
       <c r="C22" s="8">
         <v>41944398</v>
       </c>
       <c r="D22" s="8">
         <v>38745531</v>
       </c>
       <c r="E22" s="8">
         <v>37901045</v>
       </c>
       <c r="F22" s="8">
         <v>37856286</v>
       </c>
       <c r="G22" s="8">
         <v>36906376</v>
       </c>
       <c r="H22" s="8">
         <v>35579178</v>
       </c>
       <c r="I22" s="8">
         <v>37148810</v>
       </c>
       <c r="J22" s="8">
         <v>40689197</v>
       </c>
       <c r="K22" s="8">
         <v>43020912</v>
       </c>
       <c r="L22" s="8">
         <v>40790229</v>
       </c>
       <c r="M22" s="8">
         <v>40144811</v>
       </c>
       <c r="N22" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B23" s="8">
         <v>5717142</v>
       </c>
       <c r="C23" s="8">
         <v>5444408</v>
       </c>
       <c r="D23" s="8">
         <v>5525728</v>
       </c>
       <c r="E23" s="8">
         <v>5295773</v>
       </c>
       <c r="F23" s="8">
         <v>5407307</v>
       </c>
       <c r="G23" s="8">
         <v>5353364</v>
       </c>
       <c r="H23" s="8">
         <v>6184185</v>
       </c>
       <c r="I23" s="8">
         <v>5540618</v>
       </c>
       <c r="J23" s="8">
         <v>5451543</v>
       </c>
       <c r="K23" s="8">
         <v>5089201</v>
       </c>
       <c r="L23" s="8">
         <v>5213795</v>
       </c>
       <c r="M23" s="8">
         <v>5187870</v>
       </c>
       <c r="N23" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B24" s="8">
         <v>110328352</v>
       </c>
       <c r="C24" s="8">
         <v>136167210</v>
       </c>
       <c r="D24" s="8">
         <v>124047197</v>
       </c>
       <c r="E24" s="8">
         <v>95632414</v>
       </c>
       <c r="F24" s="8">
         <v>95210628</v>
       </c>
       <c r="G24" s="8">
         <v>95521269</v>
       </c>
       <c r="H24" s="8">
         <v>97502489</v>
       </c>
       <c r="I24" s="8">
         <v>102397364</v>
       </c>
       <c r="J24" s="8">
         <v>101057512</v>
       </c>
       <c r="K24" s="8">
         <v>136735863</v>
       </c>
       <c r="L24" s="8">
         <v>138027936</v>
       </c>
       <c r="M24" s="8">
         <v>139106732</v>
       </c>
       <c r="N24" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B25" s="8">
-        <v>9425264063</v>
+        <v>9389306305</v>
       </c>
       <c r="C25" s="8">
-        <v>8177802401</v>
+        <v>8176054333</v>
       </c>
       <c r="D25" s="8">
-        <v>9856338981</v>
+        <v>9855261795</v>
       </c>
       <c r="E25" s="8">
-        <v>9592642869</v>
+        <v>9590548534</v>
       </c>
       <c r="F25" s="8">
-        <v>9916989143</v>
+        <v>9914717949</v>
       </c>
       <c r="G25" s="8">
-        <v>10503685347</v>
+        <v>10501207536</v>
       </c>
       <c r="H25" s="8">
-        <v>10062692320</v>
+        <v>10060382590</v>
       </c>
       <c r="I25" s="8">
-        <v>9802677108</v>
+        <v>9642946677</v>
       </c>
       <c r="J25" s="8">
-        <v>10171733982</v>
+        <v>10168619238</v>
       </c>
       <c r="K25" s="8">
-        <v>10320986278</v>
+        <v>10317937425</v>
       </c>
       <c r="L25" s="8">
-        <v>10515632541</v>
+        <v>10513030767</v>
       </c>
       <c r="M25" s="8">
-        <v>11006136930</v>
+        <v>11004440722</v>
       </c>
       <c r="N25" s="8">
-        <v>119352581963</v>
+        <v>119134453872</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B26" s="8">
         <v>9060571655</v>
       </c>
       <c r="C26" s="8">
         <v>7860500368</v>
       </c>
       <c r="D26" s="8">
         <v>9515195753</v>
       </c>
       <c r="E26" s="8">
         <v>9244004566</v>
       </c>
       <c r="F26" s="8">
         <v>9554005420</v>
       </c>
       <c r="G26" s="8">
         <v>10138619902</v>
       </c>
       <c r="H26" s="8">
         <v>9714404431</v>
       </c>
       <c r="I26" s="8">
         <v>9438465617</v>
       </c>
       <c r="J26" s="8">
         <v>9813790265</v>
       </c>
       <c r="K26" s="8">
         <v>9936209476</v>
       </c>
       <c r="L26" s="8">
         <v>10167931824</v>
       </c>
       <c r="M26" s="8">
         <v>10620662723</v>
       </c>
       <c r="N26" s="8">
         <v>115064362000</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B27" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="C27" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D27" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E27" s="8">
         <v>17031015</v>
       </c>
       <c r="F27" s="8">
         <v>16017881</v>
       </c>
       <c r="G27" s="8">
         <v>16397557</v>
       </c>
       <c r="H27" s="8">
         <v>11989123</v>
       </c>
       <c r="I27" s="8">
         <v>16507160</v>
       </c>
       <c r="J27" s="8">
         <v>13995884</v>
       </c>
       <c r="K27" s="8">
         <v>19900484</v>
       </c>
       <c r="L27" s="8">
         <v>20236802</v>
       </c>
       <c r="M27" s="8">
         <v>20389266</v>
       </c>
       <c r="N27" s="8">
         <v>209756301</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B28" s="8">
-        <v>275728294</v>
+        <v>239770536</v>
       </c>
       <c r="C28" s="8">
-        <v>235541064</v>
+        <v>233792996</v>
       </c>
       <c r="D28" s="8">
-        <v>252534700</v>
+        <v>251457514</v>
       </c>
       <c r="E28" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="F28" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="G28" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="H28" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="I28" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="J28" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="K28" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L28" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M28" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N28" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="C29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="F29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="G29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="H29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="I29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="J29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="K29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B30" s="8">
         <v>28394853</v>
       </c>
       <c r="C30" s="8">
         <v>27588162</v>
       </c>
       <c r="D30" s="8">
         <v>31919296</v>
       </c>
       <c r="E30" s="8">
         <v>30997265</v>
       </c>
       <c r="F30" s="8">
         <v>31966721</v>
       </c>
       <c r="G30" s="8">
         <v>34692641</v>
       </c>
       <c r="H30" s="8">
         <v>28988377</v>
       </c>
       <c r="I30" s="8">
         <v>30431761</v>
       </c>
       <c r="J30" s="8">
         <v>31044906</v>
       </c>
       <c r="K30" s="8">
         <v>36328700</v>
       </c>
       <c r="L30" s="8">
         <v>30825270</v>
       </c>
       <c r="M30" s="8">
         <v>28160096</v>
       </c>
       <c r="N30" s="8">
         <v>371338048</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B31" s="8">
         <v>6303056</v>
       </c>
       <c r="C31" s="8">
         <v>5993975</v>
       </c>
       <c r="D31" s="8">
         <v>8492942</v>
       </c>
       <c r="E31" s="8">
         <v>5975811</v>
       </c>
       <c r="F31" s="8">
         <v>6656582</v>
       </c>
       <c r="G31" s="8">
         <v>7060258</v>
       </c>
       <c r="H31" s="8">
         <v>5862123</v>
       </c>
       <c r="I31" s="8">
         <v>6148920</v>
       </c>
       <c r="J31" s="8">
         <v>7561973</v>
       </c>
       <c r="K31" s="8">
         <v>7786461</v>
       </c>
       <c r="L31" s="8">
         <v>6875826</v>
       </c>
       <c r="M31" s="8">
         <v>5972851</v>
       </c>
       <c r="N31" s="8">
         <v>80690778</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B32" s="8">
         <v>1354390</v>
       </c>
       <c r="C32" s="8">
         <v>1215623</v>
       </c>
       <c r="D32" s="8">
         <v>552417</v>
       </c>
       <c r="E32" s="8">
         <v>1637433</v>
       </c>
       <c r="F32" s="8">
         <v>1299956</v>
       </c>
       <c r="G32" s="8">
         <v>1479108</v>
       </c>
       <c r="H32" s="8">
         <v>1513878</v>
       </c>
       <c r="I32" s="8">
         <v>1671811</v>
       </c>
       <c r="J32" s="8">
         <v>1563021</v>
       </c>
       <c r="K32" s="8">
         <v>2071332</v>
       </c>
       <c r="L32" s="8">
         <v>1322969</v>
       </c>
       <c r="M32" s="8">
         <v>1288408</v>
       </c>
       <c r="N32" s="8">
         <v>16970347</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B33" s="8">
         <v>3007037</v>
       </c>
       <c r="C33" s="8">
         <v>3138135</v>
       </c>
       <c r="D33" s="8">
         <v>4335152</v>
       </c>
       <c r="E33" s="8">
         <v>3932385</v>
       </c>
       <c r="F33" s="8">
         <v>3949795</v>
       </c>
       <c r="G33" s="8">
         <v>4539987</v>
       </c>
       <c r="H33" s="8">
         <v>3118058</v>
       </c>
       <c r="I33" s="8">
         <v>3437972</v>
       </c>
       <c r="J33" s="8">
         <v>3929299</v>
       </c>
       <c r="K33" s="8">
         <v>4309474</v>
       </c>
       <c r="L33" s="8">
         <v>3674397</v>
       </c>
       <c r="M33" s="8">
         <v>3340143</v>
       </c>
       <c r="N33" s="8">
         <v>44711835</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B34" s="8">
         <v>18254</v>
       </c>
       <c r="C34" s="8">
         <v>10060</v>
       </c>
       <c r="D34" s="8">
         <v>10284</v>
       </c>
       <c r="E34" s="8">
         <v>15336</v>
       </c>
       <c r="F34" s="8">
         <v>40463</v>
       </c>
       <c r="G34" s="8">
         <v>23504</v>
       </c>
       <c r="H34" s="8">
         <v>38452</v>
       </c>
       <c r="I34" s="8">
         <v>19119</v>
       </c>
       <c r="J34" s="8">
         <v>26947</v>
       </c>
       <c r="K34" s="8">
         <v>25270</v>
       </c>
       <c r="L34" s="8">
         <v>31944</v>
       </c>
       <c r="M34" s="8">
         <v>46484</v>
       </c>
       <c r="N34" s="8">
         <v>306118</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B35" s="8">
         <v>1101664</v>
       </c>
       <c r="C35" s="8">
         <v>728515</v>
       </c>
       <c r="D35" s="8">
         <v>1032196</v>
       </c>
       <c r="E35" s="8">
         <v>1095515</v>
       </c>
       <c r="F35" s="8">
         <v>1012390</v>
       </c>
       <c r="G35" s="8">
         <v>1211417</v>
       </c>
       <c r="H35" s="8">
         <v>1447593</v>
       </c>
       <c r="I35" s="8">
         <v>897514</v>
       </c>
       <c r="J35" s="8">
         <v>1018870</v>
       </c>
       <c r="K35" s="8">
         <v>1054536</v>
       </c>
       <c r="L35" s="8">
         <v>1001902</v>
       </c>
       <c r="M35" s="8">
         <v>984305</v>
       </c>
       <c r="N35" s="8">
         <v>12586417</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B36" s="8">
         <v>9976324</v>
       </c>
       <c r="C36" s="8">
         <v>9283872</v>
       </c>
       <c r="D36" s="8">
         <v>9496317</v>
       </c>
       <c r="E36" s="8">
         <v>10085984</v>
       </c>
       <c r="F36" s="8">
         <v>10735201</v>
       </c>
       <c r="G36" s="8">
         <v>11247508</v>
       </c>
       <c r="H36" s="8">
         <v>8182093</v>
       </c>
       <c r="I36" s="8">
         <v>10890511</v>
       </c>
       <c r="J36" s="8">
         <v>9358640</v>
       </c>
       <c r="K36" s="8">
         <v>12260846</v>
       </c>
       <c r="L36" s="8">
         <v>10866076</v>
       </c>
       <c r="M36" s="8">
         <v>10518450</v>
       </c>
       <c r="N36" s="8">
         <v>122901823</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B37" s="8">
         <v>4362373</v>
       </c>
       <c r="C37" s="8">
         <v>4799765</v>
       </c>
       <c r="D37" s="8">
         <v>5625525</v>
       </c>
       <c r="E37" s="8">
         <v>5508181</v>
       </c>
       <c r="F37" s="8">
         <v>5697407</v>
       </c>
       <c r="G37" s="8">
         <v>5775261</v>
       </c>
       <c r="H37" s="8">
         <v>6446724</v>
       </c>
       <c r="I37" s="8">
         <v>5032805</v>
       </c>
       <c r="J37" s="8">
         <v>5819947</v>
       </c>
       <c r="K37" s="8">
         <v>6899995</v>
       </c>
       <c r="L37" s="8">
         <v>5218223</v>
       </c>
       <c r="M37" s="8">
         <v>4330232</v>
       </c>
       <c r="N37" s="8">
         <v>65516439</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B38" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="C38" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D38" s="8">
         <v>616891</v>
       </c>
       <c r="E38" s="8">
         <v>572350</v>
       </c>
       <c r="F38" s="8">
         <v>545738</v>
       </c>
       <c r="G38" s="8">
         <v>745975</v>
       </c>
       <c r="H38" s="8">
         <v>742894</v>
       </c>
       <c r="I38" s="8">
         <v>564628</v>
       </c>
       <c r="J38" s="8">
         <v>533672</v>
       </c>
       <c r="K38" s="8">
         <v>575830</v>
       </c>
       <c r="L38" s="8">
         <v>525168</v>
       </c>
       <c r="M38" s="8">
         <v>392378</v>
       </c>
       <c r="N38" s="8">
         <v>6642844</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B39" s="8">
         <v>1444059</v>
       </c>
       <c r="C39" s="8">
         <v>1553838</v>
       </c>
       <c r="D39" s="8">
         <v>1414007</v>
       </c>
       <c r="E39" s="8">
         <v>1926884</v>
       </c>
       <c r="F39" s="8">
         <v>1750996</v>
       </c>
       <c r="G39" s="8">
         <v>2252420</v>
       </c>
       <c r="H39" s="8">
         <v>1303250</v>
       </c>
       <c r="I39" s="8">
         <v>1342150</v>
       </c>
       <c r="J39" s="8">
         <v>852562</v>
       </c>
       <c r="K39" s="8">
         <v>932458</v>
       </c>
       <c r="L39" s="8">
         <v>858705</v>
       </c>
       <c r="M39" s="8">
         <v>809739</v>
       </c>
       <c r="N39" s="8">
         <v>16441069</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B40" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="C40" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D40" s="8">
         <v>343566</v>
       </c>
       <c r="E40" s="8">
         <v>247384</v>
       </c>
       <c r="F40" s="8">
         <v>278194</v>
       </c>
       <c r="G40" s="8">
         <v>357203</v>
       </c>
       <c r="H40" s="8">
         <v>333312</v>
       </c>
       <c r="I40" s="8">
         <v>426330</v>
       </c>
       <c r="J40" s="8">
         <v>379973</v>
       </c>
       <c r="K40" s="8">
         <v>412499</v>
       </c>
       <c r="L40" s="8">
         <v>450059</v>
       </c>
       <c r="M40" s="8">
         <v>477105</v>
       </c>
       <c r="N40" s="8">
         <v>4570379</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B41" s="8">
         <v>107115</v>
       </c>
       <c r="C41" s="8">
         <v>57672</v>
       </c>
       <c r="D41" s="8">
         <v>64880</v>
       </c>
       <c r="E41" s="8">
         <v>38797</v>
       </c>
       <c r="F41" s="8">
         <v>71994</v>
       </c>
       <c r="G41" s="8">
         <v>62674</v>
       </c>
       <c r="H41" s="8">
         <v>120699</v>
       </c>
       <c r="I41" s="8">
         <v>84329</v>
       </c>
       <c r="J41" s="8">
         <v>75825</v>
       </c>
       <c r="K41" s="8">
         <v>84749</v>
       </c>
       <c r="L41" s="8">
         <v>32530</v>
       </c>
       <c r="M41" s="8">
         <v>52235</v>
       </c>
       <c r="N41" s="8">
         <v>853498</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B42" s="8">
         <v>2822123</v>
       </c>
       <c r="C42" s="8">
         <v>2833315</v>
       </c>
       <c r="D42" s="8">
         <v>2713721</v>
       </c>
       <c r="E42" s="8">
         <v>2492645</v>
       </c>
       <c r="F42" s="8">
         <v>2827357</v>
       </c>
       <c r="G42" s="8">
         <v>2751375</v>
       </c>
       <c r="H42" s="8">
         <v>3309942</v>
       </c>
       <c r="I42" s="8">
         <v>3468546</v>
       </c>
       <c r="J42" s="8">
         <v>2784839</v>
       </c>
       <c r="K42" s="8">
         <v>3870268</v>
       </c>
       <c r="L42" s="8">
         <v>2335968</v>
       </c>
       <c r="M42" s="8">
         <v>2156208</v>
       </c>
       <c r="N42" s="8">
         <v>34366306</v>
       </c>
     </row>
     <row r="43" ht="15" customHeight="1">
       <c r="A43" s="7" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B43" s="8">
         <v>2414414</v>
       </c>
       <c r="C43" s="8">
         <v>2375583</v>
       </c>
       <c r="D43" s="8">
         <v>2241067</v>
       </c>
       <c r="E43" s="8">
         <v>1968560</v>
       </c>
       <c r="F43" s="8">
         <v>2452873</v>
       </c>
       <c r="G43" s="8">
         <v>2299053</v>
       </c>
       <c r="H43" s="8">
         <v>2646031</v>
       </c>
       <c r="I43" s="8">
         <v>3012880</v>
       </c>
       <c r="J43" s="8">
         <v>2443923</v>
       </c>
       <c r="K43" s="8">
         <v>3309243</v>
       </c>
       <c r="L43" s="8">
         <v>1801193</v>
       </c>
       <c r="M43" s="8">
         <v>1782008</v>
       </c>
       <c r="N43" s="8">
         <v>28746828</v>
       </c>
     </row>
     <row r="44" ht="15" customHeight="1">
       <c r="A44" s="7" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B44" s="8">
         <v>407709</v>
       </c>
       <c r="C44" s="8">
         <v>457732</v>
       </c>
       <c r="D44" s="8">
         <v>472654</v>
       </c>
       <c r="E44" s="8">
         <v>524085</v>
       </c>
       <c r="F44" s="8">
         <v>374484</v>
       </c>
       <c r="G44" s="8">
         <v>452321</v>
       </c>
       <c r="H44" s="8">
         <v>663911</v>
       </c>
       <c r="I44" s="8">
         <v>455666</v>
       </c>
       <c r="J44" s="8">
         <v>340916</v>
       </c>
       <c r="K44" s="8">
         <v>561026</v>
       </c>
       <c r="L44" s="8">
         <v>534775</v>
       </c>
       <c r="M44" s="8">
         <v>374199</v>
       </c>
       <c r="N44" s="8">
         <v>5619478</v>
       </c>
     </row>
     <row r="45" ht="15" customHeight="1">
       <c r="A45" s="7" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B45" s="8">
         <v>31148711</v>
       </c>
       <c r="C45" s="8">
         <v>27662616</v>
       </c>
       <c r="D45" s="8">
         <v>31987197</v>
       </c>
       <c r="E45" s="8">
         <v>31668748</v>
       </c>
       <c r="F45" s="8">
         <v>31249637</v>
       </c>
       <c r="G45" s="8">
         <v>32600257</v>
       </c>
       <c r="H45" s="8">
         <v>31850865</v>
       </c>
       <c r="I45" s="8">
         <v>30559089</v>
       </c>
       <c r="J45" s="8">
         <v>30756136</v>
       </c>
       <c r="K45" s="8">
         <v>36533540</v>
       </c>
       <c r="L45" s="8">
         <v>29879750</v>
       </c>
       <c r="M45" s="8">
         <v>28575584</v>
       </c>
       <c r="N45" s="8">
         <v>374472129</v>
       </c>
     </row>
     <row r="46" ht="15" customHeight="1">
       <c r="A46" s="7" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B46" s="8">
         <v>13152468</v>
       </c>
       <c r="C46" s="8">
         <v>10535578</v>
       </c>
       <c r="D46" s="8">
         <v>12625616</v>
       </c>
       <c r="E46" s="8">
         <v>12127640</v>
       </c>
       <c r="F46" s="8">
         <v>12233677</v>
       </c>
       <c r="G46" s="8">
         <v>12426055</v>
       </c>
       <c r="H46" s="8">
         <v>12559363</v>
       </c>
       <c r="I46" s="8">
         <v>11391914</v>
       </c>
       <c r="J46" s="8">
         <v>10442191</v>
       </c>
       <c r="K46" s="8">
         <v>13866178</v>
       </c>
       <c r="L46" s="8">
         <v>11859659</v>
       </c>
       <c r="M46" s="8">
         <v>11263256</v>
       </c>
       <c r="N46" s="8">
         <v>144483595</v>
       </c>
     </row>
     <row r="47" ht="15" customHeight="1">
       <c r="A47" s="7" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B47" s="8">
         <v>2231151</v>
       </c>
       <c r="C47" s="8">
         <v>1908184</v>
       </c>
       <c r="D47" s="8">
         <v>2336736</v>
       </c>
       <c r="E47" s="8">
         <v>2226127</v>
       </c>
       <c r="F47" s="8">
         <v>2096767</v>
       </c>
       <c r="G47" s="8">
         <v>2209555</v>
       </c>
       <c r="H47" s="8">
         <v>2093341</v>
       </c>
       <c r="I47" s="8">
         <v>2095349</v>
       </c>
       <c r="J47" s="8">
         <v>2331990</v>
       </c>
       <c r="K47" s="8">
         <v>2456029</v>
       </c>
       <c r="L47" s="8">
         <v>1892462</v>
       </c>
       <c r="M47" s="8">
         <v>2050434</v>
       </c>
       <c r="N47" s="8">
         <v>25928124</v>
       </c>
     </row>
     <row r="48" ht="15" customHeight="1">
       <c r="A48" s="7" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B48" s="8">
         <v>6736871</v>
       </c>
       <c r="C48" s="8">
         <v>6397260</v>
       </c>
       <c r="D48" s="8">
         <v>8204271</v>
       </c>
       <c r="E48" s="8">
         <v>7047878</v>
       </c>
       <c r="F48" s="8">
         <v>6550203</v>
       </c>
       <c r="G48" s="8">
         <v>6761614</v>
       </c>
       <c r="H48" s="8">
         <v>6456947</v>
       </c>
       <c r="I48" s="8">
         <v>6604878</v>
       </c>
       <c r="J48" s="8">
         <v>7190119</v>
       </c>
       <c r="K48" s="8">
         <v>8572974</v>
       </c>
       <c r="L48" s="8">
         <v>6647846</v>
       </c>
       <c r="M48" s="8">
         <v>5886396</v>
       </c>
       <c r="N48" s="8">
         <v>83057258</v>
       </c>
     </row>
     <row r="49" ht="15" customHeight="1">
       <c r="A49" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B49" s="8">
         <v>1573153</v>
       </c>
       <c r="C49" s="8">
         <v>1458008</v>
       </c>
       <c r="D49" s="8">
         <v>606828</v>
       </c>
       <c r="E49" s="8">
         <v>1344056</v>
       </c>
       <c r="F49" s="8">
         <v>1328950</v>
       </c>
       <c r="G49" s="8">
         <v>1729145</v>
       </c>
       <c r="H49" s="8">
         <v>1426685</v>
       </c>
       <c r="I49" s="8">
         <v>1405446</v>
       </c>
       <c r="J49" s="8">
         <v>1726298</v>
       </c>
       <c r="K49" s="8">
         <v>1789629</v>
       </c>
       <c r="L49" s="8">
         <v>1390508</v>
       </c>
       <c r="M49" s="8">
         <v>1424219</v>
       </c>
       <c r="N49" s="8">
         <v>17202926</v>
       </c>
     </row>
     <row r="50" ht="15" customHeight="1">
       <c r="A50" s="7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B50" s="8">
         <v>31629</v>
       </c>
       <c r="C50" s="8">
         <v>34932</v>
       </c>
       <c r="D50" s="8">
         <v>69335</v>
       </c>
       <c r="E50" s="8">
         <v>48716</v>
       </c>
       <c r="F50" s="8">
         <v>26547</v>
       </c>
       <c r="G50" s="8">
         <v>49485</v>
       </c>
       <c r="H50" s="8">
         <v>39928</v>
       </c>
       <c r="I50" s="8">
         <v>27975</v>
       </c>
       <c r="J50" s="8">
         <v>47139</v>
       </c>
       <c r="K50" s="8">
         <v>51405</v>
       </c>
       <c r="L50" s="8">
         <v>27162</v>
       </c>
       <c r="M50" s="8">
         <v>56425</v>
       </c>
       <c r="N50" s="8">
         <v>510677</v>
       </c>
     </row>
     <row r="51" ht="15" customHeight="1">
       <c r="A51" s="7" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B51" s="8">
         <v>3036488</v>
       </c>
       <c r="C51" s="8">
         <v>3503064</v>
       </c>
       <c r="D51" s="8">
         <v>3834511</v>
       </c>
       <c r="E51" s="8">
         <v>3981049</v>
       </c>
       <c r="F51" s="8">
         <v>3718987</v>
       </c>
       <c r="G51" s="8">
         <v>3804349</v>
       </c>
       <c r="H51" s="8">
         <v>3540251</v>
       </c>
       <c r="I51" s="8">
         <v>3693207</v>
       </c>
       <c r="J51" s="8">
         <v>4069612</v>
       </c>
       <c r="K51" s="8">
         <v>4464944</v>
       </c>
       <c r="L51" s="8">
         <v>3401023</v>
       </c>
       <c r="M51" s="8">
         <v>3607847</v>
       </c>
       <c r="N51" s="8">
         <v>44655332</v>
       </c>
     </row>
     <row r="52" ht="15" customHeight="1">
       <c r="A52" s="7" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B52" s="8">
         <v>618044</v>
       </c>
       <c r="C52" s="8">
         <v>478030</v>
       </c>
       <c r="D52" s="8">
         <v>553447</v>
       </c>
       <c r="E52" s="8">
         <v>537584</v>
       </c>
       <c r="F52" s="8">
         <v>790512</v>
       </c>
       <c r="G52" s="8">
         <v>736147</v>
       </c>
       <c r="H52" s="8">
         <v>1461750</v>
       </c>
       <c r="I52" s="8">
         <v>417671</v>
       </c>
       <c r="J52" s="8">
         <v>473133</v>
       </c>
       <c r="K52" s="8">
         <v>458762</v>
       </c>
       <c r="L52" s="8">
         <v>725705</v>
       </c>
       <c r="M52" s="8">
         <v>527658</v>
       </c>
       <c r="N52" s="8">
         <v>7778443</v>
       </c>
     </row>
     <row r="53" ht="15" customHeight="1">
       <c r="A53" s="7" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B53" s="8">
         <v>1881018</v>
       </c>
       <c r="C53" s="8">
         <v>1736352</v>
       </c>
       <c r="D53" s="8">
         <v>1873398</v>
       </c>
       <c r="E53" s="8">
         <v>2228861</v>
       </c>
       <c r="F53" s="8">
         <v>1936995</v>
       </c>
       <c r="G53" s="8">
         <v>2289753</v>
       </c>
       <c r="H53" s="8">
         <v>1691082</v>
       </c>
       <c r="I53" s="8">
         <v>2383336</v>
       </c>
       <c r="J53" s="8">
         <v>2353421</v>
       </c>
       <c r="K53" s="8">
         <v>2873164</v>
       </c>
       <c r="L53" s="8">
         <v>2586719</v>
       </c>
       <c r="M53" s="8">
         <v>2362575</v>
       </c>
       <c r="N53" s="8">
         <v>26196674</v>
       </c>
     </row>
     <row r="54" ht="15" customHeight="1">
       <c r="A54" s="7" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B54" s="8">
         <v>861458</v>
       </c>
       <c r="C54" s="8">
         <v>652264</v>
       </c>
       <c r="D54" s="8">
         <v>955651</v>
       </c>
       <c r="E54" s="8">
         <v>694549</v>
       </c>
       <c r="F54" s="8">
         <v>868718</v>
       </c>
       <c r="G54" s="8">
         <v>942941</v>
       </c>
       <c r="H54" s="8">
         <v>954701</v>
       </c>
       <c r="I54" s="8">
         <v>1072422</v>
       </c>
       <c r="J54" s="8">
         <v>1047710</v>
       </c>
       <c r="K54" s="8">
         <v>1100218</v>
       </c>
       <c r="L54" s="8">
         <v>731242</v>
       </c>
       <c r="M54" s="8">
         <v>699063</v>
       </c>
       <c r="N54" s="8">
         <v>10580938</v>
       </c>
     </row>
     <row r="55" ht="15" customHeight="1">
       <c r="A55" s="7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B55" s="8">
         <v>1026431</v>
       </c>
       <c r="C55" s="8">
         <v>958943</v>
       </c>
       <c r="D55" s="8">
         <v>927404</v>
       </c>
       <c r="E55" s="8">
         <v>1432288</v>
       </c>
       <c r="F55" s="8">
         <v>1698281</v>
       </c>
       <c r="G55" s="8">
         <v>1651214</v>
       </c>
       <c r="H55" s="8">
         <v>1626817</v>
       </c>
       <c r="I55" s="8">
         <v>1466892</v>
       </c>
       <c r="J55" s="8">
         <v>1074524</v>
       </c>
       <c r="K55" s="8">
         <v>900234</v>
       </c>
       <c r="L55" s="8">
         <v>617423</v>
       </c>
       <c r="M55" s="8">
         <v>697710</v>
       </c>
       <c r="N55" s="8">
         <v>14078162</v>
       </c>
     </row>
     <row r="56" ht="15" customHeight="1">
       <c r="A56" s="7" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B56" s="8">
         <v>967095</v>
       </c>
       <c r="C56" s="8">
         <v>957593</v>
       </c>
       <c r="D56" s="8">
         <v>1146526</v>
       </c>
       <c r="E56" s="8">
         <v>1151493</v>
       </c>
       <c r="F56" s="8">
         <v>1087856</v>
       </c>
       <c r="G56" s="8">
         <v>1267843</v>
       </c>
       <c r="H56" s="8">
         <v>1230086</v>
       </c>
       <c r="I56" s="8">
         <v>1305393</v>
       </c>
       <c r="J56" s="8">
         <v>1202980</v>
       </c>
       <c r="K56" s="8">
         <v>1502887</v>
       </c>
       <c r="L56" s="8">
         <v>1340209</v>
       </c>
       <c r="M56" s="8">
         <v>1057023</v>
       </c>
       <c r="N56" s="8">
         <v>14216983</v>
       </c>
     </row>
     <row r="57" ht="15" customHeight="1">
       <c r="A57" s="7" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B57" s="8">
         <v>296968</v>
       </c>
       <c r="C57" s="8">
         <v>295991</v>
       </c>
       <c r="D57" s="8">
         <v>346657</v>
       </c>
       <c r="E57" s="8">
         <v>296755</v>
       </c>
       <c r="F57" s="8">
         <v>326300</v>
       </c>
       <c r="G57" s="8">
         <v>386353</v>
       </c>
       <c r="H57" s="8">
         <v>312369</v>
       </c>
       <c r="I57" s="8">
         <v>330504</v>
       </c>
       <c r="J57" s="8">
         <v>304196</v>
       </c>
       <c r="K57" s="8">
         <v>343620</v>
       </c>
       <c r="L57" s="8">
         <v>316874</v>
       </c>
       <c r="M57" s="8">
         <v>280857</v>
       </c>
       <c r="N57" s="8">
         <v>3837444</v>
       </c>
     </row>
     <row r="58" ht="15" customHeight="1">
       <c r="A58" s="7" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B58" s="8">
         <v>670127</v>
       </c>
       <c r="C58" s="8">
         <v>661602</v>
       </c>
       <c r="D58" s="8">
         <v>799869</v>
       </c>
       <c r="E58" s="8">
         <v>854739</v>
       </c>
       <c r="F58" s="8">
         <v>761556</v>
       </c>
       <c r="G58" s="8">
         <v>881490</v>
       </c>
       <c r="H58" s="8">
         <v>917717</v>
       </c>
       <c r="I58" s="8">
         <v>974889</v>
       </c>
       <c r="J58" s="8">
         <v>898784</v>
       </c>
       <c r="K58" s="8">
         <v>1159267</v>
       </c>
       <c r="L58" s="8">
         <v>1023336</v>
       </c>
       <c r="M58" s="8">
         <v>776166</v>
       </c>
       <c r="N58" s="8">
         <v>10379539</v>
       </c>
     </row>
     <row r="59" ht="15" customHeight="1">
       <c r="A59" s="7" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B59" s="8">
         <v>5886622</v>
       </c>
       <c r="C59" s="8">
         <v>7184306</v>
       </c>
       <c r="D59" s="8">
         <v>8467521</v>
       </c>
       <c r="E59" s="8">
         <v>7529782</v>
       </c>
       <c r="F59" s="8">
         <v>7364847</v>
       </c>
       <c r="G59" s="8">
         <v>9230857</v>
       </c>
       <c r="H59" s="8">
         <v>7335896</v>
       </c>
       <c r="I59" s="8">
         <v>7120137</v>
       </c>
       <c r="J59" s="8">
         <v>7071526</v>
       </c>
       <c r="K59" s="8">
         <v>9431216</v>
       </c>
       <c r="L59" s="8">
         <v>7250477</v>
       </c>
       <c r="M59" s="8">
         <v>6313229</v>
       </c>
       <c r="N59" s="8">
         <v>90186415</v>
       </c>
     </row>
     <row r="60" ht="15" customHeight="1">
       <c r="A60" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B60" s="8">
         <v>1795758</v>
       </c>
       <c r="C60" s="8">
         <v>1734808</v>
       </c>
       <c r="D60" s="8">
         <v>1667909</v>
       </c>
       <c r="E60" s="8">
         <v>1703721</v>
       </c>
       <c r="F60" s="8">
         <v>1611883</v>
       </c>
       <c r="G60" s="8">
         <v>2023293</v>
       </c>
       <c r="H60" s="8">
         <v>1996146</v>
       </c>
       <c r="I60" s="8">
         <v>1840138</v>
       </c>
       <c r="J60" s="8">
         <v>1700320</v>
       </c>
       <c r="K60" s="8">
         <v>2290363</v>
       </c>
       <c r="L60" s="8">
         <v>1835717</v>
       </c>
       <c r="M60" s="8">
         <v>1566939</v>
       </c>
       <c r="N60" s="8">
         <v>21766994</v>
       </c>
     </row>
     <row r="61" ht="15" customHeight="1">
       <c r="A61" s="7" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="B61" s="8">
         <v>1879556</v>
       </c>
       <c r="C61" s="8">
         <v>2180903</v>
       </c>
       <c r="D61" s="8">
         <v>2948879</v>
       </c>
       <c r="E61" s="8">
         <v>2413020</v>
       </c>
       <c r="F61" s="8">
         <v>1953458</v>
       </c>
       <c r="G61" s="8">
         <v>3018250</v>
       </c>
       <c r="H61" s="8">
         <v>1777708</v>
       </c>
       <c r="I61" s="8">
         <v>1611631</v>
       </c>
       <c r="J61" s="8">
         <v>1821665</v>
       </c>
       <c r="K61" s="8">
         <v>2944011</v>
       </c>
       <c r="L61" s="8">
         <v>2407681</v>
       </c>
       <c r="M61" s="8">
         <v>2015892</v>
       </c>
       <c r="N61" s="8">
         <v>26972654</v>
       </c>
     </row>
     <row r="62" ht="15" customHeight="1">
       <c r="A62" s="7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B62" s="8">
         <v>839857</v>
       </c>
       <c r="C62" s="8">
         <v>947572</v>
       </c>
       <c r="D62" s="8">
         <v>1187678</v>
       </c>
       <c r="E62" s="8">
         <v>1239675</v>
       </c>
       <c r="F62" s="8">
         <v>1279511</v>
       </c>
       <c r="G62" s="8">
         <v>1522987</v>
       </c>
       <c r="H62" s="8">
         <v>1137490</v>
       </c>
       <c r="I62" s="8">
         <v>1114097</v>
       </c>
       <c r="J62" s="8">
         <v>757982</v>
       </c>
       <c r="K62" s="8">
         <v>828628</v>
       </c>
       <c r="L62" s="8">
         <v>851064</v>
       </c>
       <c r="M62" s="8">
         <v>704679</v>
       </c>
       <c r="N62" s="8">
         <v>12411223</v>
       </c>
     </row>
     <row r="63" ht="15" customHeight="1">
       <c r="A63" s="7" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="B63" s="8">
         <v>1371451</v>
       </c>
       <c r="C63" s="8">
         <v>2321023</v>
       </c>
       <c r="D63" s="8">
         <v>2663055</v>
       </c>
       <c r="E63" s="8">
         <v>2173365</v>
       </c>
       <c r="F63" s="8">
         <v>2519996</v>
       </c>
       <c r="G63" s="8">
         <v>2666328</v>
       </c>
       <c r="H63" s="8">
         <v>2424553</v>
       </c>
       <c r="I63" s="8">
         <v>2554270</v>
       </c>
       <c r="J63" s="8">
         <v>2791559</v>
       </c>
       <c r="K63" s="8">
         <v>3368213</v>
       </c>
       <c r="L63" s="8">
         <v>2156014</v>
       </c>
       <c r="M63" s="8">
         <v>2025718</v>
       </c>
       <c r="N63" s="8">
         <v>29035544</v>
       </c>
     </row>
     <row r="64" ht="15" customHeight="1">
       <c r="A64" s="7" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="E64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="H64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="I64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="J64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="K64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="L64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="M64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="N64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="65" ht="15" customHeight="1">
       <c r="A65" s="7" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B65" s="8">
         <v>500044763</v>
       </c>
       <c r="C65" s="8">
         <v>479421889</v>
       </c>
       <c r="D65" s="8">
         <v>558450064</v>
       </c>
       <c r="E65" s="8">
         <v>533640342</v>
       </c>
       <c r="F65" s="8">
         <v>582833104</v>
       </c>
       <c r="G65" s="8">
         <v>569385848</v>
       </c>
       <c r="H65" s="8">
         <v>578193621</v>
       </c>
       <c r="I65" s="8">
         <v>481938646</v>
       </c>
       <c r="J65" s="8">
         <v>464449522</v>
       </c>
       <c r="K65" s="8">
         <v>515521825</v>
       </c>
       <c r="L65" s="8">
         <v>488806917</v>
       </c>
       <c r="M65" s="8">
         <v>582130972</v>
       </c>
       <c r="N65" s="8">
         <v>6334817514</v>
       </c>
     </row>
     <row r="66" ht="15" customHeight="1">
       <c r="A66" s="7" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="B66" s="8">
         <v>107085934</v>
       </c>
       <c r="C66" s="8">
         <v>87736405</v>
       </c>
       <c r="D66" s="8">
         <v>125960193</v>
       </c>
       <c r="E66" s="8">
         <v>126225925</v>
       </c>
       <c r="F66" s="8">
         <v>131751168</v>
       </c>
       <c r="G66" s="8">
         <v>117829612</v>
       </c>
       <c r="H66" s="8">
         <v>129169568</v>
       </c>
       <c r="I66" s="8">
         <v>116521885</v>
       </c>
       <c r="J66" s="8">
         <v>116669705</v>
       </c>
       <c r="K66" s="8">
         <v>130423129</v>
       </c>
       <c r="L66" s="8">
         <v>110083283</v>
       </c>
       <c r="M66" s="8">
         <v>149407470</v>
       </c>
       <c r="N66" s="8">
         <v>1448864276</v>
       </c>
     </row>
     <row r="67" ht="15" customHeight="1">
       <c r="A67" s="7" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="B67" s="8">
         <v>424321744</v>
       </c>
       <c r="C67" s="8">
         <v>429754085</v>
       </c>
       <c r="D67" s="8">
         <v>461022664</v>
       </c>
       <c r="E67" s="8">
         <v>448650581</v>
       </c>
       <c r="F67" s="8">
         <v>473033865</v>
       </c>
       <c r="G67" s="8">
         <v>493194406</v>
       </c>
       <c r="H67" s="8">
         <v>501072724</v>
       </c>
       <c r="I67" s="8">
         <v>401355719</v>
       </c>
       <c r="J67" s="8">
         <v>400734173</v>
       </c>
       <c r="K67" s="8">
         <v>438833688</v>
       </c>
       <c r="L67" s="8">
         <v>389451875</v>
       </c>
       <c r="M67" s="8">
         <v>487288789</v>
       </c>
       <c r="N67" s="8">
         <v>5348714314</v>
       </c>
     </row>
     <row r="68" ht="15" customHeight="1">
       <c r="A68" s="7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B68" s="8">
         <v>1403386</v>
       </c>
       <c r="C68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E68" s="8">
         <v>343351</v>
       </c>
       <c r="F68" s="8">
         <v>368334</v>
       </c>
       <c r="G68" s="8">
         <v>510879</v>
       </c>
       <c r="H68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="I68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="J68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="K68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M68" s="8">
         <v>98820</v>
       </c>
       <c r="N68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
     </row>
     <row r="69" ht="15" customHeight="1">
       <c r="A69" s="7" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B69" s="8">
         <v>81717183</v>
       </c>
       <c r="C69" s="8">
         <v>102808248</v>
       </c>
       <c r="D69" s="8">
         <v>87956003</v>
       </c>
       <c r="E69" s="8">
         <v>80330620</v>
       </c>
       <c r="F69" s="8">
         <v>103075267</v>
       </c>
       <c r="G69" s="8">
         <v>96918486</v>
       </c>
       <c r="H69" s="8">
         <v>99292558</v>
       </c>
       <c r="I69" s="8">
         <v>82554054</v>
       </c>
       <c r="J69" s="8">
         <v>74127877</v>
       </c>
       <c r="K69" s="8">
         <v>66918198</v>
       </c>
       <c r="L69" s="8">
         <v>89641855</v>
       </c>
       <c r="M69" s="8">
         <v>81524361</v>
       </c>
       <c r="N69" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="70" ht="15" customHeight="1">
       <c r="A70" s="7" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="B70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="E70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="H70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="I70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="J70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="K70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="L70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="M70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="N70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="71" ht="15" customHeight="1">
       <c r="A71" s="7" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B71" s="8">
         <v>18520436</v>
       </c>
       <c r="C71" s="8">
         <v>19242415</v>
       </c>
       <c r="D71" s="8">
         <v>21930971</v>
       </c>
       <c r="E71" s="8">
         <v>21331298</v>
       </c>
       <c r="F71" s="8">
         <v>20751652</v>
       </c>
       <c r="G71" s="8">
         <v>21778068</v>
       </c>
       <c r="H71" s="8">
         <v>22458657</v>
       </c>
       <c r="I71" s="8">
         <v>18125350</v>
       </c>
       <c r="J71" s="8">
         <v>16059316</v>
       </c>
       <c r="K71" s="8">
         <v>18811553</v>
       </c>
       <c r="L71" s="8">
         <v>17440507</v>
       </c>
       <c r="M71" s="8">
         <v>24132340</v>
       </c>
       <c r="N71" s="8">
         <v>240582562</v>
       </c>
     </row>
     <row r="72" ht="15" customHeight="1">
       <c r="A72" s="7" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="B72" s="8">
         <v>12850726</v>
       </c>
       <c r="C72" s="8">
         <v>13300152</v>
       </c>
       <c r="D72" s="8">
         <v>13714674</v>
       </c>
       <c r="E72" s="8">
         <v>13531996</v>
       </c>
       <c r="F72" s="8">
         <v>13996237</v>
       </c>
       <c r="G72" s="8">
         <v>15230244</v>
       </c>
       <c r="H72" s="8">
         <v>14900699</v>
       </c>
       <c r="I72" s="8">
         <v>12795508</v>
       </c>
       <c r="J72" s="8">
         <v>11341800</v>
       </c>
       <c r="K72" s="8">
         <v>9851298</v>
       </c>
       <c r="L72" s="8">
         <v>10062065</v>
       </c>
       <c r="M72" s="8">
         <v>19117110</v>
       </c>
       <c r="N72" s="8">
         <v>160692507</v>
       </c>
     </row>
     <row r="73" ht="15" customHeight="1">
       <c r="A73" s="7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B73" s="8">
         <v>7502853</v>
       </c>
       <c r="C73" s="8">
         <v>6513526</v>
       </c>
       <c r="D73" s="8">
         <v>8341002</v>
       </c>
       <c r="E73" s="8">
         <v>8842306</v>
       </c>
       <c r="F73" s="8">
         <v>7749707</v>
       </c>
       <c r="G73" s="8">
         <v>7435336</v>
       </c>
       <c r="H73" s="8">
         <v>7903326</v>
       </c>
       <c r="I73" s="8">
         <v>5717315</v>
       </c>
       <c r="J73" s="8">
         <v>5494365</v>
       </c>
       <c r="K73" s="8">
         <v>9315268</v>
       </c>
       <c r="L73" s="8">
         <v>8298050</v>
       </c>
       <c r="M73" s="8">
         <v>5689695</v>
       </c>
       <c r="N73" s="8">
         <v>88802749</v>
       </c>
     </row>
     <row r="74" ht="15" customHeight="1">
       <c r="A74" s="7" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B74" s="8">
         <v>1848736</v>
       </c>
       <c r="C74" s="8">
         <v>1685400</v>
       </c>
       <c r="D74" s="8">
         <v>2198734</v>
       </c>
       <c r="E74" s="8">
         <v>2413631</v>
       </c>
       <c r="F74" s="8">
         <v>1968292</v>
       </c>
       <c r="G74" s="8">
         <v>1722363</v>
       </c>
       <c r="H74" s="8">
         <v>1898940</v>
       </c>
       <c r="I74" s="8">
         <v>1853244</v>
       </c>
       <c r="J74" s="8">
         <v>1288122</v>
       </c>
       <c r="K74" s="8">
         <v>1628618</v>
       </c>
       <c r="L74" s="8">
         <v>2263753</v>
       </c>
       <c r="M74" s="8">
         <v>2180482</v>
       </c>
       <c r="N74" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="75" ht="12" customHeight="1"/>
     <row r="76" ht="14" customHeight="1">
       <c r="A76" s="10" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="B76" s="10"/>
       <c r="C76" s="10"/>
       <c r="D76" s="10"/>
       <c r="E76" s="10"/>
       <c r="F76" s="10"/>
       <c r="G76" s="10"/>
       <c r="H76" s="10"/>
       <c r="I76" s="10"/>
       <c r="J76" s="10"/>
       <c r="K76" s="10"/>
       <c r="L76" s="10"/>
       <c r="M76" s="10"/>
       <c r="N76" s="10"/>
     </row>
     <row r="77" ht="14" customHeight="1">
       <c r="A77" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B77" s="11"/>
       <c r="C77" s="11"/>
       <c r="D77" s="11"/>
       <c r="E77" s="11"/>
       <c r="F77" s="11"/>
       <c r="G77" s="11"/>
       <c r="H77" s="11"/>
       <c r="I77" s="11"/>
       <c r="J77" s="11"/>
       <c r="K77" s="11"/>
       <c r="L77" s="11"/>
       <c r="M77" s="11"/>
       <c r="N77" s="11"/>
     </row>
     <row r="78" ht="14" customHeight="1">
       <c r="A78" s="12" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="B78" s="12"/>
       <c r="C78" s="12"/>
       <c r="D78" s="12"/>
       <c r="E78" s="12"/>
       <c r="F78" s="12"/>
       <c r="G78" s="12"/>
       <c r="H78" s="12"/>
       <c r="I78" s="12"/>
       <c r="J78" s="12"/>
       <c r="K78" s="12"/>
       <c r="L78" s="12"/>
       <c r="M78" s="12"/>
       <c r="N78" s="12"/>
     </row>
     <row r="79" ht="43" customHeight="1">
       <c r="A79" s="12" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="B79" s="12"/>
       <c r="C79" s="12"/>
       <c r="D79" s="12"/>
       <c r="E79" s="12"/>
       <c r="F79" s="12"/>
       <c r="G79" s="12"/>
       <c r="H79" s="12"/>
       <c r="I79" s="12"/>
       <c r="J79" s="12"/>
       <c r="K79" s="12"/>
       <c r="L79" s="12"/>
       <c r="M79" s="12"/>
       <c r="N79" s="12"/>
     </row>
     <row r="80" ht="14" customHeight="1">
       <c r="A80" s="12" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B80" s="12"/>
       <c r="C80" s="12"/>
       <c r="D80" s="12"/>
       <c r="E80" s="12"/>
       <c r="F80" s="12"/>
       <c r="G80" s="12"/>
       <c r="H80" s="12"/>
       <c r="I80" s="12"/>
       <c r="J80" s="12"/>
       <c r="K80" s="12"/>
       <c r="L80" s="12"/>
       <c r="M80" s="12"/>
       <c r="N80" s="12"/>
     </row>
     <row r="81" ht="12" customHeight="1">
       <c r="A81" s="13" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="B81" s="13"/>
       <c r="C81" s="13"/>
       <c r="D81" s="13"/>
       <c r="E81" s="13"/>
       <c r="F81" s="13"/>
       <c r="G81" s="13"/>
       <c r="H81" s="13"/>
       <c r="I81" s="13"/>
       <c r="J81" s="13"/>
       <c r="K81" s="13"/>
       <c r="L81" s="13"/>
       <c r="M81" s="13"/>
       <c r="N81" s="13"/>
     </row>
     <row r="82" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A76:N76"/>
@@ -12615,3111 +13463,3111 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="B9" s="8">
         <v>1022</v>
       </c>
       <c r="C9" s="8">
         <v>1021</v>
       </c>
       <c r="D9" s="8">
         <v>1047</v>
       </c>
       <c r="E9" s="8">
         <v>1053</v>
       </c>
       <c r="F9" s="8">
         <v>1063</v>
       </c>
       <c r="G9" s="8">
         <v>1077</v>
       </c>
       <c r="H9" s="8">
         <v>1108</v>
       </c>
       <c r="I9" s="8">
         <v>1125</v>
       </c>
       <c r="J9" s="8">
         <v>1142</v>
       </c>
       <c r="K9" s="8">
         <v>1158</v>
       </c>
       <c r="L9" s="8">
         <v>1171</v>
       </c>
       <c r="M9" s="8">
         <v>1214</v>
       </c>
       <c r="N9" s="8">
         <v>1283</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="B10" s="8">
         <v>944057393</v>
       </c>
       <c r="C10" s="8">
         <v>884691348</v>
       </c>
       <c r="D10" s="8">
         <v>964022241</v>
       </c>
       <c r="E10" s="8">
         <v>945498814</v>
       </c>
       <c r="F10" s="8">
         <v>1011164381</v>
       </c>
       <c r="G10" s="8">
         <v>1005190864</v>
       </c>
       <c r="H10" s="8">
         <v>1039524234</v>
       </c>
       <c r="I10" s="8">
         <v>1012262632</v>
       </c>
       <c r="J10" s="8">
         <v>983751115</v>
       </c>
       <c r="K10" s="8">
         <v>1040866347</v>
       </c>
       <c r="L10" s="8">
         <v>1023389678</v>
       </c>
       <c r="M10" s="8">
         <v>1064823571</v>
       </c>
       <c r="N10" s="8">
         <v>11919242619</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B11" s="8">
         <v>12902067</v>
       </c>
       <c r="C11" s="8">
         <v>11081953</v>
       </c>
       <c r="D11" s="8">
         <v>7273786</v>
       </c>
       <c r="E11" s="8">
         <v>11759384</v>
       </c>
       <c r="F11" s="8">
         <v>11596667</v>
       </c>
       <c r="G11" s="8">
         <v>9511813</v>
       </c>
       <c r="H11" s="8">
         <v>7640594</v>
       </c>
       <c r="I11" s="8">
         <v>8843792</v>
       </c>
       <c r="J11" s="8">
         <v>8355288</v>
       </c>
       <c r="K11" s="8">
         <v>10432354</v>
       </c>
       <c r="L11" s="8">
         <v>11576086</v>
       </c>
       <c r="M11" s="8">
         <v>12148891</v>
       </c>
       <c r="N11" s="8">
         <v>123122674</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B12" s="8">
         <v>686914</v>
       </c>
       <c r="C12" s="8">
         <v>620564</v>
       </c>
       <c r="D12" s="8">
         <v>527041</v>
       </c>
       <c r="E12" s="8">
         <v>146167</v>
       </c>
       <c r="F12" s="8">
         <v>562635</v>
       </c>
       <c r="G12" s="8">
         <v>391360</v>
       </c>
       <c r="H12" s="8">
         <v>242088</v>
       </c>
       <c r="I12" s="8">
         <v>587598</v>
       </c>
       <c r="J12" s="8">
         <v>3552515</v>
       </c>
       <c r="K12" s="8">
         <v>3957863</v>
       </c>
       <c r="L12" s="8">
         <v>1804361</v>
       </c>
       <c r="M12" s="8">
         <v>725711</v>
       </c>
       <c r="N12" s="8">
         <v>13804817</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B13" s="8">
         <v>350933</v>
       </c>
       <c r="C13" s="8">
         <v>430139</v>
       </c>
       <c r="D13" s="8">
         <v>391980</v>
       </c>
       <c r="E13" s="8">
         <v>415413</v>
       </c>
       <c r="F13" s="8">
         <v>393695</v>
       </c>
       <c r="G13" s="8">
         <v>508472</v>
       </c>
       <c r="H13" s="8">
         <v>437486</v>
       </c>
       <c r="I13" s="8">
         <v>509962</v>
       </c>
       <c r="J13" s="8">
         <v>428514</v>
       </c>
       <c r="K13" s="8">
         <v>619621</v>
       </c>
       <c r="L13" s="8">
         <v>549137</v>
       </c>
       <c r="M13" s="8">
         <v>354439</v>
       </c>
       <c r="N13" s="8">
         <v>5389791</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>930117480</v>
       </c>
       <c r="C14" s="8">
         <v>872558692</v>
       </c>
       <c r="D14" s="8">
         <v>955829433</v>
       </c>
       <c r="E14" s="8">
         <v>933177849</v>
       </c>
       <c r="F14" s="8">
         <v>998611384</v>
       </c>
       <c r="G14" s="8">
         <v>994779220</v>
       </c>
       <c r="H14" s="8">
         <v>1031204066</v>
       </c>
       <c r="I14" s="8">
         <v>1002321281</v>
       </c>
       <c r="J14" s="8">
         <v>971414798</v>
       </c>
       <c r="K14" s="8">
         <v>1025856509</v>
       </c>
       <c r="L14" s="8">
         <v>1009460093</v>
       </c>
       <c r="M14" s="8">
         <v>1051594529</v>
       </c>
       <c r="N14" s="8">
         <v>11776925336</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B15" s="8">
         <v>20208857</v>
       </c>
       <c r="C15" s="8">
         <v>22754207</v>
       </c>
       <c r="D15" s="8">
         <v>23814691</v>
       </c>
       <c r="E15" s="8">
         <v>26277341</v>
       </c>
       <c r="F15" s="8">
         <v>30105940</v>
       </c>
       <c r="G15" s="8">
         <v>28526835</v>
       </c>
       <c r="H15" s="8">
         <v>24812880</v>
       </c>
       <c r="I15" s="8">
         <v>23925437</v>
       </c>
       <c r="J15" s="8">
         <v>25762358</v>
       </c>
       <c r="K15" s="8">
         <v>27194369</v>
       </c>
       <c r="L15" s="8">
         <v>24933918</v>
       </c>
       <c r="M15" s="8">
         <v>22138679</v>
       </c>
       <c r="N15" s="8">
         <v>300455513</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B16" s="8">
         <v>54107714</v>
       </c>
       <c r="C16" s="8">
         <v>42081022</v>
       </c>
       <c r="D16" s="8">
         <v>81355355</v>
       </c>
       <c r="E16" s="8">
         <v>38042110</v>
       </c>
       <c r="F16" s="8">
         <v>42123585</v>
       </c>
       <c r="G16" s="8">
         <v>44620030</v>
       </c>
       <c r="H16" s="8">
         <v>44757575</v>
       </c>
       <c r="I16" s="8">
         <v>50098646</v>
       </c>
       <c r="J16" s="8">
         <v>50409459</v>
       </c>
       <c r="K16" s="8">
         <v>70179657</v>
       </c>
       <c r="L16" s="8">
         <v>67500222</v>
       </c>
       <c r="M16" s="8">
         <v>65670411</v>
       </c>
       <c r="N16" s="8">
         <v>650945786</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B17" s="8">
         <v>633216</v>
       </c>
       <c r="C17" s="8">
         <v>894862</v>
       </c>
       <c r="D17" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E17" s="8">
         <v>747580</v>
       </c>
       <c r="F17" s="8">
         <v>477084</v>
       </c>
       <c r="G17" s="8">
         <v>27233916</v>
       </c>
       <c r="H17" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="I17" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="J17" s="8">
         <v>9288275</v>
       </c>
       <c r="K17" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L17" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M17" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N17" s="8">
         <v>102417593</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B18" s="8">
         <v>52729344</v>
       </c>
       <c r="C18" s="8">
         <v>40937173</v>
       </c>
       <c r="D18" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E18" s="8">
         <v>37103276</v>
       </c>
       <c r="F18" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="G18" s="8">
         <v>17200944</v>
       </c>
       <c r="H18" s="8">
         <v>10472715</v>
       </c>
       <c r="I18" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="J18" s="8">
         <v>40858469</v>
       </c>
       <c r="K18" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L18" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M18" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N18" s="8">
         <v>514536686</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B19" s="8">
         <v>745153</v>
       </c>
       <c r="C19" s="8">
         <v>248987</v>
       </c>
       <c r="D19" s="8">
         <v>207032</v>
       </c>
       <c r="E19" s="8">
         <v>191254</v>
       </c>
       <c r="F19" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="G19" s="8">
         <v>185170</v>
       </c>
       <c r="H19" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="I19" s="8">
         <v>373100</v>
       </c>
       <c r="J19" s="8">
         <v>262716</v>
       </c>
       <c r="K19" s="8">
         <v>272809</v>
       </c>
       <c r="L19" s="8">
         <v>301244</v>
       </c>
       <c r="M19" s="8">
         <v>240401</v>
       </c>
       <c r="N19" s="8">
         <v>33991507</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B20" s="8">
         <v>674712291</v>
       </c>
       <c r="C20" s="8">
         <v>669356085</v>
       </c>
       <c r="D20" s="8">
         <v>685668257</v>
       </c>
       <c r="E20" s="8">
         <v>673746572</v>
       </c>
       <c r="F20" s="8">
         <v>645161732</v>
       </c>
       <c r="G20" s="8">
         <v>655680446</v>
       </c>
       <c r="H20" s="8">
         <v>683849480</v>
       </c>
       <c r="I20" s="8">
         <v>647754436</v>
       </c>
       <c r="J20" s="8">
         <v>646434127</v>
       </c>
       <c r="K20" s="8">
         <v>663297564</v>
       </c>
       <c r="L20" s="8">
         <v>707115100</v>
       </c>
       <c r="M20" s="8">
         <v>709263708</v>
       </c>
       <c r="N20" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B21" s="8">
         <v>500828065</v>
       </c>
       <c r="C21" s="8">
         <v>505143705</v>
       </c>
       <c r="D21" s="8">
         <v>509777310</v>
       </c>
       <c r="E21" s="8">
         <v>513944434</v>
       </c>
       <c r="F21" s="8">
         <v>516940154</v>
       </c>
       <c r="G21" s="8">
         <v>518257178</v>
       </c>
       <c r="H21" s="8">
         <v>518718364</v>
       </c>
       <c r="I21" s="8">
         <v>519093064</v>
       </c>
       <c r="J21" s="8">
         <v>519305684</v>
       </c>
       <c r="K21" s="8">
         <v>518748104</v>
       </c>
       <c r="L21" s="8">
         <v>522475008</v>
       </c>
       <c r="M21" s="8">
         <v>528291740</v>
       </c>
       <c r="N21" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B22" s="8">
         <v>42483431</v>
       </c>
       <c r="C22" s="8">
         <v>41969953</v>
       </c>
       <c r="D22" s="8">
         <v>41474919</v>
       </c>
       <c r="E22" s="8">
         <v>40508007</v>
       </c>
       <c r="F22" s="8">
         <v>39887166</v>
       </c>
       <c r="G22" s="8">
         <v>38835078</v>
       </c>
       <c r="H22" s="8">
         <v>37729027</v>
       </c>
       <c r="I22" s="8">
         <v>36971204</v>
       </c>
       <c r="J22" s="8">
         <v>39436072</v>
       </c>
       <c r="K22" s="8">
         <v>43940115</v>
       </c>
       <c r="L22" s="8">
         <v>41789656</v>
       </c>
       <c r="M22" s="8">
         <v>43654598</v>
       </c>
       <c r="N22" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B23" s="8">
         <v>5548504</v>
       </c>
       <c r="C23" s="8">
         <v>5397338</v>
       </c>
       <c r="D23" s="8">
         <v>5141588</v>
       </c>
       <c r="E23" s="8">
         <v>4745759</v>
       </c>
       <c r="F23" s="8">
         <v>4672797</v>
       </c>
       <c r="G23" s="8">
         <v>4598529</v>
       </c>
       <c r="H23" s="8">
         <v>4866278</v>
       </c>
       <c r="I23" s="8">
         <v>5533465</v>
       </c>
       <c r="J23" s="8">
         <v>4958223</v>
       </c>
       <c r="K23" s="8">
         <v>5303743</v>
       </c>
       <c r="L23" s="8">
         <v>5930904</v>
       </c>
       <c r="M23" s="8">
         <v>5629217</v>
       </c>
       <c r="N23" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B24" s="8">
         <v>125852291</v>
       </c>
       <c r="C24" s="8">
         <v>116845089</v>
       </c>
       <c r="D24" s="8">
         <v>129274441</v>
       </c>
       <c r="E24" s="8">
         <v>114548372</v>
       </c>
       <c r="F24" s="8">
         <v>83661615</v>
       </c>
       <c r="G24" s="8">
         <v>93989661</v>
       </c>
       <c r="H24" s="8">
         <v>122535810</v>
       </c>
       <c r="I24" s="8">
         <v>86156702</v>
       </c>
       <c r="J24" s="8">
         <v>82734148</v>
       </c>
       <c r="K24" s="8">
         <v>95305602</v>
       </c>
       <c r="L24" s="8">
         <v>136919532</v>
       </c>
       <c r="M24" s="8">
         <v>131688152</v>
       </c>
       <c r="N24" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B25" s="8">
-        <v>8091298782</v>
+        <v>8089773574</v>
       </c>
       <c r="C25" s="8">
-        <v>8665803194</v>
+        <v>8664191015</v>
       </c>
       <c r="D25" s="8">
-        <v>8306508777</v>
+        <v>8304957669</v>
       </c>
       <c r="E25" s="8">
-        <v>8121821443</v>
+        <v>8090343784</v>
       </c>
       <c r="F25" s="8">
-        <v>8830377192</v>
+        <v>8792383592</v>
       </c>
       <c r="G25" s="8">
-        <v>9041833174</v>
+        <v>9006255697</v>
       </c>
       <c r="H25" s="8">
-        <v>8951057110</v>
+        <v>8948769494</v>
       </c>
       <c r="I25" s="8">
-        <v>8817613196</v>
+        <v>8816091367</v>
       </c>
       <c r="J25" s="8">
-        <v>10795170795</v>
+        <v>10792827338</v>
       </c>
       <c r="K25" s="8">
-        <v>9253700713</v>
+        <v>9250939608</v>
       </c>
       <c r="L25" s="8">
-        <v>8913355475</v>
+        <v>8877602740</v>
       </c>
       <c r="M25" s="8">
-        <v>9661794502</v>
+        <v>9658626637</v>
       </c>
       <c r="N25" s="8">
-        <v>107450334352</v>
+        <v>107292762516</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B26" s="8">
         <v>7774291983</v>
       </c>
       <c r="C26" s="8">
         <v>8343761781</v>
       </c>
       <c r="D26" s="8">
         <v>7969319991</v>
       </c>
       <c r="E26" s="8">
         <v>7766016879</v>
       </c>
       <c r="F26" s="8">
         <v>8430010766</v>
       </c>
       <c r="G26" s="8">
         <v>8626552202</v>
       </c>
       <c r="H26" s="8">
         <v>8589126446</v>
       </c>
       <c r="I26" s="8">
         <v>8434620696</v>
       </c>
       <c r="J26" s="8">
         <v>10422494462</v>
       </c>
       <c r="K26" s="8">
         <v>8915869600</v>
       </c>
       <c r="L26" s="8">
         <v>8532569908</v>
       </c>
       <c r="M26" s="8">
         <v>9358137081</v>
       </c>
       <c r="N26" s="8">
         <v>103162771795</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B27" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="C27" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D27" s="8">
         <v>12817226</v>
       </c>
       <c r="E27" s="8">
         <v>13979950</v>
       </c>
       <c r="F27" s="8">
         <v>15735147</v>
       </c>
       <c r="G27" s="8">
         <v>14751034</v>
       </c>
       <c r="H27" s="8">
         <v>9486585</v>
       </c>
       <c r="I27" s="8">
         <v>11968052</v>
       </c>
       <c r="J27" s="8">
         <v>13497236</v>
       </c>
       <c r="K27" s="8">
         <v>17877497</v>
       </c>
       <c r="L27" s="8">
         <v>19723057</v>
       </c>
       <c r="M27" s="8">
         <v>18377510</v>
       </c>
       <c r="N27" s="8">
         <v>182417356</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B28" s="8">
-        <v>241104872</v>
+        <v>239579664</v>
       </c>
       <c r="C28" s="8">
-        <v>243971279</v>
+        <v>242359100</v>
       </c>
       <c r="D28" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E28" s="8">
-        <v>261942164</v>
+        <v>230464505</v>
       </c>
       <c r="F28" s="8">
-        <v>274230964</v>
+        <v>236237363</v>
       </c>
       <c r="G28" s="8">
-        <v>272488757</v>
+        <v>236911280</v>
       </c>
       <c r="H28" s="8">
-        <v>243855584</v>
+        <v>241567969</v>
       </c>
       <c r="I28" s="8">
-        <v>235807660</v>
+        <v>234285831</v>
       </c>
       <c r="J28" s="8">
-        <v>232758570</v>
+        <v>230415113</v>
       </c>
       <c r="K28" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L28" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M28" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N28" s="8">
-        <v>2962144548</v>
+        <v>2804572712</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="C29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E29" s="8">
         <v>79882451</v>
       </c>
       <c r="F29" s="8">
         <v>110400316</v>
       </c>
       <c r="G29" s="8">
         <v>128041181</v>
       </c>
       <c r="H29" s="8">
         <v>108588495</v>
       </c>
       <c r="I29" s="8">
         <v>135216788</v>
       </c>
       <c r="J29" s="8">
         <v>126420527</v>
       </c>
       <c r="K29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N29" s="8">
         <v>1143000653</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B30" s="8">
         <v>29832754</v>
       </c>
       <c r="C30" s="8">
         <v>28099744</v>
       </c>
       <c r="D30" s="8">
         <v>30181759</v>
       </c>
       <c r="E30" s="8">
         <v>32400502</v>
       </c>
       <c r="F30" s="8">
         <v>34918807</v>
       </c>
       <c r="G30" s="8">
         <v>32805494</v>
       </c>
       <c r="H30" s="8">
         <v>31152685</v>
       </c>
       <c r="I30" s="8">
         <v>29922169</v>
       </c>
       <c r="J30" s="8">
         <v>30633873</v>
       </c>
       <c r="K30" s="8">
         <v>34588598</v>
       </c>
       <c r="L30" s="8">
         <v>30877244</v>
       </c>
       <c r="M30" s="8">
         <v>22834468</v>
       </c>
       <c r="N30" s="8">
         <v>368248097</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B31" s="8">
         <v>6399303</v>
       </c>
       <c r="C31" s="8">
         <v>6410248</v>
       </c>
       <c r="D31" s="8">
         <v>7072264</v>
       </c>
       <c r="E31" s="8">
         <v>6644137</v>
       </c>
       <c r="F31" s="8">
         <v>7028133</v>
       </c>
       <c r="G31" s="8">
         <v>6238661</v>
       </c>
       <c r="H31" s="8">
         <v>5923520</v>
       </c>
       <c r="I31" s="8">
         <v>5623145</v>
       </c>
       <c r="J31" s="8">
         <v>6068266</v>
       </c>
       <c r="K31" s="8">
         <v>7765799</v>
       </c>
       <c r="L31" s="8">
         <v>6880877</v>
       </c>
       <c r="M31" s="8">
         <v>5086147</v>
       </c>
       <c r="N31" s="8">
         <v>77140500</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B32" s="8">
         <v>1705409</v>
       </c>
       <c r="C32" s="8">
         <v>1515236</v>
       </c>
       <c r="D32" s="8">
         <v>1406770</v>
       </c>
       <c r="E32" s="8">
         <v>1899317</v>
       </c>
       <c r="F32" s="8">
         <v>2064380</v>
       </c>
       <c r="G32" s="8">
         <v>1820062</v>
       </c>
       <c r="H32" s="8">
         <v>1746376</v>
       </c>
       <c r="I32" s="8">
         <v>1635878</v>
       </c>
       <c r="J32" s="8">
         <v>1329095</v>
       </c>
       <c r="K32" s="8">
         <v>1896869</v>
       </c>
       <c r="L32" s="8">
         <v>1604976</v>
       </c>
       <c r="M32" s="8">
         <v>1061957</v>
       </c>
       <c r="N32" s="8">
         <v>19686325</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B33" s="8">
         <v>4067705</v>
       </c>
       <c r="C33" s="8">
         <v>3413950</v>
       </c>
       <c r="D33" s="8">
         <v>3825798</v>
       </c>
       <c r="E33" s="8">
         <v>4228453</v>
       </c>
       <c r="F33" s="8">
         <v>4057105</v>
       </c>
       <c r="G33" s="8">
         <v>3929221</v>
       </c>
       <c r="H33" s="8">
         <v>3464750</v>
       </c>
       <c r="I33" s="8">
         <v>3687897</v>
       </c>
       <c r="J33" s="8">
         <v>4812340</v>
       </c>
       <c r="K33" s="8">
         <v>3425137</v>
       </c>
       <c r="L33" s="8">
         <v>4340592</v>
       </c>
       <c r="M33" s="8">
         <v>2601379</v>
       </c>
       <c r="N33" s="8">
         <v>45854327</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B34" s="8">
         <v>9380</v>
       </c>
       <c r="C34" s="8">
         <v>103187</v>
       </c>
       <c r="D34" s="8">
         <v>158078</v>
       </c>
       <c r="E34" s="8">
         <v>81024</v>
       </c>
       <c r="F34" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="G34" s="8">
         <v>34474</v>
       </c>
       <c r="H34" s="8">
         <v>87766</v>
       </c>
       <c r="I34" s="8">
         <v>32335</v>
       </c>
       <c r="J34" s="8">
         <v>39190</v>
       </c>
       <c r="K34" s="8">
         <v>35671</v>
       </c>
       <c r="L34" s="8">
         <v>30079</v>
       </c>
       <c r="M34" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N34" s="8">
         <v>742431</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B35" s="8">
         <v>883500</v>
       </c>
       <c r="C35" s="8">
         <v>1082807</v>
       </c>
       <c r="D35" s="8">
         <v>1147584</v>
       </c>
       <c r="E35" s="8">
         <v>1198781</v>
       </c>
       <c r="F35" s="8">
         <v>1219878</v>
       </c>
       <c r="G35" s="8">
         <v>1113446</v>
       </c>
       <c r="H35" s="8">
         <v>1220263</v>
       </c>
       <c r="I35" s="8">
         <v>1125469</v>
       </c>
       <c r="J35" s="8">
         <v>944175</v>
       </c>
       <c r="K35" s="8">
         <v>1311346</v>
       </c>
       <c r="L35" s="8">
         <v>1080069</v>
       </c>
       <c r="M35" s="8">
         <v>952905</v>
       </c>
       <c r="N35" s="8">
         <v>13280222</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B36" s="8">
         <v>9829119</v>
       </c>
       <c r="C36" s="8">
         <v>8520317</v>
       </c>
       <c r="D36" s="8">
         <v>8638635</v>
       </c>
       <c r="E36" s="8">
         <v>9332515</v>
       </c>
       <c r="F36" s="8">
         <v>10316341</v>
       </c>
       <c r="G36" s="8">
         <v>10594845</v>
       </c>
       <c r="H36" s="8">
         <v>11163703</v>
       </c>
       <c r="I36" s="8">
         <v>10571640</v>
       </c>
       <c r="J36" s="8">
         <v>10206956</v>
       </c>
       <c r="K36" s="8">
         <v>12092969</v>
       </c>
       <c r="L36" s="8">
         <v>10320029</v>
       </c>
       <c r="M36" s="8">
         <v>8518939</v>
       </c>
       <c r="N36" s="8">
         <v>120106007</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B37" s="8">
         <v>4773174</v>
       </c>
       <c r="C37" s="8">
         <v>4880094</v>
       </c>
       <c r="D37" s="8">
         <v>5373691</v>
       </c>
       <c r="E37" s="8">
         <v>5777945</v>
       </c>
       <c r="F37" s="8">
         <v>5759033</v>
       </c>
       <c r="G37" s="8">
         <v>4884853</v>
       </c>
       <c r="H37" s="8">
         <v>4884305</v>
       </c>
       <c r="I37" s="8">
         <v>4909221</v>
       </c>
       <c r="J37" s="8">
         <v>5334506</v>
       </c>
       <c r="K37" s="8">
         <v>6334055</v>
       </c>
       <c r="L37" s="8">
         <v>4862848</v>
       </c>
       <c r="M37" s="8">
         <v>3362408</v>
       </c>
       <c r="N37" s="8">
         <v>61136132</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B38" s="8">
         <v>725947</v>
       </c>
       <c r="C38" s="8">
         <v>730983</v>
       </c>
       <c r="D38" s="8">
         <v>838306</v>
       </c>
       <c r="E38" s="8">
         <v>1388233</v>
       </c>
       <c r="F38" s="8">
         <v>2001563</v>
       </c>
       <c r="G38" s="8">
         <v>1397811</v>
       </c>
       <c r="H38" s="8">
         <v>819562</v>
       </c>
       <c r="I38" s="8">
         <v>933222</v>
       </c>
       <c r="J38" s="8">
         <v>868854</v>
       </c>
       <c r="K38" s="8">
         <v>401628</v>
       </c>
       <c r="L38" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M38" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N38" s="8">
         <v>10913837</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B39" s="8">
         <v>1138874</v>
       </c>
       <c r="C39" s="8">
         <v>1089685</v>
       </c>
       <c r="D39" s="8">
         <v>1372079</v>
       </c>
       <c r="E39" s="8">
         <v>1447413</v>
       </c>
       <c r="F39" s="8">
         <v>1864117</v>
       </c>
       <c r="G39" s="8">
         <v>2432101</v>
       </c>
       <c r="H39" s="8">
         <v>1496928</v>
       </c>
       <c r="I39" s="8">
         <v>933107</v>
       </c>
       <c r="J39" s="8">
         <v>802053</v>
       </c>
       <c r="K39" s="8">
         <v>913161</v>
       </c>
       <c r="L39" s="8">
         <v>885550</v>
       </c>
       <c r="M39" s="8">
         <v>442042</v>
       </c>
       <c r="N39" s="8">
         <v>14817109</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B40" s="8">
         <v>300342</v>
       </c>
       <c r="C40" s="8">
         <v>353237</v>
       </c>
       <c r="D40" s="8">
         <v>348556</v>
       </c>
       <c r="E40" s="8">
         <v>402685</v>
       </c>
       <c r="F40" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="G40" s="8">
         <v>360020</v>
       </c>
       <c r="H40" s="8">
         <v>345511</v>
       </c>
       <c r="I40" s="8">
         <v>470255</v>
       </c>
       <c r="J40" s="8">
         <v>228441</v>
       </c>
       <c r="K40" s="8">
         <v>411963</v>
       </c>
       <c r="L40" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M40" s="8">
         <v>355200</v>
       </c>
       <c r="N40" s="8">
         <v>4571206</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B41" s="8">
         <v>57820</v>
       </c>
       <c r="C41" s="8">
         <v>77459</v>
       </c>
       <c r="D41" s="8">
         <v>46483</v>
       </c>
       <c r="E41" s="8">
         <v>31725</v>
       </c>
       <c r="F41" s="8">
         <v>98909</v>
       </c>
       <c r="G41" s="8">
         <v>50418</v>
       </c>
       <c r="H41" s="8">
         <v>51519</v>
       </c>
       <c r="I41" s="8">
         <v>58894</v>
       </c>
       <c r="J41" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="K41" s="8">
         <v>63860</v>
       </c>
       <c r="L41" s="8">
         <v>71319</v>
       </c>
       <c r="M41" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N41" s="8">
         <v>775969</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B42" s="8">
         <v>3106972</v>
       </c>
       <c r="C42" s="8">
         <v>2492932</v>
       </c>
       <c r="D42" s="8">
         <v>2353619</v>
       </c>
       <c r="E42" s="8">
         <v>2540038</v>
       </c>
       <c r="F42" s="8">
         <v>3054061</v>
       </c>
       <c r="G42" s="8">
         <v>2898902</v>
       </c>
       <c r="H42" s="8">
         <v>2698084</v>
       </c>
       <c r="I42" s="8">
         <v>3230901</v>
       </c>
       <c r="J42" s="8">
         <v>3595638</v>
       </c>
       <c r="K42" s="8">
         <v>3503811</v>
       </c>
       <c r="L42" s="8">
         <v>2199019</v>
       </c>
       <c r="M42" s="8">
         <v>1684826</v>
       </c>
       <c r="N42" s="8">
         <v>33358801</v>
       </c>
     </row>
     <row r="43" ht="15" customHeight="1">
       <c r="A43" s="7" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B43" s="8">
         <v>2653763</v>
       </c>
       <c r="C43" s="8">
         <v>2017125</v>
       </c>
       <c r="D43" s="8">
         <v>1866009</v>
       </c>
       <c r="E43" s="8">
         <v>2082579</v>
       </c>
       <c r="F43" s="8">
         <v>2405748</v>
       </c>
       <c r="G43" s="8">
         <v>2349691</v>
       </c>
       <c r="H43" s="8">
         <v>2192223</v>
       </c>
       <c r="I43" s="8">
         <v>2743464</v>
       </c>
       <c r="J43" s="8">
         <v>3011148</v>
       </c>
       <c r="K43" s="8">
         <v>3070760</v>
       </c>
       <c r="L43" s="8">
         <v>1736680</v>
       </c>
       <c r="M43" s="8">
         <v>1440889</v>
       </c>
       <c r="N43" s="8">
         <v>27570079</v>
       </c>
     </row>
     <row r="44" ht="15" customHeight="1">
       <c r="A44" s="7" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B44" s="8">
         <v>453209</v>
       </c>
       <c r="C44" s="8">
         <v>475807</v>
       </c>
       <c r="D44" s="8">
         <v>487610</v>
       </c>
       <c r="E44" s="8">
         <v>457458</v>
       </c>
       <c r="F44" s="8">
         <v>648313</v>
       </c>
       <c r="G44" s="8">
         <v>549211</v>
       </c>
       <c r="H44" s="8">
         <v>505861</v>
       </c>
       <c r="I44" s="8">
         <v>487437</v>
       </c>
       <c r="J44" s="8">
         <v>584490</v>
       </c>
       <c r="K44" s="8">
         <v>433051</v>
       </c>
       <c r="L44" s="8">
         <v>462339</v>
       </c>
       <c r="M44" s="8">
         <v>243937</v>
       </c>
       <c r="N44" s="8">
         <v>5788722</v>
       </c>
     </row>
     <row r="45" ht="15" customHeight="1">
       <c r="A45" s="7" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B45" s="8">
         <v>30450076</v>
       </c>
       <c r="C45" s="8">
         <v>29932983</v>
       </c>
       <c r="D45" s="8">
         <v>30245030</v>
       </c>
       <c r="E45" s="8">
         <v>31983417</v>
       </c>
       <c r="F45" s="8">
         <v>33467567</v>
       </c>
       <c r="G45" s="8">
         <v>33862506</v>
       </c>
       <c r="H45" s="8">
         <v>31423350</v>
       </c>
       <c r="I45" s="8">
         <v>31946276</v>
       </c>
       <c r="J45" s="8">
         <v>30083287</v>
       </c>
       <c r="K45" s="8">
         <v>35112797</v>
       </c>
       <c r="L45" s="8">
         <v>30833569</v>
       </c>
       <c r="M45" s="8">
         <v>25366990</v>
       </c>
       <c r="N45" s="8">
         <v>374707849</v>
       </c>
     </row>
     <row r="46" ht="15" customHeight="1">
       <c r="A46" s="7" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B46" s="8">
         <v>11462523</v>
       </c>
       <c r="C46" s="8">
         <v>12554345</v>
       </c>
       <c r="D46" s="8">
         <v>11619187</v>
       </c>
       <c r="E46" s="8">
         <v>11904913</v>
       </c>
       <c r="F46" s="8">
         <v>12059655</v>
       </c>
       <c r="G46" s="8">
         <v>13481396</v>
       </c>
       <c r="H46" s="8">
         <v>13118785</v>
       </c>
       <c r="I46" s="8">
         <v>13149043</v>
       </c>
       <c r="J46" s="8">
         <v>9625434</v>
       </c>
       <c r="K46" s="8">
         <v>14357571</v>
       </c>
       <c r="L46" s="8">
         <v>12478458</v>
       </c>
       <c r="M46" s="8">
         <v>10708523</v>
       </c>
       <c r="N46" s="8">
         <v>146519832</v>
       </c>
     </row>
     <row r="47" ht="15" customHeight="1">
       <c r="A47" s="7" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B47" s="8">
         <v>2270586</v>
       </c>
       <c r="C47" s="8">
         <v>1845293</v>
       </c>
       <c r="D47" s="8">
         <v>1874867</v>
       </c>
       <c r="E47" s="8">
         <v>2098020</v>
       </c>
       <c r="F47" s="8">
         <v>2119168</v>
       </c>
       <c r="G47" s="8">
         <v>1726179</v>
       </c>
       <c r="H47" s="8">
         <v>2141327</v>
       </c>
       <c r="I47" s="8">
         <v>1698287</v>
       </c>
       <c r="J47" s="8">
         <v>2015875</v>
       </c>
       <c r="K47" s="8">
         <v>2276702</v>
       </c>
       <c r="L47" s="8">
         <v>2259346</v>
       </c>
       <c r="M47" s="8">
         <v>1856868</v>
       </c>
       <c r="N47" s="8">
         <v>24182518</v>
       </c>
     </row>
     <row r="48" ht="15" customHeight="1">
       <c r="A48" s="7" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B48" s="8">
         <v>7055699</v>
       </c>
       <c r="C48" s="8">
         <v>6536937</v>
       </c>
       <c r="D48" s="8">
         <v>6265250</v>
       </c>
       <c r="E48" s="8">
         <v>6398470</v>
       </c>
       <c r="F48" s="8">
         <v>7253903</v>
       </c>
       <c r="G48" s="8">
         <v>6827302</v>
       </c>
       <c r="H48" s="8">
         <v>6191302</v>
       </c>
       <c r="I48" s="8">
         <v>6831018</v>
       </c>
       <c r="J48" s="8">
         <v>7396772</v>
       </c>
       <c r="K48" s="8">
         <v>8674691</v>
       </c>
       <c r="L48" s="8">
         <v>6633705</v>
       </c>
       <c r="M48" s="8">
         <v>5155023</v>
       </c>
       <c r="N48" s="8">
         <v>81220072</v>
       </c>
     </row>
     <row r="49" ht="15" customHeight="1">
       <c r="A49" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B49" s="8">
         <v>1497558</v>
       </c>
       <c r="C49" s="8">
         <v>1646203</v>
       </c>
       <c r="D49" s="8">
         <v>1405162</v>
       </c>
       <c r="E49" s="8">
         <v>1812446</v>
       </c>
       <c r="F49" s="8">
         <v>2187907</v>
       </c>
       <c r="G49" s="8">
         <v>1640052</v>
       </c>
       <c r="H49" s="8">
         <v>1529254</v>
       </c>
       <c r="I49" s="8">
         <v>1242033</v>
       </c>
       <c r="J49" s="8">
         <v>1086577</v>
       </c>
       <c r="K49" s="8">
         <v>851172</v>
       </c>
       <c r="L49" s="8">
         <v>1825186</v>
       </c>
       <c r="M49" s="8">
         <v>967635</v>
       </c>
       <c r="N49" s="8">
         <v>17691187</v>
       </c>
     </row>
     <row r="50" ht="15" customHeight="1">
       <c r="A50" s="7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B50" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="C50" s="8">
         <v>66534</v>
       </c>
       <c r="D50" s="8">
         <v>170875</v>
       </c>
       <c r="E50" s="8">
         <v>137563</v>
       </c>
       <c r="F50" s="8">
         <v>43979</v>
       </c>
       <c r="G50" s="8">
         <v>25935</v>
       </c>
       <c r="H50" s="8">
         <v>43740</v>
       </c>
       <c r="I50" s="8">
         <v>47743</v>
       </c>
       <c r="J50" s="8">
         <v>39697</v>
       </c>
       <c r="K50" s="8">
         <v>33373</v>
       </c>
       <c r="L50" s="8">
         <v>42735</v>
       </c>
       <c r="M50" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N50" s="8">
         <v>870294</v>
       </c>
     </row>
     <row r="51" ht="15" customHeight="1">
       <c r="A51" s="7" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B51" s="8">
         <v>3385995</v>
       </c>
       <c r="C51" s="8">
         <v>3356094</v>
       </c>
       <c r="D51" s="8">
         <v>3927710</v>
       </c>
       <c r="E51" s="8">
         <v>4223617</v>
       </c>
       <c r="F51" s="8">
         <v>4173193</v>
       </c>
       <c r="G51" s="8">
         <v>4084928</v>
       </c>
       <c r="H51" s="8">
         <v>3451686</v>
       </c>
       <c r="I51" s="8">
         <v>4238459</v>
       </c>
       <c r="J51" s="8">
         <v>3722518</v>
       </c>
       <c r="K51" s="8">
         <v>3849644</v>
       </c>
       <c r="L51" s="8">
         <v>3757779</v>
       </c>
       <c r="M51" s="8">
         <v>3059131</v>
       </c>
       <c r="N51" s="8">
         <v>45230755</v>
       </c>
     </row>
     <row r="52" ht="15" customHeight="1">
       <c r="A52" s="7" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B52" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="C52" s="8">
         <v>693748</v>
       </c>
       <c r="D52" s="8">
         <v>602472</v>
       </c>
       <c r="E52" s="8">
         <v>785327</v>
       </c>
       <c r="F52" s="8">
         <v>719962</v>
       </c>
       <c r="G52" s="8">
         <v>560008</v>
       </c>
       <c r="H52" s="8">
         <v>672422</v>
       </c>
       <c r="I52" s="8">
         <v>596811</v>
       </c>
       <c r="J52" s="8">
         <v>615031</v>
       </c>
       <c r="K52" s="8">
         <v>803351</v>
       </c>
       <c r="L52" s="8">
         <v>517619</v>
       </c>
       <c r="M52" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N52" s="8">
         <v>7835822</v>
       </c>
     </row>
     <row r="53" ht="15" customHeight="1">
       <c r="A53" s="7" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B53" s="8">
         <v>2173272</v>
       </c>
       <c r="C53" s="8">
         <v>1503433</v>
       </c>
       <c r="D53" s="8">
         <v>2166284</v>
       </c>
       <c r="E53" s="8">
         <v>2044234</v>
       </c>
       <c r="F53" s="8">
         <v>2024411</v>
       </c>
       <c r="G53" s="8">
         <v>2311411</v>
       </c>
       <c r="H53" s="8">
         <v>1964338</v>
       </c>
       <c r="I53" s="8">
         <v>1858743</v>
       </c>
       <c r="J53" s="8">
         <v>3842217</v>
       </c>
       <c r="K53" s="8">
         <v>2165636</v>
       </c>
       <c r="L53" s="8">
         <v>1577000</v>
       </c>
       <c r="M53" s="8">
         <v>1690972</v>
       </c>
       <c r="N53" s="8">
         <v>25321951</v>
       </c>
     </row>
     <row r="54" ht="15" customHeight="1">
       <c r="A54" s="7" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B54" s="8">
         <v>691552</v>
       </c>
       <c r="C54" s="8">
         <v>710685</v>
       </c>
       <c r="D54" s="8">
         <v>901698</v>
       </c>
       <c r="E54" s="8">
         <v>978084</v>
       </c>
       <c r="F54" s="8">
         <v>839614</v>
       </c>
       <c r="G54" s="8">
         <v>795676</v>
       </c>
       <c r="H54" s="8">
         <v>792473</v>
       </c>
       <c r="I54" s="8">
         <v>1024376</v>
       </c>
       <c r="J54" s="8">
         <v>763510</v>
       </c>
       <c r="K54" s="8">
         <v>1014904</v>
       </c>
       <c r="L54" s="8">
         <v>958698</v>
       </c>
       <c r="M54" s="8">
         <v>621652</v>
       </c>
       <c r="N54" s="8">
         <v>10092921</v>
       </c>
     </row>
     <row r="55" ht="15" customHeight="1">
       <c r="A55" s="7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B55" s="8">
         <v>1175120</v>
       </c>
       <c r="C55" s="8">
         <v>1019711</v>
       </c>
       <c r="D55" s="8">
         <v>1311525</v>
       </c>
       <c r="E55" s="8">
         <v>1600742</v>
       </c>
       <c r="F55" s="8">
         <v>2045773</v>
       </c>
       <c r="G55" s="8">
         <v>2409620</v>
       </c>
       <c r="H55" s="8">
         <v>1518023</v>
       </c>
       <c r="I55" s="8">
         <v>1259763</v>
       </c>
       <c r="J55" s="8">
         <v>975656</v>
       </c>
       <c r="K55" s="8">
         <v>1085753</v>
       </c>
       <c r="L55" s="8">
         <v>783046</v>
       </c>
       <c r="M55" s="8">
         <v>557764</v>
       </c>
       <c r="N55" s="8">
         <v>15742496</v>
       </c>
     </row>
     <row r="56" ht="15" customHeight="1">
       <c r="A56" s="7" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B56" s="8">
         <v>969600</v>
       </c>
       <c r="C56" s="8">
         <v>965526</v>
       </c>
       <c r="D56" s="8">
         <v>1106214</v>
       </c>
       <c r="E56" s="8">
         <v>1256194</v>
       </c>
       <c r="F56" s="8">
         <v>1167339</v>
       </c>
       <c r="G56" s="8">
         <v>986106</v>
       </c>
       <c r="H56" s="8">
         <v>1015600</v>
       </c>
       <c r="I56" s="8">
         <v>1042478</v>
       </c>
       <c r="J56" s="8">
         <v>1064524</v>
       </c>
       <c r="K56" s="8">
         <v>1113836</v>
       </c>
       <c r="L56" s="8">
         <v>920545</v>
       </c>
       <c r="M56" s="8">
         <v>768103</v>
       </c>
       <c r="N56" s="8">
         <v>12376066</v>
       </c>
     </row>
     <row r="57" ht="15" customHeight="1">
       <c r="A57" s="7" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B57" s="8">
         <v>297382</v>
       </c>
       <c r="C57" s="8">
         <v>283501</v>
       </c>
       <c r="D57" s="8">
         <v>321703</v>
       </c>
       <c r="E57" s="8">
         <v>343059</v>
       </c>
       <c r="F57" s="8">
         <v>342045</v>
       </c>
       <c r="G57" s="8">
         <v>328507</v>
       </c>
       <c r="H57" s="8">
         <v>309475</v>
       </c>
       <c r="I57" s="8">
         <v>315905</v>
       </c>
       <c r="J57" s="8">
         <v>326015</v>
       </c>
       <c r="K57" s="8">
         <v>321505</v>
       </c>
       <c r="L57" s="8">
         <v>274948</v>
       </c>
       <c r="M57" s="8">
         <v>231609</v>
       </c>
       <c r="N57" s="8">
         <v>3695654</v>
       </c>
     </row>
     <row r="58" ht="15" customHeight="1">
       <c r="A58" s="7" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B58" s="8">
         <v>672218</v>
       </c>
       <c r="C58" s="8">
         <v>682025</v>
       </c>
       <c r="D58" s="8">
         <v>784510</v>
       </c>
       <c r="E58" s="8">
         <v>913135</v>
       </c>
       <c r="F58" s="8">
         <v>825295</v>
       </c>
       <c r="G58" s="8">
         <v>657599</v>
       </c>
       <c r="H58" s="8">
         <v>706125</v>
       </c>
       <c r="I58" s="8">
         <v>726574</v>
       </c>
       <c r="J58" s="8">
         <v>738509</v>
       </c>
       <c r="K58" s="8">
         <v>792331</v>
       </c>
       <c r="L58" s="8">
         <v>645597</v>
       </c>
       <c r="M58" s="8">
         <v>536494</v>
       </c>
       <c r="N58" s="8">
         <v>8680412</v>
       </c>
     </row>
     <row r="59" ht="15" customHeight="1">
       <c r="A59" s="7" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B59" s="8">
         <v>7274457</v>
       </c>
       <c r="C59" s="8">
         <v>6562496</v>
       </c>
       <c r="D59" s="8">
         <v>6803669</v>
       </c>
       <c r="E59" s="8">
         <v>7444709</v>
       </c>
       <c r="F59" s="8">
         <v>8242684</v>
       </c>
       <c r="G59" s="8">
         <v>7378324</v>
       </c>
       <c r="H59" s="8">
         <v>7200507</v>
       </c>
       <c r="I59" s="8">
         <v>6132375</v>
       </c>
       <c r="J59" s="8">
         <v>7130582</v>
       </c>
       <c r="K59" s="8">
         <v>7155908</v>
       </c>
       <c r="L59" s="8">
         <v>6565338</v>
       </c>
       <c r="M59" s="8">
         <v>4691061</v>
       </c>
       <c r="N59" s="8">
         <v>82582111</v>
       </c>
     </row>
     <row r="60" ht="15" customHeight="1">
       <c r="A60" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B60" s="8">
         <v>1918803</v>
       </c>
       <c r="C60" s="8">
         <v>1955206</v>
       </c>
       <c r="D60" s="8">
         <v>1749248</v>
       </c>
       <c r="E60" s="8">
         <v>1887463</v>
       </c>
       <c r="F60" s="8">
         <v>2013133</v>
       </c>
       <c r="G60" s="8">
         <v>1700505</v>
       </c>
       <c r="H60" s="8">
         <v>1888836</v>
       </c>
       <c r="I60" s="8">
         <v>1615189</v>
       </c>
       <c r="J60" s="8">
         <v>2042050</v>
       </c>
       <c r="K60" s="8">
         <v>2325964</v>
       </c>
       <c r="L60" s="8">
         <v>1854994</v>
       </c>
       <c r="M60" s="8">
         <v>1588451</v>
       </c>
       <c r="N60" s="8">
         <v>22539843</v>
       </c>
     </row>
     <row r="61" ht="15" customHeight="1">
       <c r="A61" s="7" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="B61" s="8">
         <v>2852913</v>
       </c>
       <c r="C61" s="8">
         <v>2402210</v>
       </c>
       <c r="D61" s="8">
         <v>2646669</v>
       </c>
       <c r="E61" s="8">
         <v>2775784</v>
       </c>
       <c r="F61" s="8">
         <v>2865518</v>
       </c>
       <c r="G61" s="8">
         <v>2607883</v>
       </c>
       <c r="H61" s="8">
         <v>2436088</v>
       </c>
       <c r="I61" s="8">
         <v>2550289</v>
       </c>
       <c r="J61" s="8">
         <v>3051617</v>
       </c>
       <c r="K61" s="8">
         <v>2307738</v>
       </c>
       <c r="L61" s="8">
         <v>2555837</v>
       </c>
       <c r="M61" s="8">
         <v>1707213</v>
       </c>
       <c r="N61" s="8">
         <v>30759757</v>
       </c>
     </row>
     <row r="62" ht="15" customHeight="1">
       <c r="A62" s="7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B62" s="8">
         <v>844868</v>
       </c>
       <c r="C62" s="8">
         <v>806714</v>
       </c>
       <c r="D62" s="8">
         <v>970324</v>
       </c>
       <c r="E62" s="8">
         <v>1189400</v>
       </c>
       <c r="F62" s="8">
         <v>1460305</v>
       </c>
       <c r="G62" s="8">
         <v>1321439</v>
       </c>
       <c r="H62" s="8">
         <v>1090816</v>
       </c>
       <c r="I62" s="8">
         <v>601885</v>
       </c>
       <c r="J62" s="8">
         <v>699316</v>
       </c>
       <c r="K62" s="8">
         <v>801647</v>
       </c>
       <c r="L62" s="8">
         <v>716485</v>
       </c>
       <c r="M62" s="8">
         <v>440506</v>
       </c>
       <c r="N62" s="8">
         <v>10943705</v>
       </c>
     </row>
     <row r="63" ht="15" customHeight="1">
       <c r="A63" s="7" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="B63" s="8">
         <v>1657874</v>
       </c>
       <c r="C63" s="8">
         <v>1398366</v>
       </c>
       <c r="D63" s="8">
         <v>1437429</v>
       </c>
       <c r="E63" s="8">
         <v>1592062</v>
       </c>
       <c r="F63" s="8">
         <v>1903729</v>
       </c>
       <c r="G63" s="8">
         <v>1748497</v>
       </c>
       <c r="H63" s="8">
         <v>1784767</v>
       </c>
       <c r="I63" s="8">
         <v>1365012</v>
       </c>
       <c r="J63" s="8">
         <v>1337599</v>
       </c>
       <c r="K63" s="8">
         <v>1720559</v>
       </c>
       <c r="L63" s="8">
         <v>1438021</v>
       </c>
       <c r="M63" s="8">
         <v>954891</v>
       </c>
       <c r="N63" s="8">
         <v>18338806</v>
       </c>
     </row>
     <row r="64" ht="15" customHeight="1">
       <c r="A64" s="7" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="E64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="H64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="I64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="J64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="K64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="L64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="M64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="N64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="65" ht="15" customHeight="1">
       <c r="A65" s="7" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B65" s="8">
         <v>477979016</v>
       </c>
       <c r="C65" s="8">
         <v>440311149</v>
       </c>
       <c r="D65" s="8">
         <v>472100688</v>
       </c>
       <c r="E65" s="8">
         <v>490994266</v>
       </c>
       <c r="F65" s="8">
         <v>534242148</v>
       </c>
       <c r="G65" s="8">
         <v>494669642</v>
       </c>
       <c r="H65" s="8">
         <v>545803754</v>
       </c>
       <c r="I65" s="8">
         <v>511299628</v>
       </c>
       <c r="J65" s="8">
         <v>471557048</v>
       </c>
       <c r="K65" s="8">
         <v>520133770</v>
       </c>
       <c r="L65" s="8">
         <v>498867674</v>
       </c>
       <c r="M65" s="8">
         <v>513661322</v>
       </c>
       <c r="N65" s="8">
         <v>5971620105</v>
       </c>
     </row>
     <row r="66" ht="15" customHeight="1">
       <c r="A66" s="7" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="B66" s="8">
         <v>122723262</v>
       </c>
       <c r="C66" s="8">
         <v>120771107</v>
       </c>
       <c r="D66" s="8">
         <v>127078178</v>
       </c>
       <c r="E66" s="8">
         <v>119540345</v>
       </c>
       <c r="F66" s="8">
         <v>139925860</v>
       </c>
       <c r="G66" s="8">
         <v>129883008</v>
       </c>
       <c r="H66" s="8">
         <v>123426341</v>
       </c>
       <c r="I66" s="8">
         <v>113444486</v>
       </c>
       <c r="J66" s="8">
         <v>103159354</v>
       </c>
       <c r="K66" s="8">
         <v>137072578</v>
       </c>
       <c r="L66" s="8">
         <v>119383157</v>
       </c>
       <c r="M66" s="8">
         <v>114422793</v>
       </c>
       <c r="N66" s="8">
         <v>1470830469</v>
       </c>
     </row>
     <row r="67" ht="15" customHeight="1">
       <c r="A67" s="7" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="B67" s="8">
         <v>349280799</v>
       </c>
       <c r="C67" s="8">
         <v>335080972</v>
       </c>
       <c r="D67" s="8">
         <v>359032148</v>
       </c>
       <c r="E67" s="8">
         <v>380964676</v>
       </c>
       <c r="F67" s="8">
         <v>433839032</v>
       </c>
       <c r="G67" s="8">
         <v>389336928</v>
       </c>
       <c r="H67" s="8">
         <v>432980515</v>
       </c>
       <c r="I67" s="8">
         <v>426157401</v>
       </c>
       <c r="J67" s="8">
         <v>383141676</v>
       </c>
       <c r="K67" s="8">
         <v>420733993</v>
       </c>
       <c r="L67" s="8">
         <v>404335907</v>
       </c>
       <c r="M67" s="8">
         <v>422083711</v>
       </c>
       <c r="N67" s="8">
         <v>4736967758</v>
       </c>
     </row>
     <row r="68" ht="15" customHeight="1">
       <c r="A68" s="7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="C68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="F68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="G68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="H68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="I68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="J68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="K68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
     </row>
     <row r="69" ht="15" customHeight="1">
       <c r="A69" s="7" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B69" s="8">
         <v>120612709</v>
       </c>
       <c r="C69" s="8">
         <v>105502771</v>
       </c>
       <c r="D69" s="8">
         <v>109360474</v>
       </c>
       <c r="E69" s="8">
         <v>100775546</v>
       </c>
       <c r="F69" s="8">
         <v>82452072</v>
       </c>
       <c r="G69" s="8">
         <v>84601941</v>
       </c>
       <c r="H69" s="8">
         <v>88006594</v>
       </c>
       <c r="I69" s="8">
         <v>62292319</v>
       </c>
       <c r="J69" s="8">
         <v>61303824</v>
       </c>
       <c r="K69" s="8">
         <v>70875977</v>
       </c>
       <c r="L69" s="8">
         <v>75396075</v>
       </c>
       <c r="M69" s="8">
         <v>76175881</v>
       </c>
       <c r="N69" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="70" ht="15" customHeight="1">
       <c r="A70" s="7" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="B70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="E70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="H70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="I70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="J70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="K70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="L70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="M70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="N70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="71" ht="15" customHeight="1">
       <c r="A71" s="7" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B71" s="8">
         <v>21866616</v>
       </c>
       <c r="C71" s="8">
         <v>21115450</v>
       </c>
       <c r="D71" s="8">
         <v>21889727</v>
       </c>
       <c r="E71" s="8">
         <v>22682807</v>
       </c>
       <c r="F71" s="8">
         <v>22895883</v>
       </c>
       <c r="G71" s="8">
         <v>19842745</v>
       </c>
       <c r="H71" s="8">
         <v>20473580</v>
       </c>
       <c r="I71" s="8">
         <v>23893128</v>
       </c>
       <c r="J71" s="8">
         <v>20426927</v>
       </c>
       <c r="K71" s="8">
         <v>20629733</v>
       </c>
       <c r="L71" s="8">
         <v>20531716</v>
       </c>
       <c r="M71" s="8">
         <v>21110139</v>
       </c>
       <c r="N71" s="8">
         <v>257358450</v>
       </c>
     </row>
     <row r="72" ht="15" customHeight="1">
       <c r="A72" s="7" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="B72" s="8">
         <v>16056393</v>
       </c>
       <c r="C72" s="8">
         <v>14309261</v>
       </c>
       <c r="D72" s="8">
         <v>14376429</v>
       </c>
       <c r="E72" s="8">
         <v>15283774</v>
       </c>
       <c r="F72" s="8">
         <v>14445489</v>
       </c>
       <c r="G72" s="8">
         <v>12591392</v>
       </c>
       <c r="H72" s="8">
         <v>14679665</v>
       </c>
       <c r="I72" s="8">
         <v>15527957</v>
       </c>
       <c r="J72" s="8">
         <v>13102564</v>
       </c>
       <c r="K72" s="8">
         <v>13588287</v>
       </c>
       <c r="L72" s="8">
         <v>14283114</v>
       </c>
       <c r="M72" s="8">
         <v>13613739</v>
       </c>
       <c r="N72" s="8">
         <v>171858063</v>
       </c>
     </row>
     <row r="73" ht="15" customHeight="1">
       <c r="A73" s="7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B73" s="8">
         <v>6933194</v>
       </c>
       <c r="C73" s="8">
         <v>7624212</v>
       </c>
       <c r="D73" s="8">
         <v>7760064</v>
       </c>
       <c r="E73" s="8">
         <v>7814199</v>
       </c>
       <c r="F73" s="8">
         <v>8702071</v>
       </c>
       <c r="G73" s="8">
         <v>8013685</v>
       </c>
       <c r="H73" s="8">
         <v>6424222</v>
       </c>
       <c r="I73" s="8">
         <v>8525450</v>
       </c>
       <c r="J73" s="8">
         <v>7531840</v>
       </c>
       <c r="K73" s="8">
         <v>6662049</v>
       </c>
       <c r="L73" s="8">
         <v>7634618</v>
       </c>
       <c r="M73" s="8">
         <v>8060498</v>
       </c>
       <c r="N73" s="8">
         <v>91686102</v>
       </c>
     </row>
     <row r="74" ht="15" customHeight="1">
       <c r="A74" s="7" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B74" s="8">
         <v>1916598</v>
       </c>
       <c r="C74" s="8">
         <v>1640440</v>
       </c>
       <c r="D74" s="8">
         <v>1505008</v>
       </c>
       <c r="E74" s="8">
         <v>1981388</v>
       </c>
       <c r="F74" s="8">
         <v>1552035</v>
       </c>
       <c r="G74" s="8">
         <v>1980551</v>
       </c>
       <c r="H74" s="8">
         <v>1617048</v>
       </c>
       <c r="I74" s="8">
         <v>1677984</v>
       </c>
       <c r="J74" s="8">
         <v>1577157</v>
       </c>
       <c r="K74" s="8">
         <v>2119488</v>
       </c>
       <c r="L74" s="8">
         <v>1955094</v>
       </c>
       <c r="M74" s="8">
         <v>1904645</v>
       </c>
       <c r="N74" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="75" ht="12" customHeight="1"/>
     <row r="76" ht="14" customHeight="1">
       <c r="A76" s="10" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="B76" s="10"/>
       <c r="C76" s="10"/>
       <c r="D76" s="10"/>
       <c r="E76" s="10"/>
       <c r="F76" s="10"/>
       <c r="G76" s="10"/>
       <c r="H76" s="10"/>
       <c r="I76" s="10"/>
       <c r="J76" s="10"/>
       <c r="K76" s="10"/>
       <c r="L76" s="10"/>
       <c r="M76" s="10"/>
       <c r="N76" s="10"/>
     </row>
     <row r="77" ht="14" customHeight="1">
       <c r="A77" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B77" s="11"/>
       <c r="C77" s="11"/>
       <c r="D77" s="11"/>
       <c r="E77" s="11"/>
       <c r="F77" s="11"/>
       <c r="G77" s="11"/>
       <c r="H77" s="11"/>
       <c r="I77" s="11"/>
       <c r="J77" s="11"/>
       <c r="K77" s="11"/>
       <c r="L77" s="11"/>
       <c r="M77" s="11"/>
       <c r="N77" s="11"/>
     </row>
     <row r="78" ht="14" customHeight="1">
       <c r="A78" s="12" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="B78" s="12"/>
       <c r="C78" s="12"/>
       <c r="D78" s="12"/>
       <c r="E78" s="12"/>
       <c r="F78" s="12"/>
       <c r="G78" s="12"/>
       <c r="H78" s="12"/>
       <c r="I78" s="12"/>
       <c r="J78" s="12"/>
       <c r="K78" s="12"/>
       <c r="L78" s="12"/>
       <c r="M78" s="12"/>
       <c r="N78" s="12"/>
     </row>
     <row r="79" ht="43" customHeight="1">
       <c r="A79" s="12" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="B79" s="12"/>
       <c r="C79" s="12"/>
       <c r="D79" s="12"/>
       <c r="E79" s="12"/>
       <c r="F79" s="12"/>
       <c r="G79" s="12"/>
       <c r="H79" s="12"/>
       <c r="I79" s="12"/>
       <c r="J79" s="12"/>
       <c r="K79" s="12"/>
       <c r="L79" s="12"/>
       <c r="M79" s="12"/>
       <c r="N79" s="12"/>
     </row>
     <row r="80" ht="14" customHeight="1">
       <c r="A80" s="12" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B80" s="12"/>
       <c r="C80" s="12"/>
       <c r="D80" s="12"/>
       <c r="E80" s="12"/>
       <c r="F80" s="12"/>
       <c r="G80" s="12"/>
       <c r="H80" s="12"/>
       <c r="I80" s="12"/>
       <c r="J80" s="12"/>
       <c r="K80" s="12"/>
       <c r="L80" s="12"/>
       <c r="M80" s="12"/>
       <c r="N80" s="12"/>
     </row>
     <row r="81" ht="12" customHeight="1">
       <c r="A81" s="13" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="B81" s="13"/>
       <c r="C81" s="13"/>
       <c r="D81" s="13"/>
       <c r="E81" s="13"/>
       <c r="F81" s="13"/>
       <c r="G81" s="13"/>
       <c r="H81" s="13"/>
       <c r="I81" s="13"/>
       <c r="J81" s="13"/>
       <c r="K81" s="13"/>
       <c r="L81" s="13"/>
       <c r="M81" s="13"/>
       <c r="N81" s="13"/>
     </row>
     <row r="82" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A76:N76"/>
@@ -15757,3111 +16605,3111 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="B9" s="8">
         <v>840</v>
       </c>
       <c r="C9" s="8">
         <v>856</v>
       </c>
       <c r="D9" s="8">
         <v>866</v>
       </c>
       <c r="E9" s="8">
         <v>873</v>
       </c>
       <c r="F9" s="8">
         <v>880</v>
       </c>
       <c r="G9" s="8">
         <v>891</v>
       </c>
       <c r="H9" s="8">
         <v>902</v>
       </c>
       <c r="I9" s="8">
         <v>930</v>
       </c>
       <c r="J9" s="8">
         <v>954</v>
       </c>
       <c r="K9" s="8">
         <v>957</v>
       </c>
       <c r="L9" s="8">
         <v>982</v>
       </c>
       <c r="M9" s="8">
         <v>992</v>
       </c>
       <c r="N9" s="8">
         <v>1068</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="B10" s="8">
         <v>1003273538</v>
       </c>
       <c r="C10" s="8">
         <v>928136848</v>
       </c>
       <c r="D10" s="8">
         <v>992842902</v>
       </c>
       <c r="E10" s="8">
         <v>897346433</v>
       </c>
       <c r="F10" s="8">
         <v>965665681</v>
       </c>
       <c r="G10" s="8">
         <v>957552058</v>
       </c>
       <c r="H10" s="8">
         <v>930412328</v>
       </c>
       <c r="I10" s="8">
         <v>1017607247</v>
       </c>
       <c r="J10" s="8">
         <v>881887379</v>
       </c>
       <c r="K10" s="8">
         <v>920611941</v>
       </c>
       <c r="L10" s="8">
         <v>901206061</v>
       </c>
       <c r="M10" s="8">
         <v>948277719</v>
       </c>
       <c r="N10" s="8">
         <v>11344820135</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B11" s="8">
         <v>10784614</v>
       </c>
       <c r="C11" s="8">
         <v>11425830</v>
       </c>
       <c r="D11" s="8">
         <v>10005976</v>
       </c>
       <c r="E11" s="8">
         <v>9872622</v>
       </c>
       <c r="F11" s="8">
         <v>10184906</v>
       </c>
       <c r="G11" s="8">
         <v>7637830</v>
       </c>
       <c r="H11" s="8">
         <v>5892423</v>
       </c>
       <c r="I11" s="8">
         <v>8112146</v>
       </c>
       <c r="J11" s="8">
         <v>7331445</v>
       </c>
       <c r="K11" s="8">
         <v>9263555</v>
       </c>
       <c r="L11" s="8">
         <v>11186268</v>
       </c>
       <c r="M11" s="8">
         <v>10783144</v>
       </c>
       <c r="N11" s="8">
         <v>112480760</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B12" s="8">
         <v>575410</v>
       </c>
       <c r="C12" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D12" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E12" s="8">
         <v>545162</v>
       </c>
       <c r="F12" s="8">
         <v>286324</v>
       </c>
       <c r="G12" s="8">
         <v>226840</v>
       </c>
       <c r="H12" s="8">
         <v>28624</v>
       </c>
       <c r="I12" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="J12" s="8">
         <v>2488447</v>
       </c>
       <c r="K12" s="8">
         <v>4433832</v>
       </c>
       <c r="L12" s="8">
         <v>1443236</v>
       </c>
       <c r="M12" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N12" s="8">
         <v>14231980</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B13" s="8">
         <v>859766</v>
       </c>
       <c r="C13" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D13" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E13" s="8">
         <v>840217</v>
       </c>
       <c r="F13" s="8">
         <v>1347980</v>
       </c>
       <c r="G13" s="8">
         <v>775275</v>
       </c>
       <c r="H13" s="8">
         <v>519963</v>
       </c>
       <c r="I13" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="J13" s="8">
         <v>895641</v>
       </c>
       <c r="K13" s="8">
         <v>983604</v>
       </c>
       <c r="L13" s="8">
         <v>939140</v>
       </c>
       <c r="M13" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N13" s="8">
         <v>11043005</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>991053748</v>
       </c>
       <c r="C14" s="8">
         <v>915474005</v>
       </c>
       <c r="D14" s="8">
         <v>981591144</v>
       </c>
       <c r="E14" s="8">
         <v>886088431</v>
       </c>
       <c r="F14" s="8">
         <v>953846470</v>
       </c>
       <c r="G14" s="8">
         <v>948912113</v>
       </c>
       <c r="H14" s="8">
         <v>923971318</v>
       </c>
       <c r="I14" s="8">
         <v>1008070453</v>
       </c>
       <c r="J14" s="8">
         <v>871171847</v>
       </c>
       <c r="K14" s="8">
         <v>905930951</v>
       </c>
       <c r="L14" s="8">
         <v>887637416</v>
       </c>
       <c r="M14" s="8">
         <v>933316495</v>
       </c>
       <c r="N14" s="8">
         <v>11207064390</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B15" s="8">
         <v>18750842</v>
       </c>
       <c r="C15" s="8">
         <v>22454818</v>
       </c>
       <c r="D15" s="8">
         <v>25256905</v>
       </c>
       <c r="E15" s="8">
         <v>23603317</v>
       </c>
       <c r="F15" s="8">
         <v>27923781</v>
       </c>
       <c r="G15" s="8">
         <v>25715103</v>
       </c>
       <c r="H15" s="8">
         <v>22332704</v>
       </c>
       <c r="I15" s="8">
         <v>26024818</v>
       </c>
       <c r="J15" s="8">
         <v>22843137</v>
       </c>
       <c r="K15" s="8">
         <v>30824303</v>
       </c>
       <c r="L15" s="8">
         <v>27558631</v>
       </c>
       <c r="M15" s="8">
         <v>23095701</v>
       </c>
       <c r="N15" s="8">
         <v>296384059</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B16" s="8">
         <v>73228005</v>
       </c>
       <c r="C16" s="8">
         <v>49130495</v>
       </c>
       <c r="D16" s="8">
         <v>40545684</v>
       </c>
       <c r="E16" s="8">
         <v>35175688</v>
       </c>
       <c r="F16" s="8">
         <v>54036445</v>
       </c>
       <c r="G16" s="8">
         <v>48797621</v>
       </c>
       <c r="H16" s="8">
         <v>50752174</v>
       </c>
       <c r="I16" s="8">
         <v>43510200</v>
       </c>
       <c r="J16" s="8">
         <v>38687307</v>
       </c>
       <c r="K16" s="8">
         <v>51789388</v>
       </c>
       <c r="L16" s="8">
         <v>15994275</v>
       </c>
       <c r="M16" s="8">
         <v>41964901</v>
       </c>
       <c r="N16" s="8">
         <v>543612183</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B17" s="8">
         <v>701873</v>
       </c>
       <c r="C17" s="8">
         <v>843791</v>
       </c>
       <c r="D17" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E17" s="8">
         <v>771963</v>
       </c>
       <c r="F17" s="8">
         <v>576607</v>
       </c>
       <c r="G17" s="8">
         <v>465615</v>
       </c>
       <c r="H17" s="8">
         <v>428968</v>
       </c>
       <c r="I17" s="8">
         <v>926114</v>
       </c>
       <c r="J17" s="8">
         <v>2773098</v>
       </c>
       <c r="K17" s="8">
         <v>2841097</v>
       </c>
       <c r="L17" s="8">
         <v>432353</v>
       </c>
       <c r="M17" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N17" s="8">
         <v>28163405</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B18" s="8">
         <v>72047611</v>
       </c>
       <c r="C18" s="8">
         <v>47973039</v>
       </c>
       <c r="D18" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E18" s="8">
         <v>34212607</v>
       </c>
       <c r="F18" s="8">
         <v>53272899</v>
       </c>
       <c r="G18" s="8">
         <v>48094344</v>
       </c>
       <c r="H18" s="8">
         <v>50109963</v>
       </c>
       <c r="I18" s="8">
         <v>42359322</v>
       </c>
       <c r="J18" s="8">
         <v>35730706</v>
       </c>
       <c r="K18" s="8">
         <v>48770502</v>
       </c>
       <c r="L18" s="8">
         <v>15394662</v>
       </c>
       <c r="M18" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N18" s="8">
         <v>512760708</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B19" s="8">
         <v>478521</v>
       </c>
       <c r="C19" s="8">
         <v>313665</v>
       </c>
       <c r="D19" s="8">
         <v>183650</v>
       </c>
       <c r="E19" s="8">
         <v>191119</v>
       </c>
       <c r="F19" s="8">
         <v>186938</v>
       </c>
       <c r="G19" s="8">
         <v>237662</v>
       </c>
       <c r="H19" s="8">
         <v>213242</v>
       </c>
       <c r="I19" s="8">
         <v>224764</v>
       </c>
       <c r="J19" s="8">
         <v>183503</v>
       </c>
       <c r="K19" s="8">
         <v>177788</v>
       </c>
       <c r="L19" s="8">
         <v>167260</v>
       </c>
       <c r="M19" s="8">
         <v>129957</v>
       </c>
       <c r="N19" s="8">
         <v>2688070</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B20" s="8">
         <v>662529475</v>
       </c>
       <c r="C20" s="8">
         <v>663710194</v>
       </c>
       <c r="D20" s="8">
         <v>667934485</v>
       </c>
       <c r="E20" s="8">
         <v>683608862</v>
       </c>
       <c r="F20" s="8">
         <v>674932468</v>
       </c>
       <c r="G20" s="8">
         <v>687089908</v>
       </c>
       <c r="H20" s="8">
         <v>662005451</v>
       </c>
       <c r="I20" s="8">
         <v>661704658</v>
       </c>
       <c r="J20" s="8">
         <v>611657404</v>
       </c>
       <c r="K20" s="8">
         <v>634894726</v>
       </c>
       <c r="L20" s="8">
         <v>667863954</v>
       </c>
       <c r="M20" s="8">
         <v>632567007</v>
       </c>
       <c r="N20" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B21" s="8">
         <v>480622071</v>
       </c>
       <c r="C21" s="8">
         <v>484628141</v>
       </c>
       <c r="D21" s="8">
         <v>487125080</v>
       </c>
       <c r="E21" s="8">
         <v>494660880</v>
       </c>
       <c r="F21" s="8">
         <v>491064176</v>
       </c>
       <c r="G21" s="8">
         <v>497192384</v>
       </c>
       <c r="H21" s="8">
         <v>489196640</v>
       </c>
       <c r="I21" s="8">
         <v>506365654</v>
       </c>
       <c r="J21" s="8">
         <v>460419042</v>
       </c>
       <c r="K21" s="8">
         <v>468416676</v>
       </c>
       <c r="L21" s="8">
         <v>491395789</v>
       </c>
       <c r="M21" s="8">
         <v>475094791</v>
       </c>
       <c r="N21" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B22" s="8">
         <v>43663666</v>
       </c>
       <c r="C22" s="8">
         <v>42547382</v>
       </c>
       <c r="D22" s="8">
         <v>41688710</v>
       </c>
       <c r="E22" s="8">
         <v>41253565</v>
       </c>
       <c r="F22" s="8">
         <v>40486576</v>
       </c>
       <c r="G22" s="8">
         <v>39802209</v>
       </c>
       <c r="H22" s="8">
         <v>38852049</v>
       </c>
       <c r="I22" s="8">
         <v>39157699</v>
       </c>
       <c r="J22" s="8">
         <v>38749825</v>
       </c>
       <c r="K22" s="8">
         <v>41433300</v>
       </c>
       <c r="L22" s="8">
         <v>43306487</v>
       </c>
       <c r="M22" s="8">
         <v>44965743</v>
       </c>
       <c r="N22" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B23" s="8">
         <v>6924202</v>
       </c>
       <c r="C23" s="8">
         <v>6535105</v>
       </c>
       <c r="D23" s="8">
         <v>6504448</v>
       </c>
       <c r="E23" s="8">
         <v>9600277</v>
       </c>
       <c r="F23" s="8">
         <v>6933202</v>
       </c>
       <c r="G23" s="8">
         <v>6362535</v>
       </c>
       <c r="H23" s="8">
         <v>6777738</v>
       </c>
       <c r="I23" s="8">
         <v>6675456</v>
       </c>
       <c r="J23" s="8">
         <v>6669646</v>
       </c>
       <c r="K23" s="8">
         <v>5732195</v>
       </c>
       <c r="L23" s="8">
         <v>6359939</v>
       </c>
       <c r="M23" s="8">
         <v>10318568</v>
       </c>
       <c r="N23" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B24" s="8">
         <v>131319538</v>
       </c>
       <c r="C24" s="8">
         <v>129999567</v>
       </c>
       <c r="D24" s="8">
         <v>132616247</v>
       </c>
       <c r="E24" s="8">
         <v>138094140</v>
       </c>
       <c r="F24" s="8">
         <v>136448513</v>
       </c>
       <c r="G24" s="8">
         <v>143732780</v>
       </c>
       <c r="H24" s="8">
         <v>127179025</v>
       </c>
       <c r="I24" s="8">
         <v>109505850</v>
       </c>
       <c r="J24" s="8">
         <v>105818890</v>
       </c>
       <c r="K24" s="8">
         <v>119312556</v>
       </c>
       <c r="L24" s="8">
         <v>126801740</v>
       </c>
       <c r="M24" s="8">
         <v>102187905</v>
       </c>
       <c r="N24" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B25" s="8">
-        <v>8691994934</v>
+        <v>8680277901</v>
       </c>
       <c r="C25" s="8">
-        <v>7757393496</v>
+        <v>7753832811</v>
       </c>
       <c r="D25" s="8">
-        <v>8432367711</v>
+        <v>8418738097</v>
       </c>
       <c r="E25" s="8">
-        <v>7739769397</v>
+        <v>7555499177</v>
       </c>
       <c r="F25" s="8">
-        <v>8731725131</v>
+        <v>8729201196</v>
       </c>
       <c r="G25" s="8">
-        <v>8150205544</v>
+        <v>8135150788</v>
       </c>
       <c r="H25" s="8">
-        <v>7770839510</v>
+        <v>7757089571</v>
       </c>
       <c r="I25" s="8">
-        <v>7962200881</v>
+        <v>7949302473</v>
       </c>
       <c r="J25" s="8">
-        <v>7558867331</v>
+        <v>7545533309</v>
       </c>
       <c r="K25" s="8">
-        <v>7784327486</v>
+        <v>7771557940</v>
       </c>
       <c r="L25" s="8">
-        <v>7875059355</v>
+        <v>7873836557</v>
       </c>
       <c r="M25" s="8">
-        <v>7663423026</v>
+        <v>7651585861</v>
       </c>
       <c r="N25" s="8">
-        <v>96118173802</v>
+        <v>95821605682</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B26" s="8">
         <v>8349706558</v>
       </c>
       <c r="C26" s="8">
         <v>7446838350</v>
       </c>
       <c r="D26" s="8">
         <v>8069920443</v>
       </c>
       <c r="E26" s="8">
         <v>7372833280</v>
       </c>
       <c r="F26" s="8">
         <v>8323504157</v>
       </c>
       <c r="G26" s="8">
         <v>7750651957</v>
       </c>
       <c r="H26" s="8">
         <v>7539512910</v>
       </c>
       <c r="I26" s="8">
         <v>7566052672</v>
       </c>
       <c r="J26" s="8">
         <v>7170120439</v>
       </c>
       <c r="K26" s="8">
         <v>7479942411</v>
       </c>
       <c r="L26" s="8">
         <v>7582151182</v>
       </c>
       <c r="M26" s="8">
         <v>7326763632</v>
       </c>
       <c r="N26" s="8">
         <v>91977997989</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B27" s="8">
         <v>15751439</v>
       </c>
       <c r="C27" s="8">
         <v>15693680</v>
       </c>
       <c r="D27" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E27" s="8">
         <v>11875125</v>
       </c>
       <c r="F27" s="8">
         <v>15596680</v>
       </c>
       <c r="G27" s="8">
         <v>7921497</v>
       </c>
       <c r="H27" s="8">
         <v>5370793</v>
       </c>
       <c r="I27" s="8">
         <v>8485806</v>
       </c>
       <c r="J27" s="8">
         <v>9009142</v>
       </c>
       <c r="K27" s="8">
         <v>13444214</v>
       </c>
       <c r="L27" s="8">
         <v>13301207</v>
       </c>
       <c r="M27" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N27" s="8">
         <v>142941958</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B28" s="8">
-        <v>321507766</v>
+        <v>309790733</v>
       </c>
       <c r="C28" s="8">
-        <v>288480248</v>
+        <v>284919563</v>
       </c>
       <c r="D28" s="8">
-        <v>300848943</v>
+        <v>287219329</v>
       </c>
       <c r="E28" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="F28" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="G28" s="8">
-        <v>291567351</v>
+        <v>276512595</v>
       </c>
       <c r="H28" s="8">
-        <v>119314927</v>
+        <v>105564988</v>
       </c>
       <c r="I28" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="J28" s="8">
-        <v>296069280</v>
+        <v>282735258</v>
       </c>
       <c r="K28" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L28" s="8">
-        <v>218016989</v>
+        <v>216794191</v>
       </c>
       <c r="M28" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N28" s="8">
-        <v>3198218078</v>
+        <v>2901649958</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B29" s="8">
         <v>5029172</v>
       </c>
       <c r="C29" s="8">
         <v>6381218</v>
       </c>
       <c r="D29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="F29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="G29" s="8">
         <v>100064739</v>
       </c>
       <c r="H29" s="8">
         <v>106640880</v>
       </c>
       <c r="I29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="J29" s="8">
         <v>83668470</v>
       </c>
       <c r="K29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L29" s="8">
         <v>61589977</v>
       </c>
       <c r="M29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N29" s="8">
         <v>799015777</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B30" s="8">
         <v>29394301</v>
       </c>
       <c r="C30" s="8">
         <v>30431877</v>
       </c>
       <c r="D30" s="8">
         <v>32773955</v>
       </c>
       <c r="E30" s="8">
         <v>28938388</v>
       </c>
       <c r="F30" s="8">
         <v>34081255</v>
       </c>
       <c r="G30" s="8">
         <v>32518209</v>
       </c>
       <c r="H30" s="8">
         <v>30970717</v>
       </c>
       <c r="I30" s="8">
         <v>32665424</v>
       </c>
       <c r="J30" s="8">
         <v>30800075</v>
       </c>
       <c r="K30" s="8">
         <v>26910353</v>
       </c>
       <c r="L30" s="8">
         <v>30926493</v>
       </c>
       <c r="M30" s="8">
         <v>25491831</v>
       </c>
       <c r="N30" s="8">
         <v>365902879</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B31" s="8">
         <v>6442025</v>
       </c>
       <c r="C31" s="8">
         <v>6326418</v>
       </c>
       <c r="D31" s="8">
         <v>7006393</v>
       </c>
       <c r="E31" s="8">
         <v>5875241</v>
       </c>
       <c r="F31" s="8">
         <v>7200213</v>
       </c>
       <c r="G31" s="8">
         <v>7142772</v>
       </c>
       <c r="H31" s="8">
         <v>5866704</v>
       </c>
       <c r="I31" s="8">
         <v>6284199</v>
       </c>
       <c r="J31" s="8">
         <v>6352034</v>
       </c>
       <c r="K31" s="8">
         <v>7053181</v>
       </c>
       <c r="L31" s="8">
         <v>6408076</v>
       </c>
       <c r="M31" s="8">
         <v>5458425</v>
       </c>
       <c r="N31" s="8">
         <v>77415682</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B32" s="8">
         <v>1870144</v>
       </c>
       <c r="C32" s="8">
         <v>1485065</v>
       </c>
       <c r="D32" s="8">
         <v>1807238</v>
       </c>
       <c r="E32" s="8">
         <v>1192016</v>
       </c>
       <c r="F32" s="8">
         <v>1486794</v>
       </c>
       <c r="G32" s="8">
         <v>1352972</v>
       </c>
       <c r="H32" s="8">
         <v>1464424</v>
       </c>
       <c r="I32" s="8">
         <v>1889337</v>
       </c>
       <c r="J32" s="8">
         <v>1861119</v>
       </c>
       <c r="K32" s="8">
         <v>1933390</v>
       </c>
       <c r="L32" s="8">
         <v>1564513</v>
       </c>
       <c r="M32" s="8">
         <v>1328678</v>
       </c>
       <c r="N32" s="8">
         <v>19235690</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B33" s="8">
         <v>3596120</v>
       </c>
       <c r="C33" s="8">
         <v>4462184</v>
       </c>
       <c r="D33" s="8">
         <v>4149595</v>
       </c>
       <c r="E33" s="8">
         <v>4168490</v>
       </c>
       <c r="F33" s="8">
         <v>4747639</v>
       </c>
       <c r="G33" s="8">
         <v>4415866</v>
       </c>
       <c r="H33" s="8">
         <v>3344582</v>
       </c>
       <c r="I33" s="8">
         <v>3540904</v>
       </c>
       <c r="J33" s="8">
         <v>3813145</v>
       </c>
       <c r="K33" s="8">
         <v>2602220</v>
       </c>
       <c r="L33" s="8">
         <v>3084718</v>
       </c>
       <c r="M33" s="8">
         <v>2890353</v>
       </c>
       <c r="N33" s="8">
         <v>44815816</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B34" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="C34" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D34" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E34" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="F34" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="G34" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="H34" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="I34" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="J34" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="K34" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L34" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M34" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N34" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B35" s="8">
         <v>1136550</v>
       </c>
       <c r="C35" s="8">
         <v>1095393</v>
       </c>
       <c r="D35" s="8">
         <v>1178134</v>
       </c>
       <c r="E35" s="8">
         <v>1171304</v>
       </c>
       <c r="F35" s="8">
         <v>1606910</v>
       </c>
       <c r="G35" s="8">
         <v>963070</v>
       </c>
       <c r="H35" s="8">
         <v>1090395</v>
       </c>
       <c r="I35" s="8">
         <v>1300831</v>
       </c>
       <c r="J35" s="8">
         <v>1342695</v>
       </c>
       <c r="K35" s="8">
         <v>1141677</v>
       </c>
       <c r="L35" s="8">
         <v>1307699</v>
       </c>
       <c r="M35" s="8">
         <v>1022547</v>
       </c>
       <c r="N35" s="8">
         <v>14357205</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B36" s="8">
         <v>9620611</v>
       </c>
       <c r="C36" s="8">
         <v>10275078</v>
       </c>
       <c r="D36" s="8">
         <v>10875773</v>
       </c>
       <c r="E36" s="8">
         <v>9517373</v>
       </c>
       <c r="F36" s="8">
         <v>11013480</v>
       </c>
       <c r="G36" s="8">
         <v>9931550</v>
       </c>
       <c r="H36" s="8">
         <v>10110604</v>
       </c>
       <c r="I36" s="8">
         <v>11499574</v>
       </c>
       <c r="J36" s="8">
         <v>11457942</v>
       </c>
       <c r="K36" s="8">
         <v>8805341</v>
       </c>
       <c r="L36" s="8">
         <v>11649123</v>
       </c>
       <c r="M36" s="8">
         <v>8865744</v>
       </c>
       <c r="N36" s="8">
         <v>123622195</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B37" s="8">
         <v>4786551</v>
       </c>
       <c r="C37" s="8">
         <v>4603207</v>
       </c>
       <c r="D37" s="8">
         <v>4852377</v>
       </c>
       <c r="E37" s="8">
         <v>4721471</v>
       </c>
       <c r="F37" s="8">
         <v>4545789</v>
       </c>
       <c r="G37" s="8">
         <v>5393644</v>
       </c>
       <c r="H37" s="8">
         <v>6147364</v>
       </c>
       <c r="I37" s="8">
         <v>5279958</v>
       </c>
       <c r="J37" s="8">
         <v>4385637</v>
       </c>
       <c r="K37" s="8">
         <v>4216491</v>
       </c>
       <c r="L37" s="8">
         <v>4788819</v>
       </c>
       <c r="M37" s="8">
         <v>4080321</v>
       </c>
       <c r="N37" s="8">
         <v>57801630</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B38" s="8">
         <v>552511</v>
       </c>
       <c r="C38" s="8">
         <v>405657</v>
       </c>
       <c r="D38" s="8">
         <v>589391</v>
       </c>
       <c r="E38" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="F38" s="8">
         <v>1281252</v>
       </c>
       <c r="G38" s="8">
         <v>1399767</v>
       </c>
       <c r="H38" s="8">
         <v>1074642</v>
       </c>
       <c r="I38" s="8">
         <v>1085053</v>
       </c>
       <c r="J38" s="8">
         <v>623436</v>
       </c>
       <c r="K38" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L38" s="8">
         <v>761218</v>
       </c>
       <c r="M38" s="8">
         <v>315814</v>
       </c>
       <c r="N38" s="8">
         <v>8775763</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B39" s="8">
         <v>1262750</v>
       </c>
       <c r="C39" s="8">
         <v>1593498</v>
       </c>
       <c r="D39" s="8">
         <v>2059926</v>
       </c>
       <c r="E39" s="8">
         <v>1480164</v>
       </c>
       <c r="F39" s="8">
         <v>1708504</v>
       </c>
       <c r="G39" s="8">
         <v>1470340</v>
       </c>
       <c r="H39" s="8">
         <v>1424875</v>
       </c>
       <c r="I39" s="8">
         <v>1414161</v>
       </c>
       <c r="J39" s="8">
         <v>687538</v>
       </c>
       <c r="K39" s="8">
         <v>749787</v>
       </c>
       <c r="L39" s="8">
         <v>936086</v>
       </c>
       <c r="M39" s="8">
         <v>1271031</v>
       </c>
       <c r="N39" s="8">
         <v>16058661</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B40" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="C40" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D40" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E40" s="8">
         <v>214216</v>
       </c>
       <c r="F40" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="G40" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="H40" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="I40" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="J40" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="K40" s="8">
         <v>215108</v>
       </c>
       <c r="L40" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M40" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N40" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B41" s="8">
         <v>13592</v>
       </c>
       <c r="C41" s="8">
         <v>28469</v>
       </c>
       <c r="D41" s="8">
         <v>80148</v>
       </c>
       <c r="E41" s="8">
         <v>45244</v>
       </c>
       <c r="F41" s="8">
         <v>46820</v>
       </c>
       <c r="G41" s="8">
         <v>69034</v>
       </c>
       <c r="H41" s="8">
         <v>59508</v>
       </c>
       <c r="I41" s="8">
         <v>51470</v>
       </c>
       <c r="J41" s="8">
         <v>57727</v>
       </c>
       <c r="K41" s="8">
         <v>78728</v>
       </c>
       <c r="L41" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M41" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N41" s="8">
         <v>685155</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B42" s="8">
         <v>2561019</v>
       </c>
       <c r="C42" s="8">
         <v>2309470</v>
       </c>
       <c r="D42" s="8">
         <v>2518840</v>
       </c>
       <c r="E42" s="8">
         <v>1998530</v>
       </c>
       <c r="F42" s="8">
         <v>2737558</v>
       </c>
       <c r="G42" s="8">
         <v>2846246</v>
       </c>
       <c r="H42" s="8">
         <v>2356806</v>
       </c>
       <c r="I42" s="8">
         <v>3176637</v>
       </c>
       <c r="J42" s="8">
         <v>2774197</v>
       </c>
       <c r="K42" s="8">
         <v>8196422</v>
       </c>
       <c r="L42" s="8">
         <v>2542404</v>
       </c>
       <c r="M42" s="8">
         <v>1490567</v>
       </c>
       <c r="N42" s="8">
         <v>35508697</v>
       </c>
     </row>
     <row r="43" ht="15" customHeight="1">
       <c r="A43" s="7" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B43" s="8">
         <v>2219407</v>
       </c>
       <c r="C43" s="8">
         <v>2039131</v>
       </c>
       <c r="D43" s="8">
         <v>2073649</v>
       </c>
       <c r="E43" s="8">
         <v>1763308</v>
       </c>
       <c r="F43" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="G43" s="8">
         <v>2454261</v>
       </c>
       <c r="H43" s="8">
         <v>2005671</v>
       </c>
       <c r="I43" s="8">
         <v>2524667</v>
       </c>
       <c r="J43" s="8">
         <v>2445979</v>
       </c>
       <c r="K43" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L43" s="8">
         <v>2023215</v>
       </c>
       <c r="M43" s="8">
         <v>1038807</v>
       </c>
       <c r="N43" s="8">
         <v>26439765</v>
       </c>
     </row>
     <row r="44" ht="15" customHeight="1">
       <c r="A44" s="7" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B44" s="8">
         <v>341612</v>
       </c>
       <c r="C44" s="8">
         <v>270339</v>
       </c>
       <c r="D44" s="8">
         <v>445191</v>
       </c>
       <c r="E44" s="8">
         <v>235222</v>
       </c>
       <c r="F44" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="G44" s="8">
         <v>391985</v>
       </c>
       <c r="H44" s="8">
         <v>351135</v>
       </c>
       <c r="I44" s="8">
         <v>651970</v>
       </c>
       <c r="J44" s="8">
         <v>328218</v>
       </c>
       <c r="K44" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L44" s="8">
         <v>519189</v>
       </c>
       <c r="M44" s="8">
         <v>451760</v>
       </c>
       <c r="N44" s="8">
         <v>9068932</v>
       </c>
     </row>
     <row r="45" ht="15" customHeight="1">
       <c r="A45" s="7" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B45" s="8">
         <v>25445968</v>
       </c>
       <c r="C45" s="8">
         <v>27171774</v>
       </c>
       <c r="D45" s="8">
         <v>29971610</v>
       </c>
       <c r="E45" s="8">
         <v>25863018</v>
       </c>
       <c r="F45" s="8">
         <v>29649958</v>
       </c>
       <c r="G45" s="8">
         <v>28202882</v>
       </c>
       <c r="H45" s="8">
         <v>27267997</v>
       </c>
       <c r="I45" s="8">
         <v>29602306</v>
       </c>
       <c r="J45" s="8">
         <v>28502627</v>
       </c>
       <c r="K45" s="8">
         <v>30503075</v>
       </c>
       <c r="L45" s="8">
         <v>28892422</v>
       </c>
       <c r="M45" s="8">
         <v>23205291</v>
       </c>
       <c r="N45" s="8">
         <v>334278930</v>
       </c>
     </row>
     <row r="46" ht="15" customHeight="1">
       <c r="A46" s="7" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B46" s="8">
         <v>7557703</v>
       </c>
       <c r="C46" s="8">
         <v>8346622</v>
       </c>
       <c r="D46" s="8">
         <v>9935133</v>
       </c>
       <c r="E46" s="8">
         <v>8496481</v>
       </c>
       <c r="F46" s="8">
         <v>9472168</v>
       </c>
       <c r="G46" s="8">
         <v>8729172</v>
       </c>
       <c r="H46" s="8">
         <v>9584263</v>
       </c>
       <c r="I46" s="8">
         <v>9736833</v>
       </c>
       <c r="J46" s="8">
         <v>9516638</v>
       </c>
       <c r="K46" s="8">
         <v>10318767</v>
       </c>
       <c r="L46" s="8">
         <v>10505288</v>
       </c>
       <c r="M46" s="8">
         <v>7739414</v>
       </c>
       <c r="N46" s="8">
         <v>109938482</v>
       </c>
     </row>
     <row r="47" ht="15" customHeight="1">
       <c r="A47" s="7" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B47" s="8">
         <v>1969695</v>
       </c>
       <c r="C47" s="8">
         <v>1915694</v>
       </c>
       <c r="D47" s="8">
         <v>1928741</v>
       </c>
       <c r="E47" s="8">
         <v>1856464</v>
       </c>
       <c r="F47" s="8">
         <v>1845812</v>
       </c>
       <c r="G47" s="8">
         <v>1855318</v>
       </c>
       <c r="H47" s="8">
         <v>1914602</v>
       </c>
       <c r="I47" s="8">
         <v>2076830</v>
       </c>
       <c r="J47" s="8">
         <v>2018817</v>
       </c>
       <c r="K47" s="8">
         <v>2354911</v>
       </c>
       <c r="L47" s="8">
         <v>2223855</v>
       </c>
       <c r="M47" s="8">
         <v>1533861</v>
       </c>
       <c r="N47" s="8">
         <v>23494601</v>
       </c>
     </row>
     <row r="48" ht="15" customHeight="1">
       <c r="A48" s="7" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B48" s="8">
         <v>6063353</v>
       </c>
       <c r="C48" s="8">
         <v>6104890</v>
       </c>
       <c r="D48" s="8">
         <v>6795236</v>
       </c>
       <c r="E48" s="8">
         <v>5889122</v>
       </c>
       <c r="F48" s="8">
         <v>7496560</v>
       </c>
       <c r="G48" s="8">
         <v>6724185</v>
       </c>
       <c r="H48" s="8">
         <v>6319164</v>
       </c>
       <c r="I48" s="8">
         <v>6590083</v>
       </c>
       <c r="J48" s="8">
         <v>6101113</v>
       </c>
       <c r="K48" s="8">
         <v>7542451</v>
       </c>
       <c r="L48" s="8">
         <v>5665812</v>
       </c>
       <c r="M48" s="8">
         <v>4460267</v>
       </c>
       <c r="N48" s="8">
         <v>75752237</v>
       </c>
     </row>
     <row r="49" ht="15" customHeight="1">
       <c r="A49" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B49" s="8">
         <v>1973399</v>
       </c>
       <c r="C49" s="8">
         <v>1538653</v>
       </c>
       <c r="D49" s="8">
         <v>1582809</v>
       </c>
       <c r="E49" s="8">
         <v>953836</v>
       </c>
       <c r="F49" s="8">
         <v>977955</v>
       </c>
       <c r="G49" s="8">
         <v>1106155</v>
       </c>
       <c r="H49" s="8">
         <v>1277352</v>
       </c>
       <c r="I49" s="8">
         <v>1789527</v>
       </c>
       <c r="J49" s="8">
         <v>1412127</v>
       </c>
       <c r="K49" s="8">
         <v>1688112</v>
       </c>
       <c r="L49" s="8">
         <v>1770114</v>
       </c>
       <c r="M49" s="8">
         <v>1394007</v>
       </c>
       <c r="N49" s="8">
         <v>17464047</v>
       </c>
     </row>
     <row r="50" ht="15" customHeight="1">
       <c r="A50" s="7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B50" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="C50" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D50" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E50" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="F50" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="G50" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="H50" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="I50" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="J50" s="8">
         <v>33455</v>
       </c>
       <c r="K50" s="8">
         <v>182072</v>
       </c>
       <c r="L50" s="8">
         <v>252654</v>
       </c>
       <c r="M50" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N50" s="8">
         <v>1175602</v>
       </c>
     </row>
     <row r="51" ht="15" customHeight="1">
       <c r="A51" s="7" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B51" s="8">
         <v>2997832</v>
       </c>
       <c r="C51" s="8">
         <v>3949229</v>
       </c>
       <c r="D51" s="8">
         <v>3908514</v>
       </c>
       <c r="E51" s="8">
         <v>3474748</v>
       </c>
       <c r="F51" s="8">
         <v>4013647</v>
       </c>
       <c r="G51" s="8">
         <v>4096805</v>
       </c>
       <c r="H51" s="8">
         <v>2959462</v>
       </c>
       <c r="I51" s="8">
         <v>3718888</v>
       </c>
       <c r="J51" s="8">
         <v>4077500</v>
       </c>
       <c r="K51" s="8">
         <v>3396866</v>
       </c>
       <c r="L51" s="8">
         <v>2820130</v>
       </c>
       <c r="M51" s="8">
         <v>3053491</v>
       </c>
       <c r="N51" s="8">
         <v>42467113</v>
       </c>
     </row>
     <row r="52" ht="15" customHeight="1">
       <c r="A52" s="7" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B52" s="8">
         <v>914768</v>
       </c>
       <c r="C52" s="8">
         <v>1041925</v>
       </c>
       <c r="D52" s="8">
         <v>1264351</v>
       </c>
       <c r="E52" s="8">
         <v>1149081</v>
       </c>
       <c r="F52" s="8">
         <v>1267397</v>
       </c>
       <c r="G52" s="8">
         <v>1144634</v>
       </c>
       <c r="H52" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="I52" s="8">
         <v>1096547</v>
       </c>
       <c r="J52" s="8">
         <v>1155755</v>
       </c>
       <c r="K52" s="8">
         <v>1270102</v>
       </c>
       <c r="L52" s="8">
         <v>1213026</v>
       </c>
       <c r="M52" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N52" s="8">
         <v>13616155</v>
       </c>
     </row>
     <row r="53" ht="15" customHeight="1">
       <c r="A53" s="7" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B53" s="8">
         <v>2139227</v>
       </c>
       <c r="C53" s="8">
         <v>2123492</v>
       </c>
       <c r="D53" s="8">
         <v>2009913</v>
       </c>
       <c r="E53" s="8">
         <v>1772710</v>
       </c>
       <c r="F53" s="8">
         <v>2195405</v>
       </c>
       <c r="G53" s="8">
         <v>1820149</v>
       </c>
       <c r="H53" s="8">
         <v>1655806</v>
       </c>
       <c r="I53" s="8">
         <v>2295573</v>
       </c>
       <c r="J53" s="8">
         <v>2563491</v>
       </c>
       <c r="K53" s="8">
         <v>2357194</v>
       </c>
       <c r="L53" s="8">
         <v>2579130</v>
       </c>
       <c r="M53" s="8">
         <v>2243057</v>
       </c>
       <c r="N53" s="8">
         <v>25755148</v>
       </c>
     </row>
     <row r="54" ht="15" customHeight="1">
       <c r="A54" s="7" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B54" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="C54" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D54" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E54" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="F54" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="G54" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="H54" s="8">
         <v>1265771</v>
       </c>
       <c r="I54" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="J54" s="8">
         <v>527582</v>
       </c>
       <c r="K54" s="8">
         <v>596508</v>
       </c>
       <c r="L54" s="8">
         <v>715802</v>
       </c>
       <c r="M54" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N54" s="8">
         <v>9112408</v>
       </c>
     </row>
     <row r="55" ht="15" customHeight="1">
       <c r="A55" s="7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B55" s="8">
         <v>964315</v>
       </c>
       <c r="C55" s="8">
         <v>1260485</v>
       </c>
       <c r="D55" s="8">
         <v>1574380</v>
       </c>
       <c r="E55" s="8">
         <v>1543044</v>
       </c>
       <c r="F55" s="8">
         <v>1726218</v>
       </c>
       <c r="G55" s="8">
         <v>1531493</v>
       </c>
       <c r="H55" s="8">
         <v>1331445</v>
       </c>
       <c r="I55" s="8">
         <v>1510091</v>
       </c>
       <c r="J55" s="8">
         <v>1096149</v>
       </c>
       <c r="K55" s="8">
         <v>796091</v>
       </c>
       <c r="L55" s="8">
         <v>1146611</v>
       </c>
       <c r="M55" s="8">
         <v>1022817</v>
       </c>
       <c r="N55" s="8">
         <v>15503138</v>
       </c>
     </row>
     <row r="56" ht="15" customHeight="1">
       <c r="A56" s="7" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B56" s="8">
         <v>859162</v>
       </c>
       <c r="C56" s="8">
         <v>910180</v>
       </c>
       <c r="D56" s="8">
         <v>999045</v>
       </c>
       <c r="E56" s="8">
         <v>945673</v>
       </c>
       <c r="F56" s="8">
         <v>1058547</v>
       </c>
       <c r="G56" s="8">
         <v>923042</v>
       </c>
       <c r="H56" s="8">
         <v>888075</v>
       </c>
       <c r="I56" s="8">
         <v>1019983</v>
       </c>
       <c r="J56" s="8">
         <v>910945</v>
       </c>
       <c r="K56" s="8">
         <v>1017213</v>
       </c>
       <c r="L56" s="8">
         <v>981764</v>
       </c>
       <c r="M56" s="8">
         <v>820654</v>
       </c>
       <c r="N56" s="8">
         <v>11334284</v>
       </c>
     </row>
     <row r="57" ht="15" customHeight="1">
       <c r="A57" s="7" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B57" s="8">
         <v>281522</v>
       </c>
       <c r="C57" s="8">
         <v>292048</v>
       </c>
       <c r="D57" s="8">
         <v>308234</v>
       </c>
       <c r="E57" s="8">
         <v>276726</v>
       </c>
       <c r="F57" s="8">
         <v>335863</v>
       </c>
       <c r="G57" s="8">
         <v>248982</v>
       </c>
       <c r="H57" s="8">
         <v>287656</v>
       </c>
       <c r="I57" s="8">
         <v>299978</v>
       </c>
       <c r="J57" s="8">
         <v>290462</v>
       </c>
       <c r="K57" s="8">
         <v>314756</v>
       </c>
       <c r="L57" s="8">
         <v>310917</v>
       </c>
       <c r="M57" s="8">
         <v>243910</v>
       </c>
       <c r="N57" s="8">
         <v>3491054</v>
       </c>
     </row>
     <row r="58" ht="15" customHeight="1">
       <c r="A58" s="7" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B58" s="8">
         <v>577640</v>
       </c>
       <c r="C58" s="8">
         <v>618131</v>
       </c>
       <c r="D58" s="8">
         <v>690812</v>
       </c>
       <c r="E58" s="8">
         <v>668947</v>
       </c>
       <c r="F58" s="8">
         <v>722684</v>
       </c>
       <c r="G58" s="8">
         <v>674061</v>
       </c>
       <c r="H58" s="8">
         <v>600419</v>
       </c>
       <c r="I58" s="8">
         <v>720005</v>
       </c>
       <c r="J58" s="8">
         <v>620483</v>
       </c>
       <c r="K58" s="8">
         <v>702456</v>
       </c>
       <c r="L58" s="8">
         <v>670847</v>
       </c>
       <c r="M58" s="8">
         <v>576744</v>
       </c>
       <c r="N58" s="8">
         <v>7843230</v>
       </c>
     </row>
     <row r="59" ht="15" customHeight="1">
       <c r="A59" s="7" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B59" s="8">
         <v>6931695</v>
       </c>
       <c r="C59" s="8">
         <v>7881464</v>
       </c>
       <c r="D59" s="8">
         <v>7600845</v>
       </c>
       <c r="E59" s="8">
         <v>6922932</v>
       </c>
       <c r="F59" s="8">
         <v>8076434</v>
       </c>
       <c r="G59" s="8">
         <v>7306871</v>
       </c>
       <c r="H59" s="8">
         <v>6593825</v>
       </c>
       <c r="I59" s="8">
         <v>6985373</v>
       </c>
       <c r="J59" s="8">
         <v>6216839</v>
       </c>
       <c r="K59" s="8">
         <v>6053055</v>
       </c>
       <c r="L59" s="8">
         <v>6266755</v>
       </c>
       <c r="M59" s="8">
         <v>5580355</v>
       </c>
       <c r="N59" s="8">
         <v>82416443</v>
       </c>
     </row>
     <row r="60" ht="15" customHeight="1">
       <c r="A60" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B60" s="8">
         <v>1962037</v>
       </c>
       <c r="C60" s="8">
         <v>1904477</v>
       </c>
       <c r="D60" s="8">
         <v>1823958</v>
       </c>
       <c r="E60" s="8">
         <v>1633943</v>
       </c>
       <c r="F60" s="8">
         <v>1385222</v>
       </c>
       <c r="G60" s="8">
         <v>1843925</v>
       </c>
       <c r="H60" s="8">
         <v>1794956</v>
       </c>
       <c r="I60" s="8">
         <v>1968548</v>
       </c>
       <c r="J60" s="8">
         <v>1912982</v>
       </c>
       <c r="K60" s="8">
         <v>1971234</v>
       </c>
       <c r="L60" s="8">
         <v>1989991</v>
       </c>
       <c r="M60" s="8">
         <v>1690296</v>
       </c>
       <c r="N60" s="8">
         <v>21881569</v>
       </c>
     </row>
     <row r="61" ht="15" customHeight="1">
       <c r="A61" s="7" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="B61" s="8">
         <v>2645403</v>
       </c>
       <c r="C61" s="8">
         <v>3311359</v>
       </c>
       <c r="D61" s="8">
         <v>3019687</v>
       </c>
       <c r="E61" s="8">
         <v>2707767</v>
       </c>
       <c r="F61" s="8">
         <v>3287047</v>
       </c>
       <c r="G61" s="8">
         <v>2897985</v>
       </c>
       <c r="H61" s="8">
         <v>2360992</v>
       </c>
       <c r="I61" s="8">
         <v>2288593</v>
       </c>
       <c r="J61" s="8">
         <v>2377597</v>
       </c>
       <c r="K61" s="8">
         <v>1951163</v>
       </c>
       <c r="L61" s="8">
         <v>1976866</v>
       </c>
       <c r="M61" s="8">
         <v>1891809</v>
       </c>
       <c r="N61" s="8">
         <v>30716269</v>
       </c>
     </row>
     <row r="62" ht="15" customHeight="1">
       <c r="A62" s="7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B62" s="8">
         <v>957708</v>
       </c>
       <c r="C62" s="8">
         <v>1143977</v>
       </c>
       <c r="D62" s="8">
         <v>1369956</v>
       </c>
       <c r="E62" s="8">
         <v>1244792</v>
       </c>
       <c r="F62" s="8">
         <v>1412636</v>
       </c>
       <c r="G62" s="8">
         <v>1163362</v>
       </c>
       <c r="H62" s="8">
         <v>1087911</v>
       </c>
       <c r="I62" s="8">
         <v>1036135</v>
       </c>
       <c r="J62" s="8">
         <v>525467</v>
       </c>
       <c r="K62" s="8">
         <v>669057</v>
       </c>
       <c r="L62" s="8">
         <v>671084</v>
       </c>
       <c r="M62" s="8">
         <v>705255</v>
       </c>
       <c r="N62" s="8">
         <v>11987342</v>
       </c>
     </row>
     <row r="63" ht="15" customHeight="1">
       <c r="A63" s="7" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="B63" s="8">
         <v>1366547</v>
       </c>
       <c r="C63" s="8">
         <v>1521651</v>
       </c>
       <c r="D63" s="8">
         <v>1387244</v>
       </c>
       <c r="E63" s="8">
         <v>1336431</v>
       </c>
       <c r="F63" s="8">
         <v>1991529</v>
       </c>
       <c r="G63" s="8">
         <v>1401599</v>
       </c>
       <c r="H63" s="8">
         <v>1349965</v>
       </c>
       <c r="I63" s="8">
         <v>1692096</v>
       </c>
       <c r="J63" s="8">
         <v>1400792</v>
       </c>
       <c r="K63" s="8">
         <v>1461600</v>
       </c>
       <c r="L63" s="8">
         <v>1628815</v>
       </c>
       <c r="M63" s="8">
         <v>1292995</v>
       </c>
       <c r="N63" s="8">
         <v>17831264</v>
       </c>
     </row>
     <row r="64" ht="15" customHeight="1">
       <c r="A64" s="7" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="E64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="H64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="I64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="J64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="K64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="L64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="M64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="N64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="65" ht="15" customHeight="1">
       <c r="A65" s="7" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B65" s="8">
         <v>471379104</v>
       </c>
       <c r="C65" s="8">
         <v>474064343</v>
       </c>
       <c r="D65" s="8">
         <v>490188621</v>
       </c>
       <c r="E65" s="8">
         <v>450456819</v>
       </c>
       <c r="F65" s="8">
         <v>490154614</v>
       </c>
       <c r="G65" s="8">
         <v>473756905</v>
       </c>
       <c r="H65" s="8">
         <v>443513116</v>
       </c>
       <c r="I65" s="8">
         <v>487864793</v>
       </c>
       <c r="J65" s="8">
         <v>438522681</v>
       </c>
       <c r="K65" s="8">
         <v>464550501</v>
       </c>
       <c r="L65" s="8">
         <v>489191068</v>
       </c>
       <c r="M65" s="8">
         <v>490097970</v>
       </c>
       <c r="N65" s="8">
         <v>5663740534</v>
       </c>
     </row>
     <row r="66" ht="15" customHeight="1">
       <c r="A66" s="7" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="B66" s="8">
         <v>135141209</v>
       </c>
       <c r="C66" s="8">
         <v>145692617</v>
       </c>
       <c r="D66" s="8">
         <v>158928874</v>
       </c>
       <c r="E66" s="8">
         <v>125857861</v>
       </c>
       <c r="F66" s="8">
         <v>136257263</v>
       </c>
       <c r="G66" s="8">
         <v>130087969</v>
       </c>
       <c r="H66" s="8">
         <v>121457610</v>
       </c>
       <c r="I66" s="8">
         <v>117187843</v>
       </c>
       <c r="J66" s="8">
         <v>103844016</v>
       </c>
       <c r="K66" s="8">
         <v>99936189</v>
       </c>
       <c r="L66" s="8">
         <v>104340238</v>
       </c>
       <c r="M66" s="8">
         <v>116084601</v>
       </c>
       <c r="N66" s="8">
         <v>1494816289</v>
       </c>
     </row>
     <row r="67" ht="15" customHeight="1">
       <c r="A67" s="7" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="B67" s="8">
         <v>390469214</v>
       </c>
       <c r="C67" s="8">
         <v>340798263</v>
       </c>
       <c r="D67" s="8">
         <v>391264797</v>
       </c>
       <c r="E67" s="8">
         <v>358241512</v>
       </c>
       <c r="F67" s="8">
         <v>379190476</v>
       </c>
       <c r="G67" s="8">
         <v>373623906</v>
       </c>
       <c r="H67" s="8">
         <v>372228953</v>
       </c>
       <c r="I67" s="8">
         <v>394475249</v>
       </c>
       <c r="J67" s="8">
         <v>365545557</v>
       </c>
       <c r="K67" s="8">
         <v>389542138</v>
       </c>
       <c r="L67" s="8">
         <v>373663284</v>
       </c>
       <c r="M67" s="8">
         <v>375969614</v>
       </c>
       <c r="N67" s="8">
         <v>4505012966</v>
       </c>
     </row>
     <row r="68" ht="15" customHeight="1">
       <c r="A68" s="7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="C68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="F68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="G68" s="8">
         <v>1913727</v>
       </c>
       <c r="H68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="I68" s="8">
         <v>1164346</v>
       </c>
       <c r="J68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="K68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L68" s="8">
         <v>794737</v>
       </c>
       <c r="M68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
     </row>
     <row r="69" ht="15" customHeight="1">
       <c r="A69" s="7" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B69" s="8">
         <v>98642924</v>
       </c>
       <c r="C69" s="8">
         <v>127524298</v>
       </c>
       <c r="D69" s="8">
         <v>122466896</v>
       </c>
       <c r="E69" s="8">
         <v>123101633</v>
       </c>
       <c r="F69" s="8">
         <v>121155476</v>
       </c>
       <c r="G69" s="8">
         <v>114170283</v>
       </c>
       <c r="H69" s="8">
         <v>109164681</v>
       </c>
       <c r="I69" s="8">
         <v>108018940</v>
       </c>
       <c r="J69" s="8">
         <v>94268256</v>
       </c>
       <c r="K69" s="8">
         <v>90747891</v>
       </c>
       <c r="L69" s="8">
         <v>88014676</v>
       </c>
       <c r="M69" s="8">
         <v>114568009</v>
       </c>
       <c r="N69" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="70" ht="15" customHeight="1">
       <c r="A70" s="7" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="B70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="E70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="H70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="I70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="J70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="K70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="L70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="M70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="N70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="71" ht="15" customHeight="1">
       <c r="A71" s="7" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B71" s="8">
         <v>24890274</v>
       </c>
       <c r="C71" s="8">
         <v>22329657</v>
       </c>
       <c r="D71" s="8">
         <v>22215655</v>
       </c>
       <c r="E71" s="8">
         <v>25505739</v>
       </c>
       <c r="F71" s="8">
         <v>24058634</v>
       </c>
       <c r="G71" s="8">
         <v>28094068</v>
       </c>
       <c r="H71" s="8">
         <v>22379866</v>
       </c>
       <c r="I71" s="8">
         <v>22319343</v>
       </c>
       <c r="J71" s="8">
         <v>23215415</v>
       </c>
       <c r="K71" s="8">
         <v>25279368</v>
       </c>
       <c r="L71" s="8">
         <v>20854144</v>
       </c>
       <c r="M71" s="8">
         <v>20125852</v>
       </c>
       <c r="N71" s="8">
         <v>281268017</v>
       </c>
     </row>
     <row r="72" ht="15" customHeight="1">
       <c r="A72" s="7" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="B72" s="8">
         <v>18432174</v>
       </c>
       <c r="C72" s="8">
         <v>15067476</v>
       </c>
       <c r="D72" s="8">
         <v>14668252</v>
       </c>
       <c r="E72" s="8">
         <v>18193623</v>
       </c>
       <c r="F72" s="8">
         <v>16187126</v>
       </c>
       <c r="G72" s="8">
         <v>21521118</v>
       </c>
       <c r="H72" s="8">
         <v>14911789</v>
       </c>
       <c r="I72" s="8">
         <v>16460196</v>
       </c>
       <c r="J72" s="8">
         <v>15807401</v>
       </c>
       <c r="K72" s="8">
         <v>18499105</v>
       </c>
       <c r="L72" s="8">
         <v>14802184</v>
       </c>
       <c r="M72" s="8">
         <v>13304446</v>
       </c>
       <c r="N72" s="8">
         <v>197854889</v>
       </c>
     </row>
     <row r="73" ht="15" customHeight="1">
       <c r="A73" s="7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B73" s="8">
         <v>7594540</v>
       </c>
       <c r="C73" s="8">
         <v>8101341</v>
       </c>
       <c r="D73" s="8">
         <v>8471895</v>
       </c>
       <c r="E73" s="8">
         <v>7975552</v>
       </c>
       <c r="F73" s="8">
         <v>8035279</v>
       </c>
       <c r="G73" s="8">
         <v>7043385</v>
       </c>
       <c r="H73" s="8">
         <v>8253784</v>
       </c>
       <c r="I73" s="8">
         <v>7697387</v>
       </c>
       <c r="J73" s="8">
         <v>7337233</v>
       </c>
       <c r="K73" s="8">
         <v>7740778</v>
       </c>
       <c r="L73" s="8">
         <v>6667817</v>
       </c>
       <c r="M73" s="8">
         <v>7231262</v>
       </c>
       <c r="N73" s="8">
         <v>92150252</v>
       </c>
     </row>
     <row r="74" ht="15" customHeight="1">
       <c r="A74" s="7" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B74" s="8">
         <v>2083415</v>
       </c>
       <c r="C74" s="8">
         <v>1493747</v>
       </c>
       <c r="D74" s="8">
         <v>2137394</v>
       </c>
       <c r="E74" s="8">
         <v>1422306</v>
       </c>
       <c r="F74" s="8">
         <v>1459126</v>
       </c>
       <c r="G74" s="8">
         <v>2215879</v>
       </c>
       <c r="H74" s="8">
         <v>2096742</v>
       </c>
       <c r="I74" s="8">
         <v>1476801</v>
       </c>
       <c r="J74" s="8">
         <v>2426475</v>
       </c>
       <c r="K74" s="8">
         <v>1654187</v>
       </c>
       <c r="L74" s="8">
         <v>1752405</v>
       </c>
       <c r="M74" s="8">
         <v>1855403</v>
       </c>
       <c r="N74" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="75" ht="12" customHeight="1"/>
     <row r="76" ht="14" customHeight="1">
       <c r="A76" s="10" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="B76" s="10"/>
       <c r="C76" s="10"/>
       <c r="D76" s="10"/>
       <c r="E76" s="10"/>
       <c r="F76" s="10"/>
       <c r="G76" s="10"/>
       <c r="H76" s="10"/>
       <c r="I76" s="10"/>
       <c r="J76" s="10"/>
       <c r="K76" s="10"/>
       <c r="L76" s="10"/>
       <c r="M76" s="10"/>
       <c r="N76" s="10"/>
     </row>
     <row r="77" ht="14" customHeight="1">
       <c r="A77" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B77" s="11"/>
       <c r="C77" s="11"/>
       <c r="D77" s="11"/>
       <c r="E77" s="11"/>
       <c r="F77" s="11"/>
       <c r="G77" s="11"/>
       <c r="H77" s="11"/>
       <c r="I77" s="11"/>
       <c r="J77" s="11"/>
       <c r="K77" s="11"/>
       <c r="L77" s="11"/>
       <c r="M77" s="11"/>
       <c r="N77" s="11"/>
     </row>
     <row r="78" ht="14" customHeight="1">
       <c r="A78" s="12" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="B78" s="12"/>
       <c r="C78" s="12"/>
       <c r="D78" s="12"/>
       <c r="E78" s="12"/>
       <c r="F78" s="12"/>
       <c r="G78" s="12"/>
       <c r="H78" s="12"/>
       <c r="I78" s="12"/>
       <c r="J78" s="12"/>
       <c r="K78" s="12"/>
       <c r="L78" s="12"/>
       <c r="M78" s="12"/>
       <c r="N78" s="12"/>
     </row>
     <row r="79" ht="43" customHeight="1">
       <c r="A79" s="12" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="B79" s="12"/>
       <c r="C79" s="12"/>
       <c r="D79" s="12"/>
       <c r="E79" s="12"/>
       <c r="F79" s="12"/>
       <c r="G79" s="12"/>
       <c r="H79" s="12"/>
       <c r="I79" s="12"/>
       <c r="J79" s="12"/>
       <c r="K79" s="12"/>
       <c r="L79" s="12"/>
       <c r="M79" s="12"/>
       <c r="N79" s="12"/>
     </row>
     <row r="80" ht="14" customHeight="1">
       <c r="A80" s="12" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B80" s="12"/>
       <c r="C80" s="12"/>
       <c r="D80" s="12"/>
       <c r="E80" s="12"/>
       <c r="F80" s="12"/>
       <c r="G80" s="12"/>
       <c r="H80" s="12"/>
       <c r="I80" s="12"/>
       <c r="J80" s="12"/>
       <c r="K80" s="12"/>
       <c r="L80" s="12"/>
       <c r="M80" s="12"/>
       <c r="N80" s="12"/>
     </row>
     <row r="81" ht="12" customHeight="1">
       <c r="A81" s="13" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="B81" s="13"/>
       <c r="C81" s="13"/>
       <c r="D81" s="13"/>
       <c r="E81" s="13"/>
       <c r="F81" s="13"/>
       <c r="G81" s="13"/>
       <c r="H81" s="13"/>
       <c r="I81" s="13"/>
       <c r="J81" s="13"/>
       <c r="K81" s="13"/>
       <c r="L81" s="13"/>
       <c r="M81" s="13"/>
       <c r="N81" s="13"/>
     </row>
     <row r="82" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A76:N76"/>
@@ -18899,3111 +19747,3111 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="B9" s="8">
-        <v>3290</v>
+        <v>3312</v>
       </c>
       <c r="C9" s="8">
-        <v>3288</v>
+        <v>3310</v>
       </c>
       <c r="D9" s="8">
+        <v>3360</v>
+      </c>
+      <c r="E9" s="8">
+        <v>3336</v>
+      </c>
+      <c r="F9" s="8">
+        <v>3323</v>
+      </c>
+      <c r="G9" s="8">
         <v>3338</v>
       </c>
-      <c r="E9" s="8">
-[...7 lines deleted...]
-      </c>
       <c r="H9" s="8">
-        <v>3290</v>
+        <v>3318</v>
       </c>
       <c r="I9" s="8">
-        <v>3285</v>
+        <v>3320</v>
       </c>
       <c r="J9" s="8">
-        <v>3301</v>
+        <v>3342</v>
       </c>
       <c r="K9" s="8">
-        <v>3279</v>
+        <v>3324</v>
       </c>
       <c r="L9" s="8">
-        <v>3264</v>
+        <v>3315</v>
       </c>
       <c r="M9" s="8">
-        <v>3285</v>
+        <v>3334</v>
       </c>
       <c r="N9" s="8">
-        <v>3668</v>
+        <v>3696</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="B10" s="8">
-        <v>1883942982</v>
+        <v>1883942975</v>
       </c>
       <c r="C10" s="8">
-        <v>1932331661</v>
+        <v>1932330753</v>
       </c>
       <c r="D10" s="8">
-        <v>2067704956</v>
+        <v>2067704555</v>
       </c>
       <c r="E10" s="8">
-        <v>1836465865</v>
+        <v>1836465318</v>
       </c>
       <c r="F10" s="8">
-        <v>1948365616</v>
+        <v>1948366243</v>
       </c>
       <c r="G10" s="8">
-        <v>1908857004</v>
+        <v>1908857815</v>
       </c>
       <c r="H10" s="8">
-        <v>2048504596</v>
+        <v>2048504908</v>
       </c>
       <c r="I10" s="8">
-        <v>1998851630</v>
+        <v>1998942963</v>
       </c>
       <c r="J10" s="8">
-        <v>1915614346</v>
+        <v>1915617508</v>
       </c>
       <c r="K10" s="8">
-        <v>1997976486</v>
+        <v>1997979463</v>
       </c>
       <c r="L10" s="8">
-        <v>2062778716</v>
+        <v>2062782943</v>
       </c>
       <c r="M10" s="8">
-        <v>2101900992</v>
+        <v>2101906540</v>
       </c>
       <c r="N10" s="8">
-        <v>23703294851</v>
+        <v>23703401985</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B11" s="8">
-        <v>25585883</v>
+        <v>25586144</v>
       </c>
       <c r="C11" s="8">
-        <v>26977046</v>
+        <v>26977408</v>
       </c>
       <c r="D11" s="8">
-        <v>26980236</v>
+        <v>26980984</v>
       </c>
       <c r="E11" s="8">
-        <v>27453528</v>
+        <v>27454360</v>
       </c>
       <c r="F11" s="8">
-        <v>27401845</v>
+        <v>27402836</v>
       </c>
       <c r="G11" s="8">
-        <v>22802706</v>
+        <v>22803722</v>
       </c>
       <c r="H11" s="8">
-        <v>19858253</v>
+        <v>19859541</v>
       </c>
       <c r="I11" s="8">
-        <v>20141714</v>
+        <v>20142977</v>
       </c>
       <c r="J11" s="8">
-        <v>24312056</v>
+        <v>24313722</v>
       </c>
       <c r="K11" s="8">
-        <v>23605038</v>
+        <v>23607252</v>
       </c>
       <c r="L11" s="8">
-        <v>21193640</v>
+        <v>21194401</v>
       </c>
       <c r="M11" s="8">
-        <v>20163137</v>
+        <v>20164467</v>
       </c>
       <c r="N11" s="8">
-        <v>286475082</v>
+        <v>286487814</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B12" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="C12" s="8">
-        <v>449020</v>
+        <v>449039</v>
       </c>
       <c r="D12" s="8">
         <v>296561</v>
       </c>
       <c r="E12" s="8">
-        <v>401218</v>
+        <v>401089</v>
       </c>
       <c r="F12" s="8">
         <v>451668</v>
       </c>
       <c r="G12" s="8">
         <v>195620</v>
       </c>
       <c r="H12" s="8">
-        <v>145728</v>
+        <v>145729</v>
       </c>
       <c r="I12" s="8">
         <v>91386</v>
       </c>
       <c r="J12" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="K12" s="8">
         <v>363469</v>
       </c>
       <c r="L12" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M12" s="8">
-        <v>342792</v>
+        <v>342762</v>
       </c>
       <c r="N12" s="8">
-        <v>5437288</v>
+        <v>5437169</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B13" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="C13" s="8">
-        <v>477912</v>
+        <v>476502</v>
       </c>
       <c r="D13" s="8">
-        <v>514111</v>
+        <v>512962</v>
       </c>
       <c r="E13" s="8">
-        <v>501759</v>
+        <v>500566</v>
       </c>
       <c r="F13" s="8">
-        <v>458495</v>
+        <v>457605</v>
       </c>
       <c r="G13" s="8">
-        <v>612605</v>
+        <v>612211</v>
       </c>
       <c r="H13" s="8">
-        <v>508465</v>
+        <v>507457</v>
       </c>
       <c r="I13" s="8">
-        <v>397032</v>
+        <v>396519</v>
       </c>
       <c r="J13" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="K13" s="8">
-        <v>416623</v>
+        <v>416947</v>
       </c>
       <c r="L13" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M13" s="8">
-        <v>282710</v>
+        <v>286605</v>
       </c>
       <c r="N13" s="8">
-        <v>5343800</v>
+        <v>5344667</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B14" s="8">
-        <v>1857407750</v>
+        <v>1857407989</v>
       </c>
       <c r="C14" s="8">
-        <v>1904427683</v>
+        <v>1904427804</v>
       </c>
       <c r="D14" s="8">
         <v>2039914048</v>
       </c>
       <c r="E14" s="8">
-        <v>1808109359</v>
+        <v>1808109304</v>
       </c>
       <c r="F14" s="8">
-        <v>1920053609</v>
+        <v>1920054134</v>
       </c>
       <c r="G14" s="8">
-        <v>1885246073</v>
+        <v>1885246261</v>
       </c>
       <c r="H14" s="8">
-        <v>2027992149</v>
+        <v>2027992181</v>
       </c>
       <c r="I14" s="8">
-        <v>1978221499</v>
+        <v>1978312081</v>
       </c>
       <c r="J14" s="8">
-        <v>1889843043</v>
+        <v>1889843976</v>
       </c>
       <c r="K14" s="8">
-        <v>1973591356</v>
+        <v>1973591796</v>
       </c>
       <c r="L14" s="8">
-        <v>2040119759</v>
+        <v>2040120055</v>
       </c>
       <c r="M14" s="8">
-        <v>2081112353</v>
+        <v>2081112706</v>
       </c>
       <c r="N14" s="8">
-        <v>23406038681</v>
+        <v>23406132335</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B15" s="8">
-        <v>28919594</v>
+        <v>28944411</v>
       </c>
       <c r="C15" s="8">
-        <v>30848217</v>
+        <v>30871493</v>
       </c>
       <c r="D15" s="8">
-        <v>32312306</v>
+        <v>32341619</v>
       </c>
       <c r="E15" s="8">
-        <v>35398321</v>
+        <v>35425676</v>
       </c>
       <c r="F15" s="8">
-        <v>34057223</v>
+        <v>34091144</v>
       </c>
       <c r="G15" s="8">
-        <v>31989123</v>
+        <v>32011827</v>
       </c>
       <c r="H15" s="8">
-        <v>29261082</v>
+        <v>29286459</v>
       </c>
       <c r="I15" s="8">
-        <v>30296270</v>
+        <v>30312427</v>
       </c>
       <c r="J15" s="8">
-        <v>30795573</v>
+        <v>30732648</v>
       </c>
       <c r="K15" s="8">
-        <v>32950526</v>
+        <v>32989295</v>
       </c>
       <c r="L15" s="8">
-        <v>28649968</v>
+        <v>28689434</v>
       </c>
       <c r="M15" s="8">
-        <v>27457528</v>
+        <v>27484658</v>
       </c>
       <c r="N15" s="8">
-        <v>372935731</v>
+        <v>373181092</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B16" s="8">
-        <v>202649607</v>
+        <v>202649323</v>
       </c>
       <c r="C16" s="8">
-        <v>147919575</v>
+        <v>147919195</v>
       </c>
       <c r="D16" s="8">
         <v>233595856</v>
       </c>
       <c r="E16" s="8">
         <v>217735956</v>
       </c>
       <c r="F16" s="8">
         <v>248466282</v>
       </c>
       <c r="G16" s="8">
         <v>159921713</v>
       </c>
       <c r="H16" s="8">
-        <v>159865307</v>
+        <v>148894325</v>
       </c>
       <c r="I16" s="8">
-        <v>218320208</v>
+        <v>193337983</v>
       </c>
       <c r="J16" s="8">
-        <v>170283251</v>
+        <v>170276115</v>
       </c>
       <c r="K16" s="8">
-        <v>200757067</v>
+        <v>200757049</v>
       </c>
       <c r="L16" s="8">
-        <v>219682758</v>
+        <v>219679123</v>
       </c>
       <c r="M16" s="8">
-        <v>234893611</v>
+        <v>234893346</v>
       </c>
       <c r="N16" s="8">
-        <v>2414091191</v>
+        <v>2378126266</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B17" s="8">
-        <v>1020359</v>
+        <v>1020075</v>
       </c>
       <c r="C17" s="8">
         <v>1088861</v>
       </c>
       <c r="D17" s="8">
         <v>974974</v>
       </c>
       <c r="E17" s="8">
         <v>859146</v>
       </c>
       <c r="F17" s="8">
         <v>584258</v>
       </c>
       <c r="G17" s="8">
         <v>740111</v>
       </c>
-      <c r="H17" s="9" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="H17" s="8">
+        <v>1023706</v>
+      </c>
+      <c r="I17" s="8">
+        <v>586421</v>
       </c>
       <c r="J17" s="8">
         <v>818758</v>
       </c>
       <c r="K17" s="8">
         <v>1362560</v>
       </c>
       <c r="L17" s="8">
         <v>838876</v>
       </c>
       <c r="M17" s="8">
         <v>930040</v>
       </c>
       <c r="N17" s="8">
-        <v>46781275</v>
+        <v>10827784</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B18" s="8">
         <v>201471532</v>
       </c>
       <c r="C18" s="8">
-        <v>146658195</v>
+        <v>146657815</v>
       </c>
       <c r="D18" s="8">
         <v>232480347</v>
       </c>
       <c r="E18" s="8">
         <v>216715062</v>
       </c>
       <c r="F18" s="8">
         <v>247724929</v>
       </c>
       <c r="G18" s="8">
         <v>159047706</v>
       </c>
-      <c r="H18" s="9" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="H18" s="8">
+        <v>147698944</v>
+      </c>
+      <c r="I18" s="8">
+        <v>192608903</v>
       </c>
       <c r="J18" s="8">
-        <v>169319105</v>
+        <v>169312036</v>
       </c>
       <c r="K18" s="8">
         <v>199254044</v>
       </c>
       <c r="L18" s="8">
         <v>218704401</v>
       </c>
       <c r="M18" s="8">
         <v>233833895</v>
       </c>
       <c r="N18" s="8">
-        <v>2365517062</v>
+        <v>2365509613</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B19" s="8">
         <v>157716</v>
       </c>
       <c r="C19" s="8">
         <v>172520</v>
       </c>
       <c r="D19" s="8">
         <v>140536</v>
       </c>
       <c r="E19" s="8">
         <v>161749</v>
       </c>
       <c r="F19" s="8">
         <v>157096</v>
       </c>
       <c r="G19" s="8">
         <v>133896</v>
       </c>
       <c r="H19" s="8">
         <v>171675</v>
       </c>
       <c r="I19" s="8">
         <v>142658</v>
       </c>
       <c r="J19" s="8">
-        <v>145389</v>
+        <v>145321</v>
       </c>
       <c r="K19" s="8">
-        <v>140463</v>
+        <v>140445</v>
       </c>
       <c r="L19" s="8">
-        <v>139482</v>
+        <v>135847</v>
       </c>
       <c r="M19" s="8">
-        <v>129676</v>
+        <v>129412</v>
       </c>
       <c r="N19" s="8">
-        <v>1792854</v>
+        <v>1788869</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B20" s="8">
-        <v>1671898055</v>
+        <v>1671990580</v>
       </c>
       <c r="C20" s="8">
-        <v>1708824078</v>
+        <v>1708913386</v>
       </c>
       <c r="D20" s="8">
-        <v>1784148090</v>
+        <v>1784250257</v>
       </c>
       <c r="E20" s="8">
-        <v>1730711773</v>
+        <v>1730448751</v>
       </c>
       <c r="F20" s="8">
-        <v>1718056455</v>
+        <v>1717702873</v>
       </c>
       <c r="G20" s="8">
-        <v>1787804690</v>
+        <v>1787711594</v>
       </c>
       <c r="H20" s="8">
-        <v>1764149864</v>
+        <v>1763758775</v>
       </c>
       <c r="I20" s="8">
-        <v>1780567359</v>
+        <v>1780032148</v>
       </c>
       <c r="J20" s="8">
-        <v>1814098906</v>
+        <v>1813798824</v>
       </c>
       <c r="K20" s="8">
-        <v>1777054249</v>
+        <v>1776601520</v>
       </c>
       <c r="L20" s="8">
-        <v>1813075239</v>
+        <v>1812722013</v>
       </c>
       <c r="M20" s="8">
-        <v>1875281942</v>
+        <v>1874890970</v>
       </c>
       <c r="N20" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B21" s="8">
-        <v>1335746860</v>
+        <v>1335830646</v>
       </c>
       <c r="C21" s="8">
-        <v>1349777903</v>
+        <v>1349856095</v>
       </c>
       <c r="D21" s="8">
-        <v>1354884315</v>
+        <v>1354975172</v>
       </c>
       <c r="E21" s="8">
-        <v>1370148606</v>
+        <v>1370192597</v>
       </c>
       <c r="F21" s="8">
-        <v>1392614606</v>
+        <v>1392658588</v>
       </c>
       <c r="G21" s="8">
-        <v>1403789358</v>
+        <v>1403833506</v>
       </c>
       <c r="H21" s="8">
-        <v>1411675302</v>
+        <v>1411675252</v>
       </c>
       <c r="I21" s="8">
-        <v>1411320102</v>
+        <v>1411177013</v>
       </c>
       <c r="J21" s="8">
-        <v>1435056789</v>
+        <v>1434787481</v>
       </c>
       <c r="K21" s="8">
-        <v>1395278808</v>
+        <v>1394837252</v>
       </c>
       <c r="L21" s="8">
-        <v>1428625075</v>
+        <v>1428296060</v>
       </c>
       <c r="M21" s="8">
-        <v>1458574468</v>
+        <v>1458201701</v>
       </c>
       <c r="N21" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B22" s="8">
-        <v>42326743</v>
+        <v>42329653</v>
       </c>
       <c r="C22" s="8">
-        <v>42099098</v>
+        <v>42101983</v>
       </c>
       <c r="D22" s="8">
-        <v>41666902</v>
+        <v>41669781</v>
       </c>
       <c r="E22" s="8">
-        <v>41560978</v>
+        <v>41563619</v>
       </c>
       <c r="F22" s="8">
-        <v>41049049</v>
+        <v>41051687</v>
       </c>
       <c r="G22" s="8">
-        <v>40246953</v>
+        <v>40249585</v>
       </c>
       <c r="H22" s="8">
-        <v>39714113</v>
+        <v>39716737</v>
       </c>
       <c r="I22" s="8">
-        <v>39149603</v>
+        <v>39152226</v>
       </c>
       <c r="J22" s="8">
-        <v>39684482</v>
+        <v>39687115</v>
       </c>
       <c r="K22" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L22" s="8">
-        <v>39670111</v>
+        <v>39672408</v>
       </c>
       <c r="M22" s="8">
-        <v>39074938</v>
+        <v>39077547</v>
       </c>
       <c r="N22" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B23" s="8">
-        <v>7233503</v>
+        <v>7234608</v>
       </c>
       <c r="C23" s="8">
-        <v>7443296</v>
+        <v>7444082</v>
       </c>
       <c r="D23" s="8">
-        <v>7323208</v>
+        <v>7326300</v>
       </c>
       <c r="E23" s="8">
-        <v>6379831</v>
+        <v>6382803</v>
       </c>
       <c r="F23" s="8">
-        <v>5907381</v>
+        <v>5910504</v>
       </c>
       <c r="G23" s="8">
-        <v>5807891</v>
+        <v>5811144</v>
       </c>
       <c r="H23" s="8">
-        <v>6550713</v>
+        <v>6556282</v>
       </c>
       <c r="I23" s="8">
-        <v>7029257</v>
+        <v>7034966</v>
       </c>
       <c r="J23" s="8">
-        <v>7337370</v>
+        <v>7344175</v>
       </c>
       <c r="K23" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L23" s="8">
-        <v>6807475</v>
+        <v>6825169</v>
       </c>
       <c r="M23" s="8">
-        <v>6697007</v>
+        <v>6716126</v>
       </c>
       <c r="N23" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B24" s="8">
-        <v>286590949</v>
+        <v>286595673</v>
       </c>
       <c r="C24" s="8">
-        <v>309503781</v>
+        <v>309511227</v>
       </c>
       <c r="D24" s="8">
-        <v>380273665</v>
+        <v>380279004</v>
       </c>
       <c r="E24" s="8">
-        <v>312622359</v>
+        <v>312309731</v>
       </c>
       <c r="F24" s="8">
-        <v>278485419</v>
+        <v>278082094</v>
       </c>
       <c r="G24" s="8">
-        <v>337960488</v>
+        <v>337817360</v>
       </c>
       <c r="H24" s="8">
-        <v>306209736</v>
+        <v>305810505</v>
       </c>
       <c r="I24" s="8">
-        <v>323068397</v>
+        <v>322667942</v>
       </c>
       <c r="J24" s="8">
-        <v>332020265</v>
+        <v>331980054</v>
       </c>
       <c r="K24" s="8">
-        <v>300379936</v>
+        <v>300359031</v>
       </c>
       <c r="L24" s="8">
-        <v>337972578</v>
+        <v>337928377</v>
       </c>
       <c r="M24" s="8">
-        <v>370935529</v>
+        <v>370895596</v>
       </c>
       <c r="N24" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B25" s="8">
-        <v>17507343347</v>
+        <v>17463802186</v>
       </c>
       <c r="C25" s="8">
-        <v>17830117659</v>
+        <v>17779737628</v>
       </c>
       <c r="D25" s="8">
-        <v>18534838017</v>
+        <v>18482371580</v>
       </c>
       <c r="E25" s="8">
-        <v>17191159504</v>
+        <v>17144035024</v>
       </c>
       <c r="F25" s="8">
-        <v>18241588905</v>
+        <v>18183218466</v>
       </c>
       <c r="G25" s="8">
-        <v>17869297022</v>
+        <v>17821585060</v>
       </c>
       <c r="H25" s="8">
-        <v>18508975363</v>
+        <v>18456555093</v>
       </c>
       <c r="I25" s="8">
-        <v>19056390931</v>
+        <v>19007528759</v>
       </c>
       <c r="J25" s="8">
-        <v>17772381072</v>
+        <v>17721826678</v>
       </c>
       <c r="K25" s="8">
-        <v>17964799384</v>
+        <v>17921320354</v>
       </c>
       <c r="L25" s="8">
-        <v>18627350944</v>
+        <v>18579732417</v>
       </c>
       <c r="M25" s="8">
-        <v>18870607295</v>
+        <v>18822391524</v>
       </c>
       <c r="N25" s="8">
-        <v>217974849443</v>
+        <v>217384104768</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B26" s="8">
-        <v>16826765500</v>
+        <v>16826768300</v>
       </c>
       <c r="C26" s="8">
-        <v>17094315252</v>
+        <v>17094319452</v>
       </c>
       <c r="D26" s="8">
-        <v>17719175387</v>
+        <v>17719178187</v>
       </c>
       <c r="E26" s="8">
-        <v>16358705893</v>
+        <v>16358704193</v>
       </c>
       <c r="F26" s="8">
-        <v>17419688184</v>
+        <v>17419715934</v>
       </c>
       <c r="G26" s="8">
-        <v>17076998137</v>
+        <v>17077019687</v>
       </c>
       <c r="H26" s="8">
-        <v>17748252481</v>
+        <v>17748267461</v>
       </c>
       <c r="I26" s="8">
-        <v>18256829424</v>
+        <v>18256852924</v>
       </c>
       <c r="J26" s="8">
-        <v>16931655192</v>
+        <v>16931675468</v>
       </c>
       <c r="K26" s="8">
-        <v>17284094650</v>
+        <v>17284113906</v>
       </c>
       <c r="L26" s="8">
-        <v>18002298395</v>
+        <v>18002304055</v>
       </c>
       <c r="M26" s="8">
-        <v>18183518500</v>
+        <v>18183540710</v>
       </c>
       <c r="N26" s="8">
-        <v>208902296995</v>
+        <v>208902460277</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B27" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="C27" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D27" s="8">
-        <v>54787880</v>
+        <v>54788680</v>
       </c>
       <c r="E27" s="8">
-        <v>44389343</v>
+        <v>44391023</v>
       </c>
       <c r="F27" s="8">
-        <v>49845220</v>
+        <v>49847910</v>
       </c>
       <c r="G27" s="8">
-        <v>43715418</v>
+        <v>43717068</v>
       </c>
       <c r="H27" s="8">
-        <v>34247566</v>
+        <v>34249326</v>
       </c>
       <c r="I27" s="8">
-        <v>38029848</v>
+        <v>38031608</v>
       </c>
       <c r="J27" s="8">
-        <v>37712214</v>
+        <v>37717028</v>
       </c>
       <c r="K27" s="8">
-        <v>42958366</v>
+        <v>42969680</v>
       </c>
       <c r="L27" s="8">
-        <v>39718403</v>
+        <v>39732036</v>
       </c>
       <c r="M27" s="8">
-        <v>36436893</v>
+        <v>36437526</v>
       </c>
       <c r="N27" s="8">
-        <v>515143525</v>
+        <v>515186259</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B28" s="8">
-        <v>591327173</v>
+        <v>547782412</v>
       </c>
       <c r="C28" s="8">
-        <v>651158261</v>
+        <v>600643190</v>
       </c>
       <c r="D28" s="8">
-        <v>695754856</v>
+        <v>643285118</v>
       </c>
       <c r="E28" s="8">
-        <v>708191390</v>
+        <v>661066931</v>
       </c>
       <c r="F28" s="8">
-        <v>704852682</v>
+        <v>646451003</v>
       </c>
       <c r="G28" s="8">
-        <v>658661748</v>
+        <v>610926386</v>
       </c>
       <c r="H28" s="8">
-        <v>653064602</v>
+        <v>600627312</v>
       </c>
       <c r="I28" s="8">
-        <v>677603773</v>
+        <v>628714441</v>
       </c>
       <c r="J28" s="8">
-        <v>720286354</v>
+        <v>669706629</v>
       </c>
       <c r="K28" s="8">
-        <v>569357486</v>
+        <v>525844331</v>
       </c>
       <c r="L28" s="8">
-        <v>524390462</v>
+        <v>476745216</v>
       </c>
       <c r="M28" s="8">
-        <v>511991937</v>
+        <v>463746583</v>
       </c>
       <c r="N28" s="8">
-        <v>7666640724</v>
+        <v>7075539552</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="C29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D29" s="8">
-        <v>65119895</v>
+        <v>65119595</v>
       </c>
       <c r="E29" s="8">
         <v>79872877</v>
       </c>
       <c r="F29" s="8">
-        <v>67202819</v>
+        <v>67203619</v>
       </c>
       <c r="G29" s="8">
-        <v>89921718</v>
+        <v>89921918</v>
       </c>
       <c r="H29" s="8">
-        <v>73410714</v>
+        <v>73410994</v>
       </c>
       <c r="I29" s="8">
-        <v>83927886</v>
+        <v>83929786</v>
       </c>
       <c r="J29" s="8">
-        <v>82727312</v>
+        <v>82727552</v>
       </c>
       <c r="K29" s="8">
-        <v>68388882</v>
+        <v>68392437</v>
       </c>
       <c r="L29" s="8">
-        <v>60943685</v>
+        <v>60951110</v>
       </c>
       <c r="M29" s="8">
-        <v>138659965</v>
+        <v>138666705</v>
       </c>
       <c r="N29" s="8">
-        <v>890768200</v>
+        <v>890918680</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B30" s="8">
-        <v>45711496</v>
+        <v>46015286</v>
       </c>
       <c r="C30" s="8">
-        <v>51298586</v>
+        <v>51581346</v>
       </c>
       <c r="D30" s="8">
-        <v>48604340</v>
+        <v>48876806</v>
       </c>
       <c r="E30" s="8">
-        <v>52482801</v>
+        <v>52787575</v>
       </c>
       <c r="F30" s="8">
-        <v>53117696</v>
+        <v>53450732</v>
       </c>
       <c r="G30" s="8">
-        <v>46072056</v>
+        <v>46330858</v>
       </c>
       <c r="H30" s="8">
-        <v>43271725</v>
+        <v>43533787</v>
       </c>
       <c r="I30" s="8">
-        <v>46987508</v>
+        <v>47156467</v>
       </c>
       <c r="J30" s="8">
-        <v>43791243</v>
+        <v>44143152</v>
       </c>
       <c r="K30" s="8">
-        <v>46406180</v>
+        <v>46768662</v>
       </c>
       <c r="L30" s="8">
-        <v>39272490</v>
+        <v>39587030</v>
       </c>
       <c r="M30" s="8">
-        <v>36732567</v>
+        <v>37038640</v>
       </c>
       <c r="N30" s="8">
-        <v>553748686</v>
+        <v>557270340</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B31" s="8">
-        <v>7762685</v>
+        <v>7762742</v>
       </c>
       <c r="C31" s="8">
-        <v>6678181</v>
+        <v>6678413</v>
       </c>
       <c r="D31" s="8">
-        <v>6972660</v>
+        <v>6972752</v>
       </c>
       <c r="E31" s="8">
-        <v>7600258</v>
+        <v>7600595</v>
       </c>
       <c r="F31" s="8">
-        <v>7096200</v>
+        <v>7096332</v>
       </c>
       <c r="G31" s="8">
-        <v>6642987</v>
+        <v>6643330</v>
       </c>
       <c r="H31" s="8">
-        <v>5823914</v>
+        <v>5824085</v>
       </c>
       <c r="I31" s="8">
-        <v>6100860</v>
+        <v>6100918</v>
       </c>
       <c r="J31" s="8">
-        <v>5384630</v>
+        <v>5384674</v>
       </c>
       <c r="K31" s="8">
-        <v>7262165</v>
+        <v>7262227</v>
       </c>
       <c r="L31" s="8">
-        <v>6492810</v>
+        <v>6494329</v>
       </c>
       <c r="M31" s="8">
-        <v>4751277</v>
+        <v>4751811</v>
       </c>
       <c r="N31" s="8">
-        <v>78568626</v>
+        <v>78572206</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B32" s="8">
-        <v>544539</v>
+        <v>544540</v>
       </c>
       <c r="C32" s="8">
         <v>463528</v>
       </c>
       <c r="D32" s="8">
         <v>376389</v>
       </c>
       <c r="E32" s="8">
         <v>237492</v>
       </c>
       <c r="F32" s="8">
         <v>240208</v>
       </c>
       <c r="G32" s="8">
         <v>253636</v>
       </c>
       <c r="H32" s="8">
-        <v>235228</v>
+        <v>235231</v>
       </c>
       <c r="I32" s="8">
         <v>178732</v>
       </c>
       <c r="J32" s="8">
         <v>295511</v>
       </c>
       <c r="K32" s="8">
         <v>402604</v>
       </c>
       <c r="L32" s="8">
         <v>351012</v>
       </c>
       <c r="M32" s="8">
         <v>308715</v>
       </c>
       <c r="N32" s="8">
-        <v>3887593</v>
+        <v>3887597</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B33" s="8">
         <v>2857472</v>
       </c>
       <c r="C33" s="8">
         <v>2330809</v>
       </c>
       <c r="D33" s="8">
         <v>3157379</v>
       </c>
       <c r="E33" s="8">
         <v>4291569</v>
       </c>
       <c r="F33" s="8">
         <v>3795094</v>
       </c>
       <c r="G33" s="8">
         <v>2148468</v>
       </c>
       <c r="H33" s="8">
         <v>2468317</v>
       </c>
       <c r="I33" s="8">
         <v>2615511</v>
       </c>
       <c r="J33" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="K33" s="8">
         <v>3340760</v>
       </c>
       <c r="L33" s="8">
         <v>2827733</v>
       </c>
       <c r="M33" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N33" s="8">
-        <v>33295378</v>
+        <v>33295379</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B34" s="8">
-        <v>42783</v>
+        <v>42784</v>
       </c>
       <c r="C34" s="8">
-        <v>41653</v>
+        <v>41694</v>
       </c>
       <c r="D34" s="8">
-        <v>51071</v>
+        <v>51088</v>
       </c>
       <c r="E34" s="8">
-        <v>98845</v>
+        <v>98922</v>
       </c>
       <c r="F34" s="8">
-        <v>79165</v>
+        <v>79172</v>
       </c>
       <c r="G34" s="8">
-        <v>58162</v>
+        <v>58175</v>
       </c>
       <c r="H34" s="8">
-        <v>46347</v>
+        <v>46352</v>
       </c>
       <c r="I34" s="8">
-        <v>55706</v>
+        <v>55714</v>
       </c>
       <c r="J34" s="8">
-        <v>45424</v>
+        <v>45413</v>
       </c>
       <c r="K34" s="8">
-        <v>46103</v>
+        <v>46155</v>
       </c>
       <c r="L34" s="8">
-        <v>32826</v>
+        <v>32838</v>
       </c>
       <c r="M34" s="8">
-        <v>62852</v>
+        <v>62878</v>
       </c>
       <c r="N34" s="8">
-        <v>660940</v>
+        <v>661184</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B35" s="8">
-        <v>868925</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>869020</v>
+      </c>
+      <c r="C35" s="8">
+        <v>548810</v>
       </c>
       <c r="D35" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E35" s="8">
         <v>717348</v>
       </c>
       <c r="F35" s="8">
         <v>759753</v>
       </c>
-      <c r="G35" s="9" t="s">
-        <v>17</v>
+      <c r="G35" s="8">
+        <v>548806</v>
       </c>
       <c r="H35" s="8">
-        <v>762162</v>
+        <v>762257</v>
       </c>
       <c r="I35" s="8">
-        <v>987207</v>
+        <v>987187</v>
       </c>
       <c r="J35" s="8">
-        <v>757098</v>
+        <v>757118</v>
       </c>
       <c r="K35" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L35" s="8">
-        <v>718709</v>
+        <v>718757</v>
       </c>
       <c r="M35" s="8">
-        <v>578376</v>
+        <v>578910</v>
       </c>
       <c r="N35" s="8">
-        <v>8675204</v>
+        <v>8676044</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B36" s="8">
-        <v>9686864</v>
+        <v>9686721</v>
       </c>
       <c r="C36" s="8">
-        <v>11037791</v>
+        <v>11037836</v>
       </c>
       <c r="D36" s="8">
-        <v>10844542</v>
+        <v>10844592</v>
       </c>
       <c r="E36" s="8">
         <v>11578845</v>
       </c>
       <c r="F36" s="8">
         <v>12504637</v>
       </c>
       <c r="G36" s="8">
-        <v>10330871</v>
+        <v>10331019</v>
       </c>
       <c r="H36" s="8">
-        <v>10308271</v>
+        <v>10308288</v>
       </c>
       <c r="I36" s="8">
-        <v>10638454</v>
+        <v>10638370</v>
       </c>
       <c r="J36" s="8">
-        <v>10771325</v>
+        <v>10771293</v>
       </c>
       <c r="K36" s="8">
-        <v>10652071</v>
+        <v>10652019</v>
       </c>
       <c r="L36" s="8">
-        <v>8788957</v>
+        <v>8789920</v>
       </c>
       <c r="M36" s="8">
-        <v>8790275</v>
+        <v>8791390</v>
       </c>
       <c r="N36" s="8">
-        <v>125932901</v>
+        <v>125934930</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B37" s="8">
-        <v>19414543</v>
+        <v>19414944</v>
       </c>
       <c r="C37" s="8">
-        <v>24580690</v>
+        <v>24580930</v>
       </c>
       <c r="D37" s="8">
-        <v>20814311</v>
+        <v>20814631</v>
       </c>
       <c r="E37" s="8">
-        <v>20608457</v>
+        <v>20608945</v>
       </c>
       <c r="F37" s="8">
-        <v>19624716</v>
+        <v>19625096</v>
       </c>
       <c r="G37" s="8">
-        <v>18741196</v>
+        <v>18741175</v>
       </c>
       <c r="H37" s="8">
-        <v>17643710</v>
+        <v>17643789</v>
       </c>
       <c r="I37" s="8">
-        <v>19453226</v>
+        <v>19453309</v>
       </c>
       <c r="J37" s="8">
-        <v>18044250</v>
+        <v>18044564</v>
       </c>
       <c r="K37" s="8">
-        <v>15533963</v>
+        <v>15534122</v>
       </c>
       <c r="L37" s="8">
-        <v>15105442</v>
+        <v>15106080</v>
       </c>
       <c r="M37" s="8">
-        <v>15584126</v>
+        <v>15584198</v>
       </c>
       <c r="N37" s="8">
-        <v>225148630</v>
+        <v>225151781</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B38" s="8">
-        <v>3181358</v>
+        <v>3181371</v>
       </c>
       <c r="C38" s="8">
-        <v>4176078</v>
+        <v>4176928</v>
       </c>
       <c r="D38" s="8">
         <v>4363423</v>
       </c>
       <c r="E38" s="8">
-        <v>5733832</v>
+        <v>5735832</v>
       </c>
       <c r="F38" s="8">
         <v>7442355</v>
       </c>
       <c r="G38" s="8">
-        <v>5793432</v>
+        <v>5793741</v>
       </c>
       <c r="H38" s="8">
-        <v>4751589</v>
+        <v>4751690</v>
       </c>
       <c r="I38" s="8">
-        <v>5824723</v>
+        <v>5824903</v>
       </c>
       <c r="J38" s="8">
-        <v>5337990</v>
+        <v>5384229</v>
       </c>
       <c r="K38" s="8">
-        <v>6590038</v>
+        <v>6635638</v>
       </c>
       <c r="L38" s="8">
-        <v>3913820</v>
+        <v>3935666</v>
       </c>
       <c r="M38" s="8">
-        <v>3795426</v>
+        <v>3816226</v>
       </c>
       <c r="N38" s="8">
-        <v>60904065</v>
+        <v>61042002</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B39" s="8">
         <v>852335</v>
       </c>
       <c r="C39" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D39" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E39" s="8">
         <v>1199128</v>
       </c>
       <c r="F39" s="8">
         <v>1192618</v>
       </c>
       <c r="G39" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="H39" s="8">
         <v>814860</v>
       </c>
       <c r="I39" s="8">
         <v>970126</v>
       </c>
       <c r="J39" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="K39" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L39" s="8">
         <v>831418</v>
       </c>
       <c r="M39" s="8">
         <v>802149</v>
       </c>
       <c r="N39" s="8">
-        <v>12758214</v>
+        <v>12757363</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B40" s="8">
-        <v>499992</v>
-[...2 lines deleted...]
-        <v>450365</v>
+        <v>803358</v>
+      </c>
+      <c r="C40" s="9" t="s">
+        <v>55</v>
       </c>
       <c r="D40" s="8">
-        <v>269340</v>
+        <v>541471</v>
       </c>
       <c r="E40" s="8">
-        <v>417027</v>
+        <v>718898</v>
       </c>
       <c r="F40" s="8">
-        <v>382949</v>
-[...2 lines deleted...]
-        <v>351457</v>
+        <v>715466</v>
+      </c>
+      <c r="G40" s="9" t="s">
+        <v>55</v>
       </c>
       <c r="H40" s="8">
-        <v>417326</v>
+        <v>678919</v>
       </c>
       <c r="I40" s="8">
-        <v>162962</v>
+        <v>331699</v>
       </c>
       <c r="J40" s="8">
-        <v>209950</v>
+        <v>515284</v>
       </c>
       <c r="K40" s="8">
-        <v>269397</v>
+        <v>585985</v>
       </c>
       <c r="L40" s="8">
-        <v>209763</v>
+        <v>499278</v>
       </c>
       <c r="M40" s="8">
-        <v>276606</v>
+        <v>559600</v>
       </c>
       <c r="N40" s="8">
-        <v>3917135</v>
+        <v>7291854</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B41" s="8">
         <v>158041</v>
       </c>
       <c r="C41" s="8">
         <v>199079</v>
       </c>
       <c r="D41" s="8">
         <v>130704</v>
       </c>
       <c r="E41" s="8">
         <v>160464</v>
       </c>
       <c r="F41" s="8">
         <v>215607</v>
       </c>
       <c r="G41" s="8">
         <v>171494</v>
       </c>
       <c r="H41" s="8">
         <v>154878</v>
       </c>
       <c r="I41" s="8">
         <v>119841</v>
       </c>
       <c r="J41" s="8">
-        <v>138390</v>
+        <v>138473</v>
       </c>
       <c r="K41" s="8">
         <v>180097</v>
       </c>
       <c r="L41" s="8">
         <v>216676</v>
       </c>
       <c r="M41" s="8">
-        <v>84280</v>
+        <v>84332</v>
       </c>
       <c r="N41" s="8">
-        <v>1929551</v>
+        <v>1929686</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B42" s="8">
         <v>4918514</v>
       </c>
       <c r="C42" s="8">
         <v>6508632</v>
       </c>
       <c r="D42" s="8">
         <v>5756228</v>
       </c>
       <c r="E42" s="8">
         <v>5252347</v>
       </c>
       <c r="F42" s="8">
         <v>5138976</v>
       </c>
       <c r="G42" s="8">
         <v>5458251</v>
       </c>
       <c r="H42" s="8">
         <v>6399706</v>
       </c>
       <c r="I42" s="8">
         <v>6439951</v>
       </c>
       <c r="J42" s="8">
         <v>6667292</v>
       </c>
       <c r="K42" s="8">
         <v>6097512</v>
       </c>
       <c r="L42" s="8">
         <v>4553252</v>
       </c>
       <c r="M42" s="8">
         <v>3633200</v>
       </c>
       <c r="N42" s="8">
         <v>66823860</v>
       </c>
     </row>
     <row r="43" ht="15" customHeight="1">
       <c r="A43" s="7" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B43" s="8">
         <v>3033441</v>
       </c>
       <c r="C43" s="8">
         <v>3732990</v>
       </c>
       <c r="D43" s="8">
         <v>2832670</v>
       </c>
       <c r="E43" s="8">
         <v>3022077</v>
       </c>
       <c r="F43" s="8">
         <v>3703736</v>
       </c>
       <c r="G43" s="8">
         <v>3285013</v>
       </c>
       <c r="H43" s="8">
         <v>3834090</v>
       </c>
       <c r="I43" s="8">
         <v>4097186</v>
       </c>
       <c r="J43" s="8">
         <v>4107122</v>
       </c>
       <c r="K43" s="8">
         <v>3924822</v>
       </c>
       <c r="L43" s="8">
         <v>2919398</v>
       </c>
       <c r="M43" s="8">
         <v>2421468</v>
       </c>
       <c r="N43" s="8">
         <v>40914013</v>
       </c>
     </row>
     <row r="44" ht="15" customHeight="1">
       <c r="A44" s="7" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B44" s="8">
         <v>1885074</v>
       </c>
       <c r="C44" s="8">
         <v>2775642</v>
       </c>
       <c r="D44" s="8">
         <v>2923558</v>
       </c>
       <c r="E44" s="8">
         <v>2230270</v>
       </c>
       <c r="F44" s="8">
         <v>1435240</v>
       </c>
       <c r="G44" s="8">
         <v>2173238</v>
       </c>
       <c r="H44" s="8">
         <v>2565615</v>
       </c>
       <c r="I44" s="8">
         <v>2342765</v>
       </c>
       <c r="J44" s="8">
         <v>2560170</v>
       </c>
       <c r="K44" s="8">
         <v>2172690</v>
       </c>
       <c r="L44" s="8">
         <v>1633854</v>
       </c>
       <c r="M44" s="8">
         <v>1211731</v>
       </c>
       <c r="N44" s="8">
         <v>25909847</v>
       </c>
     </row>
     <row r="45" ht="15" customHeight="1">
       <c r="A45" s="7" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B45" s="8">
-        <v>76717092</v>
+        <v>76742935</v>
       </c>
       <c r="C45" s="8">
-        <v>76981695</v>
+        <v>76997524</v>
       </c>
       <c r="D45" s="8">
-        <v>80856373</v>
+        <v>80869925</v>
       </c>
       <c r="E45" s="8">
-        <v>80666824</v>
+        <v>80701116</v>
       </c>
       <c r="F45" s="8">
-        <v>83250958</v>
+        <v>83289315</v>
       </c>
       <c r="G45" s="8">
-        <v>70499129</v>
+        <v>70516472</v>
       </c>
       <c r="H45" s="8">
-        <v>80123626</v>
+        <v>80159852</v>
       </c>
       <c r="I45" s="8">
-        <v>82113069</v>
+        <v>82132214</v>
       </c>
       <c r="J45" s="8">
-        <v>74466389</v>
+        <v>74513395</v>
       </c>
       <c r="K45" s="8">
-        <v>83938921</v>
+        <v>83966482</v>
       </c>
       <c r="L45" s="8">
-        <v>74645425</v>
+        <v>74690786</v>
       </c>
       <c r="M45" s="8">
-        <v>74178209</v>
+        <v>74196439</v>
       </c>
       <c r="N45" s="8">
-        <v>938437710</v>
+        <v>938776455</v>
       </c>
     </row>
     <row r="46" ht="15" customHeight="1">
       <c r="A46" s="7" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B46" s="8">
-        <v>54481254</v>
+        <v>54506189</v>
       </c>
       <c r="C46" s="8">
-        <v>53128904</v>
+        <v>53144491</v>
       </c>
       <c r="D46" s="8">
-        <v>56841743</v>
+        <v>56854752</v>
       </c>
       <c r="E46" s="8">
-        <v>55891952</v>
+        <v>55925618</v>
       </c>
       <c r="F46" s="8">
-        <v>58575800</v>
+        <v>58612984</v>
       </c>
       <c r="G46" s="8">
-        <v>49229824</v>
+        <v>49246393</v>
       </c>
       <c r="H46" s="8">
-        <v>58302276</v>
+        <v>58337450</v>
       </c>
       <c r="I46" s="8">
-        <v>59813129</v>
+        <v>59831758</v>
       </c>
       <c r="J46" s="8">
-        <v>53774861</v>
+        <v>53817761</v>
       </c>
       <c r="K46" s="8">
-        <v>60413829</v>
+        <v>60439500</v>
       </c>
       <c r="L46" s="8">
-        <v>55039672</v>
+        <v>55082229</v>
       </c>
       <c r="M46" s="8">
-        <v>56149613</v>
+        <v>56163663</v>
       </c>
       <c r="N46" s="8">
-        <v>671642857</v>
+        <v>671962786</v>
       </c>
     </row>
     <row r="47" ht="15" customHeight="1">
       <c r="A47" s="7" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B47" s="8">
         <v>1964099</v>
       </c>
       <c r="C47" s="8">
         <v>1657416</v>
       </c>
       <c r="D47" s="8">
         <v>1764908</v>
       </c>
       <c r="E47" s="8">
         <v>1588249</v>
       </c>
       <c r="F47" s="8">
         <v>1491206</v>
       </c>
       <c r="G47" s="8">
         <v>1222502</v>
       </c>
       <c r="H47" s="8">
         <v>1475373</v>
       </c>
       <c r="I47" s="8">
         <v>1484706</v>
       </c>
       <c r="J47" s="8">
         <v>1688854</v>
       </c>
       <c r="K47" s="8">
         <v>1564322</v>
       </c>
       <c r="L47" s="8">
         <v>1612309</v>
       </c>
       <c r="M47" s="8">
         <v>1496409</v>
       </c>
       <c r="N47" s="8">
         <v>19010354</v>
       </c>
     </row>
     <row r="48" ht="15" customHeight="1">
       <c r="A48" s="7" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B48" s="8">
-        <v>9751533</v>
+        <v>9752065</v>
       </c>
       <c r="C48" s="8">
-        <v>10480329</v>
+        <v>10480409</v>
       </c>
       <c r="D48" s="8">
-        <v>10340771</v>
+        <v>10341472</v>
       </c>
       <c r="E48" s="8">
-        <v>10530402</v>
+        <v>10531030</v>
       </c>
       <c r="F48" s="8">
-        <v>10864299</v>
+        <v>10864932</v>
       </c>
       <c r="G48" s="8">
-        <v>9797763</v>
+        <v>9798376</v>
       </c>
       <c r="H48" s="8">
-        <v>9196441</v>
+        <v>9196873</v>
       </c>
       <c r="I48" s="8">
-        <v>9695566</v>
+        <v>9695857</v>
       </c>
       <c r="J48" s="8">
-        <v>9572911</v>
+        <v>9575732</v>
       </c>
       <c r="K48" s="8">
-        <v>10846158</v>
+        <v>10846770</v>
       </c>
       <c r="L48" s="8">
-        <v>9198610</v>
+        <v>9200813</v>
       </c>
       <c r="M48" s="8">
-        <v>8157662</v>
+        <v>8158313</v>
       </c>
       <c r="N48" s="8">
-        <v>118432445</v>
+        <v>118442644</v>
       </c>
     </row>
     <row r="49" ht="15" customHeight="1">
       <c r="A49" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B49" s="8">
         <v>921076</v>
       </c>
       <c r="C49" s="8">
-        <v>650526</v>
+        <v>650545</v>
       </c>
       <c r="D49" s="8">
         <v>557245</v>
       </c>
       <c r="E49" s="8">
         <v>592503</v>
       </c>
       <c r="F49" s="8">
         <v>659306</v>
       </c>
       <c r="G49" s="8">
         <v>711676</v>
       </c>
       <c r="H49" s="8">
-        <v>732569</v>
+        <v>732572</v>
       </c>
       <c r="I49" s="8">
         <v>598214</v>
       </c>
       <c r="J49" s="8">
-        <v>501901</v>
+        <v>501921</v>
       </c>
       <c r="K49" s="8">
-        <v>585590</v>
+        <v>585577</v>
       </c>
       <c r="L49" s="8">
-        <v>809724</v>
+        <v>809757</v>
       </c>
       <c r="M49" s="8">
         <v>807294</v>
       </c>
       <c r="N49" s="8">
-        <v>8127624</v>
+        <v>8127687</v>
       </c>
     </row>
     <row r="50" ht="15" customHeight="1">
       <c r="A50" s="7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B50" s="8">
         <v>61964</v>
       </c>
       <c r="C50" s="8">
-        <v>66784</v>
+        <v>66813</v>
       </c>
       <c r="D50" s="8">
         <v>79721</v>
       </c>
       <c r="E50" s="8">
         <v>217787</v>
       </c>
       <c r="F50" s="8">
         <v>157528</v>
       </c>
       <c r="G50" s="8">
-        <v>61718</v>
+        <v>61732</v>
       </c>
       <c r="H50" s="8">
-        <v>127748</v>
+        <v>127753</v>
       </c>
       <c r="I50" s="8">
-        <v>84920</v>
+        <v>84923</v>
       </c>
       <c r="J50" s="8">
         <v>108968</v>
       </c>
       <c r="K50" s="8">
         <v>112062</v>
       </c>
       <c r="L50" s="8">
         <v>52289</v>
       </c>
       <c r="M50" s="8">
-        <v>88274</v>
+        <v>88404</v>
       </c>
       <c r="N50" s="8">
-        <v>1219764</v>
+        <v>1219945</v>
       </c>
     </row>
     <row r="51" ht="15" customHeight="1">
       <c r="A51" s="7" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B51" s="8">
         <v>4432964</v>
       </c>
       <c r="C51" s="8">
         <v>5231398</v>
       </c>
       <c r="D51" s="8">
         <v>5306782</v>
       </c>
       <c r="E51" s="8">
         <v>5796923</v>
       </c>
       <c r="F51" s="8">
         <v>5865488</v>
       </c>
       <c r="G51" s="8">
         <v>4111096</v>
       </c>
       <c r="H51" s="8">
         <v>4762693</v>
       </c>
       <c r="I51" s="8">
-        <v>4988251</v>
+        <v>4988252</v>
       </c>
       <c r="J51" s="8">
         <v>3613977</v>
       </c>
       <c r="K51" s="8">
         <v>5120972</v>
       </c>
       <c r="L51" s="8">
         <v>3731104</v>
       </c>
       <c r="M51" s="8">
         <v>3580399</v>
       </c>
       <c r="N51" s="8">
-        <v>56542048</v>
+        <v>56542049</v>
       </c>
     </row>
     <row r="52" ht="15" customHeight="1">
       <c r="A52" s="7" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B52" s="8">
-        <v>328967</v>
+        <v>329048</v>
       </c>
       <c r="C52" s="8">
-        <v>445542</v>
+        <v>445645</v>
       </c>
       <c r="D52" s="8">
-        <v>374991</v>
+        <v>374834</v>
       </c>
       <c r="E52" s="8">
         <v>603479</v>
       </c>
       <c r="F52" s="8">
         <v>477291</v>
       </c>
       <c r="G52" s="8">
         <v>400631</v>
       </c>
       <c r="H52" s="8">
-        <v>517122</v>
+        <v>517471</v>
       </c>
       <c r="I52" s="8">
-        <v>420869</v>
+        <v>420856</v>
       </c>
       <c r="J52" s="8">
-        <v>433948</v>
+        <v>434048</v>
       </c>
       <c r="K52" s="8">
-        <v>398215</v>
+        <v>398221</v>
       </c>
       <c r="L52" s="8">
-        <v>584622</v>
+        <v>584659</v>
       </c>
       <c r="M52" s="8">
-        <v>340100</v>
+        <v>340517</v>
       </c>
       <c r="N52" s="8">
-        <v>5325776</v>
+        <v>5326698</v>
       </c>
     </row>
     <row r="53" ht="15" customHeight="1">
       <c r="A53" s="7" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B53" s="8">
         <v>2661806</v>
       </c>
       <c r="C53" s="8">
         <v>2700270</v>
       </c>
       <c r="D53" s="8">
         <v>2690763</v>
       </c>
       <c r="E53" s="8">
         <v>2667165</v>
       </c>
       <c r="F53" s="8">
         <v>2728495</v>
       </c>
       <c r="G53" s="8">
-        <v>2370789</v>
+        <v>2370935</v>
       </c>
       <c r="H53" s="8">
-        <v>2773441</v>
+        <v>2773648</v>
       </c>
       <c r="I53" s="8">
-        <v>2802860</v>
+        <v>2802869</v>
       </c>
       <c r="J53" s="8">
-        <v>1967701</v>
+        <v>1967855</v>
       </c>
       <c r="K53" s="8">
-        <v>2210525</v>
+        <v>2210599</v>
       </c>
       <c r="L53" s="8">
-        <v>1803848</v>
+        <v>1804274</v>
       </c>
       <c r="M53" s="8">
-        <v>1680242</v>
+        <v>1681608</v>
       </c>
       <c r="N53" s="8">
-        <v>29057904</v>
+        <v>29060286</v>
       </c>
     </row>
     <row r="54" ht="15" customHeight="1">
       <c r="A54" s="7" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B54" s="8">
-        <v>945590</v>
+        <v>945856</v>
       </c>
       <c r="C54" s="8">
-        <v>1096897</v>
+        <v>1096909</v>
       </c>
       <c r="D54" s="8">
         <v>1344056</v>
       </c>
       <c r="E54" s="8">
         <v>1206075</v>
       </c>
       <c r="F54" s="8">
-        <v>896786</v>
+        <v>897326</v>
       </c>
       <c r="G54" s="8">
         <v>1007682</v>
       </c>
       <c r="H54" s="8">
-        <v>1085755</v>
+        <v>1085808</v>
       </c>
       <c r="I54" s="8">
-        <v>976056</v>
+        <v>976251</v>
       </c>
       <c r="J54" s="8">
-        <v>1279732</v>
+        <v>1279760</v>
       </c>
       <c r="K54" s="8">
-        <v>1082026</v>
+        <v>1083236</v>
       </c>
       <c r="L54" s="8">
-        <v>824932</v>
+        <v>825036</v>
       </c>
       <c r="M54" s="8">
-        <v>755538</v>
+        <v>757152</v>
       </c>
       <c r="N54" s="8">
-        <v>12501124</v>
+        <v>12505147</v>
       </c>
     </row>
     <row r="55" ht="15" customHeight="1">
       <c r="A55" s="7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B55" s="8">
-        <v>1167839</v>
+        <v>1167868</v>
       </c>
       <c r="C55" s="8">
         <v>1523629</v>
       </c>
       <c r="D55" s="8">
         <v>1555392</v>
       </c>
       <c r="E55" s="8">
         <v>1572289</v>
       </c>
       <c r="F55" s="8">
         <v>1534759</v>
       </c>
       <c r="G55" s="8">
         <v>1585448</v>
       </c>
       <c r="H55" s="8">
-        <v>1150209</v>
+        <v>1150212</v>
       </c>
       <c r="I55" s="8">
-        <v>1248498</v>
+        <v>1248527</v>
       </c>
       <c r="J55" s="8">
-        <v>1523537</v>
+        <v>1524520</v>
       </c>
       <c r="K55" s="8">
         <v>1605222</v>
       </c>
       <c r="L55" s="8">
         <v>988314</v>
       </c>
       <c r="M55" s="8">
         <v>1122680</v>
       </c>
       <c r="N55" s="8">
-        <v>16577814</v>
+        <v>16578859</v>
       </c>
     </row>
     <row r="56" ht="15" customHeight="1">
       <c r="A56" s="7" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B56" s="8">
         <v>3175504</v>
       </c>
       <c r="C56" s="8">
         <v>3247433</v>
       </c>
       <c r="D56" s="8">
         <v>3234958</v>
       </c>
       <c r="E56" s="8">
         <v>3167860</v>
       </c>
       <c r="F56" s="8">
         <v>2930073</v>
       </c>
       <c r="G56" s="8">
         <v>2884116</v>
       </c>
       <c r="H56" s="8">
         <v>2702504</v>
       </c>
       <c r="I56" s="8">
-        <v>2975744</v>
+        <v>2975747</v>
       </c>
       <c r="J56" s="8">
-        <v>2704850</v>
+        <v>2704735</v>
       </c>
       <c r="K56" s="8">
-        <v>2801818</v>
+        <v>2801823</v>
       </c>
       <c r="L56" s="8">
-        <v>2576577</v>
+        <v>2576583</v>
       </c>
       <c r="M56" s="8">
-        <v>2309727</v>
+        <v>2309578</v>
       </c>
       <c r="N56" s="8">
-        <v>34711164</v>
+        <v>34710914</v>
       </c>
     </row>
     <row r="57" ht="15" customHeight="1">
       <c r="A57" s="7" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B57" s="8">
         <v>426551</v>
       </c>
       <c r="C57" s="8">
         <v>428811</v>
       </c>
       <c r="D57" s="8">
         <v>403987</v>
       </c>
       <c r="E57" s="8">
         <v>420639</v>
       </c>
       <c r="F57" s="8">
         <v>358798</v>
       </c>
       <c r="G57" s="8">
         <v>346494</v>
       </c>
       <c r="H57" s="8">
         <v>359782</v>
       </c>
       <c r="I57" s="8">
-        <v>344295</v>
+        <v>344298</v>
       </c>
       <c r="J57" s="8">
-        <v>325061</v>
+        <v>324947</v>
       </c>
       <c r="K57" s="8">
-        <v>334785</v>
+        <v>334791</v>
       </c>
       <c r="L57" s="8">
-        <v>299013</v>
+        <v>299018</v>
       </c>
       <c r="M57" s="8">
-        <v>321912</v>
+        <v>321762</v>
       </c>
       <c r="N57" s="8">
-        <v>4370129</v>
+        <v>4369879</v>
       </c>
     </row>
     <row r="58" ht="15" customHeight="1">
       <c r="A58" s="7" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B58" s="8">
         <v>2748953</v>
       </c>
       <c r="C58" s="8">
         <v>2818622</v>
       </c>
       <c r="D58" s="8">
         <v>2830971</v>
       </c>
       <c r="E58" s="8">
         <v>2747220</v>
       </c>
       <c r="F58" s="8">
         <v>2571275</v>
       </c>
       <c r="G58" s="8">
         <v>2537621</v>
       </c>
       <c r="H58" s="8">
         <v>2342722</v>
       </c>
       <c r="I58" s="8">
         <v>2631449</v>
       </c>
       <c r="J58" s="8">
         <v>2379789</v>
       </c>
       <c r="K58" s="8">
         <v>2467033</v>
       </c>
       <c r="L58" s="8">
         <v>2277564</v>
       </c>
       <c r="M58" s="8">
         <v>1987815</v>
       </c>
       <c r="N58" s="8">
         <v>30341036</v>
       </c>
     </row>
     <row r="59" ht="15" customHeight="1">
       <c r="A59" s="7" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B59" s="8">
-        <v>3369377</v>
+        <v>3369393</v>
       </c>
       <c r="C59" s="8">
-        <v>4128988</v>
+        <v>4128993</v>
       </c>
       <c r="D59" s="8">
         <v>3860413</v>
       </c>
       <c r="E59" s="8">
-        <v>4253606</v>
+        <v>4253607</v>
       </c>
       <c r="F59" s="8">
         <v>4471549</v>
       </c>
       <c r="G59" s="8">
-        <v>3798903</v>
+        <v>3798909</v>
       </c>
       <c r="H59" s="8">
-        <v>3698082</v>
+        <v>3698091</v>
       </c>
       <c r="I59" s="8">
-        <v>3644891</v>
+        <v>3644931</v>
       </c>
       <c r="J59" s="8">
-        <v>3074177</v>
+        <v>3074244</v>
       </c>
       <c r="K59" s="8">
         <v>92050534</v>
       </c>
       <c r="L59" s="8">
-        <v>3220287</v>
+        <v>3220291</v>
       </c>
       <c r="M59" s="8">
-        <v>2832858</v>
+        <v>2832862</v>
       </c>
       <c r="N59" s="8">
-        <v>132403665</v>
+        <v>132403817</v>
       </c>
     </row>
     <row r="60" ht="15" customHeight="1">
       <c r="A60" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B60" s="8">
         <v>766120</v>
       </c>
       <c r="C60" s="8">
         <v>812124</v>
       </c>
       <c r="D60" s="8">
         <v>765844</v>
       </c>
       <c r="E60" s="8">
         <v>782849</v>
       </c>
       <c r="F60" s="8">
         <v>772096</v>
       </c>
       <c r="G60" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="H60" s="8">
         <v>698023</v>
       </c>
       <c r="I60" s="8">
         <v>877141</v>
       </c>
       <c r="J60" s="8">
         <v>632124</v>
       </c>
       <c r="K60" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L60" s="8">
         <v>759771</v>
       </c>
       <c r="M60" s="8">
         <v>609898</v>
       </c>
       <c r="N60" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
     </row>
     <row r="61" ht="15" customHeight="1">
       <c r="A61" s="7" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="B61" s="8">
         <v>1270419</v>
       </c>
       <c r="C61" s="8">
         <v>1577344</v>
       </c>
       <c r="D61" s="8">
         <v>1539363</v>
       </c>
       <c r="E61" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="F61" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="G61" s="8">
         <v>1355869</v>
       </c>
       <c r="H61" s="8">
         <v>1529058</v>
       </c>
       <c r="I61" s="8">
         <v>1314256</v>
       </c>
       <c r="J61" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="K61" s="8">
         <v>1472318</v>
       </c>
       <c r="L61" s="8">
         <v>1352822</v>
       </c>
       <c r="M61" s="8">
         <v>1147666</v>
       </c>
       <c r="N61" s="8">
         <v>17936616</v>
       </c>
     </row>
     <row r="62" ht="15" customHeight="1">
       <c r="A62" s="7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B62" s="8">
-        <v>730244</v>
+        <v>730260</v>
       </c>
       <c r="C62" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D62" s="8">
         <v>972877</v>
       </c>
       <c r="E62" s="8">
-        <v>305264</v>
+        <v>305265</v>
       </c>
       <c r="F62" s="8">
         <v>262695</v>
       </c>
       <c r="G62" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="H62" s="8">
-        <v>729794</v>
+        <v>729803</v>
       </c>
       <c r="I62" s="8">
-        <v>822631</v>
+        <v>822671</v>
       </c>
       <c r="J62" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="K62" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L62" s="8">
         <v>681166</v>
       </c>
       <c r="M62" s="8">
         <v>617616</v>
       </c>
       <c r="N62" s="8">
-        <v>9239425</v>
+        <v>9239569</v>
       </c>
     </row>
     <row r="63" ht="15" customHeight="1">
       <c r="A63" s="7" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="B63" s="8">
         <v>602594</v>
       </c>
       <c r="C63" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D63" s="8">
         <v>582329</v>
       </c>
       <c r="E63" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="F63" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="G63" s="8">
         <v>697769</v>
       </c>
       <c r="H63" s="8">
         <v>741206</v>
       </c>
       <c r="I63" s="8">
         <v>630863</v>
       </c>
       <c r="J63" s="8">
         <v>475056</v>
       </c>
       <c r="K63" s="8">
         <v>678760</v>
       </c>
       <c r="L63" s="8">
-        <v>426527</v>
+        <v>426532</v>
       </c>
       <c r="M63" s="8">
-        <v>457678</v>
+        <v>457682</v>
       </c>
       <c r="N63" s="8">
-        <v>8273793</v>
+        <v>8273802</v>
       </c>
     </row>
     <row r="64" ht="15" customHeight="1">
       <c r="A64" s="7" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="E64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="H64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="I64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="J64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="K64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="L64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="M64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="N64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="65" ht="15" customHeight="1">
       <c r="A65" s="7" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B65" s="8">
         <v>888304956</v>
       </c>
       <c r="C65" s="8">
         <v>879532424</v>
       </c>
       <c r="D65" s="8">
         <v>887285836</v>
       </c>
       <c r="E65" s="8">
         <v>849814828</v>
       </c>
       <c r="F65" s="8">
         <v>919843341</v>
       </c>
       <c r="G65" s="8">
         <v>884084924</v>
       </c>
       <c r="H65" s="8">
         <v>978777640</v>
       </c>
       <c r="I65" s="8">
         <v>965026793</v>
       </c>
       <c r="J65" s="8">
-        <v>860402988</v>
+        <v>861111835</v>
       </c>
       <c r="K65" s="8">
-        <v>934557764</v>
+        <v>935203651</v>
       </c>
       <c r="L65" s="8">
-        <v>907636804</v>
+        <v>908227226</v>
       </c>
       <c r="M65" s="8">
-        <v>934239944</v>
+        <v>934718372</v>
       </c>
       <c r="N65" s="8">
-        <v>10889508239</v>
+        <v>10891931823</v>
       </c>
     </row>
     <row r="66" ht="15" customHeight="1">
       <c r="A66" s="7" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="B66" s="8">
         <v>188755312</v>
       </c>
       <c r="C66" s="8">
         <v>199247381</v>
       </c>
       <c r="D66" s="8">
         <v>183899417</v>
       </c>
       <c r="E66" s="8">
         <v>183851769</v>
       </c>
       <c r="F66" s="8">
         <v>203922709</v>
       </c>
       <c r="G66" s="8">
         <v>197361802</v>
       </c>
       <c r="H66" s="8">
         <v>213576673</v>
       </c>
       <c r="I66" s="8">
         <v>207505364</v>
       </c>
       <c r="J66" s="8">
         <v>166969542</v>
       </c>
       <c r="K66" s="8">
         <v>207918550</v>
       </c>
       <c r="L66" s="8">
         <v>185873218</v>
       </c>
       <c r="M66" s="8">
         <v>209670331</v>
       </c>
       <c r="N66" s="8">
         <v>2348552066</v>
       </c>
     </row>
     <row r="67" ht="15" customHeight="1">
       <c r="A67" s="7" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="B67" s="8">
         <v>731892467</v>
       </c>
       <c r="C67" s="8">
         <v>705215472</v>
       </c>
       <c r="D67" s="8">
         <v>689258786</v>
       </c>
       <c r="E67" s="8">
         <v>699414313</v>
       </c>
       <c r="F67" s="8">
         <v>733923484</v>
       </c>
       <c r="G67" s="8">
         <v>695431934</v>
       </c>
       <c r="H67" s="8">
         <v>771959774</v>
       </c>
       <c r="I67" s="8">
         <v>762803414</v>
       </c>
       <c r="J67" s="8">
         <v>701358302</v>
       </c>
       <c r="K67" s="8">
         <v>763096661</v>
       </c>
       <c r="L67" s="8">
         <v>714518986</v>
       </c>
       <c r="M67" s="8">
         <v>759033356</v>
       </c>
       <c r="N67" s="8">
         <v>8727906950</v>
       </c>
     </row>
     <row r="68" ht="15" customHeight="1">
       <c r="A68" s="7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B68" s="8">
         <v>844086</v>
       </c>
       <c r="C68" s="8">
         <v>848763</v>
       </c>
       <c r="D68" s="8">
         <v>948198</v>
       </c>
       <c r="E68" s="8">
         <v>892162</v>
       </c>
       <c r="F68" s="8">
         <v>1158725</v>
       </c>
       <c r="G68" s="8">
         <v>1030707</v>
       </c>
       <c r="H68" s="8">
         <v>700406</v>
       </c>
       <c r="I68" s="8">
         <v>1127783</v>
       </c>
       <c r="J68" s="8">
-        <v>469051</v>
+        <v>1177898</v>
       </c>
       <c r="K68" s="8">
-        <v>478692</v>
+        <v>1124579</v>
       </c>
       <c r="L68" s="8">
-        <v>451996</v>
+        <v>1042418</v>
       </c>
       <c r="M68" s="8">
-        <v>440117</v>
+        <v>918545</v>
       </c>
       <c r="N68" s="8">
-        <v>9390686</v>
+        <v>11814270</v>
       </c>
     </row>
     <row r="69" ht="15" customHeight="1">
       <c r="A69" s="7" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B69" s="8">
         <v>108334185</v>
       </c>
       <c r="C69" s="8">
         <v>107621187</v>
       </c>
       <c r="D69" s="8">
         <v>131924865</v>
       </c>
       <c r="E69" s="8">
         <v>106606201</v>
       </c>
       <c r="F69" s="8">
         <v>94231559</v>
       </c>
       <c r="G69" s="8">
         <v>104844667</v>
       </c>
       <c r="H69" s="8">
         <v>102066499</v>
       </c>
       <c r="I69" s="8">
         <v>118642135</v>
       </c>
       <c r="J69" s="8">
         <v>104480332</v>
       </c>
       <c r="K69" s="8">
         <v>105105116</v>
       </c>
       <c r="L69" s="8">
         <v>122962787</v>
       </c>
       <c r="M69" s="8">
         <v>110389708</v>
       </c>
       <c r="N69" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="70" ht="15" customHeight="1">
       <c r="A70" s="7" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="B70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="E70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="H70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="I70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="J70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="K70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="L70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="M70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="N70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="71" ht="15" customHeight="1">
       <c r="A71" s="7" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B71" s="8">
-        <v>20690060</v>
+        <v>20761956</v>
       </c>
       <c r="C71" s="8">
-        <v>17728635</v>
+        <v>17796854</v>
       </c>
       <c r="D71" s="8">
-        <v>19172954</v>
+        <v>19323055</v>
       </c>
       <c r="E71" s="8">
-        <v>19499692</v>
+        <v>19830022</v>
       </c>
       <c r="F71" s="8">
-        <v>20359440</v>
+        <v>20473056</v>
       </c>
       <c r="G71" s="8">
-        <v>18061299</v>
+        <v>18188814</v>
       </c>
       <c r="H71" s="8">
-        <v>19358230</v>
+        <v>19763672</v>
       </c>
       <c r="I71" s="8">
-        <v>18791116</v>
+        <v>19193745</v>
       </c>
       <c r="J71" s="8">
-        <v>17551305</v>
+        <v>17860194</v>
       </c>
       <c r="K71" s="8">
-        <v>20765936</v>
+        <v>21176457</v>
       </c>
       <c r="L71" s="8">
-        <v>22223951</v>
+        <v>22606858</v>
       </c>
       <c r="M71" s="8">
-        <v>18759093</v>
+        <v>19143133</v>
       </c>
       <c r="N71" s="8">
-        <v>232961712</v>
+        <v>236117816</v>
       </c>
     </row>
     <row r="72" ht="15" customHeight="1">
       <c r="A72" s="7" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="B72" s="8">
-        <v>9530080</v>
+        <v>9530114</v>
       </c>
       <c r="C72" s="8">
         <v>9672746</v>
       </c>
       <c r="D72" s="8">
         <v>10950688</v>
       </c>
       <c r="E72" s="8">
         <v>11454395</v>
       </c>
       <c r="F72" s="8">
         <v>11462730</v>
       </c>
       <c r="G72" s="8">
-        <v>10333404</v>
+        <v>10333421</v>
       </c>
       <c r="H72" s="8">
         <v>11286303</v>
       </c>
       <c r="I72" s="8">
-        <v>12905908</v>
+        <v>12905925</v>
       </c>
       <c r="J72" s="8">
         <v>11353010</v>
       </c>
       <c r="K72" s="8">
         <v>12141727</v>
       </c>
       <c r="L72" s="8">
-        <v>10495923</v>
+        <v>10495941</v>
       </c>
       <c r="M72" s="8">
         <v>10079827</v>
       </c>
       <c r="N72" s="8">
-        <v>131666743</v>
+        <v>131666828</v>
       </c>
     </row>
     <row r="73" ht="15" customHeight="1">
       <c r="A73" s="7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B73" s="8">
-        <v>9198292</v>
+        <v>9254049</v>
       </c>
       <c r="C73" s="8">
-        <v>9066567</v>
+        <v>9137208</v>
       </c>
       <c r="D73" s="8">
-        <v>8762995</v>
+        <v>8820488</v>
       </c>
       <c r="E73" s="8">
-        <v>8880888</v>
+        <v>9189071</v>
       </c>
       <c r="F73" s="8">
-        <v>9845266</v>
+        <v>9893753</v>
       </c>
       <c r="G73" s="8">
-        <v>8917746</v>
+        <v>8970733</v>
       </c>
       <c r="H73" s="8">
-        <v>8649018</v>
+        <v>8991376</v>
       </c>
       <c r="I73" s="8">
-        <v>6787986</v>
+        <v>7113695</v>
       </c>
       <c r="J73" s="8">
-        <v>7644475</v>
+        <v>7887678</v>
       </c>
       <c r="K73" s="8">
-        <v>9745084</v>
+        <v>10060618</v>
       </c>
       <c r="L73" s="8">
-        <v>12707061</v>
+        <v>13027599</v>
       </c>
       <c r="M73" s="8">
-        <v>7614711</v>
+        <v>7931231</v>
       </c>
       <c r="N73" s="8">
-        <v>107820088</v>
+        <v>110277500</v>
       </c>
     </row>
     <row r="74" ht="15" customHeight="1">
       <c r="A74" s="7" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B74" s="8">
-        <v>1789570</v>
+        <v>1795417</v>
       </c>
       <c r="C74" s="8">
-        <v>1641700</v>
+        <v>1647051</v>
       </c>
       <c r="D74" s="8">
-        <v>1925878</v>
+        <v>1929539</v>
       </c>
       <c r="E74" s="8">
-        <v>2146401</v>
+        <v>2151152</v>
       </c>
       <c r="F74" s="8">
-        <v>2138170</v>
+        <v>2147940</v>
       </c>
       <c r="G74" s="8">
-        <v>2032565</v>
+        <v>2303527</v>
       </c>
       <c r="H74" s="8">
-        <v>2191813</v>
+        <v>2203055</v>
       </c>
       <c r="I74" s="8">
-        <v>1999567</v>
+        <v>2008902</v>
       </c>
       <c r="J74" s="8">
-        <v>1600494</v>
+        <v>1611409</v>
       </c>
       <c r="K74" s="8">
-        <v>2481757</v>
+        <v>2490668</v>
       </c>
       <c r="L74" s="8">
-        <v>1723278</v>
+        <v>1731386</v>
       </c>
       <c r="M74" s="8">
-        <v>1891364</v>
+        <v>1903128</v>
       </c>
       <c r="N74" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="75" ht="12" customHeight="1"/>
     <row r="76" ht="14" customHeight="1">
       <c r="A76" s="10" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="B76" s="10"/>
       <c r="C76" s="10"/>
       <c r="D76" s="10"/>
       <c r="E76" s="10"/>
       <c r="F76" s="10"/>
       <c r="G76" s="10"/>
       <c r="H76" s="10"/>
       <c r="I76" s="10"/>
       <c r="J76" s="10"/>
       <c r="K76" s="10"/>
       <c r="L76" s="10"/>
       <c r="M76" s="10"/>
       <c r="N76" s="10"/>
     </row>
     <row r="77" ht="14" customHeight="1">
       <c r="A77" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B77" s="11"/>
       <c r="C77" s="11"/>
       <c r="D77" s="11"/>
       <c r="E77" s="11"/>
       <c r="F77" s="11"/>
       <c r="G77" s="11"/>
       <c r="H77" s="11"/>
       <c r="I77" s="11"/>
       <c r="J77" s="11"/>
       <c r="K77" s="11"/>
       <c r="L77" s="11"/>
       <c r="M77" s="11"/>
       <c r="N77" s="11"/>
     </row>
     <row r="78" ht="14" customHeight="1">
       <c r="A78" s="12" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="B78" s="12"/>
       <c r="C78" s="12"/>
       <c r="D78" s="12"/>
       <c r="E78" s="12"/>
       <c r="F78" s="12"/>
       <c r="G78" s="12"/>
       <c r="H78" s="12"/>
       <c r="I78" s="12"/>
       <c r="J78" s="12"/>
       <c r="K78" s="12"/>
       <c r="L78" s="12"/>
       <c r="M78" s="12"/>
       <c r="N78" s="12"/>
     </row>
     <row r="79" ht="43" customHeight="1">
       <c r="A79" s="12" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="B79" s="12"/>
       <c r="C79" s="12"/>
       <c r="D79" s="12"/>
       <c r="E79" s="12"/>
       <c r="F79" s="12"/>
       <c r="G79" s="12"/>
       <c r="H79" s="12"/>
       <c r="I79" s="12"/>
       <c r="J79" s="12"/>
       <c r="K79" s="12"/>
       <c r="L79" s="12"/>
       <c r="M79" s="12"/>
       <c r="N79" s="12"/>
     </row>
     <row r="80" ht="14" customHeight="1">
       <c r="A80" s="12" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B80" s="12"/>
       <c r="C80" s="12"/>
       <c r="D80" s="12"/>
       <c r="E80" s="12"/>
       <c r="F80" s="12"/>
       <c r="G80" s="12"/>
       <c r="H80" s="12"/>
       <c r="I80" s="12"/>
       <c r="J80" s="12"/>
       <c r="K80" s="12"/>
       <c r="L80" s="12"/>
       <c r="M80" s="12"/>
       <c r="N80" s="12"/>
     </row>
     <row r="81" ht="12" customHeight="1">
       <c r="A81" s="13" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="B81" s="13"/>
       <c r="C81" s="13"/>
       <c r="D81" s="13"/>
       <c r="E81" s="13"/>
       <c r="F81" s="13"/>
       <c r="G81" s="13"/>
       <c r="H81" s="13"/>
       <c r="I81" s="13"/>
       <c r="J81" s="13"/>
       <c r="K81" s="13"/>
       <c r="L81" s="13"/>
       <c r="M81" s="13"/>
       <c r="N81" s="13"/>
     </row>
     <row r="82" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A76:N76"/>
@@ -22041,3111 +22889,3111 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="B9" s="8">
-        <v>3205</v>
+        <v>3220</v>
       </c>
       <c r="C9" s="8">
-        <v>3228</v>
+        <v>3242</v>
       </c>
       <c r="D9" s="8">
-        <v>3246</v>
+        <v>3262</v>
       </c>
       <c r="E9" s="8">
-        <v>3218</v>
+        <v>3233</v>
       </c>
       <c r="F9" s="8">
-        <v>3233</v>
+        <v>3248</v>
       </c>
       <c r="G9" s="8">
-        <v>3259</v>
+        <v>3274</v>
       </c>
       <c r="H9" s="8">
-        <v>3238</v>
+        <v>3256</v>
       </c>
       <c r="I9" s="8">
-        <v>3244</v>
+        <v>3263</v>
       </c>
       <c r="J9" s="8">
+        <v>3291</v>
+      </c>
+      <c r="K9" s="8">
         <v>3272</v>
       </c>
-      <c r="K9" s="8">
-[...1 lines deleted...]
-      </c>
       <c r="L9" s="8">
-        <v>3275</v>
+        <v>3295</v>
       </c>
       <c r="M9" s="8">
-        <v>3314</v>
+        <v>3335</v>
       </c>
       <c r="N9" s="8">
-        <v>3614</v>
+        <v>3631</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="B10" s="8">
-        <v>1849527509</v>
+        <v>1849526991</v>
       </c>
       <c r="C10" s="8">
-        <v>1676851886</v>
+        <v>1676851764</v>
       </c>
       <c r="D10" s="8">
-        <v>1864168709</v>
+        <v>1864169028</v>
       </c>
       <c r="E10" s="8">
-        <v>1787727508</v>
+        <v>1787726385</v>
       </c>
       <c r="F10" s="8">
-        <v>1888411555</v>
+        <v>1888411273</v>
       </c>
       <c r="G10" s="8">
-        <v>1808207195</v>
+        <v>1808208101</v>
       </c>
       <c r="H10" s="8">
-        <v>1892800334</v>
+        <v>1892797699</v>
       </c>
       <c r="I10" s="8">
-        <v>1830589497</v>
+        <v>1830586990</v>
       </c>
       <c r="J10" s="8">
-        <v>1840534375</v>
+        <v>1840530783</v>
       </c>
       <c r="K10" s="8">
-        <v>1949555398</v>
+        <v>1949555035</v>
       </c>
       <c r="L10" s="8">
-        <v>1897324628</v>
+        <v>1897323718</v>
       </c>
       <c r="M10" s="8">
-        <v>2042594930</v>
+        <v>2042594663</v>
       </c>
       <c r="N10" s="8">
-        <v>22328293524</v>
+        <v>22328282431</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B11" s="8">
         <v>26539400</v>
       </c>
       <c r="C11" s="8">
         <v>26790707</v>
       </c>
       <c r="D11" s="8">
         <v>25900634</v>
       </c>
       <c r="E11" s="8">
         <v>26011056</v>
       </c>
       <c r="F11" s="8">
-        <v>28367775</v>
+        <v>28367803</v>
       </c>
       <c r="G11" s="8">
-        <v>25681828</v>
+        <v>25681934</v>
       </c>
       <c r="H11" s="8">
         <v>20640319</v>
       </c>
       <c r="I11" s="8">
         <v>22732666</v>
       </c>
       <c r="J11" s="8">
         <v>21218281</v>
       </c>
       <c r="K11" s="8">
         <v>25201083</v>
       </c>
       <c r="L11" s="8">
         <v>25135066</v>
       </c>
       <c r="M11" s="8">
-        <v>24715283</v>
+        <v>24715248</v>
       </c>
       <c r="N11" s="8">
-        <v>298934099</v>
+        <v>298934197</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B12" s="8">
         <v>231747</v>
       </c>
       <c r="C12" s="8">
         <v>610497</v>
       </c>
       <c r="D12" s="8">
         <v>244948</v>
       </c>
       <c r="E12" s="8">
         <v>192970</v>
       </c>
       <c r="F12" s="8">
         <v>170887</v>
       </c>
       <c r="G12" s="8">
         <v>163210</v>
       </c>
       <c r="H12" s="8">
         <v>69332</v>
       </c>
       <c r="I12" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="J12" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="K12" s="8">
         <v>1378214</v>
       </c>
       <c r="L12" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M12" s="8">
         <v>169645</v>
       </c>
       <c r="N12" s="8">
         <v>6596321</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B13" s="8">
         <v>519321</v>
       </c>
       <c r="C13" s="8">
-        <v>691233</v>
+        <v>691381</v>
       </c>
       <c r="D13" s="8">
-        <v>757651</v>
+        <v>757798</v>
       </c>
       <c r="E13" s="8">
-        <v>735337</v>
+        <v>735631</v>
       </c>
       <c r="F13" s="8">
-        <v>851368</v>
+        <v>851461</v>
       </c>
       <c r="G13" s="8">
-        <v>834070</v>
+        <v>834802</v>
       </c>
       <c r="H13" s="8">
-        <v>644097</v>
+        <v>641386</v>
       </c>
       <c r="I13" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="J13" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="K13" s="8">
-        <v>751266</v>
+        <v>750703</v>
       </c>
       <c r="L13" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M13" s="8">
-        <v>495308</v>
+        <v>494989</v>
       </c>
       <c r="N13" s="8">
-        <v>8658589</v>
+        <v>8648958</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B14" s="8">
-        <v>1822237041</v>
+        <v>1822236524</v>
       </c>
       <c r="C14" s="8">
-        <v>1648759450</v>
+        <v>1648759179</v>
       </c>
       <c r="D14" s="8">
-        <v>1837265476</v>
+        <v>1837265648</v>
       </c>
       <c r="E14" s="8">
-        <v>1760788145</v>
+        <v>1760786728</v>
       </c>
       <c r="F14" s="8">
-        <v>1859021525</v>
+        <v>1859021121</v>
       </c>
       <c r="G14" s="8">
-        <v>1781528087</v>
+        <v>1781528155</v>
       </c>
       <c r="H14" s="8">
-        <v>1871446586</v>
+        <v>1871446663</v>
       </c>
       <c r="I14" s="8">
-        <v>1806185730</v>
+        <v>1806185953</v>
       </c>
       <c r="J14" s="8">
-        <v>1817700758</v>
+        <v>1817700859</v>
       </c>
       <c r="K14" s="8">
-        <v>1922224834</v>
+        <v>1922225035</v>
       </c>
       <c r="L14" s="8">
-        <v>1869732191</v>
+        <v>1869732309</v>
       </c>
       <c r="M14" s="8">
-        <v>2017214693</v>
+        <v>2017214781</v>
       </c>
       <c r="N14" s="8">
-        <v>22014104516</v>
+        <v>22014102956</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B15" s="8">
-        <v>31815664</v>
+        <v>31814707</v>
       </c>
       <c r="C15" s="8">
-        <v>31277245</v>
+        <v>31276488</v>
       </c>
       <c r="D15" s="8">
-        <v>36637796</v>
+        <v>36636575</v>
       </c>
       <c r="E15" s="8">
-        <v>31645255</v>
+        <v>31644499</v>
       </c>
       <c r="F15" s="8">
-        <v>34193335</v>
+        <v>34192930</v>
       </c>
       <c r="G15" s="8">
-        <v>33461618</v>
+        <v>33459855</v>
       </c>
       <c r="H15" s="8">
-        <v>30398065</v>
+        <v>30393374</v>
       </c>
       <c r="I15" s="8">
-        <v>34042352</v>
+        <v>34038803</v>
       </c>
       <c r="J15" s="8">
-        <v>31233000</v>
+        <v>31228168</v>
       </c>
       <c r="K15" s="8">
-        <v>34501261</v>
+        <v>34501273</v>
       </c>
       <c r="L15" s="8">
-        <v>32663524</v>
+        <v>32662362</v>
       </c>
       <c r="M15" s="8">
-        <v>27531650</v>
+        <v>27531626</v>
       </c>
       <c r="N15" s="8">
-        <v>389400767</v>
+        <v>389380660</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B16" s="8">
         <v>101248115</v>
       </c>
       <c r="C16" s="8">
         <v>93337701</v>
       </c>
       <c r="D16" s="8">
         <v>174261456</v>
       </c>
       <c r="E16" s="8">
         <v>140841563</v>
       </c>
       <c r="F16" s="8">
         <v>105034606</v>
       </c>
       <c r="G16" s="8">
         <v>114204428</v>
       </c>
       <c r="H16" s="8">
-        <v>91589030</v>
+        <v>91589108</v>
       </c>
       <c r="I16" s="8">
-        <v>91447728</v>
+        <v>91447186</v>
       </c>
       <c r="J16" s="8">
         <v>97849317</v>
       </c>
       <c r="K16" s="8">
         <v>110310240</v>
       </c>
       <c r="L16" s="8">
-        <v>132230395</v>
+        <v>132230172</v>
       </c>
       <c r="M16" s="8">
         <v>172290772</v>
       </c>
       <c r="N16" s="8">
-        <v>1424645352</v>
+        <v>1424644665</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B17" s="8">
         <v>797540</v>
       </c>
       <c r="C17" s="8">
         <v>688683</v>
       </c>
       <c r="D17" s="8">
         <v>795150</v>
       </c>
       <c r="E17" s="8">
         <v>1091229</v>
       </c>
       <c r="F17" s="8">
         <v>941894</v>
       </c>
       <c r="G17" s="8">
         <v>613238</v>
       </c>
       <c r="H17" s="8">
         <v>518896</v>
       </c>
       <c r="I17" s="8">
-        <v>1086261</v>
+        <v>1085719</v>
       </c>
       <c r="J17" s="8">
         <v>889714</v>
       </c>
       <c r="K17" s="8">
         <v>895062</v>
       </c>
       <c r="L17" s="8">
         <v>831644</v>
       </c>
       <c r="M17" s="8">
         <v>455003</v>
       </c>
       <c r="N17" s="8">
-        <v>9604313</v>
+        <v>9603771</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B18" s="8">
         <v>100317914</v>
       </c>
       <c r="C18" s="8">
         <v>92525858</v>
       </c>
       <c r="D18" s="8">
         <v>173315983</v>
       </c>
       <c r="E18" s="8">
         <v>139531902</v>
       </c>
       <c r="F18" s="8">
         <v>103873277</v>
       </c>
       <c r="G18" s="8">
         <v>113390221</v>
       </c>
       <c r="H18" s="8">
-        <v>90937799</v>
+        <v>90937877</v>
       </c>
       <c r="I18" s="8">
         <v>90211092</v>
       </c>
       <c r="J18" s="8">
         <v>96818894</v>
       </c>
       <c r="K18" s="8">
         <v>109255800</v>
       </c>
       <c r="L18" s="8">
         <v>131267799</v>
       </c>
       <c r="M18" s="8">
         <v>171715594</v>
       </c>
       <c r="N18" s="8">
-        <v>1413162133</v>
+        <v>1413162211</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B19" s="8">
         <v>132661</v>
       </c>
       <c r="C19" s="8">
         <v>123160</v>
       </c>
       <c r="D19" s="8">
         <v>150324</v>
       </c>
       <c r="E19" s="8">
         <v>218432</v>
       </c>
       <c r="F19" s="8">
         <v>219436</v>
       </c>
       <c r="G19" s="8">
         <v>200969</v>
       </c>
       <c r="H19" s="8">
         <v>132336</v>
       </c>
       <c r="I19" s="8">
         <v>150374</v>
       </c>
       <c r="J19" s="8">
         <v>140708</v>
       </c>
       <c r="K19" s="8">
         <v>159378</v>
       </c>
       <c r="L19" s="8">
-        <v>130952</v>
+        <v>130729</v>
       </c>
       <c r="M19" s="8">
         <v>120175</v>
       </c>
       <c r="N19" s="8">
-        <v>1878906</v>
+        <v>1878683</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B20" s="8">
-        <v>1485985040</v>
+        <v>1486198923</v>
       </c>
       <c r="C20" s="8">
-        <v>1613299350</v>
+        <v>1613348933</v>
       </c>
       <c r="D20" s="8">
-        <v>1596481630</v>
+        <v>1596530580</v>
       </c>
       <c r="E20" s="8">
-        <v>1617327180</v>
+        <v>1617385189</v>
       </c>
       <c r="F20" s="8">
-        <v>1615789167</v>
+        <v>1615847361</v>
       </c>
       <c r="G20" s="8">
-        <v>1544077029</v>
+        <v>1544133440</v>
       </c>
       <c r="H20" s="8">
-        <v>1600617979</v>
+        <v>1600678970</v>
       </c>
       <c r="I20" s="8">
-        <v>1584958131</v>
+        <v>1585044148</v>
       </c>
       <c r="J20" s="8">
-        <v>1600540035</v>
+        <v>1600625774</v>
       </c>
       <c r="K20" s="8">
-        <v>1582389827</v>
+        <v>1582475614</v>
       </c>
       <c r="L20" s="8">
-        <v>1615724335</v>
+        <v>1615809779</v>
       </c>
       <c r="M20" s="8">
-        <v>1709874520</v>
+        <v>1709959650</v>
       </c>
       <c r="N20" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B21" s="8">
-        <v>1178347042</v>
+        <v>1178538519</v>
       </c>
       <c r="C21" s="8">
-        <v>1199298218</v>
+        <v>1199341986</v>
       </c>
       <c r="D21" s="8">
-        <v>1215629928</v>
+        <v>1215673650</v>
       </c>
       <c r="E21" s="8">
-        <v>1221619057</v>
+        <v>1221670358</v>
       </c>
       <c r="F21" s="8">
-        <v>1236205812</v>
+        <v>1236257069</v>
       </c>
       <c r="G21" s="8">
-        <v>1249517666</v>
+        <v>1249569127</v>
       </c>
       <c r="H21" s="8">
-        <v>1259524905</v>
+        <v>1259577431</v>
       </c>
       <c r="I21" s="8">
-        <v>1268240589</v>
+        <v>1268317736</v>
       </c>
       <c r="J21" s="8">
-        <v>1278321377</v>
+        <v>1278398786</v>
       </c>
       <c r="K21" s="8">
-        <v>1290463540</v>
+        <v>1290541386</v>
       </c>
       <c r="L21" s="8">
-        <v>1303570386</v>
+        <v>1303648382</v>
       </c>
       <c r="M21" s="8">
-        <v>1322860069</v>
+        <v>1322938225</v>
       </c>
       <c r="N21" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B22" s="8">
-        <v>44719687</v>
+        <v>44729261</v>
       </c>
       <c r="C22" s="8">
-        <v>44118301</v>
+        <v>44120781</v>
       </c>
       <c r="D22" s="8">
-        <v>43592851</v>
+        <v>43595823</v>
       </c>
       <c r="E22" s="8">
-        <v>43162476</v>
+        <v>43164948</v>
       </c>
       <c r="F22" s="8">
-        <v>42908454</v>
+        <v>42910926</v>
       </c>
       <c r="G22" s="8">
-        <v>41526720</v>
+        <v>41529185</v>
       </c>
       <c r="H22" s="8">
-        <v>41754690</v>
+        <v>41757205</v>
       </c>
       <c r="I22" s="8">
-        <v>41561766</v>
+        <v>41564435</v>
       </c>
       <c r="J22" s="8">
-        <v>41732247</v>
+        <v>41734905</v>
       </c>
       <c r="K22" s="8">
-        <v>42233273</v>
+        <v>42235953</v>
       </c>
       <c r="L22" s="8">
-        <v>43102385</v>
+        <v>43105063</v>
       </c>
       <c r="M22" s="8">
-        <v>42694836</v>
+        <v>42697495</v>
       </c>
       <c r="N22" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B23" s="8">
-        <v>7563176</v>
+        <v>7564063</v>
       </c>
       <c r="C23" s="8">
-        <v>7438712</v>
+        <v>7439307</v>
       </c>
       <c r="D23" s="8">
-        <v>6640125</v>
+        <v>6640720</v>
       </c>
       <c r="E23" s="8">
-        <v>7401085</v>
+        <v>7401680</v>
       </c>
       <c r="F23" s="8">
-        <v>6148142</v>
+        <v>6149115</v>
       </c>
       <c r="G23" s="8">
-        <v>6423695</v>
+        <v>6424284</v>
       </c>
       <c r="H23" s="8">
-        <v>7042193</v>
+        <v>7042838</v>
       </c>
       <c r="I23" s="8">
-        <v>7092652</v>
+        <v>7093532</v>
       </c>
       <c r="J23" s="8">
-        <v>6426379</v>
+        <v>6427239</v>
       </c>
       <c r="K23" s="8">
-        <v>5887751</v>
+        <v>5888571</v>
       </c>
       <c r="L23" s="8">
-        <v>6783843</v>
+        <v>6784659</v>
       </c>
       <c r="M23" s="8">
-        <v>6517466</v>
+        <v>6518235</v>
       </c>
       <c r="N23" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B24" s="8">
-        <v>255355135</v>
+        <v>255367080</v>
       </c>
       <c r="C24" s="8">
-        <v>362444120</v>
+        <v>362446859</v>
       </c>
       <c r="D24" s="8">
-        <v>330618727</v>
+        <v>330620388</v>
       </c>
       <c r="E24" s="8">
-        <v>345144562</v>
+        <v>345148203</v>
       </c>
       <c r="F24" s="8">
-        <v>330526759</v>
+        <v>330530251</v>
       </c>
       <c r="G24" s="8">
-        <v>246608948</v>
+        <v>246610844</v>
       </c>
       <c r="H24" s="8">
-        <v>292296191</v>
+        <v>292301496</v>
       </c>
       <c r="I24" s="8">
-        <v>268063123</v>
+        <v>268068446</v>
       </c>
       <c r="J24" s="8">
-        <v>274060032</v>
+        <v>274064844</v>
       </c>
       <c r="K24" s="8">
-        <v>243805263</v>
+        <v>243809703</v>
       </c>
       <c r="L24" s="8">
-        <v>262267721</v>
+        <v>262271674</v>
       </c>
       <c r="M24" s="8">
-        <v>337802149</v>
+        <v>337805695</v>
       </c>
       <c r="N24" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B25" s="8">
-        <v>16491735247</v>
+        <v>16458664312</v>
       </c>
       <c r="C25" s="8">
-        <v>14831846149</v>
+        <v>14804524038</v>
       </c>
       <c r="D25" s="8">
-        <v>16474157370</v>
+        <v>16437803546</v>
       </c>
       <c r="E25" s="8">
-        <v>15743392979</v>
+        <v>15709058476</v>
       </c>
       <c r="F25" s="8">
-        <v>16539593409</v>
+        <v>16499692561</v>
       </c>
       <c r="G25" s="8">
-        <v>17097556862</v>
+        <v>17066343223</v>
       </c>
       <c r="H25" s="8">
-        <v>17223500426</v>
+        <v>17180911031</v>
       </c>
       <c r="I25" s="8">
-        <v>17078422528</v>
+        <v>17028296405</v>
       </c>
       <c r="J25" s="8">
-        <v>16802808980</v>
+        <v>16763867624</v>
       </c>
       <c r="K25" s="8">
-        <v>18482326439</v>
+        <v>18432025199</v>
       </c>
       <c r="L25" s="8">
-        <v>17727193296</v>
+        <v>17683309721</v>
       </c>
       <c r="M25" s="8">
-        <v>19343668552</v>
+        <v>19295735225</v>
       </c>
       <c r="N25" s="8">
-        <v>203836202236</v>
+        <v>203360231363</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B26" s="8">
         <v>15974965934</v>
       </c>
       <c r="C26" s="8">
         <v>14251817740</v>
       </c>
       <c r="D26" s="8">
         <v>15935747242</v>
       </c>
       <c r="E26" s="8">
         <v>15206343952</v>
       </c>
       <c r="F26" s="8">
         <v>15977664789</v>
       </c>
       <c r="G26" s="8">
         <v>16592898779</v>
       </c>
       <c r="H26" s="8">
         <v>16622856386</v>
       </c>
       <c r="I26" s="8">
         <v>16435016808</v>
       </c>
       <c r="J26" s="8">
         <v>16325862526</v>
       </c>
       <c r="K26" s="8">
         <v>17666112827</v>
       </c>
       <c r="L26" s="8">
         <v>16977523783</v>
       </c>
       <c r="M26" s="8">
         <v>18565601542</v>
       </c>
       <c r="N26" s="8">
         <v>196532412308</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B27" s="8">
         <v>46677718</v>
       </c>
       <c r="C27" s="8">
         <v>50790477</v>
       </c>
       <c r="D27" s="8">
         <v>50015745</v>
       </c>
       <c r="E27" s="8">
         <v>46887925</v>
       </c>
       <c r="F27" s="8">
         <v>51155300</v>
       </c>
       <c r="G27" s="8">
         <v>49747617</v>
       </c>
       <c r="H27" s="8">
         <v>38775779</v>
       </c>
       <c r="I27" s="8">
         <v>45989164</v>
       </c>
       <c r="J27" s="8">
         <v>37526656</v>
       </c>
       <c r="K27" s="8">
         <v>48425491</v>
       </c>
       <c r="L27" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M27" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N27" s="8">
         <v>559724535</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B28" s="8">
-        <v>340309689</v>
+        <v>307238754</v>
       </c>
       <c r="C28" s="8">
-        <v>414084345</v>
+        <v>386762235</v>
       </c>
       <c r="D28" s="8">
-        <v>368056439</v>
+        <v>331702615</v>
       </c>
       <c r="E28" s="8">
-        <v>357978626</v>
+        <v>323644123</v>
       </c>
       <c r="F28" s="8">
-        <v>384223150</v>
+        <v>344322302</v>
       </c>
       <c r="G28" s="8">
-        <v>338838814</v>
+        <v>307625175</v>
       </c>
       <c r="H28" s="8">
-        <v>437423243</v>
+        <v>394833848</v>
       </c>
       <c r="I28" s="8">
-        <v>472536224</v>
+        <v>422410102</v>
       </c>
       <c r="J28" s="8">
-        <v>336725769</v>
+        <v>297784413</v>
       </c>
       <c r="K28" s="8">
-        <v>722690646</v>
+        <v>672389407</v>
       </c>
       <c r="L28" s="8">
-        <v>650927704</v>
+        <v>607044129</v>
       </c>
       <c r="M28" s="8">
-        <v>684241795</v>
+        <v>636308752</v>
       </c>
       <c r="N28" s="8">
-        <v>5508036443</v>
+        <v>5032065854</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B29" s="8">
         <v>129781906</v>
       </c>
       <c r="C29" s="8">
         <v>115153586</v>
       </c>
       <c r="D29" s="8">
         <v>120337944</v>
       </c>
       <c r="E29" s="8">
         <v>132182477</v>
       </c>
       <c r="F29" s="8">
         <v>126550171</v>
       </c>
       <c r="G29" s="8">
         <v>116071652</v>
       </c>
       <c r="H29" s="8">
         <v>124445018</v>
       </c>
       <c r="I29" s="8">
         <v>124880332</v>
       </c>
       <c r="J29" s="8">
         <v>102694029</v>
       </c>
       <c r="K29" s="8">
         <v>45097475</v>
       </c>
       <c r="L29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N29" s="8">
-        <v>1236028949</v>
+        <v>1236028665</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B30" s="8">
-        <v>38389174</v>
+        <v>38389540</v>
       </c>
       <c r="C30" s="8">
-        <v>41177801</v>
+        <v>41178080</v>
       </c>
       <c r="D30" s="8">
-        <v>48563930</v>
+        <v>48564130</v>
       </c>
       <c r="E30" s="8">
-        <v>42445177</v>
+        <v>42445486</v>
       </c>
       <c r="F30" s="8">
-        <v>50228679</v>
+        <v>50229246</v>
       </c>
       <c r="G30" s="8">
-        <v>48151193</v>
+        <v>48151703</v>
       </c>
       <c r="H30" s="8">
-        <v>41132596</v>
+        <v>41133022</v>
       </c>
       <c r="I30" s="8">
-        <v>47170339</v>
+        <v>47170796</v>
       </c>
       <c r="J30" s="8">
-        <v>42282794</v>
+        <v>42283146</v>
       </c>
       <c r="K30" s="8">
-        <v>49462825</v>
+        <v>49463279</v>
       </c>
       <c r="L30" s="8">
-        <v>42233034</v>
+        <v>42233311</v>
       </c>
       <c r="M30" s="8">
-        <v>33741915</v>
+        <v>33742148</v>
       </c>
       <c r="N30" s="8">
-        <v>524979458</v>
+        <v>524983888</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B31" s="8">
-        <v>7282109</v>
+        <v>7282282</v>
       </c>
       <c r="C31" s="8">
-        <v>6994919</v>
+        <v>6995041</v>
       </c>
       <c r="D31" s="8">
-        <v>8586258</v>
+        <v>8586381</v>
       </c>
       <c r="E31" s="8">
-        <v>6543598</v>
+        <v>6543600</v>
       </c>
       <c r="F31" s="8">
-        <v>6662247</v>
+        <v>6662498</v>
       </c>
       <c r="G31" s="8">
-        <v>7242533</v>
+        <v>7242791</v>
       </c>
       <c r="H31" s="8">
-        <v>6041563</v>
+        <v>6041643</v>
       </c>
       <c r="I31" s="8">
-        <v>7606634</v>
+        <v>7606635</v>
       </c>
       <c r="J31" s="8">
-        <v>6088377</v>
+        <v>6088454</v>
       </c>
       <c r="K31" s="8">
-        <v>7620586</v>
+        <v>7620706</v>
       </c>
       <c r="L31" s="8">
-        <v>7042035</v>
+        <v>7042074</v>
       </c>
       <c r="M31" s="8">
-        <v>4542930</v>
+        <v>4542981</v>
       </c>
       <c r="N31" s="8">
-        <v>82253790</v>
+        <v>82255086</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B32" s="8">
         <v>790054</v>
       </c>
       <c r="C32" s="8">
         <v>736940</v>
       </c>
       <c r="D32" s="8">
         <v>745502</v>
       </c>
       <c r="E32" s="8">
         <v>738655</v>
       </c>
       <c r="F32" s="8">
         <v>859863</v>
       </c>
       <c r="G32" s="8">
         <v>609242</v>
       </c>
       <c r="H32" s="8">
         <v>662606</v>
       </c>
       <c r="I32" s="8">
         <v>590331</v>
       </c>
       <c r="J32" s="8">
-        <v>574516</v>
+        <v>574517</v>
       </c>
       <c r="K32" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L32" s="8">
         <v>600436</v>
       </c>
       <c r="M32" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N32" s="8">
-        <v>8386171</v>
+        <v>8386172</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B33" s="8">
         <v>3364825</v>
       </c>
       <c r="C33" s="8">
         <v>2685013</v>
       </c>
       <c r="D33" s="8">
         <v>3594088</v>
       </c>
       <c r="E33" s="8">
         <v>2674898</v>
       </c>
       <c r="F33" s="8">
         <v>4162371</v>
       </c>
       <c r="G33" s="8">
         <v>2749802</v>
       </c>
       <c r="H33" s="8">
         <v>2352268</v>
       </c>
       <c r="I33" s="8">
         <v>2761810</v>
       </c>
       <c r="J33" s="8">
         <v>3055586</v>
       </c>
       <c r="K33" s="8">
         <v>3828254</v>
       </c>
       <c r="L33" s="8">
         <v>2407407</v>
       </c>
       <c r="M33" s="8">
         <v>2276500</v>
       </c>
       <c r="N33" s="8">
         <v>35912823</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B34" s="8">
         <v>67995</v>
       </c>
       <c r="C34" s="8">
         <v>57836</v>
       </c>
       <c r="D34" s="8">
         <v>116190</v>
       </c>
       <c r="E34" s="8">
         <v>62263</v>
       </c>
       <c r="F34" s="8">
-        <v>56775</v>
+        <v>56816</v>
       </c>
       <c r="G34" s="8">
         <v>85548</v>
       </c>
       <c r="H34" s="8">
         <v>44667</v>
       </c>
       <c r="I34" s="8">
         <v>61594</v>
       </c>
       <c r="J34" s="8">
         <v>79849</v>
       </c>
       <c r="K34" s="8">
         <v>41352</v>
       </c>
       <c r="L34" s="8">
         <v>43698</v>
       </c>
       <c r="M34" s="8">
-        <v>45191</v>
+        <v>45263</v>
       </c>
       <c r="N34" s="8">
-        <v>762957</v>
+        <v>763070</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B35" s="8">
-        <v>791064</v>
+        <v>791244</v>
       </c>
       <c r="C35" s="8">
-        <v>586440</v>
+        <v>586504</v>
       </c>
       <c r="D35" s="8">
-        <v>802097</v>
+        <v>802161</v>
       </c>
       <c r="E35" s="8">
-        <v>730080</v>
+        <v>730218</v>
       </c>
       <c r="F35" s="8">
-        <v>869882</v>
+        <v>870020</v>
       </c>
       <c r="G35" s="8">
-        <v>881730</v>
+        <v>881830</v>
       </c>
       <c r="H35" s="8">
-        <v>510878</v>
+        <v>510985</v>
       </c>
       <c r="I35" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="J35" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="K35" s="8">
-        <v>563127</v>
+        <v>563318</v>
       </c>
       <c r="L35" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M35" s="8">
-        <v>463953</v>
+        <v>463969</v>
       </c>
       <c r="N35" s="8">
-        <v>8428556</v>
+        <v>8429969</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B36" s="8">
         <v>9548743</v>
       </c>
       <c r="C36" s="8">
         <v>10308725</v>
       </c>
       <c r="D36" s="8">
         <v>10504823</v>
       </c>
       <c r="E36" s="8">
         <v>9219768</v>
       </c>
       <c r="F36" s="8">
         <v>11265757</v>
       </c>
       <c r="G36" s="8">
         <v>11417497</v>
       </c>
       <c r="H36" s="8">
         <v>11195922</v>
       </c>
       <c r="I36" s="8">
         <v>12917897</v>
       </c>
       <c r="J36" s="8">
         <v>10912216</v>
       </c>
       <c r="K36" s="8">
         <v>12847686</v>
       </c>
       <c r="L36" s="8">
         <v>10861513</v>
       </c>
       <c r="M36" s="8">
         <v>7958082</v>
       </c>
       <c r="N36" s="8">
         <v>128958631</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B37" s="8">
-        <v>13513854</v>
+        <v>13513868</v>
       </c>
       <c r="C37" s="8">
-        <v>16301653</v>
+        <v>16301746</v>
       </c>
       <c r="D37" s="8">
-        <v>19763465</v>
+        <v>19763480</v>
       </c>
       <c r="E37" s="8">
-        <v>16383019</v>
+        <v>16383187</v>
       </c>
       <c r="F37" s="8">
-        <v>20798549</v>
+        <v>20798687</v>
       </c>
       <c r="G37" s="8">
-        <v>20252906</v>
+        <v>20253058</v>
       </c>
       <c r="H37" s="8">
-        <v>15335602</v>
+        <v>15335839</v>
       </c>
       <c r="I37" s="8">
-        <v>16950668</v>
+        <v>16950898</v>
       </c>
       <c r="J37" s="8">
-        <v>15822024</v>
+        <v>15822231</v>
       </c>
       <c r="K37" s="8">
-        <v>18427657</v>
+        <v>18427797</v>
       </c>
       <c r="L37" s="8">
-        <v>16196613</v>
+        <v>16196714</v>
       </c>
       <c r="M37" s="8">
-        <v>14608868</v>
+        <v>14608960</v>
       </c>
       <c r="N37" s="8">
-        <v>204354877</v>
+        <v>204356465</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B38" s="8">
         <v>1969770</v>
       </c>
       <c r="C38" s="8">
         <v>2311051</v>
       </c>
       <c r="D38" s="8">
         <v>2824666</v>
       </c>
       <c r="E38" s="8">
         <v>4540531</v>
       </c>
       <c r="F38" s="8">
         <v>4192124</v>
       </c>
       <c r="G38" s="8">
         <v>3674192</v>
       </c>
       <c r="H38" s="8">
         <v>3730819</v>
       </c>
       <c r="I38" s="8">
-        <v>4238062</v>
+        <v>4238064</v>
       </c>
       <c r="J38" s="8">
         <v>3508268</v>
       </c>
       <c r="K38" s="8">
-        <v>3652991</v>
+        <v>3652995</v>
       </c>
       <c r="L38" s="8">
-        <v>2769431</v>
+        <v>2769442</v>
       </c>
       <c r="M38" s="8">
-        <v>2280363</v>
+        <v>2280366</v>
       </c>
       <c r="N38" s="8">
-        <v>39692269</v>
+        <v>39692288</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B39" s="8">
         <v>744598</v>
       </c>
       <c r="C39" s="8">
         <v>967202</v>
       </c>
       <c r="D39" s="8">
         <v>1336614</v>
       </c>
       <c r="E39" s="8">
         <v>1339117</v>
       </c>
       <c r="F39" s="8">
         <v>1154290</v>
       </c>
       <c r="G39" s="8">
         <v>994486</v>
       </c>
       <c r="H39" s="8">
         <v>1038046</v>
       </c>
       <c r="I39" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="J39" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="K39" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L39" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M39" s="8">
         <v>723106</v>
       </c>
       <c r="N39" s="8">
         <v>13202178</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B40" s="8">
         <v>316162</v>
       </c>
       <c r="C40" s="8">
         <v>228022</v>
       </c>
       <c r="D40" s="8">
         <v>290225</v>
       </c>
       <c r="E40" s="8">
         <v>213248</v>
       </c>
       <c r="F40" s="8">
         <v>206820</v>
       </c>
       <c r="G40" s="8">
         <v>243258</v>
       </c>
       <c r="H40" s="8">
         <v>220226</v>
       </c>
       <c r="I40" s="8">
         <v>301670</v>
       </c>
       <c r="J40" s="8">
         <v>271563</v>
       </c>
       <c r="K40" s="8">
         <v>284464</v>
       </c>
       <c r="L40" s="8">
         <v>228617</v>
       </c>
       <c r="M40" s="8">
         <v>222930</v>
       </c>
       <c r="N40" s="8">
         <v>3027206</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B41" s="8">
         <v>151215</v>
       </c>
       <c r="C41" s="8">
         <v>180988</v>
       </c>
       <c r="D41" s="8">
         <v>161021</v>
       </c>
       <c r="E41" s="8">
         <v>138542</v>
       </c>
       <c r="F41" s="8">
         <v>286553</v>
       </c>
       <c r="G41" s="8">
         <v>144258</v>
       </c>
       <c r="H41" s="8">
         <v>136857</v>
       </c>
       <c r="I41" s="8">
         <v>220212</v>
       </c>
       <c r="J41" s="8">
         <v>155856</v>
       </c>
       <c r="K41" s="8">
         <v>157085</v>
       </c>
       <c r="L41" s="8">
         <v>133568</v>
       </c>
       <c r="M41" s="8">
         <v>171689</v>
       </c>
       <c r="N41" s="8">
         <v>2037844</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B42" s="8">
         <v>4867583</v>
       </c>
       <c r="C42" s="8">
         <v>4051798</v>
       </c>
       <c r="D42" s="8">
         <v>4706641</v>
       </c>
       <c r="E42" s="8">
         <v>3937167</v>
       </c>
       <c r="F42" s="8">
         <v>4473276</v>
       </c>
       <c r="G42" s="8">
         <v>4589589</v>
       </c>
       <c r="H42" s="8">
         <v>4273660</v>
       </c>
       <c r="I42" s="8">
         <v>5305573</v>
       </c>
       <c r="J42" s="8">
         <v>3469744</v>
       </c>
       <c r="K42" s="8">
         <v>3699325</v>
       </c>
       <c r="L42" s="8">
         <v>3414457</v>
       </c>
       <c r="M42" s="8">
         <v>3128521</v>
       </c>
       <c r="N42" s="8">
         <v>49917333</v>
       </c>
     </row>
     <row r="43" ht="15" customHeight="1">
       <c r="A43" s="7" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B43" s="8">
         <v>3098316</v>
       </c>
       <c r="C43" s="8">
         <v>2932832</v>
       </c>
       <c r="D43" s="8">
         <v>3315628</v>
       </c>
       <c r="E43" s="8">
         <v>2714184</v>
       </c>
       <c r="F43" s="8">
         <v>2777654</v>
       </c>
       <c r="G43" s="8">
         <v>3098151</v>
       </c>
       <c r="H43" s="8">
         <v>2484936</v>
       </c>
       <c r="I43" s="8">
         <v>3355067</v>
       </c>
       <c r="J43" s="8">
         <v>2054275</v>
       </c>
       <c r="K43" s="8">
         <v>2249843</v>
       </c>
       <c r="L43" s="8">
         <v>2120867</v>
       </c>
       <c r="M43" s="8">
         <v>1171776</v>
       </c>
       <c r="N43" s="8">
         <v>31373529</v>
       </c>
     </row>
     <row r="44" ht="15" customHeight="1">
       <c r="A44" s="7" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B44" s="8">
         <v>1769267</v>
       </c>
       <c r="C44" s="8">
         <v>1118966</v>
       </c>
       <c r="D44" s="8">
         <v>1391013</v>
       </c>
       <c r="E44" s="8">
         <v>1222983</v>
       </c>
       <c r="F44" s="8">
         <v>1695622</v>
       </c>
       <c r="G44" s="8">
         <v>1491437</v>
       </c>
       <c r="H44" s="8">
         <v>1788724</v>
       </c>
       <c r="I44" s="8">
         <v>1950506</v>
       </c>
       <c r="J44" s="8">
         <v>1415469</v>
       </c>
       <c r="K44" s="8">
         <v>1449482</v>
       </c>
       <c r="L44" s="8">
         <v>1293590</v>
       </c>
       <c r="M44" s="8">
         <v>1956745</v>
       </c>
       <c r="N44" s="8">
         <v>18543804</v>
       </c>
     </row>
     <row r="45" ht="15" customHeight="1">
       <c r="A45" s="7" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B45" s="8">
-        <v>81750781</v>
+        <v>81752599</v>
       </c>
       <c r="C45" s="8">
-        <v>79510777</v>
+        <v>79511619</v>
       </c>
       <c r="D45" s="8">
-        <v>87211505</v>
+        <v>87213299</v>
       </c>
       <c r="E45" s="8">
-        <v>74173224</v>
+        <v>74174363</v>
       </c>
       <c r="F45" s="8">
-        <v>82489915</v>
+        <v>82491641</v>
       </c>
       <c r="G45" s="8">
-        <v>72804954</v>
+        <v>72805771</v>
       </c>
       <c r="H45" s="8">
-        <v>74710895</v>
+        <v>74711918</v>
       </c>
       <c r="I45" s="8">
-        <v>87826169</v>
+        <v>87827403</v>
       </c>
       <c r="J45" s="8">
-        <v>77154855</v>
+        <v>77155643</v>
       </c>
       <c r="K45" s="8">
-        <v>84816887</v>
+        <v>84818064</v>
       </c>
       <c r="L45" s="8">
-        <v>80762349</v>
+        <v>80762327</v>
       </c>
       <c r="M45" s="8">
-        <v>73672466</v>
+        <v>73672835</v>
       </c>
       <c r="N45" s="8">
-        <v>956884777</v>
+        <v>956897482</v>
       </c>
     </row>
     <row r="46" ht="15" customHeight="1">
       <c r="A46" s="7" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B46" s="8">
-        <v>58284855</v>
+        <v>58285813</v>
       </c>
       <c r="C46" s="8">
-        <v>54676328</v>
+        <v>54677215</v>
       </c>
       <c r="D46" s="8">
-        <v>59151318</v>
+        <v>59152822</v>
       </c>
       <c r="E46" s="8">
-        <v>53282765</v>
+        <v>53283475</v>
       </c>
       <c r="F46" s="8">
-        <v>57664409</v>
+        <v>57665300</v>
       </c>
       <c r="G46" s="8">
-        <v>48770766</v>
+        <v>48770857</v>
       </c>
       <c r="H46" s="8">
-        <v>54371357</v>
+        <v>54372039</v>
       </c>
       <c r="I46" s="8">
-        <v>63955419</v>
+        <v>63955816</v>
       </c>
       <c r="J46" s="8">
-        <v>55381401</v>
+        <v>55381879</v>
       </c>
       <c r="K46" s="8">
-        <v>61500227</v>
+        <v>61501191</v>
       </c>
       <c r="L46" s="8">
-        <v>59652191</v>
+        <v>59652167</v>
       </c>
       <c r="M46" s="8">
-        <v>58218761</v>
+        <v>58218991</v>
       </c>
       <c r="N46" s="8">
-        <v>684909796</v>
+        <v>684917566</v>
       </c>
     </row>
     <row r="47" ht="15" customHeight="1">
       <c r="A47" s="7" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B47" s="8">
         <v>1577685</v>
       </c>
       <c r="C47" s="8">
         <v>1685645</v>
       </c>
       <c r="D47" s="8">
         <v>1703519</v>
       </c>
       <c r="E47" s="8">
         <v>1336567</v>
       </c>
       <c r="F47" s="8">
         <v>1415284</v>
       </c>
       <c r="G47" s="8">
         <v>1212523</v>
       </c>
       <c r="H47" s="8">
         <v>1352848</v>
       </c>
       <c r="I47" s="8">
         <v>1450579</v>
       </c>
       <c r="J47" s="8">
         <v>1621928</v>
       </c>
       <c r="K47" s="8">
         <v>1563207</v>
       </c>
       <c r="L47" s="8">
         <v>1597551</v>
       </c>
       <c r="M47" s="8">
         <v>1201370</v>
       </c>
       <c r="N47" s="8">
         <v>17718706</v>
       </c>
     </row>
     <row r="48" ht="15" customHeight="1">
       <c r="A48" s="7" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B48" s="8">
-        <v>11210294</v>
+        <v>11210497</v>
       </c>
       <c r="C48" s="8">
-        <v>11572443</v>
+        <v>11572587</v>
       </c>
       <c r="D48" s="8">
-        <v>12950188</v>
+        <v>12950332</v>
       </c>
       <c r="E48" s="8">
-        <v>9430378</v>
+        <v>9430381</v>
       </c>
       <c r="F48" s="8">
-        <v>10666201</v>
+        <v>10666497</v>
       </c>
       <c r="G48" s="8">
-        <v>10962371</v>
+        <v>10962676</v>
       </c>
       <c r="H48" s="8">
-        <v>9207775</v>
+        <v>9207871</v>
       </c>
       <c r="I48" s="8">
-        <v>10728013</v>
+        <v>10728121</v>
       </c>
       <c r="J48" s="8">
-        <v>8752254</v>
+        <v>8752320</v>
       </c>
       <c r="K48" s="8">
-        <v>9969373</v>
+        <v>9969566</v>
       </c>
       <c r="L48" s="8">
-        <v>9432538</v>
+        <v>9432583</v>
       </c>
       <c r="M48" s="8">
-        <v>6401731</v>
+        <v>6401769</v>
       </c>
       <c r="N48" s="8">
-        <v>121283559</v>
+        <v>121285199</v>
       </c>
     </row>
     <row r="49" ht="15" customHeight="1">
       <c r="A49" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B49" s="8">
         <v>939516</v>
       </c>
       <c r="C49" s="8">
         <v>856607</v>
       </c>
       <c r="D49" s="8">
         <v>887288</v>
       </c>
       <c r="E49" s="8">
         <v>407452</v>
       </c>
       <c r="F49" s="8">
         <v>502257</v>
       </c>
       <c r="G49" s="8">
         <v>589724</v>
       </c>
       <c r="H49" s="8">
         <v>532895</v>
       </c>
       <c r="I49" s="8">
         <v>960833</v>
       </c>
       <c r="J49" s="8">
-        <v>726663</v>
+        <v>726669</v>
       </c>
       <c r="K49" s="8">
         <v>670176</v>
       </c>
       <c r="L49" s="8">
         <v>644950</v>
       </c>
       <c r="M49" s="8">
         <v>369823</v>
       </c>
       <c r="N49" s="8">
-        <v>8088185</v>
+        <v>8088191</v>
       </c>
     </row>
     <row r="50" ht="15" customHeight="1">
       <c r="A50" s="7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B50" s="8">
-        <v>91148</v>
+        <v>91583</v>
       </c>
       <c r="C50" s="8">
-        <v>231269</v>
+        <v>230699</v>
       </c>
       <c r="D50" s="8">
         <v>252540</v>
       </c>
       <c r="E50" s="8">
         <v>110750</v>
       </c>
       <c r="F50" s="8">
-        <v>126092</v>
+        <v>126137</v>
       </c>
       <c r="G50" s="8">
-        <v>106469</v>
+        <v>106704</v>
       </c>
       <c r="H50" s="8">
         <v>136705</v>
       </c>
       <c r="I50" s="8">
-        <v>98847</v>
+        <v>99068</v>
       </c>
       <c r="J50" s="8">
         <v>106676</v>
       </c>
       <c r="K50" s="8">
-        <v>111041</v>
+        <v>110933</v>
       </c>
       <c r="L50" s="8">
         <v>60179</v>
       </c>
       <c r="M50" s="8">
         <v>61964</v>
       </c>
       <c r="N50" s="8">
-        <v>1493678</v>
+        <v>1493936</v>
       </c>
     </row>
     <row r="51" ht="15" customHeight="1">
       <c r="A51" s="7" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B51" s="8">
         <v>5058189</v>
       </c>
       <c r="C51" s="8">
         <v>5317938</v>
       </c>
       <c r="D51" s="8">
         <v>5992238</v>
       </c>
       <c r="E51" s="8">
         <v>4225479</v>
       </c>
       <c r="F51" s="8">
         <v>6208325</v>
       </c>
       <c r="G51" s="8">
         <v>5040747</v>
       </c>
       <c r="H51" s="8">
         <v>4158268</v>
       </c>
       <c r="I51" s="8">
         <v>4710400</v>
       </c>
       <c r="J51" s="8">
         <v>4907364</v>
       </c>
       <c r="K51" s="8">
         <v>5085918</v>
       </c>
       <c r="L51" s="8">
         <v>4058664</v>
       </c>
       <c r="M51" s="8">
         <v>3771206</v>
       </c>
       <c r="N51" s="8">
         <v>58534738</v>
       </c>
     </row>
     <row r="52" ht="15" customHeight="1">
       <c r="A52" s="7" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B52" s="8">
-        <v>345859</v>
+        <v>345987</v>
       </c>
       <c r="C52" s="8">
-        <v>425857</v>
+        <v>425909</v>
       </c>
       <c r="D52" s="8">
-        <v>337886</v>
+        <v>337938</v>
       </c>
       <c r="E52" s="8">
-        <v>510287</v>
+        <v>510400</v>
       </c>
       <c r="F52" s="8">
-        <v>470529</v>
+        <v>470648</v>
       </c>
       <c r="G52" s="8">
-        <v>459122</v>
+        <v>459205</v>
       </c>
       <c r="H52" s="8">
-        <v>306719</v>
+        <v>306808</v>
       </c>
       <c r="I52" s="8">
-        <v>465402</v>
+        <v>465588</v>
       </c>
       <c r="J52" s="8">
-        <v>450256</v>
+        <v>450313</v>
       </c>
       <c r="K52" s="8">
-        <v>407568</v>
+        <v>407729</v>
       </c>
       <c r="L52" s="8">
-        <v>390337</v>
+        <v>390443</v>
       </c>
       <c r="M52" s="8">
-        <v>375413</v>
+        <v>375426</v>
       </c>
       <c r="N52" s="8">
-        <v>4945234</v>
+        <v>4946394</v>
       </c>
     </row>
     <row r="53" ht="15" customHeight="1">
       <c r="A53" s="7" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B53" s="8">
         <v>1670219</v>
       </c>
       <c r="C53" s="8">
         <v>2458451</v>
       </c>
       <c r="D53" s="8">
         <v>2966753</v>
       </c>
       <c r="E53" s="8">
         <v>2272681</v>
       </c>
       <c r="F53" s="8">
         <v>2623662</v>
       </c>
       <c r="G53" s="8">
         <v>3114467</v>
       </c>
       <c r="H53" s="8">
         <v>2309441</v>
       </c>
       <c r="I53" s="8">
         <v>2666635</v>
       </c>
       <c r="J53" s="8">
         <v>2624412</v>
       </c>
       <c r="K53" s="8">
         <v>2969616</v>
       </c>
       <c r="L53" s="8">
         <v>2681253</v>
       </c>
       <c r="M53" s="8">
         <v>1486052</v>
       </c>
       <c r="N53" s="8">
         <v>29843640</v>
       </c>
     </row>
     <row r="54" ht="15" customHeight="1">
       <c r="A54" s="7" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B54" s="8">
-        <v>1440279</v>
+        <v>1440373</v>
       </c>
       <c r="C54" s="8">
-        <v>1081344</v>
+        <v>1081672</v>
       </c>
       <c r="D54" s="8">
-        <v>1209572</v>
+        <v>1209666</v>
       </c>
       <c r="E54" s="8">
-        <v>905692</v>
+        <v>906004</v>
       </c>
       <c r="F54" s="8">
-        <v>1253809</v>
+        <v>1254184</v>
       </c>
       <c r="G54" s="8">
-        <v>1041409</v>
+        <v>1041512</v>
       </c>
       <c r="H54" s="8">
-        <v>1001514</v>
+        <v>1001671</v>
       </c>
       <c r="I54" s="8">
-        <v>1284539</v>
+        <v>1284860</v>
       </c>
       <c r="J54" s="8">
-        <v>1147865</v>
+        <v>1148019</v>
       </c>
       <c r="K54" s="8">
-        <v>986132</v>
+        <v>986098</v>
       </c>
       <c r="L54" s="8">
-        <v>786901</v>
+        <v>786752</v>
       </c>
       <c r="M54" s="8">
-        <v>735628</v>
+        <v>735715</v>
       </c>
       <c r="N54" s="8">
-        <v>12874682</v>
+        <v>12876524</v>
       </c>
     </row>
     <row r="55" ht="15" customHeight="1">
       <c r="A55" s="7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B55" s="8">
         <v>1132738</v>
       </c>
       <c r="C55" s="8">
         <v>1204896</v>
       </c>
       <c r="D55" s="8">
         <v>1760203</v>
       </c>
       <c r="E55" s="8">
         <v>1691174</v>
       </c>
       <c r="F55" s="8">
         <v>1559347</v>
       </c>
       <c r="G55" s="8">
         <v>1507357</v>
       </c>
       <c r="H55" s="8">
         <v>1333374</v>
       </c>
       <c r="I55" s="8">
         <v>1505502</v>
       </c>
       <c r="J55" s="8">
-        <v>1436036</v>
+        <v>1436063</v>
       </c>
       <c r="K55" s="8">
         <v>1553630</v>
       </c>
       <c r="L55" s="8">
         <v>1457786</v>
       </c>
       <c r="M55" s="8">
         <v>1050519</v>
       </c>
       <c r="N55" s="8">
-        <v>17192560</v>
+        <v>17192588</v>
       </c>
     </row>
     <row r="56" ht="15" customHeight="1">
       <c r="A56" s="7" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B56" s="8">
         <v>3152640</v>
       </c>
       <c r="C56" s="8">
         <v>3158632</v>
       </c>
       <c r="D56" s="8">
         <v>3483597</v>
       </c>
       <c r="E56" s="8">
         <v>2935910</v>
       </c>
       <c r="F56" s="8">
         <v>3210176</v>
       </c>
       <c r="G56" s="8">
         <v>3116914</v>
       </c>
       <c r="H56" s="8">
         <v>2526424</v>
       </c>
       <c r="I56" s="8">
         <v>3262561</v>
       </c>
       <c r="J56" s="8">
         <v>2942408</v>
       </c>
       <c r="K56" s="8">
         <v>3252201</v>
       </c>
       <c r="L56" s="8">
         <v>3170794</v>
       </c>
       <c r="M56" s="8">
         <v>2614006</v>
       </c>
       <c r="N56" s="8">
         <v>36826262</v>
       </c>
     </row>
     <row r="57" ht="15" customHeight="1">
       <c r="A57" s="7" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B57" s="8">
         <v>407626</v>
       </c>
       <c r="C57" s="8">
         <v>432378</v>
       </c>
       <c r="D57" s="8">
         <v>450070</v>
       </c>
       <c r="E57" s="8">
         <v>373405</v>
       </c>
       <c r="F57" s="8">
         <v>424195</v>
       </c>
       <c r="G57" s="8">
         <v>435415</v>
       </c>
       <c r="H57" s="8">
         <v>373695</v>
       </c>
       <c r="I57" s="8">
         <v>410530</v>
       </c>
       <c r="J57" s="8">
         <v>369642</v>
       </c>
       <c r="K57" s="8">
         <v>371905</v>
       </c>
       <c r="L57" s="8">
         <v>365984</v>
       </c>
       <c r="M57" s="8">
         <v>281343</v>
       </c>
       <c r="N57" s="8">
         <v>4696188</v>
       </c>
     </row>
     <row r="58" ht="15" customHeight="1">
       <c r="A58" s="7" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B58" s="8">
         <v>2745014</v>
       </c>
       <c r="C58" s="8">
         <v>2726254</v>
       </c>
       <c r="D58" s="8">
         <v>3033527</v>
       </c>
       <c r="E58" s="8">
         <v>2562506</v>
       </c>
       <c r="F58" s="8">
         <v>2785980</v>
       </c>
       <c r="G58" s="8">
         <v>2681499</v>
       </c>
       <c r="H58" s="8">
         <v>2152729</v>
       </c>
       <c r="I58" s="8">
         <v>2852031</v>
       </c>
       <c r="J58" s="8">
         <v>2572766</v>
       </c>
       <c r="K58" s="8">
         <v>2880295</v>
       </c>
       <c r="L58" s="8">
         <v>2804810</v>
       </c>
       <c r="M58" s="8">
         <v>2332663</v>
       </c>
       <c r="N58" s="8">
         <v>32130074</v>
       </c>
     </row>
     <row r="59" ht="15" customHeight="1">
       <c r="A59" s="7" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B59" s="8">
         <v>4002201</v>
       </c>
       <c r="C59" s="8">
         <v>3848513</v>
       </c>
       <c r="D59" s="8">
-        <v>4418074</v>
+        <v>4417804</v>
       </c>
       <c r="E59" s="8">
         <v>4118293</v>
       </c>
       <c r="F59" s="8">
         <v>5032393</v>
       </c>
       <c r="G59" s="8">
         <v>4152254</v>
       </c>
       <c r="H59" s="8">
-        <v>3359112</v>
+        <v>3359132</v>
       </c>
       <c r="I59" s="8">
         <v>3671533</v>
       </c>
       <c r="J59" s="8">
-        <v>3703854</v>
+        <v>3703882</v>
       </c>
       <c r="K59" s="8">
         <v>4137254</v>
       </c>
       <c r="L59" s="8">
-        <v>3790943</v>
+        <v>3790947</v>
       </c>
       <c r="M59" s="8">
-        <v>2658943</v>
+        <v>2658950</v>
       </c>
       <c r="N59" s="8">
-        <v>46893365</v>
+        <v>46893155</v>
       </c>
     </row>
     <row r="60" ht="15" customHeight="1">
       <c r="A60" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B60" s="8">
         <v>825843</v>
       </c>
       <c r="C60" s="8">
         <v>1010060</v>
       </c>
       <c r="D60" s="8">
         <v>1244279</v>
       </c>
       <c r="E60" s="8">
         <v>741981</v>
       </c>
       <c r="F60" s="8">
         <v>692244</v>
       </c>
       <c r="G60" s="8">
         <v>851514</v>
       </c>
       <c r="H60" s="8">
         <v>696341</v>
       </c>
       <c r="I60" s="8">
         <v>797034</v>
       </c>
       <c r="J60" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="K60" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L60" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M60" s="8">
         <v>596394</v>
       </c>
       <c r="N60" s="8">
         <v>9717147</v>
       </c>
     </row>
     <row r="61" ht="15" customHeight="1">
       <c r="A61" s="7" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="B61" s="8">
         <v>1621018</v>
       </c>
       <c r="C61" s="8">
         <v>1492442</v>
       </c>
       <c r="D61" s="8">
         <v>1519892</v>
       </c>
       <c r="E61" s="8">
         <v>1537401</v>
       </c>
       <c r="F61" s="8">
         <v>2466550</v>
       </c>
       <c r="G61" s="8">
         <v>1554083</v>
       </c>
       <c r="H61" s="8">
         <v>1167892</v>
       </c>
       <c r="I61" s="8">
         <v>1454366</v>
       </c>
       <c r="J61" s="8">
         <v>1423732</v>
       </c>
       <c r="K61" s="8">
         <v>1749755</v>
       </c>
       <c r="L61" s="8">
         <v>1346458</v>
       </c>
       <c r="M61" s="8">
         <v>1056578</v>
       </c>
       <c r="N61" s="8">
         <v>18390165</v>
       </c>
     </row>
     <row r="62" ht="15" customHeight="1">
       <c r="A62" s="7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B62" s="8">
         <v>536656</v>
       </c>
       <c r="C62" s="8">
         <v>793640</v>
       </c>
       <c r="D62" s="8">
         <v>1185779</v>
       </c>
       <c r="E62" s="8">
         <v>1110978</v>
       </c>
       <c r="F62" s="8">
         <v>973085</v>
       </c>
       <c r="G62" s="8">
         <v>870431</v>
       </c>
       <c r="H62" s="8">
-        <v>885815</v>
+        <v>885835</v>
       </c>
       <c r="I62" s="8">
         <v>949763</v>
       </c>
       <c r="J62" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="K62" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L62" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M62" s="8">
-        <v>598310</v>
+        <v>598318</v>
       </c>
       <c r="N62" s="8">
-        <v>11037990</v>
+        <v>11038051</v>
       </c>
     </row>
     <row r="63" ht="15" customHeight="1">
       <c r="A63" s="7" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="B63" s="8">
         <v>1018684</v>
       </c>
       <c r="C63" s="8">
         <v>552371</v>
       </c>
       <c r="D63" s="8">
-        <v>468124</v>
+        <v>467854</v>
       </c>
       <c r="E63" s="8">
         <v>727933</v>
       </c>
       <c r="F63" s="8">
         <v>900514</v>
       </c>
       <c r="G63" s="8">
         <v>876226</v>
       </c>
       <c r="H63" s="8">
         <v>609064</v>
       </c>
       <c r="I63" s="8">
         <v>470369</v>
       </c>
       <c r="J63" s="8">
         <v>434438</v>
       </c>
       <c r="K63" s="8">
         <v>570275</v>
       </c>
       <c r="L63" s="8">
         <v>712404</v>
       </c>
       <c r="M63" s="8">
         <v>407661</v>
       </c>
       <c r="N63" s="8">
-        <v>7748063</v>
+        <v>7747793</v>
       </c>
     </row>
     <row r="64" ht="15" customHeight="1">
       <c r="A64" s="7" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="E64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="H64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="I64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="J64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="K64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="L64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="M64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="N64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="65" ht="15" customHeight="1">
       <c r="A65" s="7" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B65" s="8">
-        <v>890517172</v>
+        <v>890517222</v>
       </c>
       <c r="C65" s="8">
         <v>802750722</v>
       </c>
       <c r="D65" s="8">
         <v>870737138</v>
       </c>
       <c r="E65" s="8">
         <v>849445815</v>
       </c>
       <c r="F65" s="8">
         <v>929036097</v>
       </c>
       <c r="G65" s="8">
         <v>913244961</v>
       </c>
       <c r="H65" s="8">
-        <v>971407352</v>
+        <v>971481645</v>
       </c>
       <c r="I65" s="8">
         <v>952288331</v>
       </c>
       <c r="J65" s="8">
         <v>891669842</v>
       </c>
       <c r="K65" s="8">
         <v>945260012</v>
       </c>
       <c r="L65" s="8">
         <v>909675774</v>
       </c>
       <c r="M65" s="8">
         <v>936835877</v>
       </c>
       <c r="N65" s="8">
-        <v>10862869093</v>
+        <v>10862943436</v>
       </c>
     </row>
     <row r="66" ht="15" customHeight="1">
       <c r="A66" s="7" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="B66" s="8">
         <v>176267029</v>
       </c>
       <c r="C66" s="8">
         <v>173677445</v>
       </c>
       <c r="D66" s="8">
         <v>181236578</v>
       </c>
       <c r="E66" s="8">
         <v>171500530</v>
       </c>
       <c r="F66" s="8">
         <v>193491913</v>
       </c>
       <c r="G66" s="8">
         <v>188123096</v>
       </c>
       <c r="H66" s="8">
         <v>189744072</v>
       </c>
       <c r="I66" s="8">
         <v>196162826</v>
       </c>
       <c r="J66" s="8">
         <v>185673727</v>
       </c>
       <c r="K66" s="8">
         <v>180491063</v>
       </c>
       <c r="L66" s="8">
         <v>202402495</v>
       </c>
       <c r="M66" s="8">
         <v>192022323</v>
       </c>
       <c r="N66" s="8">
         <v>2230793097</v>
       </c>
     </row>
     <row r="67" ht="15" customHeight="1">
       <c r="A67" s="7" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="B67" s="8">
         <v>720359905</v>
       </c>
       <c r="C67" s="8">
         <v>644751373</v>
       </c>
       <c r="D67" s="8">
         <v>719792125</v>
       </c>
       <c r="E67" s="8">
         <v>697441370</v>
       </c>
       <c r="F67" s="8">
         <v>756872456</v>
       </c>
       <c r="G67" s="8">
         <v>754734605</v>
       </c>
       <c r="H67" s="8">
         <v>768118384</v>
       </c>
       <c r="I67" s="8">
         <v>755256105</v>
       </c>
       <c r="J67" s="8">
         <v>718367656</v>
       </c>
       <c r="K67" s="8">
         <v>769126189</v>
       </c>
       <c r="L67" s="8">
         <v>733387352</v>
       </c>
       <c r="M67" s="8">
         <v>723968886</v>
       </c>
       <c r="N67" s="8">
         <v>8762176407</v>
       </c>
     </row>
     <row r="68" ht="15" customHeight="1">
       <c r="A68" s="7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B68" s="8">
-        <v>831476</v>
+        <v>832266</v>
       </c>
       <c r="C68" s="8">
         <v>921883</v>
       </c>
       <c r="D68" s="8">
         <v>950241</v>
       </c>
       <c r="E68" s="8">
         <v>974143</v>
       </c>
       <c r="F68" s="8">
         <v>854728</v>
       </c>
       <c r="G68" s="8">
         <v>943764</v>
       </c>
       <c r="H68" s="8">
         <v>495193</v>
       </c>
       <c r="I68" s="8">
         <v>920964</v>
       </c>
       <c r="J68" s="8">
         <v>735832</v>
       </c>
       <c r="K68" s="8">
         <v>1494873</v>
       </c>
       <c r="L68" s="8">
         <v>816207</v>
       </c>
       <c r="M68" s="8">
         <v>653462</v>
       </c>
       <c r="N68" s="8">
-        <v>10592766</v>
+        <v>10593556</v>
       </c>
     </row>
     <row r="69" ht="15" customHeight="1">
       <c r="A69" s="7" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B69" s="8">
         <v>143399111</v>
       </c>
       <c r="C69" s="8">
         <v>141306718</v>
       </c>
       <c r="D69" s="8">
         <v>123547942</v>
       </c>
       <c r="E69" s="8">
         <v>117553999</v>
       </c>
       <c r="F69" s="8">
         <v>112563234</v>
       </c>
       <c r="G69" s="8">
         <v>102184391</v>
       </c>
       <c r="H69" s="8">
         <v>104693259</v>
       </c>
       <c r="I69" s="8">
         <v>118962904</v>
       </c>
       <c r="J69" s="8">
         <v>113043361</v>
       </c>
       <c r="K69" s="8">
         <v>98184796</v>
       </c>
       <c r="L69" s="8">
         <v>91971018</v>
       </c>
       <c r="M69" s="8">
         <v>127886511</v>
       </c>
       <c r="N69" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="70" ht="15" customHeight="1">
       <c r="A70" s="7" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="B70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="E70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="H70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="I70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="J70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="K70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="L70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="M70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="N70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="71" ht="15" customHeight="1">
       <c r="A71" s="7" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B71" s="8">
-        <v>18014138</v>
+        <v>18132821</v>
       </c>
       <c r="C71" s="8">
-        <v>17457838</v>
+        <v>17555120</v>
       </c>
       <c r="D71" s="8">
-        <v>20597039</v>
+        <v>20649927</v>
       </c>
       <c r="E71" s="8">
-        <v>19744534</v>
+        <v>19817101</v>
       </c>
       <c r="F71" s="8">
-        <v>19672686</v>
+        <v>19738788</v>
       </c>
       <c r="G71" s="8">
-        <v>16665812</v>
+        <v>16720482</v>
       </c>
       <c r="H71" s="8">
-        <v>16155080</v>
+        <v>16155141</v>
       </c>
       <c r="I71" s="8">
-        <v>17511976</v>
+        <v>17637680</v>
       </c>
       <c r="J71" s="8">
-        <v>17426041</v>
+        <v>17554127</v>
       </c>
       <c r="K71" s="8">
-        <v>18839228</v>
+        <v>18954491</v>
       </c>
       <c r="L71" s="8">
-        <v>18959519</v>
+        <v>19089406</v>
       </c>
       <c r="M71" s="8">
-        <v>16794204</v>
+        <v>16921924</v>
       </c>
       <c r="N71" s="8">
-        <v>217838093</v>
+        <v>218927007</v>
       </c>
     </row>
     <row r="72" ht="15" customHeight="1">
       <c r="A72" s="7" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="B72" s="8">
         <v>9898618</v>
       </c>
       <c r="C72" s="8">
         <v>10177087</v>
       </c>
       <c r="D72" s="8">
         <v>12750337</v>
       </c>
       <c r="E72" s="8">
         <v>9204097</v>
       </c>
       <c r="F72" s="8">
-        <v>11096681</v>
+        <v>11096699</v>
       </c>
       <c r="G72" s="8">
         <v>9706001</v>
       </c>
       <c r="H72" s="8">
         <v>9806392</v>
       </c>
       <c r="I72" s="8">
         <v>11574438</v>
       </c>
       <c r="J72" s="8">
-        <v>9468907</v>
+        <v>9468924</v>
       </c>
       <c r="K72" s="8">
-        <v>12074011</v>
+        <v>12074028</v>
       </c>
       <c r="L72" s="8">
-        <v>10258898</v>
+        <v>10258915</v>
       </c>
       <c r="M72" s="8">
-        <v>9409603</v>
+        <v>9410389</v>
       </c>
       <c r="N72" s="8">
-        <v>125425071</v>
+        <v>125425925</v>
       </c>
     </row>
     <row r="73" ht="15" customHeight="1">
       <c r="A73" s="7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B73" s="8">
-        <v>8189062</v>
+        <v>8211730</v>
       </c>
       <c r="C73" s="8">
-        <v>7742001</v>
+        <v>7768276</v>
       </c>
       <c r="D73" s="8">
-        <v>8672920</v>
+        <v>8699930</v>
       </c>
       <c r="E73" s="8">
-        <v>8817229</v>
+        <v>8843465</v>
       </c>
       <c r="F73" s="8">
-        <v>9618641</v>
+        <v>9644906</v>
       </c>
       <c r="G73" s="8">
-        <v>7712839</v>
+        <v>7746620</v>
       </c>
       <c r="H73" s="8">
-        <v>6909013</v>
+        <v>6956092</v>
       </c>
       <c r="I73" s="8">
-        <v>6059819</v>
+        <v>6103233</v>
       </c>
       <c r="J73" s="8">
-        <v>8581105</v>
+        <v>8624815</v>
       </c>
       <c r="K73" s="8">
-        <v>8761272</v>
+        <v>8834240</v>
       </c>
       <c r="L73" s="8">
-        <v>8932303</v>
+        <v>8977455</v>
       </c>
       <c r="M73" s="8">
-        <v>7310309</v>
+        <v>7350390</v>
       </c>
       <c r="N73" s="8">
-        <v>97306514</v>
+        <v>97761152</v>
       </c>
     </row>
     <row r="74" ht="15" customHeight="1">
       <c r="A74" s="7" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B74" s="8">
-        <v>2109254</v>
+        <v>2113938</v>
       </c>
       <c r="C74" s="8">
-        <v>1699398</v>
+        <v>1705380</v>
       </c>
       <c r="D74" s="8">
-        <v>1436058</v>
+        <v>1439628</v>
       </c>
       <c r="E74" s="8">
-        <v>1729175</v>
+        <v>1732994</v>
       </c>
       <c r="F74" s="8">
-        <v>1513106</v>
+        <v>1519084</v>
       </c>
       <c r="G74" s="8">
-        <v>1415159</v>
+        <v>1422573</v>
       </c>
       <c r="H74" s="8">
-        <v>1187754</v>
+        <v>1195385</v>
       </c>
       <c r="I74" s="8">
-        <v>1585377</v>
+        <v>1590461</v>
       </c>
       <c r="J74" s="8">
-        <v>1902903</v>
+        <v>1908617</v>
       </c>
       <c r="K74" s="8">
-        <v>1317197</v>
+        <v>1325410</v>
       </c>
       <c r="L74" s="8">
-        <v>2149937</v>
+        <v>2157007</v>
       </c>
       <c r="M74" s="8">
-        <v>2156399</v>
+        <v>2161807</v>
       </c>
       <c r="N74" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="75" ht="12" customHeight="1"/>
     <row r="76" ht="14" customHeight="1">
       <c r="A76" s="10" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="B76" s="10"/>
       <c r="C76" s="10"/>
       <c r="D76" s="10"/>
       <c r="E76" s="10"/>
       <c r="F76" s="10"/>
       <c r="G76" s="10"/>
       <c r="H76" s="10"/>
       <c r="I76" s="10"/>
       <c r="J76" s="10"/>
       <c r="K76" s="10"/>
       <c r="L76" s="10"/>
       <c r="M76" s="10"/>
       <c r="N76" s="10"/>
     </row>
     <row r="77" ht="14" customHeight="1">
       <c r="A77" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B77" s="11"/>
       <c r="C77" s="11"/>
       <c r="D77" s="11"/>
       <c r="E77" s="11"/>
       <c r="F77" s="11"/>
       <c r="G77" s="11"/>
       <c r="H77" s="11"/>
       <c r="I77" s="11"/>
       <c r="J77" s="11"/>
       <c r="K77" s="11"/>
       <c r="L77" s="11"/>
       <c r="M77" s="11"/>
       <c r="N77" s="11"/>
     </row>
     <row r="78" ht="14" customHeight="1">
       <c r="A78" s="12" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="B78" s="12"/>
       <c r="C78" s="12"/>
       <c r="D78" s="12"/>
       <c r="E78" s="12"/>
       <c r="F78" s="12"/>
       <c r="G78" s="12"/>
       <c r="H78" s="12"/>
       <c r="I78" s="12"/>
       <c r="J78" s="12"/>
       <c r="K78" s="12"/>
       <c r="L78" s="12"/>
       <c r="M78" s="12"/>
       <c r="N78" s="12"/>
     </row>
     <row r="79" ht="43" customHeight="1">
       <c r="A79" s="12" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="B79" s="12"/>
       <c r="C79" s="12"/>
       <c r="D79" s="12"/>
       <c r="E79" s="12"/>
       <c r="F79" s="12"/>
       <c r="G79" s="12"/>
       <c r="H79" s="12"/>
       <c r="I79" s="12"/>
       <c r="J79" s="12"/>
       <c r="K79" s="12"/>
       <c r="L79" s="12"/>
       <c r="M79" s="12"/>
       <c r="N79" s="12"/>
     </row>
     <row r="80" ht="14" customHeight="1">
       <c r="A80" s="12" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B80" s="12"/>
       <c r="C80" s="12"/>
       <c r="D80" s="12"/>
       <c r="E80" s="12"/>
       <c r="F80" s="12"/>
       <c r="G80" s="12"/>
       <c r="H80" s="12"/>
       <c r="I80" s="12"/>
       <c r="J80" s="12"/>
       <c r="K80" s="12"/>
       <c r="L80" s="12"/>
       <c r="M80" s="12"/>
       <c r="N80" s="12"/>
     </row>
     <row r="81" ht="12" customHeight="1">
       <c r="A81" s="13" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="B81" s="13"/>
       <c r="C81" s="13"/>
       <c r="D81" s="13"/>
       <c r="E81" s="13"/>
       <c r="F81" s="13"/>
       <c r="G81" s="13"/>
       <c r="H81" s="13"/>
       <c r="I81" s="13"/>
       <c r="J81" s="13"/>
       <c r="K81" s="13"/>
       <c r="L81" s="13"/>
       <c r="M81" s="13"/>
       <c r="N81" s="13"/>
     </row>
     <row r="82" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A76:N76"/>
@@ -25183,3111 +26031,3111 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="B9" s="8">
-        <v>3054</v>
+        <v>3057</v>
       </c>
       <c r="C9" s="8">
-        <v>3046</v>
+        <v>3049</v>
       </c>
       <c r="D9" s="8">
-        <v>3062</v>
+        <v>3066</v>
       </c>
       <c r="E9" s="8">
-        <v>3061</v>
+        <v>3065</v>
       </c>
       <c r="F9" s="8">
-        <v>3090</v>
+        <v>3095</v>
       </c>
       <c r="G9" s="8">
-        <v>3120</v>
+        <v>3127</v>
       </c>
       <c r="H9" s="8">
-        <v>3123</v>
+        <v>3129</v>
       </c>
       <c r="I9" s="8">
-        <v>3136</v>
+        <v>3143</v>
       </c>
       <c r="J9" s="8">
-        <v>3164</v>
+        <v>3172</v>
       </c>
       <c r="K9" s="8">
-        <v>3177</v>
+        <v>3188</v>
       </c>
       <c r="L9" s="8">
-        <v>3178</v>
+        <v>3189</v>
       </c>
       <c r="M9" s="8">
-        <v>3216</v>
+        <v>3229</v>
       </c>
       <c r="N9" s="8">
-        <v>3482</v>
+        <v>3492</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="B10" s="8">
-        <v>1924013373</v>
+        <v>1924013751</v>
       </c>
       <c r="C10" s="8">
-        <v>1676284618</v>
+        <v>1676284538</v>
       </c>
       <c r="D10" s="8">
-        <v>1835002574</v>
+        <v>1835002402</v>
       </c>
       <c r="E10" s="8">
         <v>1788151764</v>
       </c>
       <c r="F10" s="8">
         <v>1865198607</v>
       </c>
       <c r="G10" s="8">
         <v>1821665358</v>
       </c>
       <c r="H10" s="8">
-        <v>1822568669</v>
+        <v>1822568679</v>
       </c>
       <c r="I10" s="8">
-        <v>1833710949</v>
+        <v>1833711081</v>
       </c>
       <c r="J10" s="8">
         <v>1670047900</v>
       </c>
       <c r="K10" s="8">
-        <v>1873570600</v>
+        <v>1873570962</v>
       </c>
       <c r="L10" s="8">
-        <v>1886165457</v>
+        <v>1886165018</v>
       </c>
       <c r="M10" s="8">
-        <v>1726878473</v>
+        <v>1726871121</v>
       </c>
       <c r="N10" s="8">
-        <v>21723258341</v>
+        <v>21723251183</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B11" s="8">
         <v>22948831</v>
       </c>
       <c r="C11" s="8">
         <v>23178015</v>
       </c>
       <c r="D11" s="8">
         <v>26351631</v>
       </c>
       <c r="E11" s="8">
         <v>24478531</v>
       </c>
       <c r="F11" s="8">
         <v>25345033</v>
       </c>
       <c r="G11" s="8">
         <v>24536687</v>
       </c>
       <c r="H11" s="8">
         <v>18646815</v>
       </c>
       <c r="I11" s="8">
         <v>20539704</v>
       </c>
       <c r="J11" s="8">
         <v>21082053</v>
       </c>
       <c r="K11" s="8">
-        <v>22709132</v>
+        <v>22709430</v>
       </c>
       <c r="L11" s="8">
-        <v>25030556</v>
+        <v>25030381</v>
       </c>
       <c r="M11" s="8">
-        <v>23602282</v>
+        <v>23602908</v>
       </c>
       <c r="N11" s="8">
-        <v>278449269</v>
+        <v>278450019</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B12" s="8">
-        <v>115776</v>
+        <v>115881</v>
       </c>
       <c r="C12" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D12" s="8">
         <v>1264117</v>
       </c>
       <c r="E12" s="8">
         <v>294344</v>
       </c>
       <c r="F12" s="8">
         <v>183719</v>
       </c>
       <c r="G12" s="8">
         <v>189727</v>
       </c>
       <c r="H12" s="8">
         <v>119721</v>
       </c>
       <c r="I12" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="J12" s="8">
         <v>3861764</v>
       </c>
       <c r="K12" s="8">
         <v>1202308</v>
       </c>
       <c r="L12" s="8">
         <v>1542640</v>
       </c>
       <c r="M12" s="8">
         <v>743698</v>
       </c>
       <c r="N12" s="8">
-        <v>11417191</v>
+        <v>11417296</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B13" s="8">
-        <v>863777</v>
+        <v>864050</v>
       </c>
       <c r="C13" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D13" s="8">
-        <v>595020</v>
+        <v>594847</v>
       </c>
       <c r="E13" s="8">
         <v>618433</v>
       </c>
       <c r="F13" s="8">
         <v>752012</v>
       </c>
       <c r="G13" s="8">
         <v>806805</v>
       </c>
       <c r="H13" s="8">
-        <v>748025</v>
+        <v>748035</v>
       </c>
       <c r="I13" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="J13" s="8">
         <v>700390</v>
       </c>
       <c r="K13" s="8">
-        <v>544412</v>
+        <v>544540</v>
       </c>
       <c r="L13" s="8">
         <v>653271</v>
       </c>
       <c r="M13" s="8">
-        <v>424129</v>
+        <v>416149</v>
       </c>
       <c r="N13" s="8">
-        <v>13994836</v>
+        <v>13987015</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>1900084989</v>
       </c>
       <c r="C14" s="8">
         <v>1645772890</v>
       </c>
       <c r="D14" s="8">
         <v>1806791807</v>
       </c>
       <c r="E14" s="8">
         <v>1762760457</v>
       </c>
       <c r="F14" s="8">
         <v>1838917843</v>
       </c>
       <c r="G14" s="8">
         <v>1796132139</v>
       </c>
       <c r="H14" s="8">
         <v>1803054109</v>
       </c>
       <c r="I14" s="8">
-        <v>1811317017</v>
+        <v>1811317149</v>
       </c>
       <c r="J14" s="8">
         <v>1644403692</v>
       </c>
       <c r="K14" s="8">
-        <v>1849114748</v>
+        <v>1849114684</v>
       </c>
       <c r="L14" s="8">
-        <v>1858938990</v>
+        <v>1858938726</v>
       </c>
       <c r="M14" s="8">
-        <v>1702108364</v>
+        <v>1702108366</v>
       </c>
       <c r="N14" s="8">
-        <v>21419397045</v>
+        <v>21419396852</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B15" s="8">
-        <v>30247101</v>
+        <v>30247103</v>
       </c>
       <c r="C15" s="8">
-        <v>30336838</v>
+        <v>30336862</v>
       </c>
       <c r="D15" s="8">
-        <v>37699407</v>
+        <v>37699466</v>
       </c>
       <c r="E15" s="8">
-        <v>35832042</v>
+        <v>35832088</v>
       </c>
       <c r="F15" s="8">
-        <v>33639567</v>
+        <v>33639600</v>
       </c>
       <c r="G15" s="8">
-        <v>34191076</v>
+        <v>34193610</v>
       </c>
       <c r="H15" s="8">
-        <v>31787089</v>
+        <v>31787290</v>
       </c>
       <c r="I15" s="8">
-        <v>34613773</v>
+        <v>34614091</v>
       </c>
       <c r="J15" s="8">
-        <v>33580553</v>
+        <v>33580556</v>
       </c>
       <c r="K15" s="8">
-        <v>33870857</v>
+        <v>33869391</v>
       </c>
       <c r="L15" s="8">
-        <v>32654879</v>
+        <v>32652755</v>
       </c>
       <c r="M15" s="8">
-        <v>30808882</v>
+        <v>30800179</v>
       </c>
       <c r="N15" s="8">
-        <v>399262064</v>
+        <v>399252991</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B16" s="8">
         <v>137000472</v>
       </c>
       <c r="C16" s="8">
         <v>104887134</v>
       </c>
       <c r="D16" s="8">
         <v>133478762</v>
       </c>
       <c r="E16" s="8">
         <v>227907182</v>
       </c>
       <c r="F16" s="8">
         <v>166920528</v>
       </c>
       <c r="G16" s="8">
         <v>146048240</v>
       </c>
       <c r="H16" s="8">
         <v>120911560</v>
       </c>
       <c r="I16" s="8">
         <v>101799163</v>
       </c>
       <c r="J16" s="8">
         <v>119916453</v>
       </c>
       <c r="K16" s="8">
         <v>95472810</v>
       </c>
       <c r="L16" s="8">
-        <v>83690596</v>
+        <v>83709087</v>
       </c>
       <c r="M16" s="8">
         <v>74943387</v>
       </c>
       <c r="N16" s="8">
-        <v>1512976285</v>
+        <v>1512994776</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B17" s="8">
         <v>748363</v>
       </c>
       <c r="C17" s="8">
         <v>1289208</v>
       </c>
       <c r="D17" s="8">
         <v>1022256</v>
       </c>
       <c r="E17" s="8">
         <v>985764</v>
       </c>
       <c r="F17" s="8">
         <v>586224</v>
       </c>
       <c r="G17" s="8">
         <v>286725</v>
       </c>
       <c r="H17" s="8">
         <v>765462</v>
       </c>
       <c r="I17" s="8">
         <v>1849856</v>
       </c>
       <c r="J17" s="8">
         <v>1119626</v>
       </c>
       <c r="K17" s="8">
         <v>1024239</v>
       </c>
       <c r="L17" s="8">
-        <v>819806</v>
+        <v>838296</v>
       </c>
       <c r="M17" s="8">
         <v>544718</v>
       </c>
       <c r="N17" s="8">
-        <v>11042246</v>
+        <v>11060737</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B18" s="8">
         <v>136142203</v>
       </c>
       <c r="C18" s="8">
         <v>103482399</v>
       </c>
       <c r="D18" s="8">
         <v>132323759</v>
       </c>
       <c r="E18" s="8">
         <v>226803099</v>
       </c>
       <c r="F18" s="8">
         <v>166217532</v>
       </c>
       <c r="G18" s="8">
         <v>145622941</v>
       </c>
       <c r="H18" s="8">
         <v>120022934</v>
       </c>
       <c r="I18" s="8">
         <v>99806397</v>
       </c>
       <c r="J18" s="8">
         <v>118659651</v>
       </c>
       <c r="K18" s="8">
         <v>94339014</v>
       </c>
       <c r="L18" s="8">
         <v>82729625</v>
       </c>
       <c r="M18" s="8">
         <v>74295699</v>
       </c>
       <c r="N18" s="8">
         <v>1500445253</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B19" s="8">
         <v>109905</v>
       </c>
       <c r="C19" s="8">
         <v>115526</v>
       </c>
       <c r="D19" s="8">
         <v>132747</v>
       </c>
       <c r="E19" s="8">
         <v>118318</v>
       </c>
       <c r="F19" s="8">
         <v>116771</v>
       </c>
       <c r="G19" s="8">
         <v>138575</v>
       </c>
       <c r="H19" s="8">
         <v>123164</v>
       </c>
       <c r="I19" s="8">
         <v>142910</v>
       </c>
       <c r="J19" s="8">
         <v>137177</v>
       </c>
       <c r="K19" s="8">
         <v>109557</v>
       </c>
       <c r="L19" s="8">
         <v>141166</v>
       </c>
       <c r="M19" s="8">
         <v>102970</v>
       </c>
       <c r="N19" s="8">
         <v>1488786</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B20" s="8">
-        <v>1529682441</v>
+        <v>1529716509</v>
       </c>
       <c r="C20" s="8">
-        <v>1538845030</v>
+        <v>1538878987</v>
       </c>
       <c r="D20" s="8">
-        <v>1575721742</v>
+        <v>1575755092</v>
       </c>
       <c r="E20" s="8">
-        <v>1491331284</v>
+        <v>1491364582</v>
       </c>
       <c r="F20" s="8">
-        <v>1508428208</v>
+        <v>1508461591</v>
       </c>
       <c r="G20" s="8">
-        <v>1414531141</v>
+        <v>1414577794</v>
       </c>
       <c r="H20" s="8">
-        <v>1535247303</v>
+        <v>1535293666</v>
       </c>
       <c r="I20" s="8">
-        <v>1501551763</v>
+        <v>1501599094</v>
       </c>
       <c r="J20" s="8">
-        <v>1471778436</v>
+        <v>1471825728</v>
       </c>
       <c r="K20" s="8">
-        <v>1516231947</v>
+        <v>1516285561</v>
       </c>
       <c r="L20" s="8">
-        <v>1536239544</v>
+        <v>1536323303</v>
       </c>
       <c r="M20" s="8">
-        <v>1579288689</v>
+        <v>1579343078</v>
       </c>
       <c r="N20" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B21" s="8">
-        <v>1079324367</v>
+        <v>1079354772</v>
       </c>
       <c r="C21" s="8">
-        <v>1085306463</v>
+        <v>1085336869</v>
       </c>
       <c r="D21" s="8">
-        <v>1097502604</v>
+        <v>1097533010</v>
       </c>
       <c r="E21" s="8">
-        <v>1107519632</v>
+        <v>1107550037</v>
       </c>
       <c r="F21" s="8">
-        <v>1078608920</v>
+        <v>1078639326</v>
       </c>
       <c r="G21" s="8">
-        <v>1038635868</v>
+        <v>1038679532</v>
       </c>
       <c r="H21" s="8">
-        <v>1133228456</v>
+        <v>1133272119</v>
       </c>
       <c r="I21" s="8">
-        <v>1136589202</v>
+        <v>1136632865</v>
       </c>
       <c r="J21" s="8">
-        <v>1143139684</v>
+        <v>1143183347</v>
       </c>
       <c r="K21" s="8">
-        <v>1150490344</v>
+        <v>1150538693</v>
       </c>
       <c r="L21" s="8">
-        <v>1160769483</v>
+        <v>1160818370</v>
       </c>
       <c r="M21" s="8">
-        <v>1175064375</v>
+        <v>1175113585</v>
       </c>
       <c r="N21" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B22" s="8">
-        <v>43220517</v>
+        <v>43222766</v>
       </c>
       <c r="C22" s="8">
-        <v>43053296</v>
+        <v>43055546</v>
       </c>
       <c r="D22" s="8">
-        <v>43298645</v>
+        <v>43300895</v>
       </c>
       <c r="E22" s="8">
-        <v>42922805</v>
+        <v>42925055</v>
       </c>
       <c r="F22" s="8">
-        <v>42219834</v>
+        <v>42222083</v>
       </c>
       <c r="G22" s="8">
-        <v>41314029</v>
+        <v>41316278</v>
       </c>
       <c r="H22" s="8">
-        <v>40287076</v>
+        <v>40289325</v>
       </c>
       <c r="I22" s="8">
-        <v>40522555</v>
+        <v>40524805</v>
       </c>
       <c r="J22" s="8">
-        <v>43701608</v>
+        <v>43703817</v>
       </c>
       <c r="K22" s="8">
-        <v>44189064</v>
+        <v>44191125</v>
       </c>
       <c r="L22" s="8">
-        <v>45001768</v>
+        <v>45004036</v>
       </c>
       <c r="M22" s="8">
-        <v>45233659</v>
+        <v>45235921</v>
       </c>
       <c r="N22" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B23" s="8">
-        <v>9928548</v>
+        <v>9929196</v>
       </c>
       <c r="C23" s="8">
-        <v>9211661</v>
+        <v>9212240</v>
       </c>
       <c r="D23" s="8">
-        <v>8895074</v>
+        <v>8895464</v>
       </c>
       <c r="E23" s="8">
-        <v>7565222</v>
+        <v>7565611</v>
       </c>
       <c r="F23" s="8">
-        <v>8898309</v>
+        <v>8898698</v>
       </c>
       <c r="G23" s="8">
-        <v>9242023</v>
+        <v>9242568</v>
       </c>
       <c r="H23" s="8">
-        <v>9939326</v>
+        <v>9939470</v>
       </c>
       <c r="I23" s="8">
-        <v>9643027</v>
+        <v>9643272</v>
       </c>
       <c r="J23" s="8">
-        <v>9394104</v>
+        <v>9394349</v>
       </c>
       <c r="K23" s="8">
-        <v>9065765</v>
+        <v>9066162</v>
       </c>
       <c r="L23" s="8">
-        <v>8503632</v>
+        <v>8504119</v>
       </c>
       <c r="M23" s="8">
-        <v>8080723</v>
+        <v>8081209</v>
       </c>
       <c r="N23" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B24" s="8">
-        <v>397209009</v>
+        <v>397209775</v>
       </c>
       <c r="C24" s="8">
-        <v>401273609</v>
+        <v>401274333</v>
       </c>
       <c r="D24" s="8">
-        <v>426025418</v>
+        <v>426025724</v>
       </c>
       <c r="E24" s="8">
-        <v>333323625</v>
+        <v>333323878</v>
       </c>
       <c r="F24" s="8">
-        <v>378701145</v>
+        <v>378701484</v>
       </c>
       <c r="G24" s="8">
-        <v>325339220</v>
+        <v>325339416</v>
       </c>
       <c r="H24" s="8">
-        <v>351792445</v>
+        <v>351792751</v>
       </c>
       <c r="I24" s="8">
-        <v>314796979</v>
+        <v>314798153</v>
       </c>
       <c r="J24" s="8">
-        <v>275543040</v>
+        <v>275544214</v>
       </c>
       <c r="K24" s="8">
-        <v>312486774</v>
+        <v>312489582</v>
       </c>
       <c r="L24" s="8">
-        <v>321964661</v>
+        <v>321996778</v>
       </c>
       <c r="M24" s="8">
-        <v>350909932</v>
+        <v>350912363</v>
       </c>
       <c r="N24" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B25" s="8">
-        <v>16978771124</v>
+        <v>16951875708</v>
       </c>
       <c r="C25" s="8">
-        <v>14960770820</v>
+        <v>14937011523</v>
       </c>
       <c r="D25" s="8">
-        <v>16534843742</v>
+        <v>16460885143</v>
       </c>
       <c r="E25" s="8">
-        <v>15880270220</v>
+        <v>15702654653</v>
       </c>
       <c r="F25" s="8">
-        <v>17740720471</v>
+        <v>17558834041</v>
       </c>
       <c r="G25" s="8">
-        <v>16590364079</v>
+        <v>16393734311</v>
       </c>
       <c r="H25" s="8">
-        <v>16856215489</v>
+        <v>16813478913</v>
       </c>
       <c r="I25" s="8">
-        <v>16201776754</v>
+        <v>16167852142</v>
       </c>
       <c r="J25" s="8">
-        <v>14594437408</v>
+        <v>14563852506</v>
       </c>
       <c r="K25" s="8">
-        <v>17190103465</v>
+        <v>17154883047</v>
       </c>
       <c r="L25" s="8">
-        <v>16292859844</v>
+        <v>16285507270</v>
       </c>
       <c r="M25" s="8">
-        <v>15635847442</v>
+        <v>15628727617</v>
       </c>
       <c r="N25" s="8">
-        <v>195456980859</v>
+        <v>194619296874</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B26" s="8">
         <v>16618004953</v>
       </c>
       <c r="C26" s="8">
         <v>14507478284</v>
       </c>
       <c r="D26" s="8">
         <v>16030366507</v>
       </c>
-      <c r="E26" s="8">
-        <v>15390268433</v>
+      <c r="E26" s="9" t="s">
+        <v>55</v>
       </c>
       <c r="F26" s="8">
         <v>17187065334</v>
       </c>
       <c r="G26" s="8">
         <v>15987045145</v>
       </c>
       <c r="H26" s="8">
         <v>16339616044</v>
       </c>
       <c r="I26" s="8">
         <v>15692576025</v>
       </c>
       <c r="J26" s="8">
         <v>14013463561</v>
       </c>
       <c r="K26" s="8">
-        <v>16579418140</v>
+        <v>16579421640</v>
       </c>
       <c r="L26" s="8">
         <v>15829516288</v>
       </c>
-      <c r="M26" s="8">
-        <v>14894009071</v>
+      <c r="M26" s="9" t="s">
+        <v>55</v>
       </c>
       <c r="N26" s="8">
-        <v>189068827784</v>
+        <v>189068833384</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B27" s="8">
         <v>39406841</v>
       </c>
       <c r="C27" s="8">
         <v>39423251</v>
       </c>
       <c r="D27" s="8">
         <v>46832521</v>
       </c>
       <c r="E27" s="8">
         <v>44581664</v>
       </c>
       <c r="F27" s="8">
         <v>42912319</v>
       </c>
       <c r="G27" s="8">
         <v>41504511</v>
       </c>
       <c r="H27" s="8">
         <v>30176838</v>
       </c>
       <c r="I27" s="8">
         <v>39903063</v>
       </c>
       <c r="J27" s="8">
         <v>43733715</v>
       </c>
       <c r="K27" s="8">
-        <v>43102143</v>
+        <v>43102408</v>
       </c>
       <c r="L27" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M27" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N27" s="8">
-        <v>743272672</v>
+        <v>743274237</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B28" s="8">
-        <v>309174542</v>
+        <v>282279125</v>
       </c>
       <c r="C28" s="8">
-        <v>347317737</v>
+        <v>323558440</v>
       </c>
       <c r="D28" s="8">
-        <v>428818540</v>
-[...8 lines deleted...]
-        <v>404909780</v>
+        <v>354859940</v>
+      </c>
+      <c r="E28" s="9" t="s">
+        <v>55</v>
+      </c>
+      <c r="F28" s="9" t="s">
+        <v>55</v>
+      </c>
+      <c r="G28" s="9" t="s">
+        <v>55</v>
       </c>
       <c r="H28" s="8">
-        <v>381710923</v>
+        <v>338974347</v>
       </c>
       <c r="I28" s="8">
-        <v>300342678</v>
+        <v>266418066</v>
       </c>
       <c r="J28" s="8">
-        <v>362846860</v>
+        <v>332261957</v>
       </c>
       <c r="K28" s="8">
-        <v>386928920</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>351703675</v>
+      </c>
+      <c r="L28" s="8">
+        <v>299849270</v>
       </c>
       <c r="M28" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N28" s="8">
-        <v>4368507261</v>
+        <v>3530814209</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B29" s="8">
         <v>12184789</v>
       </c>
       <c r="C29" s="8">
         <v>66551548</v>
       </c>
       <c r="D29" s="8">
         <v>28826175</v>
       </c>
       <c r="E29" s="8">
         <v>44422930</v>
       </c>
-      <c r="F29" s="8">
-[...3 lines deleted...]
-        <v>156904644</v>
+      <c r="F29" s="9" t="s">
+        <v>55</v>
+      </c>
+      <c r="G29" s="9" t="s">
+        <v>55</v>
       </c>
       <c r="H29" s="8">
         <v>104711684</v>
       </c>
       <c r="I29" s="8">
         <v>168954989</v>
       </c>
       <c r="J29" s="8">
         <v>174393272</v>
       </c>
       <c r="K29" s="8">
-        <v>180654262</v>
+        <v>180655324</v>
       </c>
       <c r="L29" s="8">
         <v>113804976</v>
       </c>
       <c r="M29" s="8">
-        <v>128475284</v>
+        <v>128476125</v>
       </c>
       <c r="N29" s="8">
-        <v>1276373141</v>
+        <v>1276375044</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B30" s="8">
         <v>34554718</v>
       </c>
       <c r="C30" s="8">
-        <v>33708031</v>
+        <v>33708135</v>
       </c>
       <c r="D30" s="8">
         <v>42371617</v>
       </c>
       <c r="E30" s="8">
-        <v>35538892</v>
+        <v>35539023</v>
       </c>
       <c r="F30" s="8">
-        <v>39502524</v>
+        <v>39502567</v>
       </c>
       <c r="G30" s="8">
-        <v>41850282</v>
+        <v>41850679</v>
       </c>
       <c r="H30" s="8">
-        <v>35411233</v>
+        <v>35411021</v>
       </c>
       <c r="I30" s="8">
         <v>39080868</v>
       </c>
       <c r="J30" s="8">
         <v>38594877</v>
       </c>
       <c r="K30" s="8">
-        <v>40372636</v>
+        <v>40372722</v>
       </c>
       <c r="L30" s="8">
-        <v>39143240</v>
+        <v>39143369</v>
       </c>
       <c r="M30" s="8">
-        <v>32561357</v>
+        <v>32561834</v>
       </c>
       <c r="N30" s="8">
-        <v>452690276</v>
+        <v>452691431</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B31" s="8">
         <v>6947549</v>
       </c>
       <c r="C31" s="8">
         <v>7800549</v>
       </c>
       <c r="D31" s="8">
         <v>9646926</v>
       </c>
       <c r="E31" s="8">
         <v>8343130</v>
       </c>
       <c r="F31" s="8">
         <v>7788971</v>
       </c>
       <c r="G31" s="8">
         <v>9116805</v>
       </c>
       <c r="H31" s="8">
-        <v>6460526</v>
+        <v>6460314</v>
       </c>
       <c r="I31" s="8">
         <v>8425878</v>
       </c>
       <c r="J31" s="8">
         <v>7735053</v>
       </c>
       <c r="K31" s="8">
-        <v>8033287</v>
+        <v>8033345</v>
       </c>
       <c r="L31" s="8">
-        <v>7187005</v>
+        <v>7187080</v>
       </c>
       <c r="M31" s="8">
-        <v>5606385</v>
+        <v>5606617</v>
       </c>
       <c r="N31" s="8">
-        <v>93092062</v>
+        <v>93092216</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B32" s="8">
         <v>334324</v>
       </c>
       <c r="C32" s="8">
         <v>463803</v>
       </c>
       <c r="D32" s="8">
         <v>438429</v>
       </c>
       <c r="E32" s="8">
         <v>225490</v>
       </c>
       <c r="F32" s="8">
         <v>452490</v>
       </c>
       <c r="G32" s="8">
         <v>455454</v>
       </c>
       <c r="H32" s="8">
         <v>896390</v>
       </c>
       <c r="I32" s="8">
         <v>1177141</v>
       </c>
       <c r="J32" s="8">
         <v>1004003</v>
       </c>
       <c r="K32" s="8">
         <v>954033</v>
       </c>
       <c r="L32" s="8">
         <v>888832</v>
       </c>
       <c r="M32" s="8">
         <v>763051</v>
       </c>
       <c r="N32" s="8">
         <v>8053441</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B33" s="8">
         <v>3708383</v>
       </c>
       <c r="C33" s="8">
         <v>3098283</v>
       </c>
       <c r="D33" s="8">
         <v>3683326</v>
       </c>
       <c r="E33" s="8">
         <v>2566390</v>
       </c>
       <c r="F33" s="8">
         <v>3017524</v>
       </c>
       <c r="G33" s="8">
         <v>3954477</v>
       </c>
       <c r="H33" s="8">
         <v>1432484</v>
       </c>
       <c r="I33" s="8">
         <v>2147190</v>
       </c>
       <c r="J33" s="8">
         <v>1800351</v>
       </c>
       <c r="K33" s="8">
         <v>1739127</v>
       </c>
       <c r="L33" s="8">
         <v>3680856</v>
       </c>
       <c r="M33" s="8">
         <v>2633164</v>
       </c>
       <c r="N33" s="8">
         <v>33461557</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B34" s="8">
         <v>70935</v>
       </c>
       <c r="C34" s="8">
         <v>73216</v>
       </c>
       <c r="D34" s="8">
         <v>64421</v>
       </c>
       <c r="E34" s="8">
         <v>84352</v>
       </c>
       <c r="F34" s="8">
         <v>80077</v>
       </c>
       <c r="G34" s="8">
         <v>61460</v>
       </c>
       <c r="H34" s="8">
         <v>67500</v>
       </c>
       <c r="I34" s="8">
         <v>63949</v>
       </c>
       <c r="J34" s="8">
         <v>63419</v>
       </c>
       <c r="K34" s="8">
-        <v>57178</v>
+        <v>57205</v>
       </c>
       <c r="L34" s="8">
-        <v>58665</v>
+        <v>58612</v>
       </c>
       <c r="M34" s="8">
         <v>98572</v>
       </c>
       <c r="N34" s="8">
-        <v>843744</v>
+        <v>843719</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B35" s="8">
         <v>465430</v>
       </c>
       <c r="C35" s="8">
         <v>673323</v>
       </c>
       <c r="D35" s="8">
         <v>776961</v>
       </c>
       <c r="E35" s="8">
         <v>793784</v>
       </c>
       <c r="F35" s="8">
         <v>924263</v>
       </c>
       <c r="G35" s="8">
         <v>680327</v>
       </c>
       <c r="H35" s="8">
         <v>645721</v>
       </c>
       <c r="I35" s="8">
         <v>961114</v>
       </c>
       <c r="J35" s="8">
         <v>910081</v>
       </c>
       <c r="K35" s="8">
         <v>498681</v>
       </c>
       <c r="L35" s="8">
-        <v>873702</v>
+        <v>873886</v>
       </c>
       <c r="M35" s="8">
-        <v>660440</v>
+        <v>660510</v>
       </c>
       <c r="N35" s="8">
-        <v>8863825</v>
+        <v>8864080</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B36" s="8">
         <v>9886669</v>
       </c>
       <c r="C36" s="8">
         <v>8603837</v>
       </c>
       <c r="D36" s="8">
         <v>10529091</v>
       </c>
       <c r="E36" s="8">
         <v>9793419</v>
       </c>
       <c r="F36" s="8">
         <v>10713991</v>
       </c>
       <c r="G36" s="8">
         <v>9446764</v>
       </c>
       <c r="H36" s="8">
         <v>9668250</v>
       </c>
       <c r="I36" s="8">
         <v>11428337</v>
       </c>
       <c r="J36" s="8">
         <v>9913605</v>
       </c>
       <c r="K36" s="8">
         <v>10409088</v>
       </c>
       <c r="L36" s="8">
-        <v>9574162</v>
+        <v>9573940</v>
       </c>
       <c r="M36" s="8">
-        <v>8497910</v>
+        <v>8497966</v>
       </c>
       <c r="N36" s="8">
-        <v>118465122</v>
+        <v>118464957</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B37" s="8">
         <v>10276766</v>
       </c>
       <c r="C37" s="8">
-        <v>10175471</v>
+        <v>10175576</v>
       </c>
       <c r="D37" s="8">
         <v>12883205</v>
       </c>
       <c r="E37" s="8">
-        <v>10446998</v>
+        <v>10447129</v>
       </c>
       <c r="F37" s="8">
-        <v>12016239</v>
+        <v>12016282</v>
       </c>
       <c r="G37" s="8">
-        <v>12632080</v>
+        <v>12632477</v>
       </c>
       <c r="H37" s="8">
         <v>11616816</v>
       </c>
       <c r="I37" s="8">
         <v>11248107</v>
       </c>
       <c r="J37" s="8">
         <v>12873848</v>
       </c>
       <c r="K37" s="8">
         <v>13539363</v>
       </c>
       <c r="L37" s="8">
-        <v>12914151</v>
+        <v>12914296</v>
       </c>
       <c r="M37" s="8">
-        <v>10999133</v>
+        <v>10999250</v>
       </c>
       <c r="N37" s="8">
-        <v>141622178</v>
+        <v>141623115</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B38" s="8">
         <v>1688591</v>
       </c>
       <c r="C38" s="8">
         <v>1675799</v>
       </c>
       <c r="D38" s="8">
         <v>2483526</v>
       </c>
       <c r="E38" s="8">
         <v>1871945</v>
       </c>
       <c r="F38" s="8">
         <v>2459918</v>
       </c>
       <c r="G38" s="8">
         <v>3407867</v>
       </c>
       <c r="H38" s="8">
         <v>2630483</v>
       </c>
       <c r="I38" s="8">
         <v>2137671</v>
       </c>
       <c r="J38" s="8">
         <v>2585468</v>
       </c>
       <c r="K38" s="8">
         <v>3499886</v>
       </c>
       <c r="L38" s="8">
         <v>2875918</v>
       </c>
       <c r="M38" s="8">
         <v>2395712</v>
       </c>
       <c r="N38" s="8">
         <v>29712783</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B39" s="8">
         <v>869310</v>
       </c>
       <c r="C39" s="8">
         <v>961839</v>
       </c>
       <c r="D39" s="8">
         <v>1537479</v>
       </c>
       <c r="E39" s="8">
         <v>1013720</v>
       </c>
       <c r="F39" s="8">
         <v>1772478</v>
       </c>
       <c r="G39" s="8">
         <v>1711757</v>
       </c>
       <c r="H39" s="8">
         <v>1654227</v>
       </c>
       <c r="I39" s="8">
         <v>1253880</v>
       </c>
       <c r="J39" s="8">
         <v>1426447</v>
       </c>
       <c r="K39" s="8">
         <v>1277591</v>
       </c>
       <c r="L39" s="8">
         <v>881112</v>
       </c>
       <c r="M39" s="8">
         <v>673743</v>
       </c>
       <c r="N39" s="8">
         <v>15033584</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B40" s="8">
         <v>306761</v>
       </c>
       <c r="C40" s="8">
         <v>181910</v>
       </c>
       <c r="D40" s="8">
         <v>328254</v>
       </c>
       <c r="E40" s="8">
         <v>399664</v>
       </c>
       <c r="F40" s="8">
         <v>276572</v>
       </c>
       <c r="G40" s="8">
         <v>383291</v>
       </c>
       <c r="H40" s="8">
         <v>338836</v>
       </c>
       <c r="I40" s="8">
         <v>237601</v>
       </c>
       <c r="J40" s="8">
         <v>282602</v>
       </c>
       <c r="K40" s="8">
         <v>364403</v>
       </c>
       <c r="L40" s="8">
         <v>208838</v>
       </c>
       <c r="M40" s="8">
         <v>233248</v>
       </c>
       <c r="N40" s="8">
         <v>3541981</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B41" s="8">
         <v>168009</v>
       </c>
       <c r="C41" s="8">
         <v>141037</v>
       </c>
       <c r="D41" s="8">
         <v>136885</v>
       </c>
       <c r="E41" s="8">
         <v>139250</v>
       </c>
       <c r="F41" s="8">
         <v>222696</v>
       </c>
       <c r="G41" s="8">
         <v>179658</v>
       </c>
       <c r="H41" s="8">
         <v>215723</v>
       </c>
       <c r="I41" s="8">
         <v>154099</v>
       </c>
       <c r="J41" s="8">
         <v>151878</v>
       </c>
       <c r="K41" s="8">
         <v>149319</v>
       </c>
       <c r="L41" s="8">
         <v>160114</v>
       </c>
       <c r="M41" s="8">
         <v>140992</v>
       </c>
       <c r="N41" s="8">
         <v>1959661</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B42" s="8">
         <v>4001748</v>
       </c>
       <c r="C42" s="8">
         <v>4711046</v>
       </c>
       <c r="D42" s="8">
         <v>4963251</v>
       </c>
       <c r="E42" s="8">
         <v>4106120</v>
       </c>
       <c r="F42" s="8">
         <v>4088757</v>
       </c>
       <c r="G42" s="8">
         <v>4432624</v>
       </c>
       <c r="H42" s="8">
         <v>4476384</v>
       </c>
       <c r="I42" s="8">
         <v>6027927</v>
       </c>
       <c r="J42" s="8">
         <v>5101345</v>
       </c>
       <c r="K42" s="8">
         <v>4763948</v>
       </c>
       <c r="L42" s="8">
         <v>5173749</v>
       </c>
       <c r="M42" s="8">
         <v>2916396</v>
       </c>
       <c r="N42" s="8">
         <v>54763294</v>
       </c>
     </row>
     <row r="43" ht="15" customHeight="1">
       <c r="A43" s="7" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B43" s="8">
         <v>2918143</v>
       </c>
       <c r="C43" s="8">
         <v>3159374</v>
       </c>
       <c r="D43" s="8">
         <v>3281853</v>
       </c>
       <c r="E43" s="8">
         <v>2368276</v>
       </c>
       <c r="F43" s="8">
         <v>2628333</v>
       </c>
       <c r="G43" s="8">
         <v>2610412</v>
       </c>
       <c r="H43" s="8">
         <v>2616536</v>
       </c>
       <c r="I43" s="8">
         <v>3894470</v>
       </c>
       <c r="J43" s="8">
         <v>3413191</v>
       </c>
       <c r="K43" s="8">
         <v>2503609</v>
       </c>
       <c r="L43" s="8">
         <v>3392352</v>
       </c>
       <c r="M43" s="8">
         <v>1707456</v>
       </c>
       <c r="N43" s="8">
         <v>34494006</v>
       </c>
     </row>
     <row r="44" ht="15" customHeight="1">
       <c r="A44" s="7" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B44" s="8">
         <v>1083604</v>
       </c>
       <c r="C44" s="8">
         <v>1551672</v>
       </c>
       <c r="D44" s="8">
         <v>1681397</v>
       </c>
       <c r="E44" s="8">
         <v>1737843</v>
       </c>
       <c r="F44" s="8">
         <v>1460424</v>
       </c>
       <c r="G44" s="8">
         <v>1822212</v>
       </c>
       <c r="H44" s="8">
         <v>1859848</v>
       </c>
       <c r="I44" s="8">
         <v>2133457</v>
       </c>
       <c r="J44" s="8">
         <v>1688154</v>
       </c>
       <c r="K44" s="8">
         <v>2260339</v>
       </c>
       <c r="L44" s="8">
         <v>1781397</v>
       </c>
       <c r="M44" s="8">
         <v>1208940</v>
       </c>
       <c r="N44" s="8">
         <v>20269288</v>
       </c>
     </row>
     <row r="45" ht="15" customHeight="1">
       <c r="A45" s="7" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B45" s="8">
-        <v>84460615</v>
+        <v>84460688</v>
       </c>
       <c r="C45" s="8">
-        <v>79458321</v>
+        <v>79458363</v>
       </c>
       <c r="D45" s="8">
-        <v>90270723</v>
+        <v>90270716</v>
       </c>
       <c r="E45" s="8">
-        <v>80606178</v>
+        <v>80606231</v>
       </c>
       <c r="F45" s="8">
-        <v>83827082</v>
+        <v>83827099</v>
       </c>
       <c r="G45" s="8">
-        <v>83294484</v>
+        <v>83294643</v>
       </c>
       <c r="H45" s="8">
-        <v>80961573</v>
+        <v>80961299</v>
       </c>
       <c r="I45" s="8">
-        <v>89592617</v>
+        <v>89592847</v>
       </c>
       <c r="J45" s="8">
-        <v>77429681</v>
+        <v>77429722</v>
       </c>
       <c r="K45" s="8">
-        <v>86548088</v>
+        <v>86548308</v>
       </c>
       <c r="L45" s="8">
-        <v>77874858</v>
+        <v>77876265</v>
       </c>
       <c r="M45" s="8">
-        <v>75823196</v>
+        <v>75824920</v>
       </c>
       <c r="N45" s="8">
-        <v>990147416</v>
+        <v>990151100</v>
       </c>
     </row>
     <row r="46" ht="15" customHeight="1">
       <c r="A46" s="7" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B46" s="8">
         <v>60910239</v>
       </c>
       <c r="C46" s="8">
-        <v>55555706</v>
+        <v>55555747</v>
       </c>
       <c r="D46" s="8">
         <v>62259559</v>
       </c>
       <c r="E46" s="8">
-        <v>58106145</v>
+        <v>58106197</v>
       </c>
       <c r="F46" s="8">
-        <v>58904016</v>
+        <v>58904033</v>
       </c>
       <c r="G46" s="8">
-        <v>57219055</v>
+        <v>57219213</v>
       </c>
       <c r="H46" s="8">
         <v>60307477</v>
       </c>
       <c r="I46" s="8">
         <v>64142623</v>
       </c>
       <c r="J46" s="8">
         <v>54862056</v>
       </c>
       <c r="K46" s="8">
-        <v>62844988</v>
+        <v>62844602</v>
       </c>
       <c r="L46" s="8">
-        <v>54210687</v>
+        <v>54211632</v>
       </c>
       <c r="M46" s="8">
-        <v>58160140</v>
+        <v>58161344</v>
       </c>
       <c r="N46" s="8">
-        <v>707482689</v>
+        <v>707484722</v>
       </c>
     </row>
     <row r="47" ht="15" customHeight="1">
       <c r="A47" s="7" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B47" s="8">
         <v>1500030</v>
       </c>
       <c r="C47" s="8">
         <v>1374320</v>
       </c>
       <c r="D47" s="8">
         <v>1734856</v>
       </c>
       <c r="E47" s="8">
         <v>1628255</v>
       </c>
       <c r="F47" s="8">
         <v>1655460</v>
       </c>
       <c r="G47" s="8">
         <v>1483693</v>
       </c>
       <c r="H47" s="8">
         <v>1244826</v>
       </c>
       <c r="I47" s="8">
         <v>1430696</v>
       </c>
       <c r="J47" s="8">
         <v>1504154</v>
       </c>
       <c r="K47" s="8">
         <v>1681731</v>
       </c>
       <c r="L47" s="8">
         <v>1500361</v>
       </c>
       <c r="M47" s="8">
         <v>1482772</v>
       </c>
       <c r="N47" s="8">
         <v>18221154</v>
       </c>
     </row>
     <row r="48" ht="15" customHeight="1">
       <c r="A48" s="7" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B48" s="8">
         <v>9923067</v>
       </c>
       <c r="C48" s="8">
         <v>11147906</v>
       </c>
       <c r="D48" s="8">
         <v>13207615</v>
       </c>
       <c r="E48" s="8">
         <v>10791472</v>
       </c>
       <c r="F48" s="8">
         <v>11468398</v>
       </c>
       <c r="G48" s="8">
         <v>11813371</v>
       </c>
       <c r="H48" s="8">
-        <v>10084464</v>
+        <v>10084180</v>
       </c>
       <c r="I48" s="8">
         <v>13018003</v>
       </c>
       <c r="J48" s="8">
         <v>11830848</v>
       </c>
       <c r="K48" s="8">
-        <v>12237036</v>
+        <v>12237090</v>
       </c>
       <c r="L48" s="8">
-        <v>11233288</v>
+        <v>11233356</v>
       </c>
       <c r="M48" s="8">
-        <v>7415673</v>
+        <v>7416092</v>
       </c>
       <c r="N48" s="8">
-        <v>134171141</v>
+        <v>134171399</v>
       </c>
     </row>
     <row r="49" ht="15" customHeight="1">
       <c r="A49" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B49" s="8">
         <v>960231</v>
       </c>
       <c r="C49" s="8">
         <v>921087</v>
       </c>
       <c r="D49" s="8">
         <v>1037226</v>
       </c>
       <c r="E49" s="8">
         <v>578700</v>
       </c>
       <c r="F49" s="8">
         <v>814029</v>
       </c>
       <c r="G49" s="8">
         <v>1319440</v>
       </c>
       <c r="H49" s="8">
         <v>667308</v>
       </c>
       <c r="I49" s="8">
         <v>1233759</v>
       </c>
       <c r="J49" s="8">
         <v>815853</v>
       </c>
       <c r="K49" s="8">
         <v>711696</v>
       </c>
       <c r="L49" s="8">
-        <v>934292</v>
+        <v>934332</v>
       </c>
       <c r="M49" s="8">
         <v>652997</v>
       </c>
       <c r="N49" s="8">
-        <v>10646619</v>
+        <v>10646659</v>
       </c>
     </row>
     <row r="50" ht="15" customHeight="1">
       <c r="A50" s="7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B50" s="8">
         <v>100369</v>
       </c>
       <c r="C50" s="8">
         <v>77869</v>
       </c>
       <c r="D50" s="8">
-        <v>72002</v>
+        <v>71995</v>
       </c>
       <c r="E50" s="8">
         <v>130541</v>
       </c>
       <c r="F50" s="8">
         <v>73573</v>
       </c>
       <c r="G50" s="8">
         <v>70546</v>
       </c>
       <c r="H50" s="8">
         <v>100516</v>
       </c>
       <c r="I50" s="8">
         <v>106200</v>
       </c>
       <c r="J50" s="8">
         <v>79427</v>
       </c>
       <c r="K50" s="8">
-        <v>56886</v>
+        <v>57351</v>
       </c>
       <c r="L50" s="8">
-        <v>67141</v>
+        <v>67201</v>
       </c>
       <c r="M50" s="8">
         <v>189860</v>
       </c>
       <c r="N50" s="8">
-        <v>1124929</v>
+        <v>1125447</v>
       </c>
     </row>
     <row r="51" ht="15" customHeight="1">
       <c r="A51" s="7" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B51" s="8">
         <v>5926028</v>
       </c>
       <c r="C51" s="8">
         <v>5222880</v>
       </c>
       <c r="D51" s="8">
         <v>5992573</v>
       </c>
       <c r="E51" s="8">
         <v>4782468</v>
       </c>
       <c r="F51" s="8">
         <v>5381345</v>
       </c>
       <c r="G51" s="8">
         <v>6140161</v>
       </c>
       <c r="H51" s="8">
         <v>3263585</v>
       </c>
       <c r="I51" s="8">
         <v>4929872</v>
       </c>
       <c r="J51" s="8">
         <v>4070982</v>
       </c>
       <c r="K51" s="8">
         <v>4419397</v>
       </c>
       <c r="L51" s="8">
         <v>5517513</v>
       </c>
       <c r="M51" s="8">
         <v>4340325</v>
       </c>
       <c r="N51" s="8">
         <v>59987129</v>
       </c>
     </row>
     <row r="52" ht="15" customHeight="1">
       <c r="A52" s="7" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B52" s="8">
         <v>557276</v>
       </c>
       <c r="C52" s="8">
         <v>336827</v>
       </c>
       <c r="D52" s="8">
         <v>439369</v>
       </c>
       <c r="E52" s="8">
         <v>321687</v>
       </c>
       <c r="F52" s="8">
         <v>427352</v>
       </c>
       <c r="G52" s="8">
         <v>431766</v>
       </c>
       <c r="H52" s="8">
         <v>399906</v>
       </c>
       <c r="I52" s="8">
         <v>321496</v>
       </c>
       <c r="J52" s="8">
         <v>392553</v>
       </c>
       <c r="K52" s="8">
         <v>349065</v>
       </c>
       <c r="L52" s="8">
-        <v>396612</v>
+        <v>396655</v>
       </c>
       <c r="M52" s="8">
-        <v>359716</v>
+        <v>359773</v>
       </c>
       <c r="N52" s="8">
-        <v>4733626</v>
+        <v>4733726</v>
       </c>
     </row>
     <row r="53" ht="15" customHeight="1">
       <c r="A53" s="7" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B53" s="8">
-        <v>1304349</v>
+        <v>1304423</v>
       </c>
       <c r="C53" s="8">
         <v>1933729</v>
       </c>
       <c r="D53" s="8">
         <v>1585585</v>
       </c>
       <c r="E53" s="8">
         <v>1449905</v>
       </c>
       <c r="F53" s="8">
         <v>1535348</v>
       </c>
       <c r="G53" s="8">
         <v>1836062</v>
       </c>
       <c r="H53" s="8">
-        <v>1324489</v>
+        <v>1324500</v>
       </c>
       <c r="I53" s="8">
         <v>1456939</v>
       </c>
       <c r="J53" s="8">
-        <v>1123703</v>
+        <v>1123744</v>
       </c>
       <c r="K53" s="8">
         <v>1216262</v>
       </c>
       <c r="L53" s="8">
-        <v>1425045</v>
+        <v>1425176</v>
       </c>
       <c r="M53" s="8">
-        <v>1197667</v>
+        <v>1197711</v>
       </c>
       <c r="N53" s="8">
-        <v>17389084</v>
+        <v>17389383</v>
       </c>
     </row>
     <row r="54" ht="15" customHeight="1">
       <c r="A54" s="7" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B54" s="8">
         <v>2015377</v>
       </c>
       <c r="C54" s="8">
         <v>1666266</v>
       </c>
       <c r="D54" s="8">
         <v>2149938</v>
       </c>
       <c r="E54" s="8">
         <v>1612154</v>
       </c>
       <c r="F54" s="8">
         <v>1687638</v>
       </c>
       <c r="G54" s="8">
         <v>1162653</v>
       </c>
       <c r="H54" s="8">
         <v>1829031</v>
       </c>
       <c r="I54" s="8">
-        <v>1186825</v>
+        <v>1187054</v>
       </c>
       <c r="J54" s="8">
         <v>1049572</v>
       </c>
       <c r="K54" s="8">
-        <v>1282073</v>
+        <v>1282160</v>
       </c>
       <c r="L54" s="8">
-        <v>1332127</v>
+        <v>1332247</v>
       </c>
       <c r="M54" s="8">
         <v>1029843</v>
       </c>
       <c r="N54" s="8">
-        <v>18003498</v>
+        <v>18003935</v>
       </c>
     </row>
     <row r="55" ht="15" customHeight="1">
       <c r="A55" s="7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B55" s="8">
         <v>1263648</v>
       </c>
       <c r="C55" s="8">
         <v>1221730</v>
       </c>
       <c r="D55" s="8">
         <v>1791999</v>
       </c>
       <c r="E55" s="8">
         <v>1204852</v>
       </c>
       <c r="F55" s="8">
         <v>1879923</v>
       </c>
       <c r="G55" s="8">
         <v>1817737</v>
       </c>
       <c r="H55" s="8">
         <v>1739970</v>
       </c>
       <c r="I55" s="8">
         <v>1766205</v>
       </c>
       <c r="J55" s="8">
         <v>1700534</v>
       </c>
       <c r="K55" s="8">
         <v>1748954</v>
       </c>
       <c r="L55" s="8">
         <v>1257792</v>
       </c>
       <c r="M55" s="8">
         <v>994203</v>
       </c>
       <c r="N55" s="8">
         <v>18387545</v>
       </c>
     </row>
     <row r="56" ht="15" customHeight="1">
       <c r="A56" s="7" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B56" s="8">
         <v>2553792</v>
       </c>
       <c r="C56" s="8">
         <v>2449032</v>
       </c>
       <c r="D56" s="8">
         <v>2975957</v>
       </c>
       <c r="E56" s="8">
         <v>2728772</v>
       </c>
       <c r="F56" s="8">
         <v>2972026</v>
       </c>
       <c r="G56" s="8">
         <v>2724836</v>
       </c>
       <c r="H56" s="8">
         <v>2591184</v>
       </c>
       <c r="I56" s="8">
         <v>3066813</v>
       </c>
       <c r="J56" s="8">
         <v>3025047</v>
       </c>
       <c r="K56" s="8">
         <v>3172241</v>
       </c>
       <c r="L56" s="8">
         <v>2833678</v>
       </c>
       <c r="M56" s="8">
         <v>2574283</v>
       </c>
       <c r="N56" s="8">
         <v>33667660</v>
       </c>
     </row>
     <row r="57" ht="15" customHeight="1">
       <c r="A57" s="7" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B57" s="8">
         <v>349813</v>
       </c>
       <c r="C57" s="8">
         <v>352102</v>
       </c>
       <c r="D57" s="8">
         <v>401992</v>
       </c>
       <c r="E57" s="8">
         <v>386831</v>
       </c>
       <c r="F57" s="8">
         <v>413358</v>
       </c>
       <c r="G57" s="8">
         <v>368615</v>
       </c>
       <c r="H57" s="8">
         <v>393796</v>
       </c>
       <c r="I57" s="8">
         <v>448016</v>
       </c>
       <c r="J57" s="8">
         <v>476743</v>
       </c>
       <c r="K57" s="8">
         <v>435614</v>
       </c>
       <c r="L57" s="8">
         <v>445617</v>
       </c>
       <c r="M57" s="8">
         <v>370203</v>
       </c>
       <c r="N57" s="8">
         <v>4842699</v>
       </c>
     </row>
     <row r="58" ht="15" customHeight="1">
       <c r="A58" s="7" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B58" s="8">
         <v>2203979</v>
       </c>
       <c r="C58" s="8">
         <v>2096929</v>
       </c>
       <c r="D58" s="8">
         <v>2573965</v>
       </c>
       <c r="E58" s="8">
         <v>2341941</v>
       </c>
       <c r="F58" s="8">
         <v>2558669</v>
       </c>
       <c r="G58" s="8">
         <v>2356221</v>
       </c>
       <c r="H58" s="8">
         <v>2197388</v>
       </c>
       <c r="I58" s="8">
         <v>2618797</v>
       </c>
       <c r="J58" s="8">
         <v>2548304</v>
       </c>
       <c r="K58" s="8">
         <v>2736627</v>
       </c>
       <c r="L58" s="8">
         <v>2388061</v>
       </c>
       <c r="M58" s="8">
         <v>2204081</v>
       </c>
       <c r="N58" s="8">
         <v>28824961</v>
       </c>
     </row>
     <row r="59" ht="15" customHeight="1">
       <c r="A59" s="7" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B59" s="8">
         <v>3926550</v>
       </c>
       <c r="C59" s="8">
         <v>4280778</v>
       </c>
       <c r="D59" s="8">
         <v>5111884</v>
       </c>
       <c r="E59" s="8">
         <v>4021551</v>
       </c>
       <c r="F59" s="8">
         <v>4878595</v>
       </c>
       <c r="G59" s="8">
         <v>5118143</v>
       </c>
       <c r="H59" s="8">
         <v>2997152</v>
       </c>
       <c r="I59" s="8">
         <v>3724294</v>
       </c>
       <c r="J59" s="8">
         <v>3480873</v>
       </c>
       <c r="K59" s="8">
         <v>3429479</v>
       </c>
       <c r="L59" s="8">
         <v>4195040</v>
       </c>
       <c r="M59" s="8">
         <v>3364068</v>
       </c>
       <c r="N59" s="8">
         <v>48528406</v>
       </c>
     </row>
     <row r="60" ht="15" customHeight="1">
       <c r="A60" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B60" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="C60" s="8">
         <v>893460</v>
       </c>
       <c r="D60" s="8">
         <v>921240</v>
       </c>
       <c r="E60" s="8">
         <v>930172</v>
       </c>
       <c r="F60" s="8">
         <v>1002688</v>
       </c>
       <c r="G60" s="8">
         <v>935895</v>
       </c>
       <c r="H60" s="8">
         <v>620976</v>
       </c>
       <c r="I60" s="8">
         <v>1066647</v>
       </c>
       <c r="J60" s="8">
         <v>901711</v>
       </c>
       <c r="K60" s="8">
         <v>1018860</v>
       </c>
       <c r="L60" s="8">
         <v>1026786</v>
       </c>
       <c r="M60" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N60" s="8">
         <v>10765160</v>
       </c>
     </row>
     <row r="61" ht="15" customHeight="1">
       <c r="A61" s="7" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="B61" s="8">
         <v>1701539</v>
       </c>
       <c r="C61" s="8">
         <v>1764231</v>
       </c>
       <c r="D61" s="8">
         <v>1771935</v>
       </c>
       <c r="E61" s="8">
         <v>1337948</v>
       </c>
       <c r="F61" s="8">
         <v>1326027</v>
       </c>
       <c r="G61" s="8">
         <v>2034322</v>
       </c>
       <c r="H61" s="8">
         <v>345411</v>
       </c>
       <c r="I61" s="8">
         <v>752639</v>
       </c>
       <c r="J61" s="8">
         <v>412797</v>
       </c>
       <c r="K61" s="8">
         <v>557480</v>
       </c>
       <c r="L61" s="8">
         <v>1572528</v>
       </c>
       <c r="M61" s="8">
         <v>1223867</v>
       </c>
       <c r="N61" s="8">
         <v>14800726</v>
       </c>
     </row>
     <row r="62" ht="15" customHeight="1">
       <c r="A62" s="7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B62" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="C62" s="8">
         <v>833454</v>
       </c>
       <c r="D62" s="8">
         <v>1311681</v>
       </c>
       <c r="E62" s="8">
         <v>897034</v>
       </c>
       <c r="F62" s="8">
         <v>1531931</v>
       </c>
       <c r="G62" s="8">
         <v>1175298</v>
       </c>
       <c r="H62" s="8">
         <v>1342333</v>
       </c>
       <c r="I62" s="8">
         <v>1129128</v>
       </c>
       <c r="J62" s="8">
         <v>1171072</v>
       </c>
       <c r="K62" s="8">
         <v>1051074</v>
       </c>
       <c r="L62" s="8">
         <v>664263</v>
       </c>
       <c r="M62" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N62" s="8">
         <v>12330143</v>
       </c>
     </row>
     <row r="63" ht="15" customHeight="1">
       <c r="A63" s="7" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="B63" s="8">
         <v>779078</v>
       </c>
       <c r="C63" s="8">
         <v>789633</v>
       </c>
       <c r="D63" s="8">
         <v>1107028</v>
       </c>
       <c r="E63" s="8">
         <v>856397</v>
       </c>
       <c r="F63" s="8">
         <v>1017949</v>
       </c>
       <c r="G63" s="8">
         <v>972628</v>
       </c>
       <c r="H63" s="8">
         <v>688431</v>
       </c>
       <c r="I63" s="8">
         <v>775881</v>
       </c>
       <c r="J63" s="8">
         <v>995293</v>
       </c>
       <c r="K63" s="8">
         <v>802066</v>
       </c>
       <c r="L63" s="8">
         <v>931462</v>
       </c>
       <c r="M63" s="8">
         <v>916532</v>
       </c>
       <c r="N63" s="8">
         <v>10632378</v>
       </c>
     </row>
     <row r="64" ht="15" customHeight="1">
       <c r="A64" s="7" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="E64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="H64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="I64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="J64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="K64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="L64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="M64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="N64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="65" ht="15" customHeight="1">
       <c r="A65" s="7" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B65" s="8">
         <v>878018947</v>
       </c>
       <c r="C65" s="8">
         <v>749256390</v>
       </c>
       <c r="D65" s="8">
         <v>887159464</v>
       </c>
       <c r="E65" s="8">
         <v>786373528</v>
       </c>
       <c r="F65" s="8">
         <v>886354685</v>
       </c>
       <c r="G65" s="8">
         <v>938491488</v>
       </c>
       <c r="H65" s="8">
         <v>888766878</v>
       </c>
       <c r="I65" s="8">
         <v>919281748</v>
       </c>
       <c r="J65" s="8">
         <v>885905396</v>
       </c>
       <c r="K65" s="8">
         <v>925044340</v>
       </c>
       <c r="L65" s="8">
         <v>941494200</v>
       </c>
       <c r="M65" s="8">
         <v>896910616</v>
       </c>
       <c r="N65" s="8">
         <v>10583057679</v>
       </c>
     </row>
     <row r="66" ht="15" customHeight="1">
       <c r="A66" s="7" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="B66" s="8">
         <v>181989648</v>
       </c>
       <c r="C66" s="8">
         <v>161372820</v>
       </c>
       <c r="D66" s="8">
         <v>184698465</v>
       </c>
       <c r="E66" s="8">
         <v>174752588</v>
       </c>
       <c r="F66" s="8">
         <v>175926043</v>
       </c>
       <c r="G66" s="8">
         <v>187714132</v>
       </c>
       <c r="H66" s="8">
         <v>182021604</v>
       </c>
       <c r="I66" s="8">
         <v>200192329</v>
       </c>
       <c r="J66" s="8">
         <v>184071313</v>
       </c>
       <c r="K66" s="8">
         <v>170216708</v>
       </c>
       <c r="L66" s="8">
         <v>178716659</v>
       </c>
       <c r="M66" s="8">
         <v>177039804</v>
       </c>
       <c r="N66" s="8">
         <v>2158712114</v>
       </c>
     </row>
     <row r="67" ht="15" customHeight="1">
       <c r="A67" s="7" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="B67" s="8">
         <v>667004883</v>
       </c>
       <c r="C67" s="8">
         <v>596609019</v>
       </c>
       <c r="D67" s="8">
         <v>745909250</v>
       </c>
       <c r="E67" s="8">
         <v>633112887</v>
       </c>
       <c r="F67" s="8">
         <v>712873795</v>
       </c>
       <c r="G67" s="8">
         <v>776453978</v>
       </c>
       <c r="H67" s="8">
         <v>720942483</v>
       </c>
       <c r="I67" s="8">
         <v>752578650</v>
       </c>
       <c r="J67" s="8">
         <v>649097951</v>
       </c>
       <c r="K67" s="8">
         <v>740188880</v>
       </c>
       <c r="L67" s="8">
         <v>767174517</v>
       </c>
       <c r="M67" s="8">
         <v>696355479</v>
       </c>
       <c r="N67" s="8">
         <v>8458301770</v>
       </c>
     </row>
     <row r="68" ht="15" customHeight="1">
       <c r="A68" s="7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B68" s="8">
         <v>870729</v>
       </c>
       <c r="C68" s="8">
         <v>840900</v>
       </c>
       <c r="D68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E68" s="8">
         <v>889301</v>
       </c>
       <c r="F68" s="8">
         <v>887440</v>
       </c>
       <c r="G68" s="8">
         <v>1016639</v>
       </c>
       <c r="H68" s="8">
         <v>693716</v>
       </c>
       <c r="I68" s="8">
         <v>395996</v>
       </c>
       <c r="J68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="K68" s="8">
         <v>295406</v>
       </c>
       <c r="L68" s="8">
         <v>207190</v>
       </c>
       <c r="M68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N68" s="8">
         <v>7678154</v>
       </c>
     </row>
     <row r="69" ht="15" customHeight="1">
       <c r="A69" s="7" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B69" s="8">
         <v>143881936</v>
       </c>
       <c r="C69" s="8">
         <v>154347236</v>
       </c>
       <c r="D69" s="8">
         <v>137399389</v>
       </c>
       <c r="E69" s="8">
         <v>136023105</v>
       </c>
       <c r="F69" s="8">
         <v>157923662</v>
       </c>
       <c r="G69" s="8">
         <v>137465876</v>
       </c>
       <c r="H69" s="8">
         <v>138565595</v>
       </c>
       <c r="I69" s="8">
         <v>105766280</v>
       </c>
       <c r="J69" s="8">
         <v>104520335</v>
       </c>
       <c r="K69" s="8">
         <v>118838598</v>
       </c>
       <c r="L69" s="8">
         <v>130562940</v>
       </c>
       <c r="M69" s="8">
         <v>129186681</v>
       </c>
       <c r="N69" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="70" ht="15" customHeight="1">
       <c r="A70" s="7" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="B70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="E70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="H70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="I70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="J70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="K70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="L70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="M70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="N70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="71" ht="15" customHeight="1">
       <c r="A71" s="7" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B71" s="8">
         <v>25691474</v>
       </c>
       <c r="C71" s="8">
         <v>20099708</v>
       </c>
       <c r="D71" s="8">
         <v>27397235</v>
       </c>
       <c r="E71" s="8">
         <v>36031565</v>
       </c>
       <c r="F71" s="8">
         <v>29534532</v>
       </c>
       <c r="G71" s="8">
         <v>22263592</v>
       </c>
       <c r="H71" s="8">
         <v>25209286</v>
       </c>
       <c r="I71" s="8">
         <v>21670464</v>
       </c>
       <c r="J71" s="8">
         <v>21671688</v>
       </c>
       <c r="K71" s="8">
-        <v>19709309</v>
+        <v>19846602</v>
       </c>
       <c r="L71" s="8">
-        <v>21847576</v>
+        <v>21972096</v>
       </c>
       <c r="M71" s="8">
-        <v>16288952</v>
+        <v>16400070</v>
       </c>
       <c r="N71" s="8">
-        <v>287415380</v>
+        <v>287788311</v>
       </c>
     </row>
     <row r="72" ht="15" customHeight="1">
       <c r="A72" s="7" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="B72" s="8">
         <v>12272198</v>
       </c>
       <c r="C72" s="8">
         <v>13831253</v>
       </c>
       <c r="D72" s="8">
         <v>14585378</v>
       </c>
       <c r="E72" s="8">
         <v>13985026</v>
       </c>
       <c r="F72" s="8">
         <v>11791636</v>
       </c>
       <c r="G72" s="8">
         <v>12676450</v>
       </c>
       <c r="H72" s="8">
         <v>11568362</v>
       </c>
       <c r="I72" s="8">
         <v>13730496</v>
       </c>
       <c r="J72" s="8">
         <v>13099090</v>
       </c>
       <c r="K72" s="8">
         <v>11727575</v>
       </c>
       <c r="L72" s="8">
         <v>12316993</v>
       </c>
       <c r="M72" s="8">
         <v>9471871</v>
       </c>
       <c r="N72" s="8">
         <v>151056328</v>
       </c>
     </row>
     <row r="73" ht="15" customHeight="1">
       <c r="A73" s="7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B73" s="8">
         <v>8354844</v>
       </c>
       <c r="C73" s="8">
         <v>8994975</v>
       </c>
       <c r="D73" s="8">
         <v>9933907</v>
       </c>
       <c r="E73" s="8">
         <v>9546963</v>
       </c>
       <c r="F73" s="8">
         <v>10999375</v>
       </c>
       <c r="G73" s="8">
         <v>8767670</v>
       </c>
       <c r="H73" s="8">
         <v>10051396</v>
       </c>
       <c r="I73" s="8">
         <v>7418106</v>
       </c>
       <c r="J73" s="8">
         <v>8921428</v>
       </c>
       <c r="K73" s="8">
         <v>9786915</v>
       </c>
       <c r="L73" s="8">
-        <v>9154741</v>
+        <v>9223162</v>
       </c>
       <c r="M73" s="8">
         <v>7819987</v>
       </c>
       <c r="N73" s="8">
-        <v>109750307</v>
+        <v>109818728</v>
       </c>
     </row>
     <row r="74" ht="15" customHeight="1">
       <c r="A74" s="7" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B74" s="8">
         <v>4592792</v>
       </c>
       <c r="C74" s="8">
         <v>3990946</v>
       </c>
       <c r="D74" s="8">
         <v>3799481</v>
       </c>
       <c r="E74" s="8">
         <v>3639589</v>
       </c>
       <c r="F74" s="8">
         <v>3359119</v>
       </c>
       <c r="G74" s="8">
         <v>3444690</v>
       </c>
       <c r="H74" s="8">
         <v>2451641</v>
       </c>
       <c r="I74" s="8">
         <v>2028687</v>
       </c>
       <c r="J74" s="8">
         <v>1767928</v>
       </c>
       <c r="K74" s="8">
         <v>1849473</v>
       </c>
       <c r="L74" s="8">
         <v>3072094</v>
       </c>
       <c r="M74" s="8">
         <v>1700461</v>
       </c>
       <c r="N74" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="75" ht="12" customHeight="1"/>
     <row r="76" ht="14" customHeight="1">
       <c r="A76" s="10" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="B76" s="10"/>
       <c r="C76" s="10"/>
       <c r="D76" s="10"/>
       <c r="E76" s="10"/>
       <c r="F76" s="10"/>
       <c r="G76" s="10"/>
       <c r="H76" s="10"/>
       <c r="I76" s="10"/>
       <c r="J76" s="10"/>
       <c r="K76" s="10"/>
       <c r="L76" s="10"/>
       <c r="M76" s="10"/>
       <c r="N76" s="10"/>
     </row>
     <row r="77" ht="14" customHeight="1">
       <c r="A77" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B77" s="11"/>
       <c r="C77" s="11"/>
       <c r="D77" s="11"/>
       <c r="E77" s="11"/>
       <c r="F77" s="11"/>
       <c r="G77" s="11"/>
       <c r="H77" s="11"/>
       <c r="I77" s="11"/>
       <c r="J77" s="11"/>
       <c r="K77" s="11"/>
       <c r="L77" s="11"/>
       <c r="M77" s="11"/>
       <c r="N77" s="11"/>
     </row>
     <row r="78" ht="14" customHeight="1">
       <c r="A78" s="12" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="B78" s="12"/>
       <c r="C78" s="12"/>
       <c r="D78" s="12"/>
       <c r="E78" s="12"/>
       <c r="F78" s="12"/>
       <c r="G78" s="12"/>
       <c r="H78" s="12"/>
       <c r="I78" s="12"/>
       <c r="J78" s="12"/>
       <c r="K78" s="12"/>
       <c r="L78" s="12"/>
       <c r="M78" s="12"/>
       <c r="N78" s="12"/>
     </row>
     <row r="79" ht="43" customHeight="1">
       <c r="A79" s="12" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="B79" s="12"/>
       <c r="C79" s="12"/>
       <c r="D79" s="12"/>
       <c r="E79" s="12"/>
       <c r="F79" s="12"/>
       <c r="G79" s="12"/>
       <c r="H79" s="12"/>
       <c r="I79" s="12"/>
       <c r="J79" s="12"/>
       <c r="K79" s="12"/>
       <c r="L79" s="12"/>
       <c r="M79" s="12"/>
       <c r="N79" s="12"/>
     </row>
     <row r="80" ht="14" customHeight="1">
       <c r="A80" s="12" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B80" s="12"/>
       <c r="C80" s="12"/>
       <c r="D80" s="12"/>
       <c r="E80" s="12"/>
       <c r="F80" s="12"/>
       <c r="G80" s="12"/>
       <c r="H80" s="12"/>
       <c r="I80" s="12"/>
       <c r="J80" s="12"/>
       <c r="K80" s="12"/>
       <c r="L80" s="12"/>
       <c r="M80" s="12"/>
       <c r="N80" s="12"/>
     </row>
     <row r="81" ht="12" customHeight="1">
       <c r="A81" s="13" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="B81" s="13"/>
       <c r="C81" s="13"/>
       <c r="D81" s="13"/>
       <c r="E81" s="13"/>
       <c r="F81" s="13"/>
       <c r="G81" s="13"/>
       <c r="H81" s="13"/>
       <c r="I81" s="13"/>
       <c r="J81" s="13"/>
       <c r="K81" s="13"/>
       <c r="L81" s="13"/>
       <c r="M81" s="13"/>
       <c r="N81" s="13"/>
     </row>
     <row r="82" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A76:N76"/>
@@ -28325,3155 +29173,3155 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="B9" s="8">
-        <v>2848</v>
+        <v>2853</v>
       </c>
       <c r="C9" s="8">
-        <v>2847</v>
+        <v>2852</v>
       </c>
       <c r="D9" s="8">
-        <v>2893</v>
+        <v>2898</v>
       </c>
       <c r="E9" s="8">
-        <v>2915</v>
+        <v>2920</v>
       </c>
       <c r="F9" s="8">
-        <v>2918</v>
+        <v>2923</v>
       </c>
       <c r="G9" s="8">
-        <v>2934</v>
+        <v>2939</v>
       </c>
       <c r="H9" s="8">
-        <v>2930</v>
+        <v>2935</v>
       </c>
       <c r="I9" s="8">
-        <v>2939</v>
+        <v>2944</v>
       </c>
       <c r="J9" s="8">
-        <v>2973</v>
+        <v>2979</v>
       </c>
       <c r="K9" s="8">
-        <v>2986</v>
+        <v>2991</v>
       </c>
       <c r="L9" s="8">
-        <v>2987</v>
+        <v>2993</v>
       </c>
       <c r="M9" s="8">
-        <v>3040</v>
+        <v>3047</v>
       </c>
       <c r="N9" s="8">
-        <v>3261</v>
+        <v>3267</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="B10" s="8">
-        <v>1716585617</v>
+        <v>1716585893</v>
       </c>
       <c r="C10" s="8">
-        <v>1364835030</v>
+        <v>1364835454</v>
       </c>
       <c r="D10" s="8">
-        <v>1748520836</v>
+        <v>1748521284</v>
       </c>
       <c r="E10" s="8">
-        <v>1778779970</v>
+        <v>1778780098</v>
       </c>
       <c r="F10" s="8">
-        <v>1860145627</v>
+        <v>1860145991</v>
       </c>
       <c r="G10" s="8">
-        <v>1812679342</v>
+        <v>1812679504</v>
       </c>
       <c r="H10" s="8">
-        <v>1846223021</v>
+        <v>1846223193</v>
       </c>
       <c r="I10" s="8">
-        <v>1722415076</v>
+        <v>1722415538</v>
       </c>
       <c r="J10" s="8">
-        <v>1710654259</v>
+        <v>1710654393</v>
       </c>
       <c r="K10" s="8">
-        <v>1903183135</v>
+        <v>1903183481</v>
       </c>
       <c r="L10" s="8">
-        <v>1962676658</v>
+        <v>1962677059</v>
       </c>
       <c r="M10" s="8">
-        <v>1986159543</v>
+        <v>1986160479</v>
       </c>
       <c r="N10" s="8">
-        <v>21412858113</v>
+        <v>21412862368</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B11" s="8">
-        <v>19324831</v>
+        <v>19324838</v>
       </c>
       <c r="C11" s="8">
-        <v>19694154</v>
+        <v>19694161</v>
       </c>
       <c r="D11" s="8">
-        <v>23680077</v>
+        <v>23680084</v>
       </c>
       <c r="E11" s="8">
-        <v>21528601</v>
+        <v>21528607</v>
       </c>
       <c r="F11" s="8">
-        <v>21285688</v>
+        <v>21285868</v>
       </c>
       <c r="G11" s="8">
-        <v>21031436</v>
+        <v>21031440</v>
       </c>
       <c r="H11" s="8">
-        <v>14983785</v>
+        <v>14983792</v>
       </c>
       <c r="I11" s="8">
-        <v>16739809</v>
+        <v>16739819</v>
       </c>
       <c r="J11" s="8">
-        <v>19433677</v>
+        <v>19433685</v>
       </c>
       <c r="K11" s="8">
-        <v>20056190</v>
+        <v>20056195</v>
       </c>
       <c r="L11" s="8">
-        <v>20689777</v>
+        <v>20689788</v>
       </c>
       <c r="M11" s="8">
-        <v>23756302</v>
+        <v>23756714</v>
       </c>
       <c r="N11" s="8">
-        <v>242204327</v>
+        <v>242204990</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B12" s="8">
-        <v>562502</v>
+        <v>562503</v>
       </c>
       <c r="C12" s="8">
-        <v>925842</v>
+        <v>925844</v>
       </c>
       <c r="D12" s="8">
-        <v>1307801</v>
+        <v>1307803</v>
       </c>
       <c r="E12" s="8">
-        <v>289018</v>
+        <v>289019</v>
       </c>
       <c r="F12" s="8">
-        <v>149005</v>
+        <v>149167</v>
       </c>
       <c r="G12" s="8">
-        <v>499003</v>
+        <v>499006</v>
       </c>
       <c r="H12" s="8">
-        <v>1065219</v>
+        <v>1065220</v>
       </c>
       <c r="I12" s="8">
-        <v>2030447</v>
+        <v>2030448</v>
       </c>
       <c r="J12" s="8">
-        <v>3841263</v>
+        <v>3841265</v>
       </c>
       <c r="K12" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L12" s="8">
-        <v>385159</v>
+        <v>385161</v>
       </c>
       <c r="M12" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N12" s="8">
-        <v>12844900</v>
+        <v>12845081</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B13" s="8">
-        <v>1114958</v>
+        <v>1114967</v>
       </c>
       <c r="C13" s="8">
-        <v>975327</v>
+        <v>975443</v>
       </c>
       <c r="D13" s="8">
-        <v>1134517</v>
+        <v>1134524</v>
       </c>
       <c r="E13" s="8">
-        <v>1266193</v>
+        <v>1266210</v>
       </c>
       <c r="F13" s="8">
-        <v>1029313</v>
+        <v>1029328</v>
       </c>
       <c r="G13" s="8">
-        <v>1332521</v>
+        <v>1332537</v>
       </c>
       <c r="H13" s="8">
-        <v>558888</v>
+        <v>558901</v>
       </c>
       <c r="I13" s="8">
-        <v>857766</v>
+        <v>857967</v>
       </c>
       <c r="J13" s="8">
-        <v>1240038</v>
+        <v>1240050</v>
       </c>
       <c r="K13" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L13" s="8">
-        <v>1008265</v>
+        <v>1008277</v>
       </c>
       <c r="M13" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N13" s="8">
-        <v>12466301</v>
+        <v>12467117</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B14" s="8">
-        <v>1695583326</v>
+        <v>1695583584</v>
       </c>
       <c r="C14" s="8">
-        <v>1343239707</v>
+        <v>1343240007</v>
       </c>
       <c r="D14" s="8">
-        <v>1722398442</v>
+        <v>1722398873</v>
       </c>
       <c r="E14" s="8">
-        <v>1755696158</v>
+        <v>1755696263</v>
       </c>
       <c r="F14" s="8">
-        <v>1837681621</v>
+        <v>1837681628</v>
       </c>
       <c r="G14" s="8">
-        <v>1789816382</v>
+        <v>1789816521</v>
       </c>
       <c r="H14" s="8">
-        <v>1829615129</v>
+        <v>1829615280</v>
       </c>
       <c r="I14" s="8">
-        <v>1702787054</v>
+        <v>1702787304</v>
       </c>
       <c r="J14" s="8">
-        <v>1686139280</v>
+        <v>1686139394</v>
       </c>
       <c r="K14" s="8">
-        <v>1880763928</v>
+        <v>1880764076</v>
       </c>
       <c r="L14" s="8">
-        <v>1940593457</v>
+        <v>1940593833</v>
       </c>
       <c r="M14" s="8">
-        <v>1961028102</v>
+        <v>1961028417</v>
       </c>
       <c r="N14" s="8">
-        <v>21145342585</v>
+        <v>21145345180</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B15" s="8">
-        <v>29990265</v>
+        <v>29990292</v>
       </c>
       <c r="C15" s="8">
-        <v>29221329</v>
+        <v>29221430</v>
       </c>
       <c r="D15" s="8">
-        <v>37060786</v>
+        <v>37060812</v>
       </c>
       <c r="E15" s="8">
-        <v>37151086</v>
+        <v>37151123</v>
       </c>
       <c r="F15" s="8">
-        <v>35679853</v>
+        <v>35679887</v>
       </c>
       <c r="G15" s="8">
-        <v>36497085</v>
+        <v>36497121</v>
       </c>
       <c r="H15" s="8">
-        <v>31466628</v>
+        <v>31466719</v>
       </c>
       <c r="I15" s="8">
-        <v>34120287</v>
+        <v>34120420</v>
       </c>
       <c r="J15" s="8">
-        <v>32367376</v>
+        <v>32367675</v>
       </c>
       <c r="K15" s="8">
-        <v>34031377</v>
+        <v>34033107</v>
       </c>
       <c r="L15" s="8">
-        <v>34436748</v>
+        <v>34437207</v>
       </c>
       <c r="M15" s="8">
-        <v>30801923</v>
+        <v>30802642</v>
       </c>
       <c r="N15" s="8">
-        <v>402824743</v>
+        <v>402828436</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B16" s="8">
         <v>224674998</v>
       </c>
       <c r="C16" s="8">
         <v>135589719</v>
       </c>
       <c r="D16" s="8">
         <v>213442506</v>
       </c>
       <c r="E16" s="8">
         <v>109669150</v>
       </c>
       <c r="F16" s="8">
         <v>96686025</v>
       </c>
       <c r="G16" s="8">
         <v>82607545</v>
       </c>
       <c r="H16" s="8">
         <v>51245112</v>
       </c>
       <c r="I16" s="8">
         <v>74896396</v>
       </c>
       <c r="J16" s="8">
         <v>68265356</v>
       </c>
       <c r="K16" s="8">
         <v>141072669</v>
       </c>
       <c r="L16" s="8">
         <v>188831769</v>
       </c>
       <c r="M16" s="8">
         <v>177433869</v>
       </c>
       <c r="N16" s="8">
         <v>1564415113</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B17" s="8">
         <v>1081762</v>
       </c>
       <c r="C17" s="8">
         <v>1713147</v>
       </c>
       <c r="D17" s="8">
         <v>1237090</v>
       </c>
       <c r="E17" s="8">
         <v>1028974</v>
       </c>
       <c r="F17" s="8">
         <v>972973</v>
       </c>
       <c r="G17" s="8">
         <v>1026421</v>
       </c>
       <c r="H17" s="8">
         <v>986430</v>
       </c>
       <c r="I17" s="8">
         <v>3186820</v>
       </c>
       <c r="J17" s="8">
         <v>2097025</v>
       </c>
       <c r="K17" s="8">
         <v>842438</v>
       </c>
       <c r="L17" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M17" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N17" s="8">
         <v>32466221</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B18" s="8">
         <v>223452881</v>
       </c>
       <c r="C18" s="8">
         <v>133732894</v>
       </c>
       <c r="D18" s="8">
         <v>212010392</v>
       </c>
       <c r="E18" s="8">
         <v>108478354</v>
       </c>
       <c r="F18" s="8">
         <v>95590283</v>
       </c>
       <c r="G18" s="8">
         <v>81429023</v>
       </c>
       <c r="H18" s="8">
         <v>50125957</v>
       </c>
       <c r="I18" s="8">
         <v>71583778</v>
       </c>
       <c r="J18" s="8">
         <v>66049666</v>
       </c>
       <c r="K18" s="8">
         <v>140107840</v>
       </c>
       <c r="L18" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M18" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N18" s="8">
         <v>1530269388</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B19" s="8">
         <v>140356</v>
       </c>
       <c r="C19" s="8">
         <v>143677</v>
       </c>
       <c r="D19" s="8">
         <v>195024</v>
       </c>
       <c r="E19" s="8">
         <v>161822</v>
       </c>
       <c r="F19" s="8">
         <v>122768</v>
       </c>
       <c r="G19" s="8">
         <v>152100</v>
       </c>
       <c r="H19" s="8">
         <v>132726</v>
       </c>
       <c r="I19" s="8">
         <v>125798</v>
       </c>
       <c r="J19" s="8">
         <v>118665</v>
       </c>
       <c r="K19" s="8">
         <v>122392</v>
       </c>
       <c r="L19" s="8">
         <v>133062</v>
       </c>
       <c r="M19" s="8">
         <v>131116</v>
       </c>
       <c r="N19" s="8">
         <v>1679505</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B20" s="8">
-        <v>1430984670</v>
+        <v>1430989904</v>
       </c>
       <c r="C20" s="8">
-        <v>1422332740</v>
+        <v>1422338085</v>
       </c>
       <c r="D20" s="8">
-        <v>1404306861</v>
+        <v>1404312653</v>
       </c>
       <c r="E20" s="8">
-        <v>1416520426</v>
+        <v>1416525771</v>
       </c>
       <c r="F20" s="8">
-        <v>1422664693</v>
+        <v>1422670322</v>
       </c>
       <c r="G20" s="8">
-        <v>1368613765</v>
+        <v>1368619393</v>
       </c>
       <c r="H20" s="8">
-        <v>1396916630</v>
+        <v>1396922210</v>
       </c>
       <c r="I20" s="8">
-        <v>1316036864</v>
+        <v>1316043091</v>
       </c>
       <c r="J20" s="8">
-        <v>1370291390</v>
+        <v>1370297864</v>
       </c>
       <c r="K20" s="8">
-        <v>1396779018</v>
+        <v>1396786433</v>
       </c>
       <c r="L20" s="8">
-        <v>1407592038</v>
+        <v>1407598155</v>
       </c>
       <c r="M20" s="8">
-        <v>1469773860</v>
+        <v>1469780260</v>
       </c>
       <c r="N20" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B21" s="8">
-        <v>985544168</v>
+        <v>985549112</v>
       </c>
       <c r="C21" s="8">
-        <v>993986587</v>
+        <v>993991447</v>
       </c>
       <c r="D21" s="8">
-        <v>1002838422</v>
+        <v>1002843282</v>
       </c>
       <c r="E21" s="8">
-        <v>1011430469</v>
+        <v>1011435329</v>
       </c>
       <c r="F21" s="8">
-        <v>1020234313</v>
+        <v>1020239346</v>
       </c>
       <c r="G21" s="8">
-        <v>1027031256</v>
+        <v>1027036289</v>
       </c>
       <c r="H21" s="8">
-        <v>1030695294</v>
+        <v>1030700278</v>
       </c>
       <c r="I21" s="8">
-        <v>1033303618</v>
+        <v>1033308602</v>
       </c>
       <c r="J21" s="8">
-        <v>1038541762</v>
+        <v>1038546746</v>
       </c>
       <c r="K21" s="8">
-        <v>1047925090</v>
+        <v>1047930073</v>
       </c>
       <c r="L21" s="8">
-        <v>1046372016</v>
+        <v>1046376981</v>
       </c>
       <c r="M21" s="8">
-        <v>1068350572</v>
+        <v>1068355897</v>
       </c>
       <c r="N21" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B22" s="8">
-        <v>42758434</v>
+        <v>42758674</v>
       </c>
       <c r="C22" s="8">
-        <v>42520096</v>
+        <v>42520408</v>
       </c>
       <c r="D22" s="8">
-        <v>42836451</v>
+        <v>42836858</v>
       </c>
       <c r="E22" s="8">
-        <v>41741427</v>
+        <v>41741739</v>
       </c>
       <c r="F22" s="8">
-        <v>40613800</v>
+        <v>40614273</v>
       </c>
       <c r="G22" s="8">
-        <v>40259644</v>
+        <v>40260117</v>
       </c>
       <c r="H22" s="8">
-        <v>40356117</v>
+        <v>40356590</v>
       </c>
       <c r="I22" s="8">
-        <v>41288695</v>
+        <v>41289147</v>
       </c>
       <c r="J22" s="8">
-        <v>43769407</v>
+        <v>43769859</v>
       </c>
       <c r="K22" s="8">
-        <v>44622838</v>
+        <v>44623289</v>
       </c>
       <c r="L22" s="8">
-        <v>43988686</v>
+        <v>43989138</v>
       </c>
       <c r="M22" s="8">
-        <v>43501413</v>
+        <v>43501792</v>
       </c>
       <c r="N22" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B23" s="8">
-        <v>9836289</v>
+        <v>9836394</v>
       </c>
       <c r="C23" s="8">
-        <v>12871641</v>
+        <v>12871868</v>
       </c>
       <c r="D23" s="8">
-        <v>10438595</v>
+        <v>10438968</v>
       </c>
       <c r="E23" s="8">
-        <v>9761904</v>
+        <v>9762131</v>
       </c>
       <c r="F23" s="8">
-        <v>9690584</v>
+        <v>9690811</v>
       </c>
       <c r="G23" s="8">
-        <v>9817982</v>
+        <v>9818209</v>
       </c>
       <c r="H23" s="8">
-        <v>10296830</v>
+        <v>10297057</v>
       </c>
       <c r="I23" s="8">
-        <v>9754361</v>
+        <v>9754777</v>
       </c>
       <c r="J23" s="8">
-        <v>10268789</v>
+        <v>10269205</v>
       </c>
       <c r="K23" s="8">
-        <v>10303153</v>
+        <v>10303316</v>
       </c>
       <c r="L23" s="8">
-        <v>9893710</v>
+        <v>9893873</v>
       </c>
       <c r="M23" s="8">
-        <v>9770687</v>
+        <v>9770935</v>
       </c>
       <c r="N23" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B24" s="8">
-        <v>392845779</v>
+        <v>392845724</v>
       </c>
       <c r="C24" s="8">
-        <v>372954417</v>
+        <v>372954362</v>
       </c>
       <c r="D24" s="8">
-        <v>348193393</v>
+        <v>348193545</v>
       </c>
       <c r="E24" s="8">
-        <v>353586627</v>
+        <v>353586572</v>
       </c>
       <c r="F24" s="8">
-        <v>352125996</v>
+        <v>352125892</v>
       </c>
       <c r="G24" s="8">
-        <v>291504883</v>
+        <v>291504778</v>
       </c>
       <c r="H24" s="8">
-        <v>315568390</v>
+        <v>315568286</v>
       </c>
       <c r="I24" s="8">
-        <v>231690190</v>
+        <v>231690565</v>
       </c>
       <c r="J24" s="8">
-        <v>277711431</v>
+        <v>277712054</v>
       </c>
       <c r="K24" s="8">
-        <v>293927938</v>
+        <v>293929755</v>
       </c>
       <c r="L24" s="8">
-        <v>307337626</v>
+        <v>307338164</v>
       </c>
       <c r="M24" s="8">
-        <v>348151189</v>
+        <v>348151636</v>
       </c>
       <c r="N24" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B25" s="8">
-        <v>15949692995</v>
+        <v>15940054664</v>
       </c>
       <c r="C25" s="8">
-        <v>12190360343</v>
+        <v>12183816452</v>
       </c>
       <c r="D25" s="8">
-        <v>15928172258</v>
+        <v>15919431826</v>
       </c>
       <c r="E25" s="8">
-        <v>15954709949</v>
+        <v>15949640780</v>
       </c>
       <c r="F25" s="8">
-        <v>16966522055</v>
+        <v>16958528405</v>
       </c>
       <c r="G25" s="8">
-        <v>16960615539</v>
+        <v>16953158243</v>
       </c>
       <c r="H25" s="8">
-        <v>16891356602</v>
+        <v>16882546820</v>
       </c>
       <c r="I25" s="8">
-        <v>15701934580</v>
+        <v>15675086538</v>
       </c>
       <c r="J25" s="8">
-        <v>15270969555</v>
+        <v>15268330318</v>
       </c>
       <c r="K25" s="8">
-        <v>17866548090</v>
+        <v>17787242499</v>
       </c>
       <c r="L25" s="8">
-        <v>17939561703</v>
+        <v>17895435224</v>
       </c>
       <c r="M25" s="8">
-        <v>18139661367</v>
+        <v>18113671732</v>
       </c>
       <c r="N25" s="8">
-        <v>195760105035</v>
+        <v>195526943501</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B26" s="8">
         <v>15507113029</v>
       </c>
       <c r="C26" s="8">
         <v>11823555382</v>
       </c>
       <c r="D26" s="8">
         <v>15512561925</v>
       </c>
       <c r="E26" s="8">
         <v>15539372045</v>
       </c>
       <c r="F26" s="8">
-        <v>16570030463</v>
+        <v>16570031261</v>
       </c>
       <c r="G26" s="8">
         <v>16595669763</v>
       </c>
       <c r="H26" s="8">
         <v>16519760785</v>
       </c>
       <c r="I26" s="8">
         <v>15341187305</v>
       </c>
       <c r="J26" s="8">
         <v>14867863167</v>
       </c>
       <c r="K26" s="8">
         <v>17316606917</v>
       </c>
       <c r="L26" s="8">
         <v>17391876545</v>
       </c>
       <c r="M26" s="8">
-        <v>17679422808</v>
+        <v>17679424705</v>
       </c>
       <c r="N26" s="8">
-        <v>190665020132</v>
+        <v>190665022828</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B27" s="8">
         <v>38041911</v>
       </c>
       <c r="C27" s="8">
         <v>34471980</v>
       </c>
       <c r="D27" s="8">
         <v>38341994</v>
       </c>
       <c r="E27" s="8">
         <v>37791540</v>
       </c>
       <c r="F27" s="8">
-        <v>37376994</v>
+        <v>37378362</v>
       </c>
       <c r="G27" s="8">
         <v>37076967</v>
       </c>
       <c r="H27" s="8">
         <v>27614295</v>
       </c>
       <c r="I27" s="8">
         <v>34486179</v>
       </c>
       <c r="J27" s="8">
         <v>35565441</v>
       </c>
       <c r="K27" s="8">
         <v>36183020</v>
       </c>
       <c r="L27" s="8">
         <v>36667423</v>
       </c>
       <c r="M27" s="8">
-        <v>39705412</v>
+        <v>39708679</v>
       </c>
       <c r="N27" s="8">
-        <v>433323156</v>
+        <v>433327791</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B28" s="8">
-        <v>400202819</v>
+        <v>390564488</v>
       </c>
       <c r="C28" s="8">
-        <v>328631461</v>
+        <v>322087570</v>
       </c>
       <c r="D28" s="8">
-        <v>372318729</v>
+        <v>363578297</v>
       </c>
       <c r="E28" s="8">
-        <v>372913104</v>
+        <v>367843935</v>
       </c>
       <c r="F28" s="8">
-        <v>353966823</v>
+        <v>345971007</v>
       </c>
       <c r="G28" s="8">
-        <v>322920971</v>
+        <v>315463675</v>
       </c>
       <c r="H28" s="8">
-        <v>339524442</v>
+        <v>330714660</v>
       </c>
       <c r="I28" s="8">
-        <v>319235726</v>
+        <v>292387684</v>
       </c>
       <c r="J28" s="8">
-        <v>361909711</v>
+        <v>359270475</v>
       </c>
       <c r="K28" s="8">
-        <v>492357669</v>
+        <v>413052078</v>
       </c>
       <c r="L28" s="8">
-        <v>414137130</v>
+        <v>370010651</v>
       </c>
       <c r="M28" s="8">
-        <v>379613024</v>
+        <v>353618224</v>
       </c>
       <c r="N28" s="8">
-        <v>4457731608</v>
+        <v>4224562743</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B29" s="8">
         <v>4335237</v>
       </c>
       <c r="C29" s="8">
         <v>3701520</v>
       </c>
       <c r="D29" s="8">
         <v>4949611</v>
       </c>
       <c r="E29" s="8">
         <v>4633260</v>
       </c>
       <c r="F29" s="8">
         <v>5147775</v>
       </c>
       <c r="G29" s="8">
         <v>4947838</v>
       </c>
       <c r="H29" s="8">
         <v>4457081</v>
       </c>
       <c r="I29" s="8">
         <v>7025369</v>
       </c>
       <c r="J29" s="8">
         <v>5631235</v>
       </c>
       <c r="K29" s="8">
         <v>21400483</v>
       </c>
       <c r="L29" s="8">
         <v>96880605</v>
       </c>
       <c r="M29" s="8">
         <v>40920123</v>
       </c>
       <c r="N29" s="8">
         <v>204030139</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B30" s="8">
         <v>33335571</v>
       </c>
       <c r="C30" s="8">
-        <v>30261880</v>
+        <v>30261932</v>
       </c>
       <c r="D30" s="8">
         <v>36125220</v>
       </c>
       <c r="E30" s="8">
         <v>36550211</v>
       </c>
       <c r="F30" s="8">
         <v>38632484</v>
       </c>
       <c r="G30" s="8">
         <v>38800055</v>
       </c>
       <c r="H30" s="8">
-        <v>35585518</v>
+        <v>35585567</v>
       </c>
       <c r="I30" s="8">
-        <v>36589771</v>
+        <v>36589895</v>
       </c>
       <c r="J30" s="8">
         <v>37074952</v>
       </c>
       <c r="K30" s="8">
         <v>36473182</v>
       </c>
       <c r="L30" s="8">
-        <v>38389166</v>
+        <v>38389231</v>
       </c>
       <c r="M30" s="8">
-        <v>28868735</v>
+        <v>28869148</v>
       </c>
       <c r="N30" s="8">
-        <v>426686744</v>
+        <v>426687447</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B31" s="8">
         <v>6349064</v>
       </c>
       <c r="C31" s="8">
-        <v>5921181</v>
+        <v>5921256</v>
       </c>
       <c r="D31" s="8">
         <v>7694884</v>
       </c>
       <c r="E31" s="8">
         <v>6720657</v>
       </c>
       <c r="F31" s="8">
         <v>6770898</v>
       </c>
       <c r="G31" s="8">
         <v>7205598</v>
       </c>
       <c r="H31" s="8">
-        <v>6746754</v>
+        <v>6746803</v>
       </c>
       <c r="I31" s="8">
         <v>7388592</v>
       </c>
       <c r="J31" s="8">
         <v>7248142</v>
       </c>
       <c r="K31" s="8">
         <v>7305766</v>
       </c>
       <c r="L31" s="8">
-        <v>8277286</v>
+        <v>8277303</v>
       </c>
       <c r="M31" s="8">
         <v>5408079</v>
       </c>
       <c r="N31" s="8">
-        <v>83036899</v>
+        <v>83037041</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B32" s="8">
         <v>575163</v>
       </c>
       <c r="C32" s="8">
         <v>483798</v>
       </c>
       <c r="D32" s="8">
         <v>558905</v>
       </c>
       <c r="E32" s="8">
         <v>545636</v>
       </c>
       <c r="F32" s="8">
         <v>648057</v>
       </c>
       <c r="G32" s="8">
         <v>509793</v>
       </c>
       <c r="H32" s="8">
         <v>450525</v>
       </c>
       <c r="I32" s="8">
-        <v>421667</v>
+        <v>421687</v>
       </c>
       <c r="J32" s="8">
         <v>457415</v>
       </c>
       <c r="K32" s="8">
         <v>516899</v>
       </c>
       <c r="L32" s="8">
         <v>502890</v>
       </c>
       <c r="M32" s="8">
         <v>448824</v>
       </c>
       <c r="N32" s="8">
-        <v>6119571</v>
+        <v>6119592</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B33" s="8">
         <v>2166816</v>
       </c>
       <c r="C33" s="8">
         <v>2848551</v>
       </c>
       <c r="D33" s="8">
         <v>2497630</v>
       </c>
       <c r="E33" s="8">
         <v>2875421</v>
       </c>
       <c r="F33" s="8">
         <v>3248517</v>
       </c>
       <c r="G33" s="8">
         <v>3316547</v>
       </c>
       <c r="H33" s="8">
         <v>2383078</v>
       </c>
       <c r="I33" s="8">
         <v>3413397</v>
       </c>
       <c r="J33" s="8">
         <v>2816275</v>
       </c>
       <c r="K33" s="8">
-        <v>2905888</v>
+        <v>2905798</v>
       </c>
       <c r="L33" s="8">
         <v>2841739</v>
       </c>
       <c r="M33" s="8">
         <v>2203611</v>
       </c>
       <c r="N33" s="8">
-        <v>33517469</v>
+        <v>33517380</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B34" s="8">
         <v>62129</v>
       </c>
       <c r="C34" s="8">
-        <v>40591</v>
+        <v>40568</v>
       </c>
       <c r="D34" s="8">
         <v>66854</v>
       </c>
       <c r="E34" s="8">
         <v>52889</v>
       </c>
       <c r="F34" s="8">
         <v>81086</v>
       </c>
       <c r="G34" s="8">
         <v>82054</v>
       </c>
       <c r="H34" s="8">
         <v>68524</v>
       </c>
       <c r="I34" s="8">
         <v>63720</v>
       </c>
       <c r="J34" s="8">
         <v>86233</v>
       </c>
       <c r="K34" s="8">
-        <v>67230</v>
+        <v>67319</v>
       </c>
       <c r="L34" s="8">
         <v>46278</v>
       </c>
       <c r="M34" s="8">
         <v>53562</v>
       </c>
       <c r="N34" s="8">
-        <v>771148</v>
+        <v>771215</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B35" s="8">
         <v>756572</v>
       </c>
       <c r="C35" s="8">
         <v>483649</v>
       </c>
       <c r="D35" s="8">
         <v>1049982</v>
       </c>
       <c r="E35" s="8">
         <v>614289</v>
       </c>
       <c r="F35" s="8">
         <v>922873</v>
       </c>
       <c r="G35" s="8">
         <v>910057</v>
       </c>
       <c r="H35" s="8">
         <v>716955</v>
       </c>
       <c r="I35" s="8">
         <v>600308</v>
       </c>
       <c r="J35" s="8">
         <v>939439</v>
       </c>
       <c r="K35" s="8">
         <v>1014455</v>
       </c>
       <c r="L35" s="8">
         <v>737049</v>
       </c>
       <c r="M35" s="8">
-        <v>596276</v>
+        <v>596542</v>
       </c>
       <c r="N35" s="8">
-        <v>9341905</v>
+        <v>9342171</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B36" s="8">
         <v>9931316</v>
       </c>
       <c r="C36" s="8">
         <v>8079355</v>
       </c>
       <c r="D36" s="8">
         <v>8076830</v>
       </c>
       <c r="E36" s="8">
         <v>10002641</v>
       </c>
       <c r="F36" s="8">
         <v>10136984</v>
       </c>
       <c r="G36" s="8">
         <v>9969323</v>
       </c>
       <c r="H36" s="8">
         <v>9918021</v>
       </c>
       <c r="I36" s="8">
         <v>9267535</v>
       </c>
       <c r="J36" s="8">
         <v>10762731</v>
       </c>
       <c r="K36" s="8">
         <v>10278352</v>
       </c>
       <c r="L36" s="8">
         <v>11071053</v>
       </c>
       <c r="M36" s="8">
         <v>8222123</v>
       </c>
       <c r="N36" s="8">
         <v>115716265</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B37" s="8">
         <v>11008376</v>
       </c>
       <c r="C37" s="8">
         <v>9967818</v>
       </c>
       <c r="D37" s="8">
         <v>10652329</v>
       </c>
       <c r="E37" s="8">
         <v>11755758</v>
       </c>
       <c r="F37" s="8">
         <v>12624921</v>
       </c>
       <c r="G37" s="8">
         <v>11952842</v>
       </c>
       <c r="H37" s="8">
         <v>10707060</v>
       </c>
       <c r="I37" s="8">
-        <v>10943564</v>
+        <v>10943668</v>
       </c>
       <c r="J37" s="8">
         <v>10691271</v>
       </c>
       <c r="K37" s="8">
         <v>11263228</v>
       </c>
       <c r="L37" s="8">
-        <v>11223942</v>
+        <v>11223989</v>
       </c>
       <c r="M37" s="8">
-        <v>9501879</v>
+        <v>9502026</v>
       </c>
       <c r="N37" s="8">
-        <v>132292986</v>
+        <v>132293285</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B38" s="8">
         <v>1544947</v>
       </c>
       <c r="C38" s="8">
         <v>1547090</v>
       </c>
       <c r="D38" s="8">
         <v>3664320</v>
       </c>
       <c r="E38" s="8">
         <v>2058147</v>
       </c>
       <c r="F38" s="8">
         <v>1697559</v>
       </c>
       <c r="G38" s="8">
         <v>2609971</v>
       </c>
       <c r="H38" s="8">
         <v>2872150</v>
       </c>
       <c r="I38" s="8">
         <v>2188254</v>
       </c>
       <c r="J38" s="8">
         <v>2376769</v>
       </c>
       <c r="K38" s="8">
         <v>1393835</v>
       </c>
       <c r="L38" s="8">
         <v>2381063</v>
       </c>
       <c r="M38" s="8">
         <v>1373402</v>
       </c>
       <c r="N38" s="8">
         <v>25707507</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B39" s="8">
         <v>716007</v>
       </c>
       <c r="C39" s="8">
         <v>692077</v>
       </c>
       <c r="D39" s="8">
         <v>1340862</v>
       </c>
       <c r="E39" s="8">
         <v>1062231</v>
       </c>
       <c r="F39" s="8">
         <v>1462530</v>
       </c>
       <c r="G39" s="8">
         <v>1184578</v>
       </c>
       <c r="H39" s="8">
         <v>1208684</v>
       </c>
       <c r="I39" s="8">
         <v>1924467</v>
       </c>
       <c r="J39" s="8">
         <v>1314630</v>
       </c>
       <c r="K39" s="8">
         <v>1329657</v>
       </c>
       <c r="L39" s="8">
         <v>1048856</v>
       </c>
       <c r="M39" s="8">
         <v>859747</v>
       </c>
       <c r="N39" s="8">
         <v>14144327</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B40" s="8">
         <v>225182</v>
       </c>
       <c r="C40" s="8">
         <v>197769</v>
       </c>
       <c r="D40" s="8">
         <v>522624</v>
       </c>
       <c r="E40" s="8">
         <v>862542</v>
       </c>
       <c r="F40" s="8">
         <v>1039058</v>
       </c>
       <c r="G40" s="8">
         <v>1059293</v>
       </c>
       <c r="H40" s="8">
         <v>513768</v>
       </c>
       <c r="I40" s="8">
         <v>378266</v>
       </c>
       <c r="J40" s="8">
         <v>382046</v>
       </c>
       <c r="K40" s="8">
         <v>397874</v>
       </c>
       <c r="L40" s="8">
         <v>259010</v>
       </c>
       <c r="M40" s="8">
         <v>201232</v>
       </c>
       <c r="N40" s="8">
         <v>6038665</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B41" s="8">
         <v>132831</v>
       </c>
       <c r="C41" s="8">
         <v>128966</v>
       </c>
       <c r="D41" s="8">
         <v>162854</v>
       </c>
       <c r="E41" s="8">
         <v>74214</v>
       </c>
       <c r="F41" s="8">
         <v>145401</v>
       </c>
       <c r="G41" s="8">
         <v>178169</v>
       </c>
       <c r="H41" s="8">
         <v>161076</v>
       </c>
       <c r="I41" s="8">
         <v>144543</v>
       </c>
       <c r="J41" s="8">
         <v>94774</v>
       </c>
       <c r="K41" s="8">
         <v>70172</v>
       </c>
       <c r="L41" s="8">
         <v>91301</v>
       </c>
       <c r="M41" s="8">
         <v>128901</v>
       </c>
       <c r="N41" s="8">
         <v>1513202</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B42" s="8">
         <v>3274859</v>
       </c>
       <c r="C42" s="8">
         <v>3270383</v>
       </c>
       <c r="D42" s="8">
         <v>3927413</v>
       </c>
       <c r="E42" s="8">
         <v>3552727</v>
       </c>
       <c r="F42" s="8">
         <v>3109526</v>
       </c>
       <c r="G42" s="8">
         <v>2960514</v>
       </c>
       <c r="H42" s="8">
         <v>2501015</v>
       </c>
       <c r="I42" s="8">
         <v>3887313</v>
       </c>
       <c r="J42" s="8">
         <v>3576210</v>
       </c>
       <c r="K42" s="8">
         <v>3333196</v>
       </c>
       <c r="L42" s="8">
         <v>3299921</v>
       </c>
       <c r="M42" s="8">
         <v>2194928</v>
       </c>
       <c r="N42" s="8">
         <v>38888006</v>
       </c>
     </row>
     <row r="43" ht="15" customHeight="1">
       <c r="A43" s="7" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B43" s="8">
         <v>2561420</v>
       </c>
       <c r="C43" s="8">
         <v>2574840</v>
       </c>
       <c r="D43" s="8">
         <v>2969589</v>
       </c>
       <c r="E43" s="8">
         <v>2646969</v>
       </c>
       <c r="F43" s="8">
         <v>2258188</v>
       </c>
       <c r="G43" s="8">
         <v>2210598</v>
       </c>
       <c r="H43" s="8">
         <v>1860041</v>
       </c>
       <c r="I43" s="8">
         <v>3026825</v>
       </c>
       <c r="J43" s="8">
         <v>2674955</v>
       </c>
       <c r="K43" s="8">
         <v>2793440</v>
       </c>
       <c r="L43" s="8">
         <v>2650249</v>
       </c>
       <c r="M43" s="8">
         <v>1562457</v>
       </c>
       <c r="N43" s="8">
         <v>29789572</v>
       </c>
     </row>
     <row r="44" ht="15" customHeight="1">
       <c r="A44" s="7" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B44" s="8">
         <v>713438</v>
       </c>
       <c r="C44" s="8">
         <v>695543</v>
       </c>
       <c r="D44" s="8">
         <v>957824</v>
       </c>
       <c r="E44" s="8">
         <v>905758</v>
       </c>
       <c r="F44" s="8">
         <v>851338</v>
       </c>
       <c r="G44" s="8">
         <v>749915</v>
       </c>
       <c r="H44" s="8">
         <v>640975</v>
       </c>
       <c r="I44" s="8">
         <v>860488</v>
       </c>
       <c r="J44" s="8">
         <v>901255</v>
       </c>
       <c r="K44" s="8">
         <v>539756</v>
       </c>
       <c r="L44" s="8">
         <v>649673</v>
       </c>
       <c r="M44" s="8">
         <v>632471</v>
       </c>
       <c r="N44" s="8">
         <v>9098434</v>
       </c>
     </row>
     <row r="45" ht="15" customHeight="1">
       <c r="A45" s="7" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B45" s="8">
-        <v>62548400</v>
+        <v>62548424</v>
       </c>
       <c r="C45" s="8">
-        <v>65603320</v>
+        <v>65603397</v>
       </c>
       <c r="D45" s="8">
         <v>79490556</v>
       </c>
       <c r="E45" s="8">
         <v>70571664</v>
       </c>
       <c r="F45" s="8">
         <v>78318962</v>
       </c>
       <c r="G45" s="8">
         <v>73791147</v>
       </c>
       <c r="H45" s="8">
-        <v>74378796</v>
+        <v>74378846</v>
       </c>
       <c r="I45" s="8">
-        <v>77610404</v>
+        <v>77610527</v>
       </c>
       <c r="J45" s="8">
-        <v>76987089</v>
+        <v>76987149</v>
       </c>
       <c r="K45" s="8">
         <v>82960084</v>
       </c>
       <c r="L45" s="8">
-        <v>77104718</v>
+        <v>77104742</v>
       </c>
       <c r="M45" s="8">
-        <v>79229536</v>
+        <v>79230065</v>
       </c>
       <c r="N45" s="8">
-        <v>898594677</v>
+        <v>898595563</v>
       </c>
     </row>
     <row r="46" ht="15" customHeight="1">
       <c r="A46" s="7" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B46" s="8">
         <v>39008097</v>
       </c>
       <c r="C46" s="8">
         <v>43437631</v>
       </c>
       <c r="D46" s="8">
         <v>51186004</v>
       </c>
       <c r="E46" s="8">
         <v>45507642</v>
       </c>
       <c r="F46" s="8">
         <v>51363067</v>
       </c>
       <c r="G46" s="8">
         <v>48446173</v>
       </c>
       <c r="H46" s="8">
         <v>51936236</v>
       </c>
       <c r="I46" s="8">
-        <v>50586879</v>
+        <v>50586921</v>
       </c>
       <c r="J46" s="8">
         <v>52639487</v>
       </c>
       <c r="K46" s="8">
         <v>59091554</v>
       </c>
       <c r="L46" s="8">
-        <v>52449537</v>
+        <v>52449556</v>
       </c>
       <c r="M46" s="8">
-        <v>59826516</v>
+        <v>59826557</v>
       </c>
       <c r="N46" s="8">
-        <v>605478824</v>
+        <v>605478926</v>
       </c>
     </row>
     <row r="47" ht="15" customHeight="1">
       <c r="A47" s="7" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B47" s="8">
         <v>2073166</v>
       </c>
       <c r="C47" s="8">
         <v>1772354</v>
       </c>
       <c r="D47" s="8">
         <v>2427880</v>
       </c>
       <c r="E47" s="8">
         <v>1913979</v>
       </c>
       <c r="F47" s="8">
         <v>1671636</v>
       </c>
       <c r="G47" s="8">
         <v>1767860</v>
       </c>
       <c r="H47" s="8">
         <v>1594128</v>
       </c>
       <c r="I47" s="8">
         <v>1333594</v>
       </c>
       <c r="J47" s="8">
         <v>1240643</v>
       </c>
       <c r="K47" s="8">
         <v>1226972</v>
       </c>
       <c r="L47" s="8">
         <v>1593611</v>
       </c>
       <c r="M47" s="8">
         <v>1267811</v>
       </c>
       <c r="N47" s="8">
         <v>19883635</v>
       </c>
     </row>
     <row r="48" ht="15" customHeight="1">
       <c r="A48" s="7" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B48" s="8">
         <v>9353688</v>
       </c>
       <c r="C48" s="8">
-        <v>8820662</v>
+        <v>8820746</v>
       </c>
       <c r="D48" s="8">
         <v>11780130</v>
       </c>
       <c r="E48" s="8">
         <v>10116373</v>
       </c>
       <c r="F48" s="8">
         <v>9709379</v>
       </c>
       <c r="G48" s="8">
         <v>10278498</v>
       </c>
       <c r="H48" s="8">
-        <v>8663289</v>
+        <v>8663338</v>
       </c>
       <c r="I48" s="8">
         <v>11220946</v>
       </c>
       <c r="J48" s="8">
         <v>10157859</v>
       </c>
       <c r="K48" s="8">
-        <v>10873460</v>
+        <v>10873459</v>
       </c>
       <c r="L48" s="8">
-        <v>11026702</v>
+        <v>11026721</v>
       </c>
       <c r="M48" s="8">
-        <v>7835021</v>
+        <v>7835055</v>
       </c>
       <c r="N48" s="8">
-        <v>119836007</v>
+        <v>119836193</v>
       </c>
     </row>
     <row r="49" ht="15" customHeight="1">
       <c r="A49" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B49" s="8">
         <v>981576</v>
       </c>
       <c r="C49" s="8">
-        <v>858645</v>
+        <v>858655</v>
       </c>
       <c r="D49" s="8">
         <v>1363175</v>
       </c>
       <c r="E49" s="8">
         <v>1404545</v>
       </c>
       <c r="F49" s="8">
         <v>1027179</v>
       </c>
       <c r="G49" s="8">
         <v>987651</v>
       </c>
       <c r="H49" s="8">
         <v>887674</v>
       </c>
       <c r="I49" s="8">
-        <v>1256497</v>
+        <v>1256519</v>
       </c>
       <c r="J49" s="8">
         <v>877407</v>
       </c>
       <c r="K49" s="8">
         <v>756866</v>
       </c>
       <c r="L49" s="8">
         <v>826370</v>
       </c>
       <c r="M49" s="8">
         <v>932762</v>
       </c>
       <c r="N49" s="8">
-        <v>12160348</v>
+        <v>12160379</v>
       </c>
     </row>
     <row r="50" ht="15" customHeight="1">
       <c r="A50" s="7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B50" s="8">
         <v>305920</v>
       </c>
       <c r="C50" s="8">
-        <v>56889</v>
+        <v>56872</v>
       </c>
       <c r="D50" s="8">
         <v>106081</v>
       </c>
       <c r="E50" s="8">
         <v>70082</v>
       </c>
       <c r="F50" s="8">
         <v>86065</v>
       </c>
       <c r="G50" s="8">
         <v>74637</v>
       </c>
       <c r="H50" s="8">
         <v>106151</v>
       </c>
       <c r="I50" s="8">
         <v>85700</v>
       </c>
       <c r="J50" s="8">
         <v>102073</v>
       </c>
       <c r="K50" s="8">
-        <v>74609</v>
+        <v>74689</v>
       </c>
       <c r="L50" s="8">
         <v>82423</v>
       </c>
       <c r="M50" s="8">
         <v>63025</v>
       </c>
       <c r="N50" s="8">
-        <v>1213656</v>
+        <v>1213719</v>
       </c>
     </row>
     <row r="51" ht="15" customHeight="1">
       <c r="A51" s="7" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B51" s="8">
         <v>4838945</v>
       </c>
       <c r="C51" s="8">
         <v>5255723</v>
       </c>
       <c r="D51" s="8">
         <v>6179234</v>
       </c>
       <c r="E51" s="8">
         <v>5540511</v>
       </c>
       <c r="F51" s="8">
         <v>7969585</v>
       </c>
       <c r="G51" s="8">
         <v>5581947</v>
       </c>
       <c r="H51" s="8">
         <v>4937571</v>
       </c>
       <c r="I51" s="8">
         <v>6216409</v>
       </c>
       <c r="J51" s="8">
         <v>5945898</v>
       </c>
       <c r="K51" s="8">
-        <v>5374052</v>
+        <v>5373972</v>
       </c>
       <c r="L51" s="8">
         <v>5737844</v>
       </c>
       <c r="M51" s="8">
         <v>4829999</v>
       </c>
       <c r="N51" s="8">
-        <v>68407716</v>
+        <v>68407636</v>
       </c>
     </row>
     <row r="52" ht="15" customHeight="1">
       <c r="A52" s="7" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B52" s="8">
-        <v>430249</v>
+        <v>430272</v>
       </c>
       <c r="C52" s="8">
         <v>253944</v>
       </c>
       <c r="D52" s="8">
         <v>471125</v>
       </c>
       <c r="E52" s="8">
         <v>410136</v>
       </c>
       <c r="F52" s="8">
         <v>605717</v>
       </c>
       <c r="G52" s="8">
         <v>565092</v>
       </c>
       <c r="H52" s="8">
         <v>411551</v>
       </c>
       <c r="I52" s="8">
         <v>363300</v>
       </c>
       <c r="J52" s="8">
         <v>524655</v>
       </c>
       <c r="K52" s="8">
         <v>393600</v>
       </c>
       <c r="L52" s="8">
-        <v>307694</v>
+        <v>307632</v>
       </c>
       <c r="M52" s="8">
-        <v>375276</v>
+        <v>375564</v>
       </c>
       <c r="N52" s="8">
-        <v>5112340</v>
+        <v>5112589</v>
       </c>
     </row>
     <row r="53" ht="15" customHeight="1">
       <c r="A53" s="7" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B53" s="8">
         <v>2480818</v>
       </c>
       <c r="C53" s="8">
         <v>2431522</v>
       </c>
       <c r="D53" s="8">
         <v>2327873</v>
       </c>
       <c r="E53" s="8">
         <v>2189100</v>
       </c>
       <c r="F53" s="8">
         <v>2248468</v>
       </c>
       <c r="G53" s="8">
         <v>2433562</v>
       </c>
       <c r="H53" s="8">
         <v>2010342</v>
       </c>
       <c r="I53" s="8">
         <v>2328017</v>
       </c>
       <c r="J53" s="8">
         <v>1938539</v>
       </c>
       <c r="K53" s="8">
         <v>1505502</v>
       </c>
       <c r="L53" s="8">
-        <v>1639971</v>
+        <v>1639959</v>
       </c>
       <c r="M53" s="8">
-        <v>1178737</v>
+        <v>1178810</v>
       </c>
       <c r="N53" s="8">
-        <v>24712451</v>
+        <v>24712512</v>
       </c>
     </row>
     <row r="54" ht="15" customHeight="1">
       <c r="A54" s="7" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B54" s="8">
         <v>1940835</v>
       </c>
       <c r="C54" s="8">
         <v>1715965</v>
       </c>
       <c r="D54" s="8">
         <v>2115705</v>
       </c>
       <c r="E54" s="8">
         <v>2017873</v>
       </c>
       <c r="F54" s="8">
         <v>1895442</v>
       </c>
       <c r="G54" s="8">
         <v>1898591</v>
       </c>
       <c r="H54" s="8">
         <v>2053194</v>
       </c>
       <c r="I54" s="8">
-        <v>2166552</v>
+        <v>2166612</v>
       </c>
       <c r="J54" s="8">
-        <v>1854146</v>
+        <v>1854206</v>
       </c>
       <c r="K54" s="8">
         <v>2027136</v>
       </c>
       <c r="L54" s="8">
-        <v>2113897</v>
+        <v>2113957</v>
       </c>
       <c r="M54" s="8">
-        <v>1805369</v>
+        <v>1805461</v>
       </c>
       <c r="N54" s="8">
-        <v>23604705</v>
+        <v>23604977</v>
       </c>
     </row>
     <row r="55" ht="15" customHeight="1">
       <c r="A55" s="7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B55" s="8">
         <v>1135106</v>
       </c>
       <c r="C55" s="8">
         <v>999986</v>
       </c>
       <c r="D55" s="8">
         <v>1533349</v>
       </c>
       <c r="E55" s="8">
         <v>1401422</v>
       </c>
       <c r="F55" s="8">
         <v>1742423</v>
       </c>
       <c r="G55" s="8">
         <v>1757137</v>
       </c>
       <c r="H55" s="8">
         <v>1778660</v>
       </c>
       <c r="I55" s="8">
         <v>2052507</v>
       </c>
       <c r="J55" s="8">
         <v>1706382</v>
       </c>
       <c r="K55" s="8">
         <v>1636334</v>
       </c>
       <c r="L55" s="8">
         <v>1326670</v>
       </c>
       <c r="M55" s="8">
         <v>1115021</v>
       </c>
       <c r="N55" s="8">
         <v>18184997</v>
       </c>
     </row>
     <row r="56" ht="15" customHeight="1">
       <c r="A56" s="7" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B56" s="8">
         <v>3045005</v>
       </c>
       <c r="C56" s="8">
         <v>2699423</v>
       </c>
       <c r="D56" s="8">
         <v>3228937</v>
       </c>
       <c r="E56" s="8">
         <v>3054336</v>
       </c>
       <c r="F56" s="8">
         <v>3161267</v>
       </c>
       <c r="G56" s="8">
         <v>3018644</v>
       </c>
       <c r="H56" s="8">
         <v>2621269</v>
       </c>
       <c r="I56" s="8">
         <v>2860843</v>
       </c>
       <c r="J56" s="8">
         <v>2817677</v>
       </c>
       <c r="K56" s="8">
         <v>2771548</v>
       </c>
       <c r="L56" s="8">
         <v>3056693</v>
       </c>
       <c r="M56" s="8">
         <v>2569446</v>
       </c>
       <c r="N56" s="8">
         <v>34905089</v>
       </c>
     </row>
     <row r="57" ht="15" customHeight="1">
       <c r="A57" s="7" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B57" s="8">
         <v>523884</v>
       </c>
       <c r="C57" s="8">
         <v>435156</v>
       </c>
       <c r="D57" s="8">
         <v>518533</v>
       </c>
       <c r="E57" s="8">
         <v>511414</v>
       </c>
       <c r="F57" s="8">
         <v>476047</v>
       </c>
       <c r="G57" s="8">
         <v>492636</v>
       </c>
       <c r="H57" s="8">
         <v>416563</v>
       </c>
       <c r="I57" s="8">
         <v>472026</v>
       </c>
       <c r="J57" s="8">
         <v>429523</v>
       </c>
       <c r="K57" s="8">
         <v>502792</v>
       </c>
       <c r="L57" s="8">
         <v>479978</v>
       </c>
       <c r="M57" s="8">
         <v>416757</v>
       </c>
       <c r="N57" s="8">
         <v>5675309</v>
       </c>
     </row>
     <row r="58" ht="15" customHeight="1">
       <c r="A58" s="7" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B58" s="8">
         <v>2521121</v>
       </c>
       <c r="C58" s="8">
         <v>2264267</v>
       </c>
       <c r="D58" s="8">
         <v>2710404</v>
       </c>
       <c r="E58" s="8">
         <v>2542922</v>
       </c>
       <c r="F58" s="8">
         <v>2685220</v>
       </c>
       <c r="G58" s="8">
         <v>2526009</v>
       </c>
       <c r="H58" s="8">
         <v>2204706</v>
       </c>
       <c r="I58" s="8">
         <v>2388818</v>
       </c>
       <c r="J58" s="8">
         <v>2388154</v>
       </c>
       <c r="K58" s="8">
         <v>2268756</v>
       </c>
       <c r="L58" s="8">
         <v>2576715</v>
       </c>
       <c r="M58" s="8">
         <v>2152689</v>
       </c>
       <c r="N58" s="8">
         <v>29229780</v>
       </c>
     </row>
     <row r="59" ht="15" customHeight="1">
       <c r="A59" s="7" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B59" s="8">
         <v>3485363</v>
       </c>
       <c r="C59" s="8">
         <v>3381589</v>
       </c>
       <c r="D59" s="8">
         <v>7951817</v>
       </c>
       <c r="E59" s="8">
         <v>5069229</v>
       </c>
       <c r="F59" s="8">
         <v>4693760</v>
       </c>
       <c r="G59" s="8">
         <v>5109525</v>
       </c>
       <c r="H59" s="8">
         <v>4381843</v>
       </c>
       <c r="I59" s="8">
         <v>5665647</v>
       </c>
       <c r="J59" s="8">
         <v>4479828</v>
       </c>
       <c r="K59" s="8">
         <v>4331292</v>
       </c>
       <c r="L59" s="8">
         <v>4187615</v>
       </c>
       <c r="M59" s="8">
         <v>3348962</v>
       </c>
       <c r="N59" s="8">
         <v>56086469</v>
       </c>
     </row>
     <row r="60" ht="15" customHeight="1">
       <c r="A60" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B60" s="8">
         <v>1133253</v>
       </c>
       <c r="C60" s="8">
         <v>774646</v>
       </c>
       <c r="D60" s="8">
         <v>1206078</v>
       </c>
       <c r="E60" s="8">
         <v>1055018</v>
       </c>
       <c r="F60" s="8">
         <v>704208</v>
       </c>
       <c r="G60" s="8">
         <v>992534</v>
       </c>
       <c r="H60" s="8">
         <v>715623</v>
       </c>
       <c r="I60" s="8">
         <v>929787</v>
       </c>
       <c r="J60" s="8">
         <v>724031</v>
       </c>
       <c r="K60" s="8">
         <v>723527</v>
       </c>
       <c r="L60" s="8">
         <v>707709</v>
       </c>
       <c r="M60" s="8">
         <v>704869</v>
       </c>
       <c r="N60" s="8">
         <v>10371283</v>
       </c>
     </row>
     <row r="61" ht="15" customHeight="1">
       <c r="A61" s="7" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="B61" s="8">
         <v>886398</v>
       </c>
       <c r="C61" s="8">
         <v>1243829</v>
       </c>
       <c r="D61" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E61" s="8">
         <v>1724932</v>
       </c>
       <c r="F61" s="8">
         <v>1770910</v>
       </c>
       <c r="G61" s="8">
         <v>2031113</v>
       </c>
       <c r="H61" s="8">
         <v>1445199</v>
       </c>
       <c r="I61" s="8">
         <v>1983159</v>
       </c>
       <c r="J61" s="8">
         <v>1685362</v>
       </c>
       <c r="K61" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L61" s="8">
         <v>1653866</v>
       </c>
       <c r="M61" s="8">
         <v>1336699</v>
       </c>
       <c r="N61" s="8">
         <v>18757095</v>
       </c>
     </row>
     <row r="62" ht="15" customHeight="1">
       <c r="A62" s="7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B62" s="8">
         <v>543206</v>
       </c>
       <c r="C62" s="8">
         <v>635647</v>
       </c>
       <c r="D62" s="8">
         <v>1048278</v>
       </c>
       <c r="E62" s="8">
         <v>1247318</v>
       </c>
       <c r="F62" s="8">
         <v>1288087</v>
       </c>
       <c r="G62" s="8">
         <v>1018321</v>
       </c>
       <c r="H62" s="8">
         <v>1061903</v>
       </c>
       <c r="I62" s="8">
         <v>1625621</v>
       </c>
       <c r="J62" s="8">
         <v>1158794</v>
       </c>
       <c r="K62" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L62" s="8">
         <v>901518</v>
       </c>
       <c r="M62" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N62" s="8">
         <v>12414022</v>
       </c>
     </row>
     <row r="63" ht="15" customHeight="1">
       <c r="A63" s="7" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="B63" s="8">
         <v>922506</v>
       </c>
       <c r="C63" s="8">
         <v>727467</v>
       </c>
       <c r="D63" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E63" s="8">
         <v>1041961</v>
       </c>
       <c r="F63" s="8">
         <v>930555</v>
       </c>
       <c r="G63" s="8">
         <v>1067557</v>
       </c>
       <c r="H63" s="8">
         <v>1159117</v>
       </c>
       <c r="I63" s="8">
         <v>1127079</v>
       </c>
       <c r="J63" s="8">
         <v>911640</v>
       </c>
       <c r="K63" s="8">
         <v>811409</v>
       </c>
       <c r="L63" s="8">
         <v>924523</v>
       </c>
       <c r="M63" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N63" s="8">
         <v>14544070</v>
       </c>
     </row>
     <row r="64" ht="15" customHeight="1">
       <c r="A64" s="7" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="E64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="H64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="I64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="J64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="K64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="L64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="M64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="N64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="65" ht="15" customHeight="1">
       <c r="A65" s="7" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B65" s="8">
         <v>764061638</v>
       </c>
       <c r="C65" s="8">
         <v>628516902</v>
       </c>
       <c r="D65" s="8">
         <v>818628627</v>
       </c>
       <c r="E65" s="8">
         <v>842341659</v>
       </c>
       <c r="F65" s="8">
         <v>929260816</v>
       </c>
       <c r="G65" s="8">
         <v>969650066</v>
       </c>
       <c r="H65" s="8">
         <v>926695241</v>
       </c>
       <c r="I65" s="8">
         <v>982662358</v>
       </c>
       <c r="J65" s="8">
         <v>814204713</v>
       </c>
       <c r="K65" s="8">
         <v>879667605</v>
       </c>
       <c r="L65" s="8">
         <v>905198611</v>
       </c>
       <c r="M65" s="8">
         <v>929105427</v>
       </c>
       <c r="N65" s="8">
         <v>10389993661</v>
       </c>
     </row>
     <row r="66" ht="15" customHeight="1">
       <c r="A66" s="7" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="B66" s="8">
         <v>191570334</v>
       </c>
       <c r="C66" s="8">
         <v>144342752</v>
       </c>
       <c r="D66" s="8">
         <v>169068287</v>
       </c>
       <c r="E66" s="8">
         <v>170705391</v>
       </c>
       <c r="F66" s="8">
         <v>208227665</v>
       </c>
       <c r="G66" s="8">
         <v>188157062</v>
       </c>
       <c r="H66" s="8">
         <v>189323942</v>
       </c>
       <c r="I66" s="8">
         <v>175144670</v>
       </c>
       <c r="J66" s="8">
         <v>162298267</v>
       </c>
       <c r="K66" s="8">
         <v>187311581</v>
       </c>
       <c r="L66" s="8">
         <v>196031494</v>
       </c>
       <c r="M66" s="8">
         <v>189959996</v>
       </c>
       <c r="N66" s="8">
         <v>2172141441</v>
       </c>
     </row>
     <row r="67" ht="15" customHeight="1">
       <c r="A67" s="7" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="B67" s="8">
         <v>610175886</v>
       </c>
       <c r="C67" s="8">
         <v>515168667</v>
       </c>
       <c r="D67" s="8">
         <v>666618765</v>
       </c>
       <c r="E67" s="8">
         <v>680558418</v>
       </c>
       <c r="F67" s="8">
         <v>725754610</v>
       </c>
       <c r="G67" s="8">
         <v>771825383</v>
       </c>
       <c r="H67" s="8">
         <v>768179812</v>
       </c>
       <c r="I67" s="8">
         <v>720353077</v>
       </c>
       <c r="J67" s="8">
         <v>679645877</v>
       </c>
       <c r="K67" s="8">
         <v>706224158</v>
       </c>
       <c r="L67" s="8">
         <v>716775730</v>
       </c>
       <c r="M67" s="8">
         <v>714797353</v>
       </c>
       <c r="N67" s="8">
         <v>8276077735</v>
       </c>
     </row>
     <row r="68" ht="15" customHeight="1">
       <c r="A68" s="7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="C68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D68" s="8">
         <v>967170</v>
       </c>
       <c r="E68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="F68" s="8">
         <v>878463</v>
       </c>
       <c r="G68" s="8">
         <v>1007385</v>
       </c>
       <c r="H68" s="8">
         <v>519957</v>
       </c>
       <c r="I68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="J68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="K68" s="8">
         <v>926289</v>
       </c>
       <c r="L68" s="8">
         <v>820134</v>
       </c>
       <c r="M68" s="8">
         <v>790063</v>
       </c>
       <c r="N68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
     </row>
     <row r="69" ht="15" customHeight="1">
       <c r="A69" s="7" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B69" s="8">
         <v>112098597</v>
       </c>
       <c r="C69" s="8">
         <v>108220089</v>
       </c>
       <c r="D69" s="8">
         <v>94658928</v>
       </c>
       <c r="E69" s="8">
         <v>99002412</v>
       </c>
       <c r="F69" s="8">
         <v>121079341</v>
       </c>
       <c r="G69" s="8">
         <v>140865097</v>
       </c>
       <c r="H69" s="8">
         <v>135630317</v>
       </c>
       <c r="I69" s="8">
         <v>130745609</v>
       </c>
       <c r="J69" s="8">
         <v>108175577</v>
       </c>
       <c r="K69" s="8">
         <v>111793652</v>
       </c>
       <c r="L69" s="8">
         <v>106434776</v>
       </c>
       <c r="M69" s="8">
         <v>115252930</v>
       </c>
       <c r="N69" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="70" ht="15" customHeight="1">
       <c r="A70" s="7" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="B70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="E70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="H70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="I70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="J70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="K70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="L70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="M70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="N70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="71" ht="15" customHeight="1">
       <c r="A71" s="7" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B71" s="8">
         <v>24861053</v>
       </c>
       <c r="C71" s="8">
         <v>31687880</v>
       </c>
       <c r="D71" s="8">
         <v>23803579</v>
       </c>
       <c r="E71" s="8">
         <v>32145227</v>
       </c>
       <c r="F71" s="8">
         <v>22573136</v>
       </c>
       <c r="G71" s="8">
         <v>21627694</v>
       </c>
       <c r="H71" s="8">
         <v>21243440</v>
       </c>
       <c r="I71" s="8">
         <v>22805564</v>
       </c>
       <c r="J71" s="8">
         <v>22120763</v>
       </c>
       <c r="K71" s="8">
         <v>22223824</v>
       </c>
       <c r="L71" s="8">
         <v>21041668</v>
       </c>
       <c r="M71" s="8">
         <v>27275621</v>
       </c>
       <c r="N71" s="8">
         <v>293409447</v>
       </c>
     </row>
     <row r="72" ht="15" customHeight="1">
       <c r="A72" s="7" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="B72" s="8">
         <v>18919547</v>
       </c>
       <c r="C72" s="8">
         <v>15902933</v>
       </c>
       <c r="D72" s="8">
         <v>16750965</v>
       </c>
       <c r="E72" s="8">
         <v>16151693</v>
       </c>
       <c r="F72" s="8">
         <v>13590310</v>
       </c>
       <c r="G72" s="8">
         <v>15051986</v>
       </c>
       <c r="H72" s="8">
         <v>14331131</v>
       </c>
       <c r="I72" s="8">
         <v>13846153</v>
       </c>
       <c r="J72" s="8">
         <v>14644989</v>
       </c>
       <c r="K72" s="8">
         <v>13658674</v>
       </c>
       <c r="L72" s="8">
         <v>13036241</v>
       </c>
       <c r="M72" s="8">
         <v>14081525</v>
       </c>
       <c r="N72" s="8">
         <v>179966147</v>
       </c>
     </row>
     <row r="73" ht="15" customHeight="1">
       <c r="A73" s="7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B73" s="8">
         <v>10261844</v>
       </c>
       <c r="C73" s="8">
         <v>8561924</v>
       </c>
       <c r="D73" s="8">
         <v>7572289</v>
       </c>
       <c r="E73" s="8">
         <v>8366122</v>
       </c>
       <c r="F73" s="8">
         <v>10874890</v>
       </c>
       <c r="G73" s="8">
         <v>9154727</v>
       </c>
       <c r="H73" s="8">
         <v>8714707</v>
       </c>
       <c r="I73" s="8">
         <v>6977389</v>
       </c>
       <c r="J73" s="8">
         <v>8715624</v>
       </c>
       <c r="K73" s="8">
         <v>10212707</v>
       </c>
       <c r="L73" s="8">
         <v>10193450</v>
       </c>
       <c r="M73" s="8">
         <v>8958276</v>
       </c>
       <c r="N73" s="8">
         <v>108563948</v>
       </c>
     </row>
     <row r="74" ht="15" customHeight="1">
       <c r="A74" s="7" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B74" s="8">
         <v>4154356</v>
       </c>
       <c r="C74" s="8">
         <v>2984251</v>
       </c>
       <c r="D74" s="8">
         <v>3555379</v>
       </c>
       <c r="E74" s="8">
         <v>3277741</v>
       </c>
       <c r="F74" s="8">
         <v>3467442</v>
       </c>
       <c r="G74" s="8">
         <v>3206513</v>
       </c>
       <c r="H74" s="8">
         <v>3036190</v>
       </c>
       <c r="I74" s="8">
         <v>2965157</v>
       </c>
       <c r="J74" s="8">
         <v>3371006</v>
       </c>
       <c r="K74" s="8">
         <v>3750981</v>
       </c>
       <c r="L74" s="8">
         <v>3097207</v>
       </c>
       <c r="M74" s="8">
         <v>4020443</v>
       </c>
       <c r="N74" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="75" ht="15" customHeight="1">
       <c r="A75" s="7" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="B75" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C75" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D75" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="E75" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F75" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G75" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="H75" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="I75" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="J75" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="K75" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="L75" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M75" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="N75" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="76" ht="12" customHeight="1"/>
     <row r="77" ht="14" customHeight="1">
       <c r="A77" s="10" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="B77" s="10"/>
       <c r="C77" s="10"/>
       <c r="D77" s="10"/>
       <c r="E77" s="10"/>
       <c r="F77" s="10"/>
       <c r="G77" s="10"/>
       <c r="H77" s="10"/>
       <c r="I77" s="10"/>
       <c r="J77" s="10"/>
       <c r="K77" s="10"/>
       <c r="L77" s="10"/>
       <c r="M77" s="10"/>
       <c r="N77" s="10"/>
     </row>
     <row r="78" ht="14" customHeight="1">
       <c r="A78" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B78" s="11"/>
       <c r="C78" s="11"/>
       <c r="D78" s="11"/>
       <c r="E78" s="11"/>
       <c r="F78" s="11"/>
       <c r="G78" s="11"/>
       <c r="H78" s="11"/>
       <c r="I78" s="11"/>
       <c r="J78" s="11"/>
       <c r="K78" s="11"/>
       <c r="L78" s="11"/>
       <c r="M78" s="11"/>
       <c r="N78" s="11"/>
     </row>
     <row r="79" ht="14" customHeight="1">
       <c r="A79" s="12" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="B79" s="12"/>
       <c r="C79" s="12"/>
       <c r="D79" s="12"/>
       <c r="E79" s="12"/>
       <c r="F79" s="12"/>
       <c r="G79" s="12"/>
       <c r="H79" s="12"/>
       <c r="I79" s="12"/>
       <c r="J79" s="12"/>
       <c r="K79" s="12"/>
       <c r="L79" s="12"/>
       <c r="M79" s="12"/>
       <c r="N79" s="12"/>
     </row>
     <row r="80" ht="43" customHeight="1">
       <c r="A80" s="12" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="B80" s="12"/>
       <c r="C80" s="12"/>
       <c r="D80" s="12"/>
       <c r="E80" s="12"/>
       <c r="F80" s="12"/>
       <c r="G80" s="12"/>
       <c r="H80" s="12"/>
       <c r="I80" s="12"/>
       <c r="J80" s="12"/>
       <c r="K80" s="12"/>
       <c r="L80" s="12"/>
       <c r="M80" s="12"/>
       <c r="N80" s="12"/>
     </row>
     <row r="81" ht="14" customHeight="1">
       <c r="A81" s="12" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B81" s="12"/>
       <c r="C81" s="12"/>
       <c r="D81" s="12"/>
       <c r="E81" s="12"/>
       <c r="F81" s="12"/>
       <c r="G81" s="12"/>
       <c r="H81" s="12"/>
       <c r="I81" s="12"/>
       <c r="J81" s="12"/>
       <c r="K81" s="12"/>
       <c r="L81" s="12"/>
       <c r="M81" s="12"/>
       <c r="N81" s="12"/>
     </row>
     <row r="82" ht="12" customHeight="1">
       <c r="A82" s="13" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="B82" s="13"/>
       <c r="C82" s="13"/>
       <c r="D82" s="13"/>
       <c r="E82" s="13"/>
       <c r="F82" s="13"/>
       <c r="G82" s="13"/>
       <c r="H82" s="13"/>
       <c r="I82" s="13"/>
       <c r="J82" s="13"/>
       <c r="K82" s="13"/>
       <c r="L82" s="13"/>
       <c r="M82" s="13"/>
       <c r="N82" s="13"/>
     </row>
     <row r="83" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A77:N77"/>
@@ -31511,3111 +32359,3111 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="B9" s="8">
-        <v>2650</v>
+        <v>2654</v>
       </c>
       <c r="C9" s="8">
-        <v>2620</v>
+        <v>2624</v>
       </c>
       <c r="D9" s="8">
-        <v>2621</v>
+        <v>2625</v>
       </c>
       <c r="E9" s="8">
-        <v>2682</v>
+        <v>2686</v>
       </c>
       <c r="F9" s="8">
-        <v>2711</v>
+        <v>2715</v>
       </c>
       <c r="G9" s="8">
-        <v>2754</v>
+        <v>2758</v>
       </c>
       <c r="H9" s="8">
-        <v>2757</v>
+        <v>2761</v>
       </c>
       <c r="I9" s="8">
-        <v>2780</v>
+        <v>2784</v>
       </c>
       <c r="J9" s="8">
-        <v>2788</v>
+        <v>2792</v>
       </c>
       <c r="K9" s="8">
+        <v>2816</v>
+      </c>
+      <c r="L9" s="8">
         <v>2811</v>
       </c>
-      <c r="L9" s="8">
-[...1 lines deleted...]
-      </c>
       <c r="M9" s="8">
-        <v>2832</v>
+        <v>2837</v>
       </c>
       <c r="N9" s="8">
-        <v>3074</v>
+        <v>3079</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="B10" s="8">
-        <v>1793825056</v>
+        <v>1793825069</v>
       </c>
       <c r="C10" s="8">
-        <v>1659618952</v>
+        <v>1659618968</v>
       </c>
       <c r="D10" s="8">
-        <v>1602671019</v>
+        <v>1602671620</v>
       </c>
       <c r="E10" s="8">
-        <v>1089422926</v>
+        <v>1089422942</v>
       </c>
       <c r="F10" s="8">
-        <v>1262913721</v>
+        <v>1262913746</v>
       </c>
       <c r="G10" s="8">
-        <v>1485494503</v>
+        <v>1485494522</v>
       </c>
       <c r="H10" s="8">
-        <v>1625967658</v>
+        <v>1625967676</v>
       </c>
       <c r="I10" s="8">
-        <v>1636192875</v>
+        <v>1636192894</v>
       </c>
       <c r="J10" s="8">
-        <v>1588070742</v>
+        <v>1588070764</v>
       </c>
       <c r="K10" s="8">
-        <v>1745120870</v>
+        <v>1745120892</v>
       </c>
       <c r="L10" s="8">
-        <v>1707274760</v>
+        <v>1707274957</v>
       </c>
       <c r="M10" s="8">
-        <v>1668067769</v>
+        <v>1668067863</v>
       </c>
       <c r="N10" s="8">
-        <v>18864640851</v>
+        <v>18864641914</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B11" s="8">
-        <v>21585391</v>
+        <v>21585394</v>
       </c>
       <c r="C11" s="8">
-        <v>21594053</v>
+        <v>21594058</v>
       </c>
       <c r="D11" s="8">
-        <v>22410777</v>
+        <v>22411369</v>
       </c>
       <c r="E11" s="8">
-        <v>17536776</v>
+        <v>17536778</v>
       </c>
       <c r="F11" s="8">
-        <v>18671073</v>
+        <v>18671077</v>
       </c>
       <c r="G11" s="8">
-        <v>18878588</v>
+        <v>18878592</v>
       </c>
       <c r="H11" s="8">
-        <v>13851069</v>
+        <v>13851072</v>
       </c>
       <c r="I11" s="8">
-        <v>14220412</v>
+        <v>14220416</v>
       </c>
       <c r="J11" s="8">
-        <v>16639304</v>
+        <v>16639309</v>
       </c>
       <c r="K11" s="8">
-        <v>19864103</v>
+        <v>19864111</v>
       </c>
       <c r="L11" s="8">
-        <v>17766272</v>
+        <v>17766278</v>
       </c>
       <c r="M11" s="8">
-        <v>18701405</v>
+        <v>18701416</v>
       </c>
       <c r="N11" s="8">
-        <v>221719223</v>
+        <v>221719869</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B12" s="8">
-        <v>120081</v>
+        <v>120082</v>
       </c>
       <c r="C12" s="8">
-        <v>1680109</v>
+        <v>1680111</v>
       </c>
       <c r="D12" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E12" s="8">
-        <v>410854</v>
+        <v>410855</v>
       </c>
       <c r="F12" s="8">
-        <v>204337</v>
+        <v>204339</v>
       </c>
       <c r="G12" s="8">
         <v>236788</v>
       </c>
       <c r="H12" s="8">
-        <v>479822</v>
+        <v>479824</v>
       </c>
       <c r="I12" s="8">
-        <v>3514481</v>
+        <v>3514483</v>
       </c>
       <c r="J12" s="8">
-        <v>3962651</v>
+        <v>3962653</v>
       </c>
       <c r="K12" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L12" s="8">
-        <v>543113</v>
+        <v>543293</v>
       </c>
       <c r="M12" s="8">
-        <v>204900</v>
+        <v>204904</v>
       </c>
       <c r="N12" s="8">
-        <v>14603190</v>
+        <v>14603385</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B13" s="8">
-        <v>1007029</v>
+        <v>1007036</v>
       </c>
       <c r="C13" s="8">
-        <v>1039005</v>
+        <v>1039012</v>
       </c>
       <c r="D13" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E13" s="8">
-        <v>989265</v>
+        <v>989275</v>
       </c>
       <c r="F13" s="8">
-        <v>1022956</v>
+        <v>1022968</v>
       </c>
       <c r="G13" s="8">
-        <v>1058195</v>
+        <v>1058204</v>
       </c>
       <c r="H13" s="8">
-        <v>1073459</v>
+        <v>1073469</v>
       </c>
       <c r="I13" s="8">
-        <v>1278826</v>
+        <v>1278834</v>
       </c>
       <c r="J13" s="8">
-        <v>1130898</v>
+        <v>1130908</v>
       </c>
       <c r="K13" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L13" s="8">
-        <v>1489813</v>
+        <v>1489820</v>
       </c>
       <c r="M13" s="8">
-        <v>1626063</v>
+        <v>1626082</v>
       </c>
       <c r="N13" s="8">
-        <v>14118560</v>
+        <v>14118674</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B14" s="8">
-        <v>1771112555</v>
+        <v>1771112557</v>
       </c>
       <c r="C14" s="8">
-        <v>1635305784</v>
+        <v>1635305787</v>
       </c>
       <c r="D14" s="8">
-        <v>1578160163</v>
+        <v>1578160165</v>
       </c>
       <c r="E14" s="8">
-        <v>1070486032</v>
+        <v>1070486034</v>
       </c>
       <c r="F14" s="8">
-        <v>1243015356</v>
+        <v>1243015362</v>
       </c>
       <c r="G14" s="8">
-        <v>1465320932</v>
+        <v>1465320938</v>
       </c>
       <c r="H14" s="8">
-        <v>1610563308</v>
+        <v>1610563312</v>
       </c>
       <c r="I14" s="8">
-        <v>1617179156</v>
+        <v>1617179162</v>
       </c>
       <c r="J14" s="8">
-        <v>1566337889</v>
+        <v>1566337893</v>
       </c>
       <c r="K14" s="8">
-        <v>1721707743</v>
+        <v>1721707747</v>
       </c>
       <c r="L14" s="8">
-        <v>1687475562</v>
+        <v>1687475566</v>
       </c>
       <c r="M14" s="8">
-        <v>1647535401</v>
+        <v>1647535462</v>
       </c>
       <c r="N14" s="8">
-        <v>18614199878</v>
+        <v>18614199986</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B15" s="8">
-        <v>26877541</v>
+        <v>26877554</v>
       </c>
       <c r="C15" s="8">
-        <v>27912415</v>
+        <v>27912490</v>
       </c>
       <c r="D15" s="8">
-        <v>34252791</v>
+        <v>34252800</v>
       </c>
       <c r="E15" s="8">
-        <v>34355313</v>
+        <v>34355329</v>
       </c>
       <c r="F15" s="8">
-        <v>33487799</v>
+        <v>33487823</v>
       </c>
       <c r="G15" s="8">
-        <v>34834658</v>
+        <v>34834764</v>
       </c>
       <c r="H15" s="8">
-        <v>31664496</v>
+        <v>31664515</v>
       </c>
       <c r="I15" s="8">
-        <v>32313392</v>
+        <v>32313561</v>
       </c>
       <c r="J15" s="8">
-        <v>34925693</v>
+        <v>34925714</v>
       </c>
       <c r="K15" s="8">
-        <v>37290257</v>
+        <v>37290280</v>
       </c>
       <c r="L15" s="8">
-        <v>33087702</v>
+        <v>33087721</v>
       </c>
       <c r="M15" s="8">
-        <v>32804232</v>
+        <v>32804345</v>
       </c>
       <c r="N15" s="8">
-        <v>393806290</v>
+        <v>393806896</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B16" s="8">
         <v>274623054</v>
       </c>
       <c r="C16" s="8">
         <v>254794346</v>
       </c>
       <c r="D16" s="8">
         <v>260542112</v>
       </c>
       <c r="E16" s="8">
         <v>204341478</v>
       </c>
       <c r="F16" s="8">
         <v>135332842</v>
       </c>
       <c r="G16" s="8">
         <v>116079515</v>
       </c>
       <c r="H16" s="8">
         <v>75429656</v>
       </c>
       <c r="I16" s="8">
         <v>100302912</v>
       </c>
       <c r="J16" s="8">
         <v>99214505</v>
       </c>
       <c r="K16" s="8">
         <v>108369472</v>
       </c>
       <c r="L16" s="8">
         <v>110194364</v>
       </c>
       <c r="M16" s="8">
         <v>125790676</v>
       </c>
       <c r="N16" s="8">
         <v>1865014932</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B17" s="8">
         <v>1140324</v>
       </c>
       <c r="C17" s="8">
         <v>1528446</v>
       </c>
       <c r="D17" s="8">
         <v>1031213</v>
       </c>
       <c r="E17" s="8">
         <v>1327905</v>
       </c>
       <c r="F17" s="8">
         <v>932648</v>
       </c>
       <c r="G17" s="8">
         <v>1388687</v>
       </c>
       <c r="H17" s="8">
         <v>867441</v>
       </c>
       <c r="I17" s="8">
         <v>2718717</v>
       </c>
       <c r="J17" s="8">
         <v>1552310</v>
       </c>
       <c r="K17" s="8">
         <v>1505701</v>
       </c>
       <c r="L17" s="8">
         <v>1001422</v>
       </c>
       <c r="M17" s="8">
         <v>1228972</v>
       </c>
       <c r="N17" s="8">
         <v>16223785</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B18" s="8">
         <v>273321174</v>
       </c>
       <c r="C18" s="8">
         <v>252980370</v>
       </c>
       <c r="D18" s="8">
         <v>259233762</v>
       </c>
       <c r="E18" s="8">
         <v>202578480</v>
       </c>
       <c r="F18" s="8">
         <v>134142462</v>
       </c>
       <c r="G18" s="8">
         <v>114444317</v>
       </c>
       <c r="H18" s="8">
         <v>74371579</v>
       </c>
       <c r="I18" s="8">
         <v>97390016</v>
       </c>
       <c r="J18" s="8">
         <v>97490951</v>
       </c>
       <c r="K18" s="8">
         <v>106706134</v>
       </c>
       <c r="L18" s="8">
         <v>109029809</v>
       </c>
       <c r="M18" s="8">
         <v>124417039</v>
       </c>
       <c r="N18" s="8">
         <v>1846106093</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B19" s="8">
         <v>161556</v>
       </c>
       <c r="C19" s="8">
         <v>285530</v>
       </c>
       <c r="D19" s="8">
         <v>277137</v>
       </c>
       <c r="E19" s="8">
         <v>435092</v>
       </c>
       <c r="F19" s="8">
         <v>257732</v>
       </c>
       <c r="G19" s="8">
         <v>246511</v>
       </c>
       <c r="H19" s="8">
         <v>190636</v>
       </c>
       <c r="I19" s="8">
         <v>194179</v>
       </c>
       <c r="J19" s="8">
         <v>171244</v>
       </c>
       <c r="K19" s="8">
         <v>157637</v>
       </c>
       <c r="L19" s="8">
         <v>163134</v>
       </c>
       <c r="M19" s="8">
         <v>144665</v>
       </c>
       <c r="N19" s="8">
         <v>2685053</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B20" s="8">
-        <v>1294396727</v>
+        <v>1294401601</v>
       </c>
       <c r="C20" s="8">
-        <v>1331906308</v>
+        <v>1331911313</v>
       </c>
       <c r="D20" s="8">
-        <v>1345479243</v>
+        <v>1345484640</v>
       </c>
       <c r="E20" s="8">
-        <v>1334531268</v>
+        <v>1334536754</v>
       </c>
       <c r="F20" s="8">
-        <v>1335517407</v>
+        <v>1335522844</v>
       </c>
       <c r="G20" s="8">
-        <v>1287465338</v>
+        <v>1287470686</v>
       </c>
       <c r="H20" s="8">
-        <v>1273375485</v>
+        <v>1273380833</v>
       </c>
       <c r="I20" s="8">
-        <v>1268999755</v>
+        <v>1269004947</v>
       </c>
       <c r="J20" s="8">
-        <v>1261756728</v>
+        <v>1261761920</v>
       </c>
       <c r="K20" s="8">
-        <v>1304848535</v>
+        <v>1304853727</v>
       </c>
       <c r="L20" s="8">
-        <v>1348066532</v>
+        <v>1348071903</v>
       </c>
       <c r="M20" s="8">
-        <v>1370917146</v>
+        <v>1370922447</v>
       </c>
       <c r="N20" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B21" s="8">
-        <v>914747917</v>
+        <v>914752450</v>
       </c>
       <c r="C21" s="8">
-        <v>923097831</v>
+        <v>923102305</v>
       </c>
       <c r="D21" s="8">
-        <v>932673608</v>
+        <v>932678673</v>
       </c>
       <c r="E21" s="8">
-        <v>938859305</v>
+        <v>938864371</v>
       </c>
       <c r="F21" s="8">
-        <v>949396243</v>
+        <v>949401309</v>
       </c>
       <c r="G21" s="8">
-        <v>952774777</v>
+        <v>952779754</v>
       </c>
       <c r="H21" s="8">
-        <v>953824329</v>
+        <v>953829306</v>
       </c>
       <c r="I21" s="8">
-        <v>954495949</v>
+        <v>954500926</v>
       </c>
       <c r="J21" s="8">
-        <v>954684577</v>
+        <v>954689553</v>
       </c>
       <c r="K21" s="8">
-        <v>963547851</v>
+        <v>963552828</v>
       </c>
       <c r="L21" s="8">
-        <v>971101821</v>
+        <v>971106797</v>
       </c>
       <c r="M21" s="8">
-        <v>978832400</v>
+        <v>978837306</v>
       </c>
       <c r="N21" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B22" s="8">
-        <v>43294679</v>
+        <v>43294928</v>
       </c>
       <c r="C22" s="8">
-        <v>43457101</v>
+        <v>43457350</v>
       </c>
       <c r="D22" s="8">
-        <v>43830325</v>
+        <v>43830574</v>
       </c>
       <c r="E22" s="8">
-        <v>43260541</v>
+        <v>43260791</v>
       </c>
       <c r="F22" s="8">
-        <v>42148055</v>
+        <v>42148305</v>
       </c>
       <c r="G22" s="8">
-        <v>41428956</v>
+        <v>41429206</v>
       </c>
       <c r="H22" s="8">
-        <v>42551308</v>
+        <v>42551557</v>
       </c>
       <c r="I22" s="8">
-        <v>41385295</v>
+        <v>41385450</v>
       </c>
       <c r="J22" s="8">
-        <v>44408591</v>
+        <v>44408746</v>
       </c>
       <c r="K22" s="8">
-        <v>45188012</v>
+        <v>45188166</v>
       </c>
       <c r="L22" s="8">
-        <v>44055903</v>
+        <v>44056236</v>
       </c>
       <c r="M22" s="8">
-        <v>43489620</v>
+        <v>43489953</v>
       </c>
       <c r="N22" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B23" s="8">
-        <v>9024648</v>
+        <v>9024720</v>
       </c>
       <c r="C23" s="8">
-        <v>8325606</v>
+        <v>8325678</v>
       </c>
       <c r="D23" s="8">
-        <v>9563534</v>
+        <v>9563606</v>
       </c>
       <c r="E23" s="8">
-        <v>8411675</v>
+        <v>8411746</v>
       </c>
       <c r="F23" s="8">
-        <v>8862657</v>
+        <v>8862728</v>
       </c>
       <c r="G23" s="8">
-        <v>9594791</v>
+        <v>9594862</v>
       </c>
       <c r="H23" s="8">
-        <v>9863717</v>
+        <v>9863789</v>
       </c>
       <c r="I23" s="8">
-        <v>8933181</v>
+        <v>8933191</v>
       </c>
       <c r="J23" s="8">
-        <v>10039294</v>
+        <v>10039305</v>
       </c>
       <c r="K23" s="8">
-        <v>10259568</v>
+        <v>10259578</v>
       </c>
       <c r="L23" s="8">
-        <v>9668997</v>
+        <v>9669008</v>
       </c>
       <c r="M23" s="8">
-        <v>8887435</v>
+        <v>8887446</v>
       </c>
       <c r="N23" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B24" s="8">
-        <v>327329484</v>
+        <v>327329504</v>
       </c>
       <c r="C24" s="8">
-        <v>357025770</v>
+        <v>357025980</v>
       </c>
       <c r="D24" s="8">
-        <v>359411776</v>
+        <v>359411786</v>
       </c>
       <c r="E24" s="8">
-        <v>343999747</v>
+        <v>343999847</v>
       </c>
       <c r="F24" s="8">
-        <v>335110452</v>
+        <v>335110502</v>
       </c>
       <c r="G24" s="8">
-        <v>283666815</v>
+        <v>283666865</v>
       </c>
       <c r="H24" s="8">
-        <v>267136131</v>
+        <v>267136181</v>
       </c>
       <c r="I24" s="8">
-        <v>264185330</v>
+        <v>264185380</v>
       </c>
       <c r="J24" s="8">
-        <v>252624267</v>
+        <v>252624317</v>
       </c>
       <c r="K24" s="8">
-        <v>285853104</v>
+        <v>285853154</v>
       </c>
       <c r="L24" s="8">
-        <v>323239812</v>
+        <v>323239862</v>
       </c>
       <c r="M24" s="8">
-        <v>339707692</v>
+        <v>339707742</v>
       </c>
       <c r="N24" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B25" s="8">
-        <v>16182181514</v>
+        <v>16175563029</v>
       </c>
       <c r="C25" s="8">
-        <v>15225287992</v>
+        <v>15218417420</v>
       </c>
       <c r="D25" s="8">
-        <v>14515398327</v>
+        <v>14508705294</v>
       </c>
       <c r="E25" s="8">
-        <v>9737610987</v>
+        <v>9732544485</v>
       </c>
       <c r="F25" s="8">
-        <v>11472309303</v>
+        <v>11466124844</v>
       </c>
       <c r="G25" s="8">
-        <v>13320295220</v>
+        <v>13315153166</v>
       </c>
       <c r="H25" s="8">
-        <v>14770505972</v>
+        <v>14763196208</v>
       </c>
       <c r="I25" s="8">
-        <v>15041262166</v>
+        <v>15034264013</v>
       </c>
       <c r="J25" s="8">
-        <v>14627260374</v>
+        <v>14620499439</v>
       </c>
       <c r="K25" s="8">
-        <v>15735525155</v>
+        <v>15727486039</v>
       </c>
       <c r="L25" s="8">
-        <v>15546452665</v>
+        <v>15540780099</v>
       </c>
       <c r="M25" s="8">
-        <v>15198646955</v>
+        <v>15101810042</v>
       </c>
       <c r="N25" s="8">
-        <v>171372736631</v>
+        <v>171204544079</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B26" s="8">
         <v>15657071200</v>
       </c>
       <c r="C26" s="8">
         <v>14570191950</v>
       </c>
       <c r="D26" s="8">
         <v>14043898499</v>
       </c>
       <c r="E26" s="8">
         <v>9261702560</v>
       </c>
       <c r="F26" s="8">
         <v>10908852758</v>
       </c>
       <c r="G26" s="8">
         <v>12758468968</v>
       </c>
       <c r="H26" s="8">
         <v>14272847732</v>
       </c>
       <c r="I26" s="8">
         <v>14595619195</v>
       </c>
       <c r="J26" s="8">
         <v>14220141123</v>
       </c>
       <c r="K26" s="8">
         <v>15256043494</v>
       </c>
       <c r="L26" s="8">
         <v>15180933725</v>
       </c>
       <c r="M26" s="8">
         <v>14645119121</v>
       </c>
       <c r="N26" s="8">
         <v>165370890323</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B27" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="C27" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D27" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E27" s="8">
         <v>32494741</v>
       </c>
       <c r="F27" s="8">
         <v>33383185</v>
       </c>
       <c r="G27" s="8">
         <v>26668935</v>
       </c>
       <c r="H27" s="8">
         <v>22779608</v>
       </c>
       <c r="I27" s="8">
         <v>27512333</v>
       </c>
       <c r="J27" s="8">
         <v>29168376</v>
       </c>
       <c r="K27" s="8">
         <v>36837878</v>
       </c>
       <c r="L27" s="8">
         <v>34434844</v>
       </c>
       <c r="M27" s="8">
         <v>28246313</v>
       </c>
       <c r="N27" s="8">
         <v>532860887</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B28" s="8">
-        <v>423663152</v>
+        <v>417044668</v>
       </c>
       <c r="C28" s="8">
-        <v>420860855</v>
+        <v>413990283</v>
       </c>
       <c r="D28" s="8">
-        <v>373553760</v>
+        <v>366860728</v>
       </c>
       <c r="E28" s="8">
-        <v>356057298</v>
+        <v>350990796</v>
       </c>
       <c r="F28" s="8">
-        <v>426533409</v>
+        <v>420348950</v>
       </c>
       <c r="G28" s="8">
-        <v>442280604</v>
+        <v>437138550</v>
       </c>
       <c r="H28" s="8">
-        <v>402921103</v>
+        <v>395611340</v>
       </c>
       <c r="I28" s="8">
-        <v>402927080</v>
+        <v>395928927</v>
       </c>
       <c r="J28" s="8">
-        <v>373899825</v>
+        <v>367138890</v>
       </c>
       <c r="K28" s="8">
-        <v>439153884</v>
+        <v>431114768</v>
       </c>
       <c r="L28" s="8">
-        <v>326493002</v>
+        <v>320820437</v>
       </c>
       <c r="M28" s="8">
-        <v>480119708</v>
+        <v>383282795</v>
       </c>
       <c r="N28" s="8">
-        <v>4868463681</v>
+        <v>4700271130</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="C29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E29" s="8">
         <v>87356388</v>
       </c>
       <c r="F29" s="8">
         <v>103539951</v>
       </c>
       <c r="G29" s="8">
         <v>92876713</v>
       </c>
       <c r="H29" s="8">
         <v>71957528</v>
       </c>
       <c r="I29" s="8">
         <v>15203559</v>
       </c>
       <c r="J29" s="8">
         <v>4051051</v>
       </c>
       <c r="K29" s="8">
         <v>3489900</v>
       </c>
       <c r="L29" s="8">
         <v>4591094</v>
       </c>
       <c r="M29" s="8">
         <v>45161812</v>
       </c>
       <c r="N29" s="8">
         <v>600521740</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B30" s="8">
         <v>31573394</v>
       </c>
       <c r="C30" s="8">
-        <v>31657185</v>
+        <v>31657243</v>
       </c>
       <c r="D30" s="8">
         <v>35304214</v>
       </c>
       <c r="E30" s="8">
         <v>30991323</v>
       </c>
       <c r="F30" s="8">
         <v>33281671</v>
       </c>
       <c r="G30" s="8">
-        <v>35360319</v>
+        <v>35360406</v>
       </c>
       <c r="H30" s="8">
         <v>33751566</v>
       </c>
       <c r="I30" s="8">
-        <v>36113353</v>
+        <v>36113502</v>
       </c>
       <c r="J30" s="8">
         <v>38431939</v>
       </c>
       <c r="K30" s="8">
         <v>40420705</v>
       </c>
       <c r="L30" s="8">
         <v>35169314</v>
       </c>
       <c r="M30" s="8">
-        <v>34041790</v>
+        <v>34041860</v>
       </c>
       <c r="N30" s="8">
-        <v>416096773</v>
+        <v>416097138</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B31" s="8">
         <v>6474503</v>
       </c>
       <c r="C31" s="8">
-        <v>6264845</v>
+        <v>6264904</v>
       </c>
       <c r="D31" s="8">
         <v>6951220</v>
       </c>
       <c r="E31" s="8">
         <v>5981958</v>
       </c>
       <c r="F31" s="8">
         <v>5897332</v>
       </c>
       <c r="G31" s="8">
-        <v>6466075</v>
+        <v>6466163</v>
       </c>
       <c r="H31" s="8">
         <v>6224441</v>
       </c>
       <c r="I31" s="8">
-        <v>6489801</v>
+        <v>6489891</v>
       </c>
       <c r="J31" s="8">
         <v>6788442</v>
       </c>
       <c r="K31" s="8">
         <v>7948914</v>
       </c>
       <c r="L31" s="8">
         <v>6710295</v>
       </c>
       <c r="M31" s="8">
-        <v>5747957</v>
+        <v>5748026</v>
       </c>
       <c r="N31" s="8">
-        <v>77945783</v>
+        <v>77946089</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B32" s="8">
         <v>654923</v>
       </c>
       <c r="C32" s="8">
         <v>505370</v>
       </c>
       <c r="D32" s="8">
         <v>579009</v>
       </c>
       <c r="E32" s="8">
         <v>473260</v>
       </c>
       <c r="F32" s="8">
         <v>584667</v>
       </c>
       <c r="G32" s="8">
         <v>474270</v>
       </c>
       <c r="H32" s="8">
         <v>413906</v>
       </c>
       <c r="I32" s="8">
         <v>543824</v>
       </c>
       <c r="J32" s="8">
         <v>482376</v>
       </c>
       <c r="K32" s="8">
         <v>466752</v>
       </c>
       <c r="L32" s="8">
         <v>564630</v>
       </c>
       <c r="M32" s="8">
         <v>496266</v>
       </c>
       <c r="N32" s="8">
         <v>6239253</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B33" s="8">
         <v>3286938</v>
       </c>
       <c r="C33" s="8">
         <v>2849389</v>
       </c>
       <c r="D33" s="8">
         <v>3113702</v>
       </c>
       <c r="E33" s="8">
         <v>3448659</v>
       </c>
       <c r="F33" s="8">
         <v>2968167</v>
       </c>
       <c r="G33" s="8">
         <v>3907220</v>
       </c>
       <c r="H33" s="8">
         <v>2333270</v>
       </c>
       <c r="I33" s="8">
         <v>2744253</v>
       </c>
       <c r="J33" s="8">
         <v>3500121</v>
       </c>
       <c r="K33" s="8">
         <v>3588829</v>
       </c>
       <c r="L33" s="8">
         <v>3319454</v>
       </c>
       <c r="M33" s="8">
         <v>2986389</v>
       </c>
       <c r="N33" s="8">
         <v>38046390</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B34" s="8">
         <v>47609</v>
       </c>
       <c r="C34" s="8">
         <v>53003</v>
       </c>
       <c r="D34" s="8">
         <v>41255</v>
       </c>
       <c r="E34" s="8">
         <v>30903</v>
       </c>
       <c r="F34" s="8">
         <v>33642</v>
       </c>
       <c r="G34" s="8">
         <v>46336</v>
       </c>
       <c r="H34" s="8">
         <v>40468</v>
       </c>
       <c r="I34" s="8">
-        <v>41942</v>
+        <v>42001</v>
       </c>
       <c r="J34" s="8">
         <v>34763</v>
       </c>
       <c r="K34" s="8">
         <v>38830</v>
       </c>
       <c r="L34" s="8">
         <v>35467</v>
       </c>
       <c r="M34" s="8">
         <v>40565</v>
       </c>
       <c r="N34" s="8">
-        <v>484782</v>
+        <v>484842</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B35" s="8">
         <v>443230</v>
       </c>
       <c r="C35" s="8">
         <v>830240</v>
       </c>
       <c r="D35" s="8">
         <v>817993</v>
       </c>
       <c r="E35" s="8">
         <v>693909</v>
       </c>
       <c r="F35" s="8">
         <v>744746</v>
       </c>
       <c r="G35" s="8">
         <v>780544</v>
       </c>
       <c r="H35" s="8">
         <v>760129</v>
       </c>
       <c r="I35" s="8">
         <v>739634</v>
       </c>
       <c r="J35" s="8">
         <v>888204</v>
       </c>
       <c r="K35" s="8">
         <v>879207</v>
       </c>
       <c r="L35" s="8">
         <v>841088</v>
       </c>
       <c r="M35" s="8">
         <v>803679</v>
       </c>
       <c r="N35" s="8">
         <v>9222604</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B36" s="8">
         <v>8483918</v>
       </c>
       <c r="C36" s="8">
         <v>9547962</v>
       </c>
       <c r="D36" s="8">
         <v>11311447</v>
       </c>
       <c r="E36" s="8">
         <v>9729811</v>
       </c>
       <c r="F36" s="8">
         <v>11646326</v>
       </c>
       <c r="G36" s="8">
         <v>10096158</v>
       </c>
       <c r="H36" s="8">
         <v>10002651</v>
       </c>
       <c r="I36" s="8">
         <v>10153744</v>
       </c>
       <c r="J36" s="8">
         <v>11182024</v>
       </c>
       <c r="K36" s="8">
         <v>11022037</v>
       </c>
       <c r="L36" s="8">
         <v>9819246</v>
       </c>
       <c r="M36" s="8">
         <v>10626612</v>
       </c>
       <c r="N36" s="8">
         <v>123621936</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B37" s="8">
         <v>9518067</v>
       </c>
       <c r="C37" s="8">
         <v>9206634</v>
       </c>
       <c r="D37" s="8">
         <v>9322460</v>
       </c>
       <c r="E37" s="8">
         <v>8170275</v>
       </c>
       <c r="F37" s="8">
         <v>8161121</v>
       </c>
       <c r="G37" s="8">
         <v>10212361</v>
       </c>
       <c r="H37" s="8">
         <v>9523057</v>
       </c>
       <c r="I37" s="8">
         <v>10639874</v>
       </c>
       <c r="J37" s="8">
         <v>11524464</v>
       </c>
       <c r="K37" s="8">
         <v>12086685</v>
       </c>
       <c r="L37" s="8">
         <v>10671856</v>
       </c>
       <c r="M37" s="8">
         <v>10871945</v>
       </c>
       <c r="N37" s="8">
         <v>119908799</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B38" s="8">
         <v>1467994</v>
       </c>
       <c r="C38" s="8">
         <v>1158071</v>
       </c>
       <c r="D38" s="8">
         <v>1444560</v>
       </c>
       <c r="E38" s="8">
         <v>860712</v>
       </c>
       <c r="F38" s="8">
         <v>1611048</v>
       </c>
       <c r="G38" s="8">
         <v>1971796</v>
       </c>
       <c r="H38" s="8">
         <v>3059890</v>
       </c>
       <c r="I38" s="8">
         <v>2696857</v>
       </c>
       <c r="J38" s="8">
         <v>2286113</v>
       </c>
       <c r="K38" s="8">
         <v>2440406</v>
       </c>
       <c r="L38" s="8">
         <v>1997743</v>
       </c>
       <c r="M38" s="8">
         <v>1337397</v>
       </c>
       <c r="N38" s="8">
         <v>22332588</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B39" s="8">
         <v>1037456</v>
       </c>
       <c r="C39" s="8">
         <v>1065075</v>
       </c>
       <c r="D39" s="8">
         <v>1213516</v>
       </c>
       <c r="E39" s="8">
         <v>921160</v>
       </c>
       <c r="F39" s="8">
         <v>1255493</v>
       </c>
       <c r="G39" s="8">
         <v>1085714</v>
       </c>
       <c r="H39" s="8">
         <v>1203020</v>
       </c>
       <c r="I39" s="8">
         <v>1783199</v>
       </c>
       <c r="J39" s="8">
         <v>1443104</v>
       </c>
       <c r="K39" s="8">
         <v>1693314</v>
       </c>
       <c r="L39" s="8">
         <v>969758</v>
       </c>
       <c r="M39" s="8">
         <v>937365</v>
       </c>
       <c r="N39" s="8">
         <v>14608175</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B40" s="8">
         <v>158756</v>
       </c>
       <c r="C40" s="8">
         <v>176594</v>
       </c>
       <c r="D40" s="8">
         <v>509052</v>
       </c>
       <c r="E40" s="8">
         <v>680676</v>
       </c>
       <c r="F40" s="8">
         <v>379130</v>
       </c>
       <c r="G40" s="8">
         <v>319844</v>
       </c>
       <c r="H40" s="8">
         <v>190734</v>
       </c>
       <c r="I40" s="8">
         <v>280225</v>
       </c>
       <c r="J40" s="8">
         <v>302327</v>
       </c>
       <c r="K40" s="8">
         <v>255730</v>
       </c>
       <c r="L40" s="8">
         <v>239778</v>
       </c>
       <c r="M40" s="8">
         <v>193616</v>
       </c>
       <c r="N40" s="8">
         <v>3686462</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B41" s="8">
         <v>94306</v>
       </c>
       <c r="C41" s="8">
         <v>268087</v>
       </c>
       <c r="D41" s="8">
         <v>105040</v>
       </c>
       <c r="E41" s="8">
         <v>101504</v>
       </c>
       <c r="F41" s="8">
         <v>91051</v>
       </c>
       <c r="G41" s="8">
         <v>100917</v>
       </c>
       <c r="H41" s="8">
         <v>96238</v>
       </c>
       <c r="I41" s="8">
         <v>87118</v>
       </c>
       <c r="J41" s="8">
         <v>108651</v>
       </c>
       <c r="K41" s="8">
         <v>98510</v>
       </c>
       <c r="L41" s="8">
         <v>138659</v>
       </c>
       <c r="M41" s="8">
         <v>97507</v>
       </c>
       <c r="N41" s="8">
         <v>1387587</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B42" s="8">
         <v>3809198</v>
       </c>
       <c r="C42" s="8">
         <v>3481115</v>
       </c>
       <c r="D42" s="8">
         <v>3521083</v>
       </c>
       <c r="E42" s="8">
         <v>3239999</v>
       </c>
       <c r="F42" s="8">
         <v>2611534</v>
       </c>
       <c r="G42" s="8">
         <v>2611482</v>
       </c>
       <c r="H42" s="8">
         <v>3326175</v>
       </c>
       <c r="I42" s="8">
         <v>4117761</v>
       </c>
       <c r="J42" s="8">
         <v>3935188</v>
       </c>
       <c r="K42" s="8">
         <v>3291647</v>
       </c>
       <c r="L42" s="8">
         <v>2827951</v>
       </c>
       <c r="M42" s="8">
         <v>2334429</v>
       </c>
       <c r="N42" s="8">
         <v>39107560</v>
       </c>
     </row>
     <row r="43" ht="15" customHeight="1">
       <c r="A43" s="7" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B43" s="8">
         <v>2993380</v>
       </c>
       <c r="C43" s="8">
         <v>2797032</v>
       </c>
       <c r="D43" s="8">
         <v>2836490</v>
       </c>
       <c r="E43" s="8">
         <v>2712117</v>
       </c>
       <c r="F43" s="8">
         <v>1932762</v>
       </c>
       <c r="G43" s="8">
         <v>2086996</v>
       </c>
       <c r="H43" s="8">
         <v>2621768</v>
       </c>
       <c r="I43" s="8">
         <v>3319223</v>
       </c>
       <c r="J43" s="8">
         <v>3158231</v>
       </c>
       <c r="K43" s="8">
         <v>2458885</v>
       </c>
       <c r="L43" s="8">
         <v>2124328</v>
       </c>
       <c r="M43" s="8">
         <v>1798951</v>
       </c>
       <c r="N43" s="8">
         <v>30840163</v>
       </c>
     </row>
     <row r="44" ht="15" customHeight="1">
       <c r="A44" s="7" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B44" s="8">
         <v>815817</v>
       </c>
       <c r="C44" s="8">
         <v>684083</v>
       </c>
       <c r="D44" s="8">
         <v>684594</v>
       </c>
       <c r="E44" s="8">
         <v>527882</v>
       </c>
       <c r="F44" s="8">
         <v>678772</v>
       </c>
       <c r="G44" s="8">
         <v>524485</v>
       </c>
       <c r="H44" s="8">
         <v>704407</v>
       </c>
       <c r="I44" s="8">
         <v>798537</v>
       </c>
       <c r="J44" s="8">
         <v>776958</v>
       </c>
       <c r="K44" s="8">
         <v>832762</v>
       </c>
       <c r="L44" s="8">
         <v>703623</v>
       </c>
       <c r="M44" s="8">
         <v>535478</v>
       </c>
       <c r="N44" s="8">
         <v>8267397</v>
       </c>
     </row>
     <row r="45" ht="15" customHeight="1">
       <c r="A45" s="7" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B45" s="8">
         <v>64141788</v>
       </c>
       <c r="C45" s="8">
-        <v>58150484</v>
+        <v>58150544</v>
       </c>
       <c r="D45" s="8">
         <v>66036538</v>
       </c>
       <c r="E45" s="8">
         <v>66291259</v>
       </c>
       <c r="F45" s="8">
         <v>56167691</v>
       </c>
       <c r="G45" s="8">
-        <v>65192040</v>
+        <v>65192129</v>
       </c>
       <c r="H45" s="8">
         <v>63326669</v>
       </c>
       <c r="I45" s="8">
-        <v>66511848</v>
+        <v>66512004</v>
       </c>
       <c r="J45" s="8">
         <v>62762805</v>
       </c>
       <c r="K45" s="8">
         <v>80860787</v>
       </c>
       <c r="L45" s="8">
         <v>43157798</v>
       </c>
       <c r="M45" s="8">
-        <v>71929700</v>
+        <v>71929771</v>
       </c>
       <c r="N45" s="8">
-        <v>764529407</v>
+        <v>764529781</v>
       </c>
     </row>
     <row r="46" ht="15" customHeight="1">
       <c r="A46" s="7" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B46" s="8">
         <v>40319838</v>
       </c>
       <c r="C46" s="8">
         <v>36584550</v>
       </c>
       <c r="D46" s="8">
         <v>41521453</v>
       </c>
       <c r="E46" s="8">
         <v>41930341</v>
       </c>
       <c r="F46" s="8">
         <v>34457484</v>
       </c>
       <c r="G46" s="8">
         <v>40600736</v>
       </c>
       <c r="H46" s="8">
         <v>39699687</v>
       </c>
       <c r="I46" s="8">
         <v>40810503</v>
       </c>
       <c r="J46" s="8">
         <v>36277124</v>
       </c>
       <c r="K46" s="8">
         <v>52650946</v>
       </c>
       <c r="L46" s="8">
         <v>19679942</v>
       </c>
       <c r="M46" s="8">
         <v>49884899</v>
       </c>
       <c r="N46" s="8">
         <v>474417503</v>
       </c>
     </row>
     <row r="47" ht="15" customHeight="1">
       <c r="A47" s="7" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B47" s="8">
         <v>2190765</v>
       </c>
       <c r="C47" s="8">
         <v>1790260</v>
       </c>
       <c r="D47" s="8">
         <v>2301007</v>
       </c>
       <c r="E47" s="8">
         <v>1937614</v>
       </c>
       <c r="F47" s="8">
         <v>1717100</v>
       </c>
       <c r="G47" s="8">
         <v>1620691</v>
       </c>
       <c r="H47" s="8">
         <v>1802427</v>
       </c>
       <c r="I47" s="8">
         <v>1619381</v>
       </c>
       <c r="J47" s="8">
         <v>1987524</v>
       </c>
       <c r="K47" s="8">
         <v>2211194</v>
       </c>
       <c r="L47" s="8">
         <v>2010778</v>
       </c>
       <c r="M47" s="8">
         <v>1753145</v>
       </c>
       <c r="N47" s="8">
         <v>22941887</v>
       </c>
     </row>
     <row r="48" ht="15" customHeight="1">
       <c r="A48" s="7" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B48" s="8">
         <v>9284763</v>
       </c>
       <c r="C48" s="8">
-        <v>8038599</v>
+        <v>8038658</v>
       </c>
       <c r="D48" s="8">
         <v>10207336</v>
       </c>
       <c r="E48" s="8">
         <v>9485316</v>
       </c>
       <c r="F48" s="8">
         <v>8259155</v>
       </c>
       <c r="G48" s="8">
-        <v>8910980</v>
+        <v>8911069</v>
       </c>
       <c r="H48" s="8">
         <v>9650769</v>
       </c>
       <c r="I48" s="8">
-        <v>10629441</v>
+        <v>10629536</v>
       </c>
       <c r="J48" s="8">
         <v>10431772</v>
       </c>
       <c r="K48" s="8">
         <v>10864549</v>
       </c>
       <c r="L48" s="8">
         <v>8664121</v>
       </c>
       <c r="M48" s="8">
-        <v>8473470</v>
+        <v>8473540</v>
       </c>
       <c r="N48" s="8">
-        <v>112900270</v>
+        <v>112900583</v>
       </c>
     </row>
     <row r="49" ht="15" customHeight="1">
       <c r="A49" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B49" s="8">
         <v>1366500</v>
       </c>
       <c r="C49" s="8">
         <v>1364776</v>
       </c>
       <c r="D49" s="8">
         <v>1010629</v>
       </c>
       <c r="E49" s="8">
         <v>1164445</v>
       </c>
       <c r="F49" s="8">
         <v>877624</v>
       </c>
       <c r="G49" s="8">
         <v>1118537</v>
       </c>
       <c r="H49" s="8">
         <v>984446</v>
       </c>
       <c r="I49" s="8">
         <v>1049210</v>
       </c>
       <c r="J49" s="8">
         <v>995705</v>
       </c>
       <c r="K49" s="8">
         <v>1106002</v>
       </c>
       <c r="L49" s="8">
         <v>1110563</v>
       </c>
       <c r="M49" s="8">
         <v>1020597</v>
       </c>
       <c r="N49" s="8">
         <v>13169035</v>
       </c>
     </row>
     <row r="50" ht="15" customHeight="1">
       <c r="A50" s="7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B50" s="8">
         <v>95740</v>
       </c>
       <c r="C50" s="8">
         <v>57097</v>
       </c>
       <c r="D50" s="8">
         <v>35607</v>
       </c>
       <c r="E50" s="8">
         <v>122702</v>
       </c>
       <c r="F50" s="8">
         <v>48566</v>
       </c>
       <c r="G50" s="8">
         <v>139284</v>
       </c>
       <c r="H50" s="8">
         <v>74356</v>
       </c>
       <c r="I50" s="8">
-        <v>107742</v>
+        <v>107802</v>
       </c>
       <c r="J50" s="8">
         <v>67701</v>
       </c>
       <c r="K50" s="8">
         <v>47538</v>
       </c>
       <c r="L50" s="8">
         <v>48275</v>
       </c>
       <c r="M50" s="8">
         <v>40823</v>
       </c>
       <c r="N50" s="8">
-        <v>885431</v>
+        <v>885492</v>
       </c>
     </row>
     <row r="51" ht="15" customHeight="1">
       <c r="A51" s="7" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B51" s="8">
         <v>5274629</v>
       </c>
       <c r="C51" s="8">
         <v>4632777</v>
       </c>
       <c r="D51" s="8">
         <v>5126697</v>
       </c>
       <c r="E51" s="8">
         <v>5136425</v>
       </c>
       <c r="F51" s="8">
         <v>4762660</v>
       </c>
       <c r="G51" s="8">
         <v>6078645</v>
       </c>
       <c r="H51" s="8">
         <v>4612568</v>
       </c>
       <c r="I51" s="8">
         <v>5264564</v>
       </c>
       <c r="J51" s="8">
         <v>6130895</v>
       </c>
       <c r="K51" s="8">
         <v>6119590</v>
       </c>
       <c r="L51" s="8">
         <v>5895609</v>
       </c>
       <c r="M51" s="8">
         <v>5258478</v>
       </c>
       <c r="N51" s="8">
         <v>64293538</v>
       </c>
     </row>
     <row r="52" ht="15" customHeight="1">
       <c r="A52" s="7" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B52" s="8">
         <v>424877</v>
       </c>
       <c r="C52" s="8">
         <v>614763</v>
       </c>
       <c r="D52" s="8">
         <v>354348</v>
       </c>
       <c r="E52" s="8">
         <v>403891</v>
       </c>
       <c r="F52" s="8">
         <v>309148</v>
       </c>
       <c r="G52" s="8">
         <v>332496</v>
       </c>
       <c r="H52" s="8">
         <v>574512</v>
       </c>
       <c r="I52" s="8">
         <v>375993</v>
       </c>
       <c r="J52" s="8">
         <v>513737</v>
       </c>
       <c r="K52" s="8">
         <v>530037</v>
       </c>
       <c r="L52" s="8">
         <v>425878</v>
       </c>
       <c r="M52" s="8">
         <v>322114</v>
       </c>
       <c r="N52" s="8">
         <v>5181794</v>
       </c>
     </row>
     <row r="53" ht="15" customHeight="1">
       <c r="A53" s="7" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B53" s="8">
         <v>2394602</v>
       </c>
       <c r="C53" s="8">
         <v>2357363</v>
       </c>
       <c r="D53" s="8">
         <v>2263299</v>
       </c>
       <c r="E53" s="8">
         <v>2568816</v>
       </c>
       <c r="F53" s="8">
         <v>2520613</v>
       </c>
       <c r="G53" s="8">
         <v>2792118</v>
       </c>
       <c r="H53" s="8">
         <v>2815139</v>
       </c>
       <c r="I53" s="8">
         <v>2783187</v>
       </c>
       <c r="J53" s="8">
         <v>2410490</v>
       </c>
       <c r="K53" s="8">
         <v>2988777</v>
       </c>
       <c r="L53" s="8">
         <v>2177405</v>
       </c>
       <c r="M53" s="8">
         <v>2349601</v>
       </c>
       <c r="N53" s="8">
         <v>30421410</v>
       </c>
     </row>
     <row r="54" ht="15" customHeight="1">
       <c r="A54" s="7" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B54" s="8">
         <v>1423363</v>
       </c>
       <c r="C54" s="8">
         <v>1427161</v>
       </c>
       <c r="D54" s="8">
         <v>1835227</v>
       </c>
       <c r="E54" s="8">
         <v>2168053</v>
       </c>
       <c r="F54" s="8">
         <v>1760444</v>
       </c>
       <c r="G54" s="8">
         <v>1985092</v>
       </c>
       <c r="H54" s="8">
         <v>1752402</v>
       </c>
       <c r="I54" s="8">
         <v>1835319</v>
       </c>
       <c r="J54" s="8">
         <v>2283305</v>
       </c>
       <c r="K54" s="8">
         <v>2284735</v>
       </c>
       <c r="L54" s="8">
         <v>1875708</v>
       </c>
       <c r="M54" s="8">
         <v>1580941</v>
       </c>
       <c r="N54" s="8">
         <v>22211751</v>
       </c>
     </row>
     <row r="55" ht="15" customHeight="1">
       <c r="A55" s="7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B55" s="8">
         <v>1366710</v>
       </c>
       <c r="C55" s="8">
         <v>1283139</v>
       </c>
       <c r="D55" s="8">
         <v>1380934</v>
       </c>
       <c r="E55" s="8">
         <v>1373655</v>
       </c>
       <c r="F55" s="8">
         <v>1454897</v>
       </c>
       <c r="G55" s="8">
         <v>1613459</v>
       </c>
       <c r="H55" s="8">
         <v>1360364</v>
       </c>
       <c r="I55" s="8">
         <v>2036509</v>
       </c>
       <c r="J55" s="8">
         <v>1664552</v>
       </c>
       <c r="K55" s="8">
         <v>2057420</v>
       </c>
       <c r="L55" s="8">
         <v>1269518</v>
       </c>
       <c r="M55" s="8">
         <v>1245632</v>
       </c>
       <c r="N55" s="8">
         <v>18106788</v>
       </c>
     </row>
     <row r="56" ht="15" customHeight="1">
       <c r="A56" s="7" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B56" s="8">
         <v>2172620</v>
       </c>
       <c r="C56" s="8">
         <v>2141075</v>
       </c>
       <c r="D56" s="8">
         <v>2484410</v>
       </c>
       <c r="E56" s="8">
         <v>2221589</v>
       </c>
       <c r="F56" s="8">
         <v>1954975</v>
       </c>
       <c r="G56" s="8">
         <v>2349053</v>
       </c>
       <c r="H56" s="8">
         <v>2313148</v>
       </c>
       <c r="I56" s="8">
         <v>2654256</v>
       </c>
       <c r="J56" s="8">
         <v>2712383</v>
       </c>
       <c r="K56" s="8">
         <v>2888893</v>
       </c>
       <c r="L56" s="8">
         <v>2860242</v>
       </c>
       <c r="M56" s="8">
         <v>2899128</v>
       </c>
       <c r="N56" s="8">
         <v>29651774</v>
       </c>
     </row>
     <row r="57" ht="15" customHeight="1">
       <c r="A57" s="7" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B57" s="8">
         <v>393471</v>
       </c>
       <c r="C57" s="8">
         <v>401894</v>
       </c>
       <c r="D57" s="8">
         <v>457664</v>
       </c>
       <c r="E57" s="8">
         <v>454618</v>
       </c>
       <c r="F57" s="8">
         <v>391222</v>
       </c>
       <c r="G57" s="8">
         <v>409870</v>
       </c>
       <c r="H57" s="8">
         <v>423735</v>
       </c>
       <c r="I57" s="8">
         <v>488763</v>
       </c>
       <c r="J57" s="8">
         <v>497705</v>
       </c>
       <c r="K57" s="8">
         <v>548143</v>
       </c>
       <c r="L57" s="8">
         <v>514324</v>
       </c>
       <c r="M57" s="8">
         <v>528355</v>
       </c>
       <c r="N57" s="8">
         <v>5509763</v>
       </c>
     </row>
     <row r="58" ht="15" customHeight="1">
       <c r="A58" s="7" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B58" s="8">
         <v>1779149</v>
       </c>
       <c r="C58" s="8">
         <v>1739181</v>
       </c>
       <c r="D58" s="8">
         <v>2026746</v>
       </c>
       <c r="E58" s="8">
         <v>1766971</v>
       </c>
       <c r="F58" s="8">
         <v>1563753</v>
       </c>
       <c r="G58" s="8">
         <v>1939183</v>
       </c>
       <c r="H58" s="8">
         <v>1889414</v>
       </c>
       <c r="I58" s="8">
         <v>2165493</v>
       </c>
       <c r="J58" s="8">
         <v>2214678</v>
       </c>
       <c r="K58" s="8">
         <v>2340750</v>
       </c>
       <c r="L58" s="8">
         <v>2345918</v>
       </c>
       <c r="M58" s="8">
         <v>2370774</v>
       </c>
       <c r="N58" s="8">
         <v>24142011</v>
       </c>
     </row>
     <row r="59" ht="15" customHeight="1">
       <c r="A59" s="7" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B59" s="8">
         <v>4225241</v>
       </c>
       <c r="C59" s="8">
         <v>4333864</v>
       </c>
       <c r="D59" s="8">
         <v>4716237</v>
       </c>
       <c r="E59" s="8">
         <v>4401046</v>
       </c>
       <c r="F59" s="8">
         <v>4983718</v>
       </c>
       <c r="G59" s="8">
         <v>5434574</v>
       </c>
       <c r="H59" s="8">
         <v>4293040</v>
       </c>
       <c r="I59" s="8">
         <v>5967942</v>
       </c>
       <c r="J59" s="8">
         <v>5447034</v>
       </c>
       <c r="K59" s="8">
         <v>5976917</v>
       </c>
       <c r="L59" s="8">
         <v>4600791</v>
       </c>
       <c r="M59" s="8">
         <v>3835942</v>
       </c>
       <c r="N59" s="8">
         <v>58216347</v>
       </c>
     </row>
     <row r="60" ht="15" customHeight="1">
       <c r="A60" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B60" s="8">
         <v>944516</v>
       </c>
       <c r="C60" s="8">
         <v>915472</v>
       </c>
       <c r="D60" s="8">
         <v>1068501</v>
       </c>
       <c r="E60" s="8">
         <v>769290</v>
       </c>
       <c r="F60" s="8">
         <v>1047542</v>
       </c>
       <c r="G60" s="8">
         <v>1034980</v>
       </c>
       <c r="H60" s="8">
         <v>817838</v>
       </c>
       <c r="I60" s="8">
         <v>1385019</v>
       </c>
       <c r="J60" s="8">
         <v>891199</v>
       </c>
       <c r="K60" s="8">
         <v>1182280</v>
       </c>
       <c r="L60" s="8">
         <v>1040333</v>
       </c>
       <c r="M60" s="8">
         <v>912669</v>
       </c>
       <c r="N60" s="8">
         <v>12009640</v>
       </c>
     </row>
     <row r="61" ht="15" customHeight="1">
       <c r="A61" s="7" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="B61" s="8">
         <v>1489865</v>
       </c>
       <c r="C61" s="8">
         <v>1427578</v>
       </c>
       <c r="D61" s="8">
         <v>1741648</v>
       </c>
       <c r="E61" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="F61" s="8">
         <v>1721130</v>
       </c>
       <c r="G61" s="8">
         <v>2051414</v>
       </c>
       <c r="H61" s="8">
         <v>1143831</v>
       </c>
       <c r="I61" s="8">
         <v>1657618</v>
       </c>
       <c r="J61" s="8">
         <v>1978927</v>
       </c>
       <c r="K61" s="8">
         <v>1978719</v>
       </c>
       <c r="L61" s="8">
         <v>1757303</v>
       </c>
       <c r="M61" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N61" s="8">
         <v>20207073</v>
       </c>
     </row>
     <row r="62" ht="15" customHeight="1">
       <c r="A62" s="7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B62" s="8">
         <v>861875</v>
       </c>
       <c r="C62" s="8">
         <v>907938</v>
       </c>
       <c r="D62" s="8">
         <v>1050284</v>
       </c>
       <c r="E62" s="8">
         <v>799321</v>
       </c>
       <c r="F62" s="8">
         <v>1065103</v>
       </c>
       <c r="G62" s="8">
         <v>878684</v>
       </c>
       <c r="H62" s="8">
         <v>963645</v>
       </c>
       <c r="I62" s="8">
         <v>1474638</v>
       </c>
       <c r="J62" s="8">
         <v>1344412</v>
       </c>
       <c r="K62" s="8">
         <v>1593718</v>
       </c>
       <c r="L62" s="8">
         <v>750721</v>
       </c>
       <c r="M62" s="8">
         <v>786773</v>
       </c>
       <c r="N62" s="8">
         <v>12477111</v>
       </c>
     </row>
     <row r="63" ht="15" customHeight="1">
       <c r="A63" s="7" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="B63" s="8">
         <v>928985</v>
       </c>
       <c r="C63" s="8">
         <v>1082876</v>
       </c>
       <c r="D63" s="8">
         <v>855804</v>
       </c>
       <c r="E63" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="F63" s="8">
         <v>1149942</v>
       </c>
       <c r="G63" s="8">
         <v>1469497</v>
       </c>
       <c r="H63" s="8">
         <v>1367726</v>
       </c>
       <c r="I63" s="8">
         <v>1450667</v>
       </c>
       <c r="J63" s="8">
         <v>1232496</v>
       </c>
       <c r="K63" s="8">
         <v>1222200</v>
       </c>
       <c r="L63" s="8">
         <v>1052434</v>
       </c>
       <c r="M63" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N63" s="8">
         <v>13522523</v>
       </c>
     </row>
     <row r="64" ht="15" customHeight="1">
       <c r="A64" s="7" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="E64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="H64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="I64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="J64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="K64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="L64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="M64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="N64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="65" ht="15" customHeight="1">
       <c r="A65" s="7" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B65" s="8">
         <v>802885777</v>
       </c>
       <c r="C65" s="8">
         <v>756095012</v>
       </c>
       <c r="D65" s="8">
         <v>696137645</v>
       </c>
       <c r="E65" s="8">
         <v>453741938</v>
       </c>
       <c r="F65" s="8">
         <v>554756723</v>
       </c>
       <c r="G65" s="8">
         <v>726142968</v>
       </c>
       <c r="H65" s="8">
         <v>819712455</v>
       </c>
       <c r="I65" s="8">
         <v>835270896</v>
       </c>
       <c r="J65" s="8">
         <v>769033464</v>
       </c>
       <c r="K65" s="8">
         <v>832733569</v>
       </c>
       <c r="L65" s="8">
         <v>813486933</v>
       </c>
       <c r="M65" s="8">
         <v>783487726</v>
       </c>
       <c r="N65" s="8">
         <v>8843485107</v>
       </c>
     </row>
     <row r="66" ht="15" customHeight="1">
       <c r="A66" s="7" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="B66" s="8">
         <v>168803904</v>
       </c>
       <c r="C66" s="8">
         <v>157904944</v>
       </c>
       <c r="D66" s="8">
         <v>149650159</v>
       </c>
       <c r="E66" s="8">
         <v>104111901</v>
       </c>
       <c r="F66" s="8">
         <v>141093046</v>
       </c>
       <c r="G66" s="8">
         <v>172538474</v>
       </c>
       <c r="H66" s="8">
         <v>185525365</v>
       </c>
       <c r="I66" s="8">
         <v>200546085</v>
       </c>
       <c r="J66" s="8">
         <v>185212657</v>
       </c>
       <c r="K66" s="8">
         <v>208607658</v>
       </c>
       <c r="L66" s="8">
         <v>186495843</v>
       </c>
       <c r="M66" s="8">
         <v>191446662</v>
       </c>
       <c r="N66" s="8">
         <v>2051936699</v>
       </c>
     </row>
     <row r="67" ht="15" customHeight="1">
       <c r="A67" s="7" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="B67" s="8">
         <v>663839651</v>
       </c>
       <c r="C67" s="8">
         <v>604694020</v>
       </c>
       <c r="D67" s="8">
         <v>574303091</v>
       </c>
       <c r="E67" s="8">
         <v>358553443</v>
       </c>
       <c r="F67" s="8">
         <v>460661794</v>
       </c>
       <c r="G67" s="8">
         <v>564706192</v>
       </c>
       <c r="H67" s="8">
         <v>666061637</v>
       </c>
       <c r="I67" s="8">
         <v>639526842</v>
       </c>
       <c r="J67" s="8">
         <v>614918552</v>
       </c>
       <c r="K67" s="8">
         <v>652928069</v>
       </c>
       <c r="L67" s="8">
         <v>645796529</v>
       </c>
       <c r="M67" s="8">
         <v>598353089</v>
       </c>
       <c r="N67" s="8">
         <v>7044342909</v>
       </c>
     </row>
     <row r="68" ht="15" customHeight="1">
       <c r="A68" s="7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="C68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E68" s="8">
         <v>917442</v>
       </c>
       <c r="F68" s="8">
         <v>998556</v>
       </c>
       <c r="G68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="H68" s="8">
         <v>718488</v>
       </c>
       <c r="I68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="J68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="K68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M68" s="8">
         <v>878157</v>
       </c>
       <c r="N68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
     </row>
     <row r="69" ht="15" customHeight="1">
       <c r="A69" s="7" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B69" s="8">
         <v>106123386</v>
       </c>
       <c r="C69" s="8">
         <v>132976618</v>
       </c>
       <c r="D69" s="8">
         <v>128096507</v>
       </c>
       <c r="E69" s="8">
         <v>155430381</v>
       </c>
       <c r="F69" s="8">
         <v>147863786</v>
       </c>
       <c r="G69" s="8">
         <v>122878124</v>
       </c>
       <c r="H69" s="8">
         <v>102417515</v>
       </c>
       <c r="I69" s="8">
         <v>124058925</v>
       </c>
       <c r="J69" s="8">
         <v>112908813</v>
       </c>
       <c r="K69" s="8">
         <v>119174012</v>
       </c>
       <c r="L69" s="8">
         <v>126455301</v>
       </c>
       <c r="M69" s="8">
         <v>125380968</v>
       </c>
       <c r="N69" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="70" ht="15" customHeight="1">
       <c r="A70" s="7" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="B70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="E70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="H70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="I70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="J70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="K70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="L70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="M70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="N70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="71" ht="15" customHeight="1">
       <c r="A71" s="7" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B71" s="8">
         <v>28895909</v>
       </c>
       <c r="C71" s="8">
         <v>33877730</v>
       </c>
       <c r="D71" s="8">
         <v>37369459</v>
       </c>
       <c r="E71" s="8">
         <v>49662979</v>
       </c>
       <c r="F71" s="8">
         <v>42371947</v>
       </c>
       <c r="G71" s="8">
         <v>41602264</v>
       </c>
       <c r="H71" s="8">
         <v>32317761</v>
       </c>
       <c r="I71" s="8">
         <v>30889079</v>
       </c>
       <c r="J71" s="8">
         <v>34050489</v>
       </c>
       <c r="K71" s="8">
         <v>28581592</v>
       </c>
       <c r="L71" s="8">
         <v>28348088</v>
       </c>
       <c r="M71" s="8">
         <v>25083499</v>
       </c>
       <c r="N71" s="8">
         <v>413050796</v>
       </c>
     </row>
     <row r="72" ht="15" customHeight="1">
       <c r="A72" s="7" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="B72" s="8">
         <v>14581534</v>
       </c>
       <c r="C72" s="8">
         <v>13467744</v>
       </c>
       <c r="D72" s="8">
         <v>18596554</v>
       </c>
       <c r="E72" s="8">
         <v>26851486</v>
       </c>
       <c r="F72" s="8">
         <v>26833737</v>
       </c>
       <c r="G72" s="8">
         <v>26901886</v>
       </c>
       <c r="H72" s="8">
         <v>26072797</v>
       </c>
       <c r="I72" s="8">
         <v>24087085</v>
       </c>
       <c r="J72" s="8">
         <v>21149094</v>
       </c>
       <c r="K72" s="8">
         <v>20503481</v>
       </c>
       <c r="L72" s="8">
         <v>17315916</v>
       </c>
       <c r="M72" s="8">
         <v>17712388</v>
       </c>
       <c r="N72" s="8">
         <v>254073701</v>
       </c>
     </row>
     <row r="73" ht="15" customHeight="1">
       <c r="A73" s="7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B73" s="8">
         <v>9256316</v>
       </c>
       <c r="C73" s="8">
         <v>10130297</v>
       </c>
       <c r="D73" s="8">
         <v>11032726</v>
       </c>
       <c r="E73" s="8">
         <v>12414562</v>
       </c>
       <c r="F73" s="8">
         <v>11366592</v>
       </c>
       <c r="G73" s="8">
         <v>10098813</v>
       </c>
       <c r="H73" s="8">
         <v>9558522</v>
       </c>
       <c r="I73" s="8">
         <v>9361770</v>
       </c>
       <c r="J73" s="8">
         <v>11216817</v>
       </c>
       <c r="K73" s="8">
         <v>11705069</v>
       </c>
       <c r="L73" s="8">
         <v>12451455</v>
       </c>
       <c r="M73" s="8">
         <v>9399419</v>
       </c>
       <c r="N73" s="8">
         <v>127992356</v>
       </c>
     </row>
     <row r="74" ht="15" customHeight="1">
       <c r="A74" s="7" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B74" s="8">
         <v>1786720</v>
       </c>
       <c r="C74" s="8">
         <v>2140592</v>
       </c>
       <c r="D74" s="8">
         <v>1665762</v>
       </c>
       <c r="E74" s="8">
         <v>2314567</v>
       </c>
       <c r="F74" s="8">
         <v>2650788</v>
       </c>
       <c r="G74" s="8">
         <v>3706393</v>
       </c>
       <c r="H74" s="8">
         <v>4220061</v>
       </c>
       <c r="I74" s="8">
         <v>4313218</v>
       </c>
       <c r="J74" s="8">
         <v>4684794</v>
       </c>
       <c r="K74" s="8">
         <v>4702914</v>
       </c>
       <c r="L74" s="8">
         <v>4770523</v>
       </c>
       <c r="M74" s="8">
         <v>4879366</v>
       </c>
       <c r="N74" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="75" ht="12" customHeight="1"/>
     <row r="76" ht="14" customHeight="1">
       <c r="A76" s="10" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="B76" s="10"/>
       <c r="C76" s="10"/>
       <c r="D76" s="10"/>
       <c r="E76" s="10"/>
       <c r="F76" s="10"/>
       <c r="G76" s="10"/>
       <c r="H76" s="10"/>
       <c r="I76" s="10"/>
       <c r="J76" s="10"/>
       <c r="K76" s="10"/>
       <c r="L76" s="10"/>
       <c r="M76" s="10"/>
       <c r="N76" s="10"/>
     </row>
     <row r="77" ht="14" customHeight="1">
       <c r="A77" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B77" s="11"/>
       <c r="C77" s="11"/>
       <c r="D77" s="11"/>
       <c r="E77" s="11"/>
       <c r="F77" s="11"/>
       <c r="G77" s="11"/>
       <c r="H77" s="11"/>
       <c r="I77" s="11"/>
       <c r="J77" s="11"/>
       <c r="K77" s="11"/>
       <c r="L77" s="11"/>
       <c r="M77" s="11"/>
       <c r="N77" s="11"/>
     </row>
     <row r="78" ht="14" customHeight="1">
       <c r="A78" s="12" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="B78" s="12"/>
       <c r="C78" s="12"/>
       <c r="D78" s="12"/>
       <c r="E78" s="12"/>
       <c r="F78" s="12"/>
       <c r="G78" s="12"/>
       <c r="H78" s="12"/>
       <c r="I78" s="12"/>
       <c r="J78" s="12"/>
       <c r="K78" s="12"/>
       <c r="L78" s="12"/>
       <c r="M78" s="12"/>
       <c r="N78" s="12"/>
     </row>
     <row r="79" ht="43" customHeight="1">
       <c r="A79" s="12" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="B79" s="12"/>
       <c r="C79" s="12"/>
       <c r="D79" s="12"/>
       <c r="E79" s="12"/>
       <c r="F79" s="12"/>
       <c r="G79" s="12"/>
       <c r="H79" s="12"/>
       <c r="I79" s="12"/>
       <c r="J79" s="12"/>
       <c r="K79" s="12"/>
       <c r="L79" s="12"/>
       <c r="M79" s="12"/>
       <c r="N79" s="12"/>
     </row>
     <row r="80" ht="14" customHeight="1">
       <c r="A80" s="12" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B80" s="12"/>
       <c r="C80" s="12"/>
       <c r="D80" s="12"/>
       <c r="E80" s="12"/>
       <c r="F80" s="12"/>
       <c r="G80" s="12"/>
       <c r="H80" s="12"/>
       <c r="I80" s="12"/>
       <c r="J80" s="12"/>
       <c r="K80" s="12"/>
       <c r="L80" s="12"/>
       <c r="M80" s="12"/>
       <c r="N80" s="12"/>
     </row>
     <row r="81" ht="12" customHeight="1">
       <c r="A81" s="13" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="B81" s="13"/>
       <c r="C81" s="13"/>
       <c r="D81" s="13"/>
       <c r="E81" s="13"/>
       <c r="F81" s="13"/>
       <c r="G81" s="13"/>
       <c r="H81" s="13"/>
       <c r="I81" s="13"/>
       <c r="J81" s="13"/>
       <c r="K81" s="13"/>
       <c r="L81" s="13"/>
       <c r="M81" s="13"/>
       <c r="N81" s="13"/>
     </row>
     <row r="82" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A76:N76"/>
@@ -34653,3111 +35501,3111 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="B9" s="8">
-        <v>2423</v>
+        <v>2426</v>
       </c>
       <c r="C9" s="8">
-        <v>2432</v>
+        <v>2435</v>
       </c>
       <c r="D9" s="8">
-        <v>2448</v>
+        <v>2451</v>
       </c>
       <c r="E9" s="8">
-        <v>2467</v>
+        <v>2470</v>
       </c>
       <c r="F9" s="8">
-        <v>2475</v>
+        <v>2478</v>
       </c>
       <c r="G9" s="8">
-        <v>2516</v>
+        <v>2519</v>
       </c>
       <c r="H9" s="8">
-        <v>2518</v>
+        <v>2521</v>
       </c>
       <c r="I9" s="8">
-        <v>2537</v>
+        <v>2540</v>
       </c>
       <c r="J9" s="8">
-        <v>2544</v>
+        <v>2548</v>
       </c>
       <c r="K9" s="8">
-        <v>2562</v>
+        <v>2566</v>
       </c>
       <c r="L9" s="8">
-        <v>2576</v>
+        <v>2580</v>
       </c>
       <c r="M9" s="8">
-        <v>2616</v>
+        <v>2620</v>
       </c>
       <c r="N9" s="8">
-        <v>2816</v>
+        <v>2819</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="B10" s="8">
-        <v>1717093144</v>
+        <v>1717093150</v>
       </c>
       <c r="C10" s="8">
-        <v>1550591052</v>
+        <v>1550591058</v>
       </c>
       <c r="D10" s="8">
-        <v>1628334475</v>
+        <v>1628335070</v>
       </c>
       <c r="E10" s="8">
-        <v>1681642008</v>
+        <v>1681642025</v>
       </c>
       <c r="F10" s="8">
-        <v>1727839171</v>
+        <v>1727839184</v>
       </c>
       <c r="G10" s="8">
-        <v>1684326836</v>
+        <v>1684326848</v>
       </c>
       <c r="H10" s="8">
-        <v>1728960236</v>
+        <v>1728960246</v>
       </c>
       <c r="I10" s="8">
-        <v>1681230113</v>
+        <v>1681230125</v>
       </c>
       <c r="J10" s="8">
-        <v>1538740400</v>
+        <v>1538740408</v>
       </c>
       <c r="K10" s="8">
-        <v>1629816910</v>
+        <v>1629816921</v>
       </c>
       <c r="L10" s="8">
-        <v>1640123069</v>
+        <v>1640123093</v>
       </c>
       <c r="M10" s="8">
-        <v>1784426529</v>
+        <v>1784427091</v>
       </c>
       <c r="N10" s="8">
-        <v>19993123942</v>
+        <v>19993125218</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B11" s="8">
         <v>20483616</v>
       </c>
       <c r="C11" s="8">
         <v>18935035</v>
       </c>
       <c r="D11" s="8">
-        <v>19533634</v>
+        <v>19534219</v>
       </c>
       <c r="E11" s="8">
         <v>20232241</v>
       </c>
       <c r="F11" s="8">
         <v>19974465</v>
       </c>
       <c r="G11" s="8">
         <v>17930584</v>
       </c>
       <c r="H11" s="8">
         <v>15136704</v>
       </c>
       <c r="I11" s="8">
-        <v>15242475</v>
+        <v>15242477</v>
       </c>
       <c r="J11" s="8">
         <v>14593062</v>
       </c>
       <c r="K11" s="8">
-        <v>18104061</v>
+        <v>18104064</v>
       </c>
       <c r="L11" s="8">
-        <v>18798064</v>
+        <v>18798071</v>
       </c>
       <c r="M11" s="8">
-        <v>18976419</v>
+        <v>18976973</v>
       </c>
       <c r="N11" s="8">
-        <v>217940360</v>
+        <v>217941511</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B12" s="8">
-        <v>912117</v>
+        <v>912118</v>
       </c>
       <c r="C12" s="8">
-        <v>1167928</v>
+        <v>1167929</v>
       </c>
       <c r="D12" s="8">
-        <v>941643</v>
+        <v>941644</v>
       </c>
       <c r="E12" s="8">
-        <v>810901</v>
+        <v>810903</v>
       </c>
       <c r="F12" s="8">
-        <v>96313</v>
+        <v>96314</v>
       </c>
       <c r="G12" s="8">
-        <v>257143</v>
+        <v>257145</v>
       </c>
       <c r="H12" s="8">
-        <v>103123</v>
+        <v>103124</v>
       </c>
       <c r="I12" s="8">
-        <v>1498215</v>
+        <v>1498216</v>
       </c>
       <c r="J12" s="8">
         <v>4597018</v>
       </c>
       <c r="K12" s="8">
-        <v>3073685</v>
+        <v>3073687</v>
       </c>
       <c r="L12" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M12" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N12" s="8">
-        <v>14891077</v>
+        <v>14891091</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B13" s="8">
-        <v>713111</v>
+        <v>713117</v>
       </c>
       <c r="C13" s="8">
-        <v>843145</v>
+        <v>843151</v>
       </c>
       <c r="D13" s="8">
-        <v>905170</v>
+        <v>905180</v>
       </c>
       <c r="E13" s="8">
-        <v>907872</v>
+        <v>907887</v>
       </c>
       <c r="F13" s="8">
-        <v>779556</v>
+        <v>779564</v>
       </c>
       <c r="G13" s="8">
-        <v>745584</v>
+        <v>745592</v>
       </c>
       <c r="H13" s="8">
-        <v>1030012</v>
+        <v>1030019</v>
       </c>
       <c r="I13" s="8">
-        <v>1029089</v>
+        <v>1029095</v>
       </c>
       <c r="J13" s="8">
-        <v>1085009</v>
+        <v>1085015</v>
       </c>
       <c r="K13" s="8">
-        <v>1022791</v>
+        <v>1022795</v>
       </c>
       <c r="L13" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M13" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N13" s="8">
-        <v>10755167</v>
+        <v>10755260</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>1694984299</v>
       </c>
       <c r="C14" s="8">
         <v>1529644943</v>
       </c>
       <c r="D14" s="8">
         <v>1606954027</v>
       </c>
       <c r="E14" s="8">
-        <v>1659690994</v>
+        <v>1659690995</v>
       </c>
       <c r="F14" s="8">
-        <v>1706988838</v>
+        <v>1706988841</v>
       </c>
       <c r="G14" s="8">
-        <v>1665393525</v>
+        <v>1665393527</v>
       </c>
       <c r="H14" s="8">
-        <v>1712690397</v>
+        <v>1712690399</v>
       </c>
       <c r="I14" s="8">
-        <v>1663460334</v>
+        <v>1663460336</v>
       </c>
       <c r="J14" s="8">
-        <v>1518465312</v>
+        <v>1518465313</v>
       </c>
       <c r="K14" s="8">
-        <v>1607616373</v>
+        <v>1607616375</v>
       </c>
       <c r="L14" s="8">
-        <v>1619325679</v>
+        <v>1619325684</v>
       </c>
       <c r="M14" s="8">
-        <v>1764322617</v>
+        <v>1764322619</v>
       </c>
       <c r="N14" s="8">
-        <v>19749537338</v>
+        <v>19749537357</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B15" s="8">
-        <v>25990730</v>
+        <v>25990736</v>
       </c>
       <c r="C15" s="8">
-        <v>27153327</v>
+        <v>27153392</v>
       </c>
       <c r="D15" s="8">
-        <v>30928444</v>
+        <v>30928465</v>
       </c>
       <c r="E15" s="8">
-        <v>31282431</v>
+        <v>31282477</v>
       </c>
       <c r="F15" s="8">
-        <v>33937877</v>
+        <v>33938008</v>
       </c>
       <c r="G15" s="8">
-        <v>29743660</v>
+        <v>29743792</v>
       </c>
       <c r="H15" s="8">
-        <v>27823701</v>
+        <v>27823741</v>
       </c>
       <c r="I15" s="8">
-        <v>29997443</v>
+        <v>29997485</v>
       </c>
       <c r="J15" s="8">
-        <v>28370567</v>
+        <v>28370595</v>
       </c>
       <c r="K15" s="8">
-        <v>35147412</v>
+        <v>35147674</v>
       </c>
       <c r="L15" s="8">
-        <v>31869814</v>
+        <v>31869858</v>
       </c>
       <c r="M15" s="8">
-        <v>28272709</v>
+        <v>28272834</v>
       </c>
       <c r="N15" s="8">
-        <v>360518115</v>
+        <v>360519057</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B16" s="8">
         <v>244394272</v>
       </c>
       <c r="C16" s="8">
         <v>154550795</v>
       </c>
       <c r="D16" s="8">
         <v>245029800</v>
       </c>
       <c r="E16" s="8">
         <v>230774390</v>
       </c>
       <c r="F16" s="8">
         <v>206528366</v>
       </c>
       <c r="G16" s="8">
         <v>186613300</v>
       </c>
       <c r="H16" s="8">
         <v>176778969</v>
       </c>
       <c r="I16" s="8">
         <v>184274160</v>
       </c>
       <c r="J16" s="8">
         <v>135167568</v>
       </c>
       <c r="K16" s="8">
         <v>208694433</v>
       </c>
       <c r="L16" s="8">
         <v>154296912</v>
       </c>
       <c r="M16" s="8">
         <v>242045267</v>
       </c>
       <c r="N16" s="8">
         <v>2369148231</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B17" s="8">
         <v>955223</v>
       </c>
       <c r="C17" s="8">
         <v>954034</v>
       </c>
       <c r="D17" s="8">
         <v>9295168</v>
       </c>
       <c r="E17" s="8">
         <v>1011081</v>
       </c>
       <c r="F17" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="G17" s="8">
         <v>765772</v>
       </c>
       <c r="H17" s="8">
         <v>850294</v>
       </c>
       <c r="I17" s="8">
         <v>2407815</v>
       </c>
       <c r="J17" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="K17" s="8">
         <v>1921154</v>
       </c>
       <c r="L17" s="8">
         <v>1219337</v>
       </c>
       <c r="M17" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N17" s="8">
         <v>65561549</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B18" s="8">
         <v>243269522</v>
       </c>
       <c r="C18" s="8">
         <v>153450285</v>
       </c>
       <c r="D18" s="8">
         <v>235585696</v>
       </c>
       <c r="E18" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="F18" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="G18" s="8">
         <v>185697261</v>
       </c>
       <c r="H18" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="I18" s="8">
         <v>181717614</v>
       </c>
       <c r="J18" s="8">
         <v>129067173</v>
       </c>
       <c r="K18" s="8">
         <v>173775288</v>
       </c>
       <c r="L18" s="8">
         <v>152927179</v>
       </c>
       <c r="M18" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N18" s="8">
         <v>2245839441</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B19" s="8">
         <v>169527</v>
       </c>
       <c r="C19" s="8">
         <v>146476</v>
       </c>
       <c r="D19" s="8">
         <v>148936</v>
       </c>
       <c r="E19" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="F19" s="8">
         <v>165015</v>
       </c>
       <c r="G19" s="8">
         <v>150267</v>
       </c>
       <c r="H19" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="I19" s="8">
         <v>148732</v>
       </c>
       <c r="J19" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="K19" s="8">
         <v>32997991</v>
       </c>
       <c r="L19" s="8">
         <v>150396</v>
       </c>
       <c r="M19" s="8">
         <v>150061</v>
       </c>
       <c r="N19" s="8">
         <v>57747241</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B20" s="8">
-        <v>1243043294</v>
+        <v>1243045899</v>
       </c>
       <c r="C20" s="8">
-        <v>1207894516</v>
+        <v>1207898791</v>
       </c>
       <c r="D20" s="8">
-        <v>1212794246</v>
+        <v>1212799097</v>
       </c>
       <c r="E20" s="8">
-        <v>1240982527</v>
+        <v>1240987457</v>
       </c>
       <c r="F20" s="8">
-        <v>1224966587</v>
+        <v>1224971399</v>
       </c>
       <c r="G20" s="8">
-        <v>1233380539</v>
+        <v>1233385229</v>
       </c>
       <c r="H20" s="8">
-        <v>1257324080</v>
+        <v>1257328739</v>
       </c>
       <c r="I20" s="8">
-        <v>1272539481</v>
+        <v>1272544220</v>
       </c>
       <c r="J20" s="8">
-        <v>1233884668</v>
+        <v>1233889388</v>
       </c>
       <c r="K20" s="8">
-        <v>1155582459</v>
+        <v>1155586917</v>
       </c>
       <c r="L20" s="8">
-        <v>1248938898</v>
+        <v>1248943336</v>
       </c>
       <c r="M20" s="8">
-        <v>1306108187</v>
+        <v>1306113061</v>
       </c>
       <c r="N20" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B21" s="8">
-        <v>830515536</v>
+        <v>830517805</v>
       </c>
       <c r="C21" s="8">
-        <v>834689657</v>
+        <v>834693490</v>
       </c>
       <c r="D21" s="8">
-        <v>845165496</v>
+        <v>845169913</v>
       </c>
       <c r="E21" s="8">
-        <v>854870043</v>
+        <v>854874460</v>
       </c>
       <c r="F21" s="8">
-        <v>863020317</v>
+        <v>863024635</v>
       </c>
       <c r="G21" s="8">
-        <v>864165241</v>
+        <v>864169467</v>
       </c>
       <c r="H21" s="8">
-        <v>866387631</v>
+        <v>866391857</v>
       </c>
       <c r="I21" s="8">
-        <v>876969961</v>
+        <v>876974187</v>
       </c>
       <c r="J21" s="8">
-        <v>878260919</v>
+        <v>878265145</v>
       </c>
       <c r="K21" s="8">
-        <v>856516736</v>
+        <v>856520833</v>
       </c>
       <c r="L21" s="8">
-        <v>881059673</v>
+        <v>881063770</v>
       </c>
       <c r="M21" s="8">
-        <v>903828231</v>
+        <v>903832763</v>
       </c>
       <c r="N21" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B22" s="8">
-        <v>38015056</v>
+        <v>38015350</v>
       </c>
       <c r="C22" s="8">
-        <v>38225800</v>
+        <v>38226151</v>
       </c>
       <c r="D22" s="8">
-        <v>38319094</v>
+        <v>38319446</v>
       </c>
       <c r="E22" s="8">
-        <v>37968551</v>
+        <v>37968903</v>
       </c>
       <c r="F22" s="8">
-        <v>36816875</v>
+        <v>36817227</v>
       </c>
       <c r="G22" s="8">
-        <v>38393043</v>
+        <v>38393395</v>
       </c>
       <c r="H22" s="8">
-        <v>38021892</v>
+        <v>38022244</v>
       </c>
       <c r="I22" s="8">
-        <v>38953807</v>
+        <v>38954159</v>
       </c>
       <c r="J22" s="8">
-        <v>42574388</v>
+        <v>42574740</v>
       </c>
       <c r="K22" s="8">
-        <v>44338478</v>
+        <v>44338728</v>
       </c>
       <c r="L22" s="8">
-        <v>44841580</v>
+        <v>44841830</v>
       </c>
       <c r="M22" s="8">
-        <v>44648199</v>
+        <v>44648449</v>
       </c>
       <c r="N22" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B23" s="8">
-        <v>8882602</v>
+        <v>8882615</v>
       </c>
       <c r="C23" s="8">
-        <v>8730169</v>
+        <v>8730241</v>
       </c>
       <c r="D23" s="8">
-        <v>8678539</v>
+        <v>8678610</v>
       </c>
       <c r="E23" s="8">
-        <v>8249868</v>
+        <v>8249939</v>
       </c>
       <c r="F23" s="8">
-        <v>8785276</v>
+        <v>8785348</v>
       </c>
       <c r="G23" s="8">
-        <v>8774602</v>
+        <v>8774673</v>
       </c>
       <c r="H23" s="8">
-        <v>9436617</v>
+        <v>9436689</v>
       </c>
       <c r="I23" s="8">
-        <v>11730332</v>
+        <v>11730404</v>
       </c>
       <c r="J23" s="8">
-        <v>10185318</v>
+        <v>10185390</v>
       </c>
       <c r="K23" s="8">
-        <v>9613950</v>
+        <v>9614021</v>
       </c>
       <c r="L23" s="8">
-        <v>8863942</v>
+        <v>8864014</v>
       </c>
       <c r="M23" s="8">
-        <v>10483228</v>
+        <v>10483299</v>
       </c>
       <c r="N23" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B24" s="8">
-        <v>365630099</v>
+        <v>365630129</v>
       </c>
       <c r="C24" s="8">
-        <v>326248889</v>
+        <v>326248909</v>
       </c>
       <c r="D24" s="8">
-        <v>320631118</v>
+        <v>320631128</v>
       </c>
       <c r="E24" s="8">
-        <v>339894066</v>
+        <v>339894156</v>
       </c>
       <c r="F24" s="8">
-        <v>316344119</v>
+        <v>316344189</v>
       </c>
       <c r="G24" s="8">
-        <v>322047653</v>
+        <v>322047693</v>
       </c>
       <c r="H24" s="8">
-        <v>343477939</v>
+        <v>343477949</v>
       </c>
       <c r="I24" s="8">
-        <v>344885380</v>
+        <v>344885470</v>
       </c>
       <c r="J24" s="8">
-        <v>302864043</v>
+        <v>302864113</v>
       </c>
       <c r="K24" s="8">
-        <v>245113295</v>
+        <v>245113335</v>
       </c>
       <c r="L24" s="8">
-        <v>314173702</v>
+        <v>314173722</v>
       </c>
       <c r="M24" s="8">
-        <v>347148530</v>
+        <v>347148550</v>
       </c>
       <c r="N24" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B25" s="8">
-        <v>15351320183</v>
+        <v>15344528327</v>
       </c>
       <c r="C25" s="8">
-        <v>14042056173</v>
+        <v>14035249983</v>
       </c>
       <c r="D25" s="8">
-        <v>14909675887</v>
+        <v>14903784956</v>
       </c>
       <c r="E25" s="8">
-        <v>15310817682</v>
+        <v>15305403830</v>
       </c>
       <c r="F25" s="8">
-        <v>14985543561</v>
+        <v>14979833683</v>
       </c>
       <c r="G25" s="8">
-        <v>15703772385</v>
+        <v>15697372388</v>
       </c>
       <c r="H25" s="8">
-        <v>15701066232</v>
+        <v>15696398364</v>
       </c>
       <c r="I25" s="8">
-        <v>15611671040</v>
+        <v>15604917737</v>
       </c>
       <c r="J25" s="8">
-        <v>14127935022</v>
+        <v>14119900154</v>
       </c>
       <c r="K25" s="8">
-        <v>14851779656</v>
+        <v>14843084914</v>
       </c>
       <c r="L25" s="8">
-        <v>15161175365</v>
+        <v>15156180250</v>
       </c>
       <c r="M25" s="8">
-        <v>16414647045</v>
+        <v>16408519855</v>
       </c>
       <c r="N25" s="8">
-        <v>182171460232</v>
+        <v>182095174442</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B26" s="8">
         <v>14871280993</v>
       </c>
       <c r="C26" s="8">
         <v>13509301238</v>
       </c>
       <c r="D26" s="8">
         <v>14318500869</v>
       </c>
       <c r="E26" s="8">
         <v>14759768046</v>
       </c>
       <c r="F26" s="8">
         <v>14478001406</v>
       </c>
       <c r="G26" s="8">
         <v>15225873927</v>
       </c>
       <c r="H26" s="8">
         <v>15231502927</v>
       </c>
       <c r="I26" s="8">
         <v>15075071676</v>
       </c>
       <c r="J26" s="8">
         <v>13616715054</v>
       </c>
       <c r="K26" s="8">
         <v>14325829028</v>
       </c>
       <c r="L26" s="8">
         <v>14613771851</v>
       </c>
       <c r="M26" s="8">
-        <v>15918081011</v>
+        <v>15918083599</v>
       </c>
       <c r="N26" s="8">
-        <v>175943698027</v>
+        <v>175943700615</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B27" s="8">
         <v>39264056</v>
       </c>
       <c r="C27" s="8">
         <v>35690692</v>
       </c>
       <c r="D27" s="8">
         <v>35715486</v>
       </c>
       <c r="E27" s="8">
         <v>36260951</v>
       </c>
       <c r="F27" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="G27" s="8">
         <v>34879415</v>
       </c>
       <c r="H27" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="I27" s="8">
         <v>27901368</v>
       </c>
       <c r="J27" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="K27" s="8">
         <v>35232117</v>
       </c>
       <c r="L27" s="8">
         <v>32954331</v>
       </c>
       <c r="M27" s="8">
-        <v>33774157</v>
+        <v>33778612</v>
       </c>
       <c r="N27" s="8">
-        <v>412280211</v>
+        <v>412284666</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B28" s="8">
-        <v>370285039</v>
+        <v>363493184</v>
       </c>
       <c r="C28" s="8">
-        <v>350919625</v>
+        <v>344113434</v>
       </c>
       <c r="D28" s="8">
-        <v>391704364</v>
+        <v>385813433</v>
       </c>
       <c r="E28" s="8">
-        <v>377004702</v>
+        <v>371590850</v>
       </c>
       <c r="F28" s="8">
-        <v>355620828</v>
+        <v>349910950</v>
       </c>
       <c r="G28" s="8">
-        <v>367444845</v>
+        <v>361044848</v>
       </c>
       <c r="H28" s="8">
-        <v>379204563</v>
+        <v>374536695</v>
       </c>
       <c r="I28" s="8">
-        <v>398181111</v>
+        <v>391427808</v>
       </c>
       <c r="J28" s="8">
-        <v>396074127</v>
+        <v>388039258</v>
       </c>
       <c r="K28" s="8">
-        <v>423432866</v>
+        <v>414738124</v>
       </c>
       <c r="L28" s="8">
-        <v>413460237</v>
+        <v>408465122</v>
       </c>
       <c r="M28" s="8">
-        <v>392389299</v>
+        <v>386255067</v>
       </c>
       <c r="N28" s="8">
-        <v>4615721605</v>
+        <v>4539428773</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B29" s="8">
         <v>70490094</v>
       </c>
       <c r="C29" s="8">
         <v>146144619</v>
       </c>
       <c r="D29" s="8">
         <v>163755168</v>
       </c>
       <c r="E29" s="8">
         <v>137783983</v>
       </c>
       <c r="F29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="G29" s="8">
         <v>75574199</v>
       </c>
       <c r="H29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="I29" s="8">
         <v>110516885</v>
       </c>
       <c r="J29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="K29" s="8">
         <v>67285645</v>
       </c>
       <c r="L29" s="8">
         <v>100988947</v>
       </c>
       <c r="M29" s="8">
         <v>70402577</v>
       </c>
       <c r="N29" s="8">
         <v>1199760389</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B30" s="8">
         <v>32360686</v>
       </c>
       <c r="C30" s="8">
-        <v>30243613</v>
+        <v>30243661</v>
       </c>
       <c r="D30" s="8">
         <v>33271187</v>
       </c>
       <c r="E30" s="8">
         <v>35127166</v>
       </c>
       <c r="F30" s="8">
-        <v>34733363</v>
+        <v>34733461</v>
       </c>
       <c r="G30" s="8">
-        <v>31841265</v>
+        <v>31841355</v>
       </c>
       <c r="H30" s="8">
         <v>28944032</v>
       </c>
       <c r="I30" s="8">
         <v>32607701</v>
       </c>
       <c r="J30" s="8">
         <v>32782641</v>
       </c>
       <c r="K30" s="8">
-        <v>38436173</v>
+        <v>38436394</v>
       </c>
       <c r="L30" s="8">
         <v>31671510</v>
       </c>
       <c r="M30" s="8">
-        <v>27161426</v>
+        <v>27161540</v>
       </c>
       <c r="N30" s="8">
-        <v>389180762</v>
+        <v>389181334</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B31" s="8">
         <v>6364884</v>
       </c>
       <c r="C31" s="8">
-        <v>6136325</v>
+        <v>6136373</v>
       </c>
       <c r="D31" s="8">
         <v>6191491</v>
       </c>
       <c r="E31" s="8">
         <v>6285752</v>
       </c>
       <c r="F31" s="8">
-        <v>6475777</v>
+        <v>6475875</v>
       </c>
       <c r="G31" s="8">
-        <v>5842250</v>
+        <v>5842340</v>
       </c>
       <c r="H31" s="8">
         <v>5379864</v>
       </c>
       <c r="I31" s="8">
         <v>6142160</v>
       </c>
       <c r="J31" s="8">
         <v>6324973</v>
       </c>
       <c r="K31" s="8">
-        <v>7790548</v>
+        <v>7790674</v>
       </c>
       <c r="L31" s="8">
         <v>6774706</v>
       </c>
       <c r="M31" s="8">
-        <v>5327762</v>
+        <v>5327875</v>
       </c>
       <c r="N31" s="8">
-        <v>75036491</v>
+        <v>75036967</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B32" s="8">
         <v>1890698</v>
       </c>
       <c r="C32" s="8">
         <v>490467</v>
       </c>
       <c r="D32" s="8">
         <v>1502443</v>
       </c>
       <c r="E32" s="8">
         <v>1868720</v>
       </c>
       <c r="F32" s="8">
         <v>627972</v>
       </c>
       <c r="G32" s="8">
         <v>513993</v>
       </c>
       <c r="H32" s="8">
         <v>306143</v>
       </c>
       <c r="I32" s="8">
         <v>641338</v>
       </c>
       <c r="J32" s="8">
         <v>296755</v>
       </c>
       <c r="K32" s="8">
-        <v>585148</v>
+        <v>585244</v>
       </c>
       <c r="L32" s="8">
         <v>528945</v>
       </c>
       <c r="M32" s="8">
         <v>564974</v>
       </c>
       <c r="N32" s="8">
-        <v>9817597</v>
+        <v>9817692</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B33" s="8">
         <v>3461434</v>
       </c>
       <c r="C33" s="8">
         <v>2847808</v>
       </c>
       <c r="D33" s="8">
         <v>2832018</v>
       </c>
       <c r="E33" s="8">
         <v>3837541</v>
       </c>
       <c r="F33" s="8">
         <v>4603435</v>
       </c>
       <c r="G33" s="8">
         <v>3340699</v>
       </c>
       <c r="H33" s="8">
         <v>2558903</v>
       </c>
       <c r="I33" s="8">
         <v>3007755</v>
       </c>
       <c r="J33" s="8">
         <v>2893061</v>
       </c>
       <c r="K33" s="8">
         <v>3680985</v>
       </c>
       <c r="L33" s="8">
         <v>3016288</v>
       </c>
       <c r="M33" s="8">
         <v>3118330</v>
       </c>
       <c r="N33" s="8">
         <v>39198257</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B34" s="8">
         <v>43010</v>
       </c>
       <c r="C34" s="8">
         <v>36058</v>
       </c>
       <c r="D34" s="8">
         <v>51838</v>
       </c>
       <c r="E34" s="8">
         <v>53800</v>
       </c>
       <c r="F34" s="8">
         <v>51759</v>
       </c>
       <c r="G34" s="8">
         <v>49414</v>
       </c>
       <c r="H34" s="8">
         <v>58442</v>
       </c>
       <c r="I34" s="8">
         <v>48260</v>
       </c>
       <c r="J34" s="8">
         <v>187516</v>
       </c>
       <c r="K34" s="8">
         <v>80695</v>
       </c>
       <c r="L34" s="8">
         <v>161613</v>
       </c>
       <c r="M34" s="8">
         <v>40235</v>
       </c>
       <c r="N34" s="8">
         <v>862641</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B35" s="8">
         <v>894463</v>
       </c>
       <c r="C35" s="8">
         <v>706645</v>
       </c>
       <c r="D35" s="8">
         <v>886506</v>
       </c>
       <c r="E35" s="8">
         <v>906930</v>
       </c>
       <c r="F35" s="8">
         <v>947454</v>
       </c>
       <c r="G35" s="8">
         <v>800018</v>
       </c>
       <c r="H35" s="8">
         <v>628702</v>
       </c>
       <c r="I35" s="8">
         <v>978995</v>
       </c>
       <c r="J35" s="8">
         <v>766551</v>
       </c>
       <c r="K35" s="8">
         <v>1156233</v>
       </c>
       <c r="L35" s="8">
         <v>777510</v>
       </c>
       <c r="M35" s="8">
         <v>698199</v>
       </c>
       <c r="N35" s="8">
         <v>10148205</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B36" s="8">
         <v>9633000</v>
       </c>
       <c r="C36" s="8">
         <v>9513867</v>
       </c>
       <c r="D36" s="8">
         <v>11137111</v>
       </c>
       <c r="E36" s="8">
         <v>10940389</v>
       </c>
       <c r="F36" s="8">
         <v>10755515</v>
       </c>
       <c r="G36" s="8">
         <v>9830388</v>
       </c>
       <c r="H36" s="8">
         <v>9035984</v>
       </c>
       <c r="I36" s="8">
         <v>10227562</v>
       </c>
       <c r="J36" s="8">
         <v>11401200</v>
       </c>
       <c r="K36" s="8">
         <v>12375637</v>
       </c>
       <c r="L36" s="8">
         <v>9906956</v>
       </c>
       <c r="M36" s="8">
         <v>8315112</v>
       </c>
       <c r="N36" s="8">
         <v>123072721</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B37" s="8">
         <v>8205718</v>
       </c>
       <c r="C37" s="8">
         <v>7261404</v>
       </c>
       <c r="D37" s="8">
         <v>8846858</v>
       </c>
       <c r="E37" s="8">
         <v>8659921</v>
       </c>
       <c r="F37" s="8">
         <v>8437037</v>
       </c>
       <c r="G37" s="8">
         <v>8738306</v>
       </c>
       <c r="H37" s="8">
         <v>8147051</v>
       </c>
       <c r="I37" s="8">
         <v>9107712</v>
       </c>
       <c r="J37" s="8">
         <v>8758753</v>
       </c>
       <c r="K37" s="8">
         <v>10020663</v>
       </c>
       <c r="L37" s="8">
         <v>8275787</v>
       </c>
       <c r="M37" s="8">
         <v>7081532</v>
       </c>
       <c r="N37" s="8">
         <v>101540742</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B38" s="8">
         <v>772833</v>
       </c>
       <c r="C38" s="8">
         <v>2116852</v>
       </c>
       <c r="D38" s="8">
         <v>675380</v>
       </c>
       <c r="E38" s="8">
         <v>1009215</v>
       </c>
       <c r="F38" s="8">
         <v>1346436</v>
       </c>
       <c r="G38" s="8">
         <v>1187529</v>
       </c>
       <c r="H38" s="8">
         <v>1232924</v>
       </c>
       <c r="I38" s="8">
         <v>1068647</v>
       </c>
       <c r="J38" s="8">
         <v>781281</v>
       </c>
       <c r="K38" s="8">
         <v>704678</v>
       </c>
       <c r="L38" s="8">
         <v>828566</v>
       </c>
       <c r="M38" s="8">
         <v>808279</v>
       </c>
       <c r="N38" s="8">
         <v>12532619</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B39" s="8">
         <v>870190</v>
       </c>
       <c r="C39" s="8">
         <v>971648</v>
       </c>
       <c r="D39" s="8">
         <v>1019705</v>
       </c>
       <c r="E39" s="8">
         <v>1405810</v>
       </c>
       <c r="F39" s="8">
         <v>1323260</v>
       </c>
       <c r="G39" s="8">
         <v>1359611</v>
       </c>
       <c r="H39" s="8">
         <v>1420235</v>
       </c>
       <c r="I39" s="8">
         <v>1178574</v>
       </c>
       <c r="J39" s="8">
         <v>1185595</v>
       </c>
       <c r="K39" s="8">
         <v>1814943</v>
       </c>
       <c r="L39" s="8">
         <v>1202917</v>
       </c>
       <c r="M39" s="8">
         <v>1004297</v>
       </c>
       <c r="N39" s="8">
         <v>14756786</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B40" s="8">
         <v>224457</v>
       </c>
       <c r="C40" s="8">
         <v>162538</v>
       </c>
       <c r="D40" s="8">
         <v>127835</v>
       </c>
       <c r="E40" s="8">
         <v>159088</v>
       </c>
       <c r="F40" s="8">
         <v>164718</v>
       </c>
       <c r="G40" s="8">
         <v>179057</v>
       </c>
       <c r="H40" s="8">
         <v>175784</v>
       </c>
       <c r="I40" s="8">
         <v>206699</v>
       </c>
       <c r="J40" s="8">
         <v>186957</v>
       </c>
       <c r="K40" s="8">
         <v>226643</v>
       </c>
       <c r="L40" s="8">
         <v>198223</v>
       </c>
       <c r="M40" s="8">
         <v>202706</v>
       </c>
       <c r="N40" s="8">
         <v>2214704</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B41" s="8">
         <v>99948</v>
       </c>
       <c r="C41" s="8">
         <v>66822</v>
       </c>
       <c r="D41" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E41" s="8">
         <v>99344</v>
       </c>
       <c r="F41" s="8">
         <v>90445</v>
       </c>
       <c r="G41" s="8">
         <v>51121</v>
       </c>
       <c r="H41" s="8">
         <v>83054</v>
       </c>
       <c r="I41" s="8">
         <v>81023</v>
       </c>
       <c r="J41" s="8">
         <v>67731</v>
       </c>
       <c r="K41" s="8">
         <v>133443</v>
       </c>
       <c r="L41" s="8">
         <v>72646</v>
       </c>
       <c r="M41" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N41" s="8">
         <v>1429769</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B42" s="8">
         <v>3599102</v>
       </c>
       <c r="C42" s="8">
         <v>3380259</v>
       </c>
       <c r="D42" s="8">
         <v>3147095</v>
       </c>
       <c r="E42" s="8">
         <v>3359635</v>
       </c>
       <c r="F42" s="8">
         <v>3720603</v>
       </c>
       <c r="G42" s="8">
         <v>3833773</v>
       </c>
       <c r="H42" s="8">
         <v>3454492</v>
       </c>
       <c r="I42" s="8">
         <v>4053110</v>
       </c>
       <c r="J42" s="8">
         <v>4054920</v>
       </c>
       <c r="K42" s="8">
         <v>3827373</v>
       </c>
       <c r="L42" s="8">
         <v>2716720</v>
       </c>
       <c r="M42" s="8">
         <v>2370304</v>
       </c>
       <c r="N42" s="8">
         <v>41517386</v>
       </c>
     </row>
     <row r="43" ht="15" customHeight="1">
       <c r="A43" s="7" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B43" s="8">
         <v>2880422</v>
       </c>
       <c r="C43" s="8">
         <v>2746707</v>
       </c>
       <c r="D43" s="8">
         <v>2541928</v>
       </c>
       <c r="E43" s="8">
         <v>2672281</v>
       </c>
       <c r="F43" s="8">
         <v>3130883</v>
       </c>
       <c r="G43" s="8">
         <v>3093684</v>
       </c>
       <c r="H43" s="8">
         <v>2699208</v>
       </c>
       <c r="I43" s="8">
         <v>3023879</v>
       </c>
       <c r="J43" s="8">
         <v>3160650</v>
       </c>
       <c r="K43" s="8">
         <v>3132737</v>
       </c>
       <c r="L43" s="8">
         <v>2108320</v>
       </c>
       <c r="M43" s="8">
         <v>1893445</v>
       </c>
       <c r="N43" s="8">
         <v>33084144</v>
       </c>
     </row>
     <row r="44" ht="15" customHeight="1">
       <c r="A44" s="7" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B44" s="8">
         <v>718680</v>
       </c>
       <c r="C44" s="8">
         <v>633552</v>
       </c>
       <c r="D44" s="8">
         <v>605166</v>
       </c>
       <c r="E44" s="8">
         <v>687354</v>
       </c>
       <c r="F44" s="8">
         <v>589720</v>
       </c>
       <c r="G44" s="8">
         <v>740089</v>
       </c>
       <c r="H44" s="8">
         <v>755284</v>
       </c>
       <c r="I44" s="8">
         <v>1029230</v>
       </c>
       <c r="J44" s="8">
         <v>894270</v>
       </c>
       <c r="K44" s="8">
         <v>694636</v>
       </c>
       <c r="L44" s="8">
         <v>608400</v>
       </c>
       <c r="M44" s="8">
         <v>476859</v>
       </c>
       <c r="N44" s="8">
         <v>8433242</v>
       </c>
     </row>
     <row r="45" ht="15" customHeight="1">
       <c r="A45" s="7" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B45" s="8">
         <v>59764374</v>
       </c>
       <c r="C45" s="8">
-        <v>57049011</v>
+        <v>57049071</v>
       </c>
       <c r="D45" s="8">
-        <v>58587752</v>
+        <v>58587762</v>
       </c>
       <c r="E45" s="8">
-        <v>60280447</v>
+        <v>60280477</v>
       </c>
       <c r="F45" s="8">
-        <v>64652540</v>
+        <v>64652659</v>
       </c>
       <c r="G45" s="8">
-        <v>32002157</v>
+        <v>32002279</v>
       </c>
       <c r="H45" s="8">
-        <v>60660041</v>
+        <v>60660071</v>
       </c>
       <c r="I45" s="8">
-        <v>62035081</v>
+        <v>62035111</v>
       </c>
       <c r="J45" s="8">
-        <v>56944259</v>
+        <v>56944279</v>
       </c>
       <c r="K45" s="8">
-        <v>70444122</v>
+        <v>70444383</v>
       </c>
       <c r="L45" s="8">
-        <v>61379347</v>
+        <v>61379367</v>
       </c>
       <c r="M45" s="8">
-        <v>56550474</v>
+        <v>56550589</v>
       </c>
       <c r="N45" s="8">
-        <v>700349607</v>
+        <v>700350425</v>
       </c>
     </row>
     <row r="46" ht="15" customHeight="1">
       <c r="A46" s="7" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B46" s="8">
         <v>37326770</v>
       </c>
       <c r="C46" s="8">
         <v>34844687</v>
       </c>
       <c r="D46" s="8">
         <v>36283008</v>
       </c>
       <c r="E46" s="8">
         <v>36289617</v>
       </c>
       <c r="F46" s="8">
         <v>38655273</v>
       </c>
       <c r="G46" s="8">
         <v>9262930</v>
       </c>
       <c r="H46" s="8">
         <v>37590392</v>
       </c>
       <c r="I46" s="8">
         <v>38238438</v>
       </c>
       <c r="J46" s="8">
         <v>33389744</v>
       </c>
       <c r="K46" s="8">
         <v>36649457</v>
       </c>
       <c r="L46" s="8">
         <v>38771618</v>
       </c>
       <c r="M46" s="8">
         <v>37844248</v>
       </c>
       <c r="N46" s="8">
         <v>415146181</v>
       </c>
     </row>
     <row r="47" ht="15" customHeight="1">
       <c r="A47" s="7" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B47" s="8">
         <v>2171828</v>
       </c>
       <c r="C47" s="8">
         <v>1736776</v>
       </c>
       <c r="D47" s="8">
         <v>1921093</v>
       </c>
       <c r="E47" s="8">
         <v>2068488</v>
       </c>
       <c r="F47" s="8">
         <v>1856710</v>
       </c>
       <c r="G47" s="8">
         <v>1585228</v>
       </c>
       <c r="H47" s="8">
         <v>2070849</v>
       </c>
       <c r="I47" s="8">
         <v>1704538</v>
       </c>
       <c r="J47" s="8">
         <v>1949201</v>
       </c>
       <c r="K47" s="8">
         <v>2231256</v>
       </c>
       <c r="L47" s="8">
         <v>1646733</v>
       </c>
       <c r="M47" s="8">
         <v>1547805</v>
       </c>
       <c r="N47" s="8">
         <v>22490504</v>
       </c>
     </row>
     <row r="48" ht="15" customHeight="1">
       <c r="A48" s="7" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B48" s="8">
         <v>8876335</v>
       </c>
       <c r="C48" s="8">
-        <v>9164155</v>
+        <v>9164205</v>
       </c>
       <c r="D48" s="8">
         <v>8949393</v>
       </c>
       <c r="E48" s="8">
         <v>9453846</v>
       </c>
       <c r="F48" s="8">
-        <v>9691478</v>
+        <v>9691577</v>
       </c>
       <c r="G48" s="8">
-        <v>9081175</v>
+        <v>9081267</v>
       </c>
       <c r="H48" s="8">
         <v>8525821</v>
       </c>
       <c r="I48" s="8">
         <v>9178242</v>
       </c>
       <c r="J48" s="8">
         <v>9349047</v>
       </c>
       <c r="K48" s="8">
-        <v>10556320</v>
+        <v>10556449</v>
       </c>
       <c r="L48" s="8">
         <v>8790390</v>
       </c>
       <c r="M48" s="8">
-        <v>7198645</v>
+        <v>7198760</v>
       </c>
       <c r="N48" s="8">
-        <v>108814847</v>
+        <v>108815333</v>
       </c>
     </row>
     <row r="49" ht="15" customHeight="1">
       <c r="A49" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B49" s="8">
         <v>1114574</v>
       </c>
       <c r="C49" s="8">
         <v>998552</v>
       </c>
       <c r="D49" s="8">
         <v>842434</v>
       </c>
       <c r="E49" s="8">
         <v>1274831</v>
       </c>
       <c r="F49" s="8">
         <v>1041389</v>
       </c>
       <c r="G49" s="8">
         <v>667507</v>
       </c>
       <c r="H49" s="8">
         <v>846969</v>
       </c>
       <c r="I49" s="8">
         <v>1331600</v>
       </c>
       <c r="J49" s="8">
         <v>1069367</v>
       </c>
       <c r="K49" s="8">
-        <v>1072740</v>
+        <v>1072842</v>
       </c>
       <c r="L49" s="8">
         <v>1138779</v>
       </c>
       <c r="M49" s="8">
         <v>1518106</v>
       </c>
       <c r="N49" s="8">
-        <v>12916847</v>
+        <v>12916949</v>
       </c>
     </row>
     <row r="50" ht="15" customHeight="1">
       <c r="A50" s="7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B50" s="8">
         <v>47381</v>
       </c>
       <c r="C50" s="8">
         <v>69925</v>
       </c>
       <c r="D50" s="8">
         <v>89936</v>
       </c>
       <c r="E50" s="8">
         <v>43515</v>
       </c>
       <c r="F50" s="8">
         <v>73600</v>
       </c>
       <c r="G50" s="8">
         <v>67573</v>
       </c>
       <c r="H50" s="8">
         <v>75434</v>
       </c>
       <c r="I50" s="8">
         <v>53618</v>
       </c>
       <c r="J50" s="8">
         <v>51405</v>
       </c>
       <c r="K50" s="8">
         <v>51587</v>
       </c>
       <c r="L50" s="8">
         <v>78530</v>
       </c>
       <c r="M50" s="8">
         <v>31486</v>
       </c>
       <c r="N50" s="8">
         <v>733989</v>
       </c>
     </row>
     <row r="51" ht="15" customHeight="1">
       <c r="A51" s="7" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B51" s="8">
         <v>4652539</v>
       </c>
       <c r="C51" s="8">
         <v>5024112</v>
       </c>
       <c r="D51" s="8">
         <v>4845066</v>
       </c>
       <c r="E51" s="8">
         <v>5272263</v>
       </c>
       <c r="F51" s="8">
         <v>6571528</v>
       </c>
       <c r="G51" s="8">
         <v>5083315</v>
       </c>
       <c r="H51" s="8">
         <v>5299317</v>
       </c>
       <c r="I51" s="8">
         <v>4935781</v>
       </c>
       <c r="J51" s="8">
         <v>5651342</v>
       </c>
       <c r="K51" s="8">
         <v>13312618</v>
       </c>
       <c r="L51" s="8">
         <v>5348134</v>
       </c>
       <c r="M51" s="8">
         <v>4646649</v>
       </c>
       <c r="N51" s="8">
         <v>70642665</v>
       </c>
     </row>
     <row r="52" ht="15" customHeight="1">
       <c r="A52" s="7" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B52" s="8">
         <v>690991</v>
       </c>
       <c r="C52" s="8">
         <v>542391</v>
       </c>
       <c r="D52" s="8">
         <v>684455</v>
       </c>
       <c r="E52" s="8">
         <v>620087</v>
       </c>
       <c r="F52" s="8">
         <v>701644</v>
       </c>
       <c r="G52" s="8">
         <v>707292</v>
       </c>
       <c r="H52" s="8">
         <v>613588</v>
       </c>
       <c r="I52" s="8">
         <v>950255</v>
       </c>
       <c r="J52" s="8">
         <v>607955</v>
       </c>
       <c r="K52" s="8">
         <v>685822</v>
       </c>
       <c r="L52" s="8">
         <v>425149</v>
       </c>
       <c r="M52" s="8">
         <v>311168</v>
       </c>
       <c r="N52" s="8">
         <v>7540797</v>
       </c>
     </row>
     <row r="53" ht="15" customHeight="1">
       <c r="A53" s="7" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B53" s="8">
         <v>2730151</v>
       </c>
       <c r="C53" s="8">
         <v>2474619</v>
       </c>
       <c r="D53" s="8">
         <v>2669919</v>
       </c>
       <c r="E53" s="8">
         <v>2720587</v>
       </c>
       <c r="F53" s="8">
         <v>3203491</v>
       </c>
       <c r="G53" s="8">
         <v>2891552</v>
       </c>
       <c r="H53" s="8">
         <v>2971970</v>
       </c>
       <c r="I53" s="8">
         <v>2793553</v>
       </c>
       <c r="J53" s="8">
         <v>2517900</v>
       </c>
       <c r="K53" s="8">
         <v>2802741</v>
       </c>
       <c r="L53" s="8">
         <v>2662713</v>
       </c>
       <c r="M53" s="8">
         <v>1905451</v>
       </c>
       <c r="N53" s="8">
         <v>32344648</v>
       </c>
     </row>
     <row r="54" ht="15" customHeight="1">
       <c r="A54" s="7" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B54" s="8">
         <v>1067506</v>
       </c>
       <c r="C54" s="8">
-        <v>1036125</v>
+        <v>1036135</v>
       </c>
       <c r="D54" s="8">
-        <v>1271070</v>
+        <v>1271080</v>
       </c>
       <c r="E54" s="8">
-        <v>1180302</v>
+        <v>1180332</v>
       </c>
       <c r="F54" s="8">
-        <v>954328</v>
+        <v>954348</v>
       </c>
       <c r="G54" s="8">
-        <v>1143618</v>
+        <v>1143648</v>
       </c>
       <c r="H54" s="8">
-        <v>989796</v>
+        <v>989826</v>
       </c>
       <c r="I54" s="8">
-        <v>1495958</v>
+        <v>1495988</v>
       </c>
       <c r="J54" s="8">
-        <v>1136603</v>
+        <v>1136623</v>
       </c>
       <c r="K54" s="8">
-        <v>1531708</v>
+        <v>1531738</v>
       </c>
       <c r="L54" s="8">
-        <v>1232375</v>
+        <v>1232395</v>
       </c>
       <c r="M54" s="8">
         <v>1058135</v>
       </c>
       <c r="N54" s="8">
-        <v>14097524</v>
+        <v>14097754</v>
       </c>
     </row>
     <row r="55" ht="15" customHeight="1">
       <c r="A55" s="7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B55" s="8">
         <v>1086300</v>
       </c>
       <c r="C55" s="8">
         <v>1157669</v>
       </c>
       <c r="D55" s="8">
         <v>1031379</v>
       </c>
       <c r="E55" s="8">
         <v>1356913</v>
       </c>
       <c r="F55" s="8">
         <v>1903099</v>
       </c>
       <c r="G55" s="8">
         <v>1511968</v>
       </c>
       <c r="H55" s="8">
         <v>1675904</v>
       </c>
       <c r="I55" s="8">
         <v>1353099</v>
       </c>
       <c r="J55" s="8">
         <v>1221694</v>
       </c>
       <c r="K55" s="8">
         <v>1549874</v>
       </c>
       <c r="L55" s="8">
         <v>1284925</v>
       </c>
       <c r="M55" s="8">
         <v>488780</v>
       </c>
       <c r="N55" s="8">
         <v>15621605</v>
       </c>
     </row>
     <row r="56" ht="15" customHeight="1">
       <c r="A56" s="7" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B56" s="8">
         <v>1919547</v>
       </c>
       <c r="C56" s="8">
         <v>2050953</v>
       </c>
       <c r="D56" s="8">
         <v>2114186</v>
       </c>
       <c r="E56" s="8">
         <v>2104411</v>
       </c>
       <c r="F56" s="8">
         <v>2278220</v>
       </c>
       <c r="G56" s="8">
         <v>2185830</v>
       </c>
       <c r="H56" s="8">
         <v>1821364</v>
       </c>
       <c r="I56" s="8">
         <v>2282081</v>
       </c>
       <c r="J56" s="8">
         <v>2163534</v>
       </c>
       <c r="K56" s="8">
         <v>2481091</v>
       </c>
       <c r="L56" s="8">
         <v>2071347</v>
       </c>
       <c r="M56" s="8">
         <v>1988384</v>
       </c>
       <c r="N56" s="8">
         <v>25460947</v>
       </c>
     </row>
     <row r="57" ht="15" customHeight="1">
       <c r="A57" s="7" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B57" s="8">
         <v>366608</v>
       </c>
       <c r="C57" s="8">
         <v>370712</v>
       </c>
       <c r="D57" s="8">
         <v>392853</v>
       </c>
       <c r="E57" s="8">
         <v>484188</v>
       </c>
       <c r="F57" s="8">
         <v>583022</v>
       </c>
       <c r="G57" s="8">
         <v>343484</v>
       </c>
       <c r="H57" s="8">
         <v>331665</v>
       </c>
       <c r="I57" s="8">
         <v>360061</v>
       </c>
       <c r="J57" s="8">
         <v>332154</v>
       </c>
       <c r="K57" s="8">
         <v>406128</v>
       </c>
       <c r="L57" s="8">
         <v>369135</v>
       </c>
       <c r="M57" s="8">
         <v>350414</v>
       </c>
       <c r="N57" s="8">
         <v>4690424</v>
       </c>
     </row>
     <row r="58" ht="15" customHeight="1">
       <c r="A58" s="7" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B58" s="8">
         <v>1552938</v>
       </c>
       <c r="C58" s="8">
         <v>1680241</v>
       </c>
       <c r="D58" s="8">
         <v>1721333</v>
       </c>
       <c r="E58" s="8">
         <v>1620224</v>
       </c>
       <c r="F58" s="8">
         <v>1695197</v>
       </c>
       <c r="G58" s="8">
         <v>1842346</v>
       </c>
       <c r="H58" s="8">
         <v>1489699</v>
       </c>
       <c r="I58" s="8">
         <v>1922021</v>
       </c>
       <c r="J58" s="8">
         <v>1831380</v>
       </c>
       <c r="K58" s="8">
         <v>2074963</v>
       </c>
       <c r="L58" s="8">
         <v>1702212</v>
       </c>
       <c r="M58" s="8">
         <v>1637970</v>
       </c>
       <c r="N58" s="8">
         <v>20770523</v>
       </c>
     </row>
     <row r="59" ht="15" customHeight="1">
       <c r="A59" s="7" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B59" s="8">
         <v>4285296</v>
       </c>
       <c r="C59" s="8">
         <v>3752944</v>
       </c>
       <c r="D59" s="8">
         <v>3315413</v>
       </c>
       <c r="E59" s="8">
         <v>5004721</v>
       </c>
       <c r="F59" s="8">
         <v>4339249</v>
       </c>
       <c r="G59" s="8">
         <v>4540811</v>
       </c>
       <c r="H59" s="8">
         <v>3998890</v>
       </c>
       <c r="I59" s="8">
         <v>4266844</v>
       </c>
       <c r="J59" s="8">
         <v>3878841</v>
       </c>
       <c r="K59" s="8">
         <v>5202078</v>
       </c>
       <c r="L59" s="8">
         <v>4454974</v>
       </c>
       <c r="M59" s="8">
         <v>3810168</v>
       </c>
       <c r="N59" s="8">
         <v>50850230</v>
       </c>
     </row>
     <row r="60" ht="15" customHeight="1">
       <c r="A60" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B60" s="8">
         <v>687939</v>
       </c>
       <c r="C60" s="8">
         <v>717645</v>
       </c>
       <c r="D60" s="8">
         <v>892075</v>
       </c>
       <c r="E60" s="8">
         <v>917725</v>
       </c>
       <c r="F60" s="8">
         <v>653387</v>
       </c>
       <c r="G60" s="8">
         <v>743719</v>
       </c>
       <c r="H60" s="8">
         <v>828618</v>
       </c>
       <c r="I60" s="8">
         <v>762559</v>
       </c>
       <c r="J60" s="8">
         <v>805086</v>
       </c>
       <c r="K60" s="8">
         <v>919397</v>
       </c>
       <c r="L60" s="8">
         <v>892375</v>
       </c>
       <c r="M60" s="8">
         <v>726092</v>
       </c>
       <c r="N60" s="8">
         <v>9546616</v>
       </c>
     </row>
     <row r="61" ht="15" customHeight="1">
       <c r="A61" s="7" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="B61" s="8">
         <v>1696315</v>
       </c>
       <c r="C61" s="8">
         <v>1457762</v>
       </c>
       <c r="D61" s="8">
         <v>1217197</v>
       </c>
       <c r="E61" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="F61" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="G61" s="8">
         <v>1819092</v>
       </c>
       <c r="H61" s="8">
         <v>1085481</v>
       </c>
       <c r="I61" s="8">
         <v>1193892</v>
       </c>
       <c r="J61" s="8">
         <v>1167525</v>
       </c>
       <c r="K61" s="8">
         <v>1854497</v>
       </c>
       <c r="L61" s="8">
         <v>1578164</v>
       </c>
       <c r="M61" s="8">
         <v>1366661</v>
       </c>
       <c r="N61" s="8">
         <v>18415450</v>
       </c>
     </row>
     <row r="62" ht="15" customHeight="1">
       <c r="A62" s="7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B62" s="8">
         <v>722349</v>
       </c>
       <c r="C62" s="8">
         <v>776312</v>
       </c>
       <c r="D62" s="8">
         <v>453159</v>
       </c>
       <c r="E62" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="F62" s="8">
         <v>471923</v>
       </c>
       <c r="G62" s="8">
         <v>1048103</v>
       </c>
       <c r="H62" s="8">
         <v>1109934</v>
       </c>
       <c r="I62" s="8">
         <v>945483</v>
       </c>
       <c r="J62" s="8">
         <v>930271</v>
       </c>
       <c r="K62" s="8">
         <v>1459800</v>
       </c>
       <c r="L62" s="8">
         <v>934339</v>
       </c>
       <c r="M62" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N62" s="8">
         <v>10714103</v>
       </c>
     </row>
     <row r="63" ht="15" customHeight="1">
       <c r="A63" s="7" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="B63" s="8">
         <v>1178694</v>
       </c>
       <c r="C63" s="8">
         <v>801224</v>
       </c>
       <c r="D63" s="8">
         <v>752982</v>
       </c>
       <c r="E63" s="8">
         <v>1050379</v>
       </c>
       <c r="F63" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="G63" s="8">
         <v>929897</v>
       </c>
       <c r="H63" s="8">
         <v>974857</v>
       </c>
       <c r="I63" s="8">
         <v>1364911</v>
       </c>
       <c r="J63" s="8">
         <v>975959</v>
       </c>
       <c r="K63" s="8">
         <v>968384</v>
       </c>
       <c r="L63" s="8">
         <v>1050096</v>
       </c>
       <c r="M63" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N63" s="8">
         <v>12174061</v>
       </c>
     </row>
     <row r="64" ht="15" customHeight="1">
       <c r="A64" s="7" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="E64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="H64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="I64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="J64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="K64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="L64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="M64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="N64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="65" ht="15" customHeight="1">
       <c r="A65" s="7" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B65" s="8">
         <v>764457985</v>
       </c>
       <c r="C65" s="8">
         <v>701806227</v>
       </c>
       <c r="D65" s="8">
         <v>729430635</v>
       </c>
       <c r="E65" s="8">
         <v>775614539</v>
       </c>
       <c r="F65" s="8">
         <v>804452692</v>
       </c>
       <c r="G65" s="8">
         <v>755457907</v>
       </c>
       <c r="H65" s="8">
         <v>827989006</v>
       </c>
       <c r="I65" s="8">
         <v>804190617</v>
       </c>
       <c r="J65" s="8">
         <v>764219126</v>
       </c>
       <c r="K65" s="8">
         <v>792739641</v>
       </c>
       <c r="L65" s="8">
         <v>725100930</v>
       </c>
       <c r="M65" s="8">
         <v>797722345</v>
       </c>
       <c r="N65" s="8">
         <v>9243181651</v>
       </c>
     </row>
     <row r="66" ht="15" customHeight="1">
       <c r="A66" s="7" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="B66" s="8">
         <v>143569864</v>
       </c>
       <c r="C66" s="8">
         <v>140330423</v>
       </c>
       <c r="D66" s="8">
         <v>138346882</v>
       </c>
       <c r="E66" s="8">
         <v>129779999</v>
       </c>
       <c r="F66" s="8">
         <v>177742819</v>
       </c>
       <c r="G66" s="8">
         <v>159251839</v>
       </c>
       <c r="H66" s="8">
         <v>185401583</v>
       </c>
       <c r="I66" s="8">
         <v>183626989</v>
       </c>
       <c r="J66" s="8">
         <v>152297549</v>
       </c>
       <c r="K66" s="8">
         <v>157094697</v>
       </c>
       <c r="L66" s="8">
         <v>163196699</v>
       </c>
       <c r="M66" s="8">
         <v>165149951</v>
       </c>
       <c r="N66" s="8">
         <v>1895789294</v>
       </c>
     </row>
     <row r="67" ht="15" customHeight="1">
       <c r="A67" s="7" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="B67" s="8">
         <v>695641504</v>
       </c>
       <c r="C67" s="8">
         <v>584988208</v>
       </c>
       <c r="D67" s="8">
         <v>600733998</v>
       </c>
       <c r="E67" s="8">
         <v>624989756</v>
       </c>
       <c r="F67" s="8">
         <v>651192305</v>
       </c>
       <c r="G67" s="8">
         <v>587501847</v>
       </c>
       <c r="H67" s="8">
         <v>665798232</v>
       </c>
       <c r="I67" s="8">
         <v>622721321</v>
       </c>
       <c r="J67" s="8">
         <v>613264574</v>
       </c>
       <c r="K67" s="8">
         <v>707383730</v>
       </c>
       <c r="L67" s="8">
         <v>606970525</v>
       </c>
       <c r="M67" s="8">
         <v>678738259</v>
       </c>
       <c r="N67" s="8">
         <v>7639924259</v>
       </c>
     </row>
     <row r="68" ht="15" customHeight="1">
       <c r="A68" s="7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="C68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="F68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="G68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="H68" s="8">
         <v>1306967</v>
       </c>
       <c r="I68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="J68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="K68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M68" s="8">
         <v>538538</v>
       </c>
       <c r="N68" s="8">
         <v>17496406</v>
       </c>
     </row>
     <row r="69" ht="15" customHeight="1">
       <c r="A69" s="7" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B69" s="8">
         <v>147694588</v>
       </c>
       <c r="C69" s="8">
         <v>133032242</v>
       </c>
       <c r="D69" s="8">
         <v>125321199</v>
       </c>
       <c r="E69" s="8">
         <v>116875698</v>
       </c>
       <c r="F69" s="8">
         <v>95696963</v>
       </c>
       <c r="G69" s="8">
         <v>100680445</v>
       </c>
       <c r="H69" s="8">
         <v>104700305</v>
       </c>
       <c r="I69" s="8">
         <v>114415162</v>
       </c>
       <c r="J69" s="8">
         <v>100126543</v>
       </c>
       <c r="K69" s="8">
         <v>137479690</v>
       </c>
       <c r="L69" s="8">
         <v>114431812</v>
       </c>
       <c r="M69" s="8">
         <v>103753205</v>
       </c>
       <c r="N69" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="70" ht="15" customHeight="1">
       <c r="A70" s="7" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="B70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="E70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="H70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="I70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="J70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="K70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="L70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="M70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="N70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="71" ht="15" customHeight="1">
       <c r="A71" s="7" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B71" s="8">
         <v>32521609</v>
       </c>
       <c r="C71" s="8">
         <v>29178728</v>
       </c>
       <c r="D71" s="8">
         <v>28085635</v>
       </c>
       <c r="E71" s="8">
         <v>37615696</v>
       </c>
       <c r="F71" s="8">
         <v>26411359</v>
       </c>
       <c r="G71" s="8">
         <v>27055281</v>
       </c>
       <c r="H71" s="8">
         <v>27750691</v>
       </c>
       <c r="I71" s="8">
         <v>32178387</v>
       </c>
       <c r="J71" s="8">
         <v>25976002</v>
       </c>
       <c r="K71" s="8">
         <v>27260029</v>
       </c>
       <c r="L71" s="8">
         <v>21719837</v>
       </c>
       <c r="M71" s="8">
         <v>28731502</v>
       </c>
       <c r="N71" s="8">
         <v>344484756</v>
       </c>
     </row>
     <row r="72" ht="15" customHeight="1">
       <c r="A72" s="7" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="B72" s="8">
         <v>13831597</v>
       </c>
       <c r="C72" s="8">
         <v>14071732</v>
       </c>
       <c r="D72" s="8">
         <v>11551722</v>
       </c>
       <c r="E72" s="8">
         <v>13393780</v>
       </c>
       <c r="F72" s="8">
         <v>11700293</v>
       </c>
       <c r="G72" s="8">
         <v>11662107</v>
       </c>
       <c r="H72" s="8">
         <v>12585424</v>
       </c>
       <c r="I72" s="8">
         <v>13791638</v>
       </c>
       <c r="J72" s="8">
         <v>12112245</v>
       </c>
       <c r="K72" s="8">
         <v>14551117</v>
       </c>
       <c r="L72" s="8">
         <v>11790731</v>
       </c>
       <c r="M72" s="8">
         <v>12982786</v>
       </c>
       <c r="N72" s="8">
         <v>154025173</v>
       </c>
     </row>
     <row r="73" ht="15" customHeight="1">
       <c r="A73" s="7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B73" s="8">
         <v>7857119</v>
       </c>
       <c r="C73" s="8">
         <v>8224987</v>
       </c>
       <c r="D73" s="8">
         <v>8799005</v>
       </c>
       <c r="E73" s="8">
         <v>10637861</v>
       </c>
       <c r="F73" s="8">
         <v>8305302</v>
       </c>
       <c r="G73" s="8">
         <v>9347280</v>
       </c>
       <c r="H73" s="8">
         <v>7854321</v>
       </c>
       <c r="I73" s="8">
         <v>9018797</v>
       </c>
       <c r="J73" s="8">
         <v>8708120</v>
       </c>
       <c r="K73" s="8">
         <v>6987128</v>
       </c>
       <c r="L73" s="8">
         <v>7123494</v>
       </c>
       <c r="M73" s="8">
         <v>7456218</v>
       </c>
       <c r="N73" s="8">
         <v>100319632</v>
       </c>
     </row>
     <row r="74" ht="15" customHeight="1">
       <c r="A74" s="7" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B74" s="8">
         <v>2344843</v>
       </c>
       <c r="C74" s="8">
         <v>1071474</v>
       </c>
       <c r="D74" s="8">
         <v>1267035</v>
       </c>
       <c r="E74" s="8">
         <v>1176270</v>
       </c>
       <c r="F74" s="8">
         <v>1512249</v>
       </c>
       <c r="G74" s="8">
         <v>1702094</v>
       </c>
       <c r="H74" s="8">
         <v>1529954</v>
       </c>
       <c r="I74" s="8">
         <v>1149555</v>
       </c>
       <c r="J74" s="8">
         <v>1425918</v>
       </c>
       <c r="K74" s="8">
         <v>1926526</v>
       </c>
       <c r="L74" s="8">
         <v>2072883</v>
       </c>
       <c r="M74" s="8">
         <v>1838676</v>
       </c>
       <c r="N74" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="75" ht="12" customHeight="1"/>
     <row r="76" ht="14" customHeight="1">
       <c r="A76" s="10" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="B76" s="10"/>
       <c r="C76" s="10"/>
       <c r="D76" s="10"/>
       <c r="E76" s="10"/>
       <c r="F76" s="10"/>
       <c r="G76" s="10"/>
       <c r="H76" s="10"/>
       <c r="I76" s="10"/>
       <c r="J76" s="10"/>
       <c r="K76" s="10"/>
       <c r="L76" s="10"/>
       <c r="M76" s="10"/>
       <c r="N76" s="10"/>
     </row>
     <row r="77" ht="14" customHeight="1">
       <c r="A77" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B77" s="11"/>
       <c r="C77" s="11"/>
       <c r="D77" s="11"/>
       <c r="E77" s="11"/>
       <c r="F77" s="11"/>
       <c r="G77" s="11"/>
       <c r="H77" s="11"/>
       <c r="I77" s="11"/>
       <c r="J77" s="11"/>
       <c r="K77" s="11"/>
       <c r="L77" s="11"/>
       <c r="M77" s="11"/>
       <c r="N77" s="11"/>
     </row>
     <row r="78" ht="14" customHeight="1">
       <c r="A78" s="12" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="B78" s="12"/>
       <c r="C78" s="12"/>
       <c r="D78" s="12"/>
       <c r="E78" s="12"/>
       <c r="F78" s="12"/>
       <c r="G78" s="12"/>
       <c r="H78" s="12"/>
       <c r="I78" s="12"/>
       <c r="J78" s="12"/>
       <c r="K78" s="12"/>
       <c r="L78" s="12"/>
       <c r="M78" s="12"/>
       <c r="N78" s="12"/>
     </row>
     <row r="79" ht="43" customHeight="1">
       <c r="A79" s="12" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="B79" s="12"/>
       <c r="C79" s="12"/>
       <c r="D79" s="12"/>
       <c r="E79" s="12"/>
       <c r="F79" s="12"/>
       <c r="G79" s="12"/>
       <c r="H79" s="12"/>
       <c r="I79" s="12"/>
       <c r="J79" s="12"/>
       <c r="K79" s="12"/>
       <c r="L79" s="12"/>
       <c r="M79" s="12"/>
       <c r="N79" s="12"/>
     </row>
     <row r="80" ht="14" customHeight="1">
       <c r="A80" s="12" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B80" s="12"/>
       <c r="C80" s="12"/>
       <c r="D80" s="12"/>
       <c r="E80" s="12"/>
       <c r="F80" s="12"/>
       <c r="G80" s="12"/>
       <c r="H80" s="12"/>
       <c r="I80" s="12"/>
       <c r="J80" s="12"/>
       <c r="K80" s="12"/>
       <c r="L80" s="12"/>
       <c r="M80" s="12"/>
       <c r="N80" s="12"/>
     </row>
     <row r="81" ht="12" customHeight="1">
       <c r="A81" s="13" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="B81" s="13"/>
       <c r="C81" s="13"/>
       <c r="D81" s="13"/>
       <c r="E81" s="13"/>
       <c r="F81" s="13"/>
       <c r="G81" s="13"/>
       <c r="H81" s="13"/>
       <c r="I81" s="13"/>
       <c r="J81" s="13"/>
       <c r="K81" s="13"/>
       <c r="L81" s="13"/>
       <c r="M81" s="13"/>
       <c r="N81" s="13"/>
     </row>
     <row r="82" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A76:N76"/>
@@ -37795,3111 +38643,3111 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="B9" s="8">
-        <v>2235</v>
+        <v>2236</v>
       </c>
       <c r="C9" s="8">
-        <v>2245</v>
+        <v>2246</v>
       </c>
       <c r="D9" s="8">
-        <v>2254</v>
+        <v>2256</v>
       </c>
       <c r="E9" s="8">
-        <v>2268</v>
+        <v>2270</v>
       </c>
       <c r="F9" s="8">
-        <v>2279</v>
+        <v>2281</v>
       </c>
       <c r="G9" s="8">
-        <v>2301</v>
+        <v>2303</v>
       </c>
       <c r="H9" s="8">
-        <v>2314</v>
+        <v>2316</v>
       </c>
       <c r="I9" s="8">
-        <v>2337</v>
+        <v>2340</v>
       </c>
       <c r="J9" s="8">
-        <v>2368</v>
+        <v>2371</v>
       </c>
       <c r="K9" s="8">
-        <v>2369</v>
+        <v>2372</v>
       </c>
       <c r="L9" s="8">
-        <v>2390</v>
+        <v>2393</v>
       </c>
       <c r="M9" s="8">
-        <v>2414</v>
+        <v>2417</v>
       </c>
       <c r="N9" s="8">
-        <v>2588</v>
+        <v>2590</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="B10" s="8">
         <v>1677661043</v>
       </c>
       <c r="C10" s="8">
-        <v>1562672600</v>
+        <v>1562672461</v>
       </c>
       <c r="D10" s="8">
-        <v>1715681712</v>
+        <v>1715682255</v>
       </c>
       <c r="E10" s="8">
-        <v>1588625188</v>
+        <v>1588625126</v>
       </c>
       <c r="F10" s="8">
-        <v>1711779355</v>
+        <v>1711779145</v>
       </c>
       <c r="G10" s="8">
-        <v>1634592060</v>
+        <v>1634591981</v>
       </c>
       <c r="H10" s="8">
-        <v>1758799956</v>
+        <v>1758799794</v>
       </c>
       <c r="I10" s="8">
-        <v>1726173685</v>
+        <v>1726173480</v>
       </c>
       <c r="J10" s="8">
-        <v>1598990898</v>
+        <v>1598990756</v>
       </c>
       <c r="K10" s="8">
-        <v>1648692401</v>
+        <v>1648692183</v>
       </c>
       <c r="L10" s="8">
-        <v>1682534427</v>
+        <v>1682534238</v>
       </c>
       <c r="M10" s="8">
-        <v>1679003709</v>
+        <v>1679004423</v>
       </c>
       <c r="N10" s="8">
-        <v>19985207034</v>
+        <v>19985206886</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B11" s="8">
         <v>17257667</v>
       </c>
       <c r="C11" s="8">
-        <v>17500673</v>
+        <v>17500534</v>
       </c>
       <c r="D11" s="8">
-        <v>19625777</v>
+        <v>19626380</v>
       </c>
       <c r="E11" s="8">
-        <v>18618464</v>
+        <v>18618398</v>
       </c>
       <c r="F11" s="8">
-        <v>19157934</v>
+        <v>19157805</v>
       </c>
       <c r="G11" s="8">
-        <v>16857023</v>
+        <v>16856938</v>
       </c>
       <c r="H11" s="8">
-        <v>13884337</v>
+        <v>13884171</v>
       </c>
       <c r="I11" s="8">
-        <v>13588229</v>
+        <v>13588019</v>
       </c>
       <c r="J11" s="8">
-        <v>15740721</v>
+        <v>15740571</v>
       </c>
       <c r="K11" s="8">
-        <v>18540915</v>
+        <v>18540811</v>
       </c>
       <c r="L11" s="8">
-        <v>18749403</v>
+        <v>18749265</v>
       </c>
       <c r="M11" s="8">
-        <v>19102123</v>
+        <v>19102881</v>
       </c>
       <c r="N11" s="8">
-        <v>208623265</v>
+        <v>208623439</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B12" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="C12" s="8">
         <v>81006</v>
       </c>
       <c r="D12" s="8">
         <v>189599</v>
       </c>
       <c r="E12" s="8">
         <v>164717</v>
       </c>
       <c r="F12" s="8">
         <v>195356</v>
       </c>
       <c r="G12" s="8">
         <v>229023</v>
       </c>
       <c r="H12" s="8">
         <v>213749</v>
       </c>
       <c r="I12" s="8">
         <v>1813854</v>
       </c>
       <c r="J12" s="8">
-        <v>3060192</v>
+        <v>3060194</v>
       </c>
       <c r="K12" s="8">
-        <v>3250976</v>
+        <v>3250977</v>
       </c>
       <c r="L12" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M12" s="8">
-        <v>1295155</v>
+        <v>1295099</v>
       </c>
       <c r="N12" s="8">
-        <v>12492327</v>
+        <v>12492275</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B13" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="C13" s="8">
         <v>802106</v>
       </c>
       <c r="D13" s="8">
-        <v>728464</v>
+        <v>728404</v>
       </c>
       <c r="E13" s="8">
-        <v>584970</v>
+        <v>584974</v>
       </c>
       <c r="F13" s="8">
-        <v>751392</v>
+        <v>751312</v>
       </c>
       <c r="G13" s="8">
-        <v>663328</v>
+        <v>663335</v>
       </c>
       <c r="H13" s="8">
-        <v>1023196</v>
+        <v>1023201</v>
       </c>
       <c r="I13" s="8">
-        <v>1121363</v>
+        <v>1121366</v>
       </c>
       <c r="J13" s="8">
-        <v>907422</v>
+        <v>907429</v>
       </c>
       <c r="K13" s="8">
-        <v>859440</v>
+        <v>859325</v>
       </c>
       <c r="L13" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M13" s="8">
-        <v>622786</v>
+        <v>622798</v>
       </c>
       <c r="N13" s="8">
-        <v>9707852</v>
+        <v>9707582</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>1659127368</v>
       </c>
       <c r="C14" s="8">
         <v>1544288814</v>
       </c>
       <c r="D14" s="8">
         <v>1695137872</v>
       </c>
       <c r="E14" s="8">
         <v>1569257037</v>
       </c>
       <c r="F14" s="8">
         <v>1691674672</v>
       </c>
       <c r="G14" s="8">
         <v>1616842687</v>
       </c>
       <c r="H14" s="8">
         <v>1743678673</v>
       </c>
       <c r="I14" s="8">
         <v>1709650239</v>
       </c>
       <c r="J14" s="8">
         <v>1579282562</v>
       </c>
       <c r="K14" s="8">
         <v>1626041071</v>
       </c>
       <c r="L14" s="8">
         <v>1661418948</v>
       </c>
       <c r="M14" s="8">
         <v>1657983645</v>
       </c>
       <c r="N14" s="8">
         <v>19754383590</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B15" s="8">
         <v>24628696</v>
       </c>
       <c r="C15" s="8">
-        <v>25930658</v>
+        <v>25930668</v>
       </c>
       <c r="D15" s="8">
-        <v>28338410</v>
+        <v>28338430</v>
       </c>
       <c r="E15" s="8">
-        <v>29054096</v>
+        <v>29054134</v>
       </c>
       <c r="F15" s="8">
-        <v>33105578</v>
+        <v>33105671</v>
       </c>
       <c r="G15" s="8">
-        <v>27627204</v>
+        <v>27627230</v>
       </c>
       <c r="H15" s="8">
-        <v>26265814</v>
+        <v>26265785</v>
       </c>
       <c r="I15" s="8">
-        <v>30868957</v>
+        <v>30868978</v>
       </c>
       <c r="J15" s="8">
-        <v>27266789</v>
+        <v>27266775</v>
       </c>
       <c r="K15" s="8">
-        <v>38294711</v>
+        <v>38294740</v>
       </c>
       <c r="L15" s="8">
-        <v>82634117</v>
+        <v>82634020</v>
       </c>
       <c r="M15" s="8">
-        <v>40382259</v>
+        <v>40382134</v>
       </c>
       <c r="N15" s="8">
-        <v>414397288</v>
+        <v>414397261</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B16" s="8">
         <v>227779808</v>
       </c>
       <c r="C16" s="8">
         <v>272544519</v>
       </c>
       <c r="D16" s="8">
         <v>399613365</v>
       </c>
       <c r="E16" s="8">
         <v>199764375</v>
       </c>
       <c r="F16" s="8">
         <v>155848041</v>
       </c>
       <c r="G16" s="8">
         <v>232440935</v>
       </c>
       <c r="H16" s="8">
         <v>118416644</v>
       </c>
       <c r="I16" s="8">
         <v>114855140</v>
       </c>
       <c r="J16" s="8">
         <v>145967641</v>
       </c>
       <c r="K16" s="8">
         <v>196580875</v>
       </c>
       <c r="L16" s="8">
         <v>180431705</v>
       </c>
       <c r="M16" s="8">
         <v>227519225</v>
       </c>
       <c r="N16" s="8">
         <v>2471762273</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B17" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="C17" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D17" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E17" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="F17" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="G17" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="H17" s="8">
         <v>824741</v>
       </c>
       <c r="I17" s="8">
         <v>2711104</v>
       </c>
       <c r="J17" s="8">
         <v>2837997</v>
       </c>
       <c r="K17" s="8">
         <v>1505321</v>
       </c>
       <c r="L17" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M17" s="8">
         <v>668688</v>
       </c>
       <c r="N17" s="8">
         <v>80768709</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B18" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="C18" s="8">
         <v>263240770</v>
       </c>
       <c r="D18" s="8">
         <v>309491672</v>
       </c>
       <c r="E18" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="F18" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="G18" s="8">
         <v>222183039</v>
       </c>
       <c r="H18" s="8">
         <v>117217369</v>
       </c>
       <c r="I18" s="8">
         <v>111863793</v>
       </c>
       <c r="J18" s="8">
         <v>102569573</v>
       </c>
       <c r="K18" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L18" s="8">
         <v>154978649</v>
       </c>
       <c r="M18" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N18" s="8">
         <v>2198534407</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B19" s="8">
         <v>170577</v>
       </c>
       <c r="C19" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D19" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E19" s="8">
         <v>185478</v>
       </c>
       <c r="F19" s="8">
         <v>153436</v>
       </c>
       <c r="G19" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="H19" s="8">
         <v>374533</v>
       </c>
       <c r="I19" s="8">
         <v>280242</v>
       </c>
       <c r="J19" s="8">
         <v>40560072</v>
       </c>
       <c r="K19" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L19" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M19" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N19" s="8">
         <v>192459158</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B20" s="8">
-        <v>1022486034</v>
+        <v>1022484971</v>
       </c>
       <c r="C20" s="8">
-        <v>1058891928</v>
+        <v>1058890887</v>
       </c>
       <c r="D20" s="8">
-        <v>1049834602</v>
+        <v>1049837188</v>
       </c>
       <c r="E20" s="8">
-        <v>1088280089</v>
+        <v>1088282556</v>
       </c>
       <c r="F20" s="8">
-        <v>1110994497</v>
+        <v>1110996823</v>
       </c>
       <c r="G20" s="8">
-        <v>1042777814</v>
+        <v>1042780036</v>
       </c>
       <c r="H20" s="8">
-        <v>1106074967</v>
+        <v>1106076970</v>
       </c>
       <c r="I20" s="8">
-        <v>1075698140</v>
+        <v>1075700094</v>
       </c>
       <c r="J20" s="8">
-        <v>1129146253</v>
+        <v>1129148030</v>
       </c>
       <c r="K20" s="8">
-        <v>1088090868</v>
+        <v>1088092774</v>
       </c>
       <c r="L20" s="8">
-        <v>1233196178</v>
+        <v>1233197940</v>
       </c>
       <c r="M20" s="8">
-        <v>1209306525</v>
+        <v>1209309130</v>
       </c>
       <c r="N20" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B21" s="8">
-        <v>744820579</v>
+        <v>744819579</v>
       </c>
       <c r="C21" s="8">
-        <v>754756651</v>
+        <v>754755512</v>
       </c>
       <c r="D21" s="8">
-        <v>761577607</v>
+        <v>761579716</v>
       </c>
       <c r="E21" s="8">
-        <v>768489794</v>
+        <v>768491839</v>
       </c>
       <c r="F21" s="8">
-        <v>775869044</v>
+        <v>775870988</v>
       </c>
       <c r="G21" s="8">
-        <v>784303639</v>
+        <v>784305499</v>
       </c>
       <c r="H21" s="8">
-        <v>786837285</v>
+        <v>786838946</v>
       </c>
       <c r="I21" s="8">
-        <v>789241520</v>
+        <v>789243041</v>
       </c>
       <c r="J21" s="8">
-        <v>795106963</v>
+        <v>795108328</v>
       </c>
       <c r="K21" s="8">
-        <v>801596187</v>
+        <v>801597620</v>
       </c>
       <c r="L21" s="8">
-        <v>811381247</v>
+        <v>811382615</v>
       </c>
       <c r="M21" s="8">
-        <v>823662300</v>
+        <v>823664568</v>
       </c>
       <c r="N21" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B22" s="8">
         <v>37214569</v>
       </c>
       <c r="C22" s="8">
         <v>36104179</v>
       </c>
       <c r="D22" s="8">
-        <v>36115596</v>
+        <v>36115947</v>
       </c>
       <c r="E22" s="8">
-        <v>34960590</v>
+        <v>34960941</v>
       </c>
       <c r="F22" s="8">
-        <v>34206220</v>
+        <v>34206572</v>
       </c>
       <c r="G22" s="8">
-        <v>30793503</v>
+        <v>30793854</v>
       </c>
       <c r="H22" s="8">
-        <v>33263575</v>
+        <v>33263927</v>
       </c>
       <c r="I22" s="8">
-        <v>33478356</v>
+        <v>33478708</v>
       </c>
       <c r="J22" s="8">
-        <v>35391440</v>
+        <v>35391792</v>
       </c>
       <c r="K22" s="8">
-        <v>36554374</v>
+        <v>36554726</v>
       </c>
       <c r="L22" s="8">
-        <v>35539330</v>
+        <v>35539682</v>
       </c>
       <c r="M22" s="8">
-        <v>38351652</v>
+        <v>38351946</v>
       </c>
       <c r="N22" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B23" s="8">
-        <v>7536238</v>
+        <v>7536174</v>
       </c>
       <c r="C23" s="8">
-        <v>7537906</v>
+        <v>7537905</v>
       </c>
       <c r="D23" s="8">
-        <v>7568243</v>
+        <v>7568288</v>
       </c>
       <c r="E23" s="8">
-        <v>7631878</v>
+        <v>7631889</v>
       </c>
       <c r="F23" s="8">
-        <v>7065668</v>
+        <v>7065658</v>
       </c>
       <c r="G23" s="8">
-        <v>6948957</v>
+        <v>6948948</v>
       </c>
       <c r="H23" s="8">
-        <v>7740475</v>
+        <v>7740466</v>
       </c>
       <c r="I23" s="8">
-        <v>9155865</v>
+        <v>9155856</v>
       </c>
       <c r="J23" s="8">
-        <v>9978479</v>
+        <v>9978469</v>
       </c>
       <c r="K23" s="8">
-        <v>10234333</v>
+        <v>10234403</v>
       </c>
       <c r="L23" s="8">
-        <v>9542083</v>
+        <v>9542095</v>
       </c>
       <c r="M23" s="8">
-        <v>9645769</v>
+        <v>9645782</v>
       </c>
       <c r="N23" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B24" s="8">
         <v>232914649</v>
       </c>
       <c r="C24" s="8">
-        <v>260493191</v>
+        <v>260493291</v>
       </c>
       <c r="D24" s="8">
-        <v>244573156</v>
+        <v>244573236</v>
       </c>
       <c r="E24" s="8">
-        <v>277197827</v>
+        <v>277197887</v>
       </c>
       <c r="F24" s="8">
-        <v>293853565</v>
+        <v>293853605</v>
       </c>
       <c r="G24" s="8">
-        <v>220731715</v>
+        <v>220731735</v>
       </c>
       <c r="H24" s="8">
         <v>278233632</v>
       </c>
       <c r="I24" s="8">
-        <v>243822399</v>
+        <v>243822489</v>
       </c>
       <c r="J24" s="8">
-        <v>288669370</v>
+        <v>288669440</v>
       </c>
       <c r="K24" s="8">
-        <v>239705975</v>
+        <v>239706025</v>
       </c>
       <c r="L24" s="8">
-        <v>376733519</v>
+        <v>376733549</v>
       </c>
       <c r="M24" s="8">
-        <v>337646804</v>
+        <v>337646834</v>
       </c>
       <c r="N24" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B25" s="8">
-        <v>15591262015</v>
+        <v>15589488146</v>
       </c>
       <c r="C25" s="8">
-        <v>14144871583</v>
+        <v>14141369596</v>
       </c>
       <c r="D25" s="8">
-        <v>15517609399</v>
+        <v>15516616372</v>
       </c>
       <c r="E25" s="8">
-        <v>16821904069</v>
+        <v>16820675253</v>
       </c>
       <c r="F25" s="8">
-        <v>15251364236</v>
+        <v>15251200783</v>
       </c>
       <c r="G25" s="8">
-        <v>15357714864</v>
+        <v>15165458071</v>
       </c>
       <c r="H25" s="8">
-        <v>15795754347</v>
+        <v>15616530179</v>
       </c>
       <c r="I25" s="8">
-        <v>16535906295</v>
+        <v>16528632797</v>
       </c>
       <c r="J25" s="8">
-        <v>14655848637</v>
+        <v>14649151705</v>
       </c>
       <c r="K25" s="8">
-        <v>15320552683</v>
+        <v>15312536956</v>
       </c>
       <c r="L25" s="8">
-        <v>15200042423</v>
+        <v>15092821084</v>
       </c>
       <c r="M25" s="8">
-        <v>15430187423</v>
+        <v>15427851063</v>
       </c>
       <c r="N25" s="8">
-        <v>185623017975</v>
+        <v>185112332005</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B26" s="8">
         <v>15179545722</v>
       </c>
       <c r="C26" s="8">
         <v>13850512435</v>
       </c>
       <c r="D26" s="8">
-        <v>15112774799</v>
+        <v>15112777731</v>
       </c>
       <c r="E26" s="8">
         <v>16446005276</v>
       </c>
       <c r="F26" s="8">
         <v>14882472022</v>
       </c>
       <c r="G26" s="8">
         <v>14883512091</v>
       </c>
       <c r="H26" s="8">
-        <v>15283136461</v>
+        <v>15283135720</v>
       </c>
       <c r="I26" s="8">
-        <v>15999830349</v>
+        <v>15999829350</v>
       </c>
       <c r="J26" s="8">
         <v>14213268494</v>
       </c>
       <c r="K26" s="8">
         <v>14710028319</v>
       </c>
       <c r="L26" s="8">
         <v>14508721897</v>
       </c>
       <c r="M26" s="8">
-        <v>14973739088</v>
+        <v>14973746651</v>
       </c>
       <c r="N26" s="8">
-        <v>180043546953</v>
+        <v>180043555708</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B27" s="8">
         <v>30330588</v>
       </c>
       <c r="C27" s="8">
         <v>30010679</v>
       </c>
       <c r="D27" s="8">
-        <v>34177272</v>
+        <v>34182321</v>
       </c>
       <c r="E27" s="8">
         <v>35510507</v>
       </c>
       <c r="F27" s="8">
         <v>32866713</v>
       </c>
       <c r="G27" s="8">
         <v>28699222</v>
       </c>
       <c r="H27" s="8">
         <v>28499080</v>
       </c>
       <c r="I27" s="8">
         <v>24383640</v>
       </c>
       <c r="J27" s="8">
         <v>28355123</v>
       </c>
       <c r="K27" s="8">
         <v>33459892</v>
       </c>
       <c r="L27" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M27" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N27" s="8">
-        <v>377676273</v>
+        <v>377681322</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B28" s="8">
-        <v>314302849</v>
+        <v>312528980</v>
       </c>
       <c r="C28" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D28" s="8">
-        <v>284244200</v>
+        <v>283243192</v>
       </c>
       <c r="E28" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="F28" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="G28" s="8">
-        <v>324233657</v>
-[...2 lines deleted...]
-        <v>383315848</v>
+        <v>131976863</v>
+      </c>
+      <c r="H28" s="9" t="s">
+        <v>55</v>
       </c>
       <c r="I28" s="8">
-        <v>403369887</v>
+        <v>396098578</v>
       </c>
       <c r="J28" s="8">
-        <v>321373501</v>
+        <v>314676569</v>
       </c>
       <c r="K28" s="8">
-        <v>403637738</v>
+        <v>395622011</v>
       </c>
       <c r="L28" s="8">
-        <v>375971613</v>
+        <v>268750757</v>
       </c>
       <c r="M28" s="8">
-        <v>358345615</v>
+        <v>355999559</v>
       </c>
       <c r="N28" s="8">
-        <v>3774654510</v>
+        <v>3263957334</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B29" s="8">
         <v>67082856</v>
       </c>
       <c r="C29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D29" s="8">
         <v>86413128</v>
       </c>
       <c r="E29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="F29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="G29" s="8">
         <v>121269894</v>
       </c>
-      <c r="H29" s="8">
-        <v>100802958</v>
+      <c r="H29" s="9" t="s">
+        <v>55</v>
       </c>
       <c r="I29" s="8">
-        <v>108322419</v>
+        <v>108321228</v>
       </c>
       <c r="J29" s="8">
         <v>92851519</v>
       </c>
       <c r="K29" s="8">
         <v>173426733</v>
       </c>
       <c r="L29" s="8">
-        <v>280131323</v>
+        <v>280130840</v>
       </c>
       <c r="M29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N29" s="8">
-        <v>1427140239</v>
+        <v>1427137641</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B30" s="8">
         <v>31429480</v>
       </c>
       <c r="C30" s="8">
         <v>28975027</v>
       </c>
       <c r="D30" s="8">
         <v>31534451</v>
       </c>
       <c r="E30" s="8">
-        <v>30989514</v>
+        <v>30989540</v>
       </c>
       <c r="F30" s="8">
-        <v>33562461</v>
+        <v>33562500</v>
       </c>
       <c r="G30" s="8">
         <v>32856849</v>
       </c>
       <c r="H30" s="8">
-        <v>29156470</v>
+        <v>29156498</v>
       </c>
       <c r="I30" s="8">
         <v>33316840</v>
       </c>
       <c r="J30" s="8">
-        <v>29636057</v>
+        <v>29636059</v>
       </c>
       <c r="K30" s="8">
         <v>36744023</v>
       </c>
       <c r="L30" s="8">
         <v>33630121</v>
       </c>
       <c r="M30" s="8">
         <v>26612517</v>
       </c>
       <c r="N30" s="8">
-        <v>378443810</v>
+        <v>378443905</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B31" s="8">
         <v>6232252</v>
       </c>
       <c r="C31" s="8">
         <v>6491498</v>
       </c>
       <c r="D31" s="8">
         <v>6501294</v>
       </c>
       <c r="E31" s="8">
         <v>6068250</v>
       </c>
       <c r="F31" s="8">
-        <v>6599424</v>
+        <v>6599529</v>
       </c>
       <c r="G31" s="8">
         <v>6316955</v>
       </c>
       <c r="H31" s="8">
-        <v>5782665</v>
+        <v>5782698</v>
       </c>
       <c r="I31" s="8">
         <v>6330526</v>
       </c>
       <c r="J31" s="8">
-        <v>5814730</v>
+        <v>5814806</v>
       </c>
       <c r="K31" s="8">
         <v>7322791</v>
       </c>
       <c r="L31" s="8">
         <v>7301951</v>
       </c>
       <c r="M31" s="8">
         <v>4813098</v>
       </c>
       <c r="N31" s="8">
-        <v>75575435</v>
+        <v>75575649</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B32" s="8">
         <v>2293908</v>
       </c>
       <c r="C32" s="8">
         <v>1414301</v>
       </c>
       <c r="D32" s="8">
         <v>1769501</v>
       </c>
       <c r="E32" s="8">
         <v>1765229</v>
       </c>
       <c r="F32" s="8">
         <v>1841381</v>
       </c>
       <c r="G32" s="8">
         <v>1954754</v>
       </c>
       <c r="H32" s="8">
         <v>1621803</v>
       </c>
       <c r="I32" s="8">
         <v>2260499</v>
       </c>
       <c r="J32" s="8">
         <v>1849468</v>
       </c>
       <c r="K32" s="8">
         <v>2267745</v>
       </c>
       <c r="L32" s="8">
         <v>1216400</v>
       </c>
       <c r="M32" s="8">
         <v>1458019</v>
       </c>
       <c r="N32" s="8">
         <v>21713007</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B33" s="8">
         <v>3233771</v>
       </c>
       <c r="C33" s="8">
         <v>3604448</v>
       </c>
       <c r="D33" s="8">
         <v>2917219</v>
       </c>
       <c r="E33" s="8">
         <v>3556752</v>
       </c>
       <c r="F33" s="8">
         <v>3949735</v>
       </c>
       <c r="G33" s="8">
         <v>3709855</v>
       </c>
       <c r="H33" s="8">
         <v>3058979</v>
       </c>
       <c r="I33" s="8">
         <v>3145354</v>
       </c>
       <c r="J33" s="8">
         <v>2216739</v>
       </c>
       <c r="K33" s="8">
         <v>3688389</v>
       </c>
       <c r="L33" s="8">
         <v>3519690</v>
       </c>
       <c r="M33" s="8">
         <v>2881467</v>
       </c>
       <c r="N33" s="8">
         <v>39482398</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B34" s="8">
         <v>30592</v>
       </c>
       <c r="C34" s="8">
         <v>40907</v>
       </c>
       <c r="D34" s="8">
         <v>28952</v>
       </c>
       <c r="E34" s="8">
-        <v>45459</v>
+        <v>45486</v>
       </c>
       <c r="F34" s="8">
         <v>48352</v>
       </c>
       <c r="G34" s="8">
         <v>44100</v>
       </c>
       <c r="H34" s="8">
         <v>58627</v>
       </c>
       <c r="I34" s="8">
         <v>45762</v>
       </c>
       <c r="J34" s="8">
         <v>46717</v>
       </c>
       <c r="K34" s="8">
         <v>101598</v>
       </c>
       <c r="L34" s="8">
         <v>33059</v>
       </c>
       <c r="M34" s="8">
         <v>32842</v>
       </c>
       <c r="N34" s="8">
-        <v>556969</v>
+        <v>556996</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B35" s="8">
         <v>780868</v>
       </c>
       <c r="C35" s="8">
         <v>798039</v>
       </c>
       <c r="D35" s="8">
         <v>395008</v>
       </c>
       <c r="E35" s="8">
         <v>828685</v>
       </c>
       <c r="F35" s="8">
         <v>1035490</v>
       </c>
       <c r="G35" s="8">
         <v>556205</v>
       </c>
       <c r="H35" s="8">
-        <v>862680</v>
+        <v>862674</v>
       </c>
       <c r="I35" s="8">
         <v>881321</v>
       </c>
       <c r="J35" s="8">
         <v>907017</v>
       </c>
       <c r="K35" s="8">
         <v>802861</v>
       </c>
       <c r="L35" s="8">
         <v>1040863</v>
       </c>
       <c r="M35" s="8">
         <v>547611</v>
       </c>
       <c r="N35" s="8">
-        <v>9436649</v>
+        <v>9436643</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B36" s="8">
         <v>9764662</v>
       </c>
       <c r="C36" s="8">
         <v>8970421</v>
       </c>
       <c r="D36" s="8">
         <v>11055228</v>
       </c>
       <c r="E36" s="8">
         <v>9838762</v>
       </c>
       <c r="F36" s="8">
         <v>10928673</v>
       </c>
       <c r="G36" s="8">
         <v>11367364</v>
       </c>
       <c r="H36" s="8">
         <v>9722944</v>
       </c>
       <c r="I36" s="8">
         <v>11206933</v>
       </c>
       <c r="J36" s="8">
         <v>10225147</v>
       </c>
       <c r="K36" s="8">
         <v>12379049</v>
       </c>
       <c r="L36" s="8">
         <v>11060230</v>
       </c>
       <c r="M36" s="8">
         <v>9134521</v>
       </c>
       <c r="N36" s="8">
         <v>125653933</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B37" s="8">
         <v>6498728</v>
       </c>
       <c r="C37" s="8">
         <v>5206948</v>
       </c>
       <c r="D37" s="8">
         <v>5886453</v>
       </c>
       <c r="E37" s="8">
         <v>6625798</v>
       </c>
       <c r="F37" s="8">
         <v>6433804</v>
       </c>
       <c r="G37" s="8">
         <v>6683998</v>
       </c>
       <c r="H37" s="8">
         <v>5770645</v>
       </c>
       <c r="I37" s="8">
         <v>6890570</v>
       </c>
       <c r="J37" s="8">
         <v>6374932</v>
       </c>
       <c r="K37" s="8">
         <v>7757136</v>
       </c>
       <c r="L37" s="8">
         <v>7104134</v>
       </c>
       <c r="M37" s="8">
         <v>6147233</v>
       </c>
       <c r="N37" s="8">
         <v>77380378</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B38" s="8">
         <v>1200136</v>
       </c>
       <c r="C38" s="8">
         <v>934962</v>
       </c>
       <c r="D38" s="8">
         <v>1661031</v>
       </c>
       <c r="E38" s="8">
         <v>873871</v>
       </c>
       <c r="F38" s="8">
         <v>1391284</v>
       </c>
       <c r="G38" s="8">
         <v>990624</v>
       </c>
       <c r="H38" s="8">
         <v>1210016</v>
       </c>
       <c r="I38" s="8">
         <v>1066239</v>
       </c>
       <c r="J38" s="8">
         <v>894967</v>
       </c>
       <c r="K38" s="8">
         <v>954707</v>
       </c>
       <c r="L38" s="8">
         <v>915330</v>
       </c>
       <c r="M38" s="8">
         <v>571549</v>
       </c>
       <c r="N38" s="8">
         <v>12664717</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B39" s="8">
         <v>1201373</v>
       </c>
       <c r="C39" s="8">
         <v>1317303</v>
       </c>
       <c r="D39" s="8">
         <v>1181983</v>
       </c>
       <c r="E39" s="8">
         <v>1235811</v>
       </c>
       <c r="F39" s="8">
         <v>1177681</v>
       </c>
       <c r="G39" s="8">
         <v>1072765</v>
       </c>
       <c r="H39" s="8">
         <v>926377</v>
       </c>
       <c r="I39" s="8">
         <v>1291163</v>
       </c>
       <c r="J39" s="8">
         <v>1107018</v>
       </c>
       <c r="K39" s="8">
         <v>1285341</v>
       </c>
       <c r="L39" s="8">
         <v>1165548</v>
       </c>
       <c r="M39" s="8">
         <v>896462</v>
       </c>
       <c r="N39" s="8">
         <v>13858824</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B40" s="8">
         <v>193189</v>
       </c>
       <c r="C40" s="8">
         <v>196200</v>
       </c>
       <c r="D40" s="8">
         <v>137784</v>
       </c>
       <c r="E40" s="8">
         <v>150895</v>
       </c>
       <c r="F40" s="8">
-        <v>156637</v>
+        <v>156571</v>
       </c>
       <c r="G40" s="8">
         <v>160228</v>
       </c>
       <c r="H40" s="8">
         <v>141734</v>
       </c>
       <c r="I40" s="8">
         <v>198474</v>
       </c>
       <c r="J40" s="8">
-        <v>199322</v>
+        <v>199248</v>
       </c>
       <c r="K40" s="8">
         <v>184406</v>
       </c>
       <c r="L40" s="8">
         <v>272916</v>
       </c>
       <c r="M40" s="8">
         <v>129715</v>
       </c>
       <c r="N40" s="8">
-        <v>2121499</v>
+        <v>2121359</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B41" s="8">
         <v>76427</v>
       </c>
       <c r="C41" s="8">
         <v>89343</v>
       </c>
       <c r="D41" s="8">
         <v>54255</v>
       </c>
       <c r="E41" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="F41" s="8">
-        <v>87443</v>
+        <v>87377</v>
       </c>
       <c r="G41" s="8">
         <v>71679</v>
       </c>
       <c r="H41" s="8">
         <v>41365</v>
       </c>
       <c r="I41" s="8">
         <v>101860</v>
       </c>
       <c r="J41" s="8">
         <v>94831</v>
       </c>
       <c r="K41" s="8">
-        <v>58907</v>
+        <v>58821</v>
       </c>
       <c r="L41" s="8">
         <v>63037</v>
       </c>
       <c r="M41" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N41" s="8">
-        <v>1134240</v>
+        <v>1134089</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B42" s="8">
         <v>4269937</v>
       </c>
       <c r="C42" s="8">
         <v>2534577</v>
       </c>
       <c r="D42" s="8">
         <v>4014308</v>
       </c>
       <c r="E42" s="8">
         <v>4344834</v>
       </c>
       <c r="F42" s="8">
         <v>4053977</v>
       </c>
       <c r="G42" s="8">
         <v>4427029</v>
       </c>
       <c r="H42" s="8">
         <v>4031359</v>
       </c>
       <c r="I42" s="8">
         <v>4700371</v>
       </c>
       <c r="J42" s="8">
         <v>4366863</v>
       </c>
       <c r="K42" s="8">
         <v>3703120</v>
       </c>
       <c r="L42" s="8">
         <v>3249230</v>
       </c>
       <c r="M42" s="8">
         <v>2003978</v>
       </c>
       <c r="N42" s="8">
         <v>45699584</v>
       </c>
     </row>
     <row r="43" ht="15" customHeight="1">
       <c r="A43" s="7" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B43" s="8">
         <v>2788138</v>
       </c>
       <c r="C43" s="8">
         <v>1447289</v>
       </c>
       <c r="D43" s="8">
         <v>2827267</v>
       </c>
       <c r="E43" s="8">
         <v>3102192</v>
       </c>
       <c r="F43" s="8">
         <v>3122810</v>
       </c>
       <c r="G43" s="8">
         <v>3230037</v>
       </c>
       <c r="H43" s="8">
         <v>3094222</v>
       </c>
       <c r="I43" s="8">
         <v>3263340</v>
       </c>
       <c r="J43" s="8">
         <v>2940968</v>
       </c>
       <c r="K43" s="8">
         <v>2756090</v>
       </c>
       <c r="L43" s="8">
         <v>2321365</v>
       </c>
       <c r="M43" s="8">
         <v>1376313</v>
       </c>
       <c r="N43" s="8">
         <v>32270031</v>
       </c>
     </row>
     <row r="44" ht="15" customHeight="1">
       <c r="A44" s="7" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B44" s="8">
         <v>1481799</v>
       </c>
       <c r="C44" s="8">
         <v>1087288</v>
       </c>
       <c r="D44" s="8">
         <v>1187041</v>
       </c>
       <c r="E44" s="8">
         <v>1242642</v>
       </c>
       <c r="F44" s="8">
         <v>931167</v>
       </c>
       <c r="G44" s="8">
         <v>1196992</v>
       </c>
       <c r="H44" s="8">
         <v>937137</v>
       </c>
       <c r="I44" s="8">
         <v>1437031</v>
       </c>
       <c r="J44" s="8">
         <v>1425895</v>
       </c>
       <c r="K44" s="8">
         <v>947030</v>
       </c>
       <c r="L44" s="8">
         <v>927865</v>
       </c>
       <c r="M44" s="8">
         <v>627665</v>
       </c>
       <c r="N44" s="8">
         <v>13429553</v>
       </c>
     </row>
     <row r="45" ht="15" customHeight="1">
       <c r="A45" s="7" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B45" s="8">
         <v>63347364</v>
       </c>
       <c r="C45" s="8">
-        <v>56869430</v>
+        <v>56869440</v>
       </c>
       <c r="D45" s="8">
-        <v>63250618</v>
+        <v>63250638</v>
       </c>
       <c r="E45" s="8">
-        <v>57746055</v>
+        <v>57746109</v>
       </c>
       <c r="F45" s="8">
-        <v>62878191</v>
+        <v>62878125</v>
       </c>
       <c r="G45" s="8">
-        <v>59889604</v>
+        <v>59889624</v>
       </c>
       <c r="H45" s="8">
-        <v>58408313</v>
+        <v>58408368</v>
       </c>
       <c r="I45" s="8">
-        <v>63377104</v>
+        <v>63377054</v>
       </c>
       <c r="J45" s="8">
-        <v>54842655</v>
+        <v>54842684</v>
       </c>
       <c r="K45" s="8">
-        <v>70833806</v>
+        <v>70833456</v>
       </c>
       <c r="L45" s="8">
-        <v>59237535</v>
+        <v>59237487</v>
       </c>
       <c r="M45" s="8">
         <v>53202908</v>
       </c>
       <c r="N45" s="8">
-        <v>723883584</v>
+        <v>723883256</v>
       </c>
     </row>
     <row r="46" ht="15" customHeight="1">
       <c r="A46" s="7" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B46" s="8">
         <v>40940644</v>
       </c>
       <c r="C46" s="8">
         <v>34745430</v>
       </c>
       <c r="D46" s="8">
         <v>40482695</v>
       </c>
       <c r="E46" s="8">
         <v>34126797</v>
       </c>
       <c r="F46" s="8">
-        <v>38826399</v>
+        <v>38826327</v>
       </c>
       <c r="G46" s="8">
         <v>37504468</v>
       </c>
       <c r="H46" s="8">
         <v>37650844</v>
       </c>
       <c r="I46" s="8">
-        <v>39573141</v>
+        <v>39573071</v>
       </c>
       <c r="J46" s="8">
         <v>33598651</v>
       </c>
       <c r="K46" s="8">
-        <v>38969079</v>
+        <v>38969013</v>
       </c>
       <c r="L46" s="8">
         <v>36471646</v>
       </c>
       <c r="M46" s="8">
         <v>34808177</v>
       </c>
       <c r="N46" s="8">
-        <v>447697970</v>
+        <v>447697762</v>
       </c>
     </row>
     <row r="47" ht="15" customHeight="1">
       <c r="A47" s="7" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B47" s="8">
         <v>2101942</v>
       </c>
       <c r="C47" s="8">
         <v>1891170</v>
       </c>
       <c r="D47" s="8">
         <v>1874335</v>
       </c>
       <c r="E47" s="8">
         <v>1918899</v>
       </c>
       <c r="F47" s="8">
         <v>1997997</v>
       </c>
       <c r="G47" s="8">
         <v>2079579</v>
       </c>
       <c r="H47" s="8">
         <v>1520819</v>
       </c>
       <c r="I47" s="8">
         <v>1820475</v>
       </c>
       <c r="J47" s="8">
         <v>2503718</v>
       </c>
       <c r="K47" s="8">
         <v>2086747</v>
       </c>
       <c r="L47" s="8">
         <v>2406619</v>
       </c>
       <c r="M47" s="8">
         <v>1911689</v>
       </c>
       <c r="N47" s="8">
         <v>24113989</v>
       </c>
     </row>
     <row r="48" ht="15" customHeight="1">
       <c r="A48" s="7" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B48" s="8">
         <v>8378280</v>
       </c>
       <c r="C48" s="8">
         <v>8260004</v>
       </c>
       <c r="D48" s="8">
         <v>9216057</v>
       </c>
       <c r="E48" s="8">
         <v>9081156</v>
       </c>
       <c r="F48" s="8">
-        <v>8681296</v>
+        <v>8681340</v>
       </c>
       <c r="G48" s="8">
         <v>8920036</v>
       </c>
       <c r="H48" s="8">
-        <v>8336968</v>
+        <v>8337003</v>
       </c>
       <c r="I48" s="8">
         <v>9571582</v>
       </c>
       <c r="J48" s="8">
-        <v>8703365</v>
+        <v>8703373</v>
       </c>
       <c r="K48" s="8">
-        <v>16421110</v>
+        <v>16421006</v>
       </c>
       <c r="L48" s="8">
-        <v>9211265</v>
+        <v>9211196</v>
       </c>
       <c r="M48" s="8">
         <v>6311852</v>
       </c>
       <c r="N48" s="8">
-        <v>111092970</v>
+        <v>111092884</v>
       </c>
     </row>
     <row r="49" ht="15" customHeight="1">
       <c r="A49" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B49" s="8">
         <v>1248813</v>
       </c>
       <c r="C49" s="8">
         <v>1124128</v>
       </c>
       <c r="D49" s="8">
         <v>1118919</v>
       </c>
       <c r="E49" s="8">
         <v>1317936</v>
       </c>
       <c r="F49" s="8">
         <v>1145225</v>
       </c>
       <c r="G49" s="8">
         <v>823688</v>
       </c>
       <c r="H49" s="8">
         <v>821533</v>
       </c>
       <c r="I49" s="8">
         <v>1262560</v>
       </c>
       <c r="J49" s="8">
         <v>1105850</v>
       </c>
       <c r="K49" s="8">
         <v>1240549</v>
       </c>
       <c r="L49" s="8">
         <v>1130220</v>
       </c>
       <c r="M49" s="8">
         <v>751096</v>
       </c>
       <c r="N49" s="8">
         <v>13090516</v>
       </c>
     </row>
     <row r="50" ht="15" customHeight="1">
       <c r="A50" s="7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B50" s="8">
         <v>45084</v>
       </c>
       <c r="C50" s="8">
         <v>40107</v>
       </c>
       <c r="D50" s="8">
         <v>59276</v>
       </c>
       <c r="E50" s="8">
-        <v>37353</v>
+        <v>37387</v>
       </c>
       <c r="F50" s="8">
         <v>83347</v>
       </c>
       <c r="G50" s="8">
         <v>55191</v>
       </c>
       <c r="H50" s="8">
         <v>51771</v>
       </c>
       <c r="I50" s="8">
         <v>45424</v>
       </c>
       <c r="J50" s="8">
         <v>89655</v>
       </c>
       <c r="K50" s="8">
         <v>60812</v>
       </c>
       <c r="L50" s="8">
         <v>53326</v>
       </c>
       <c r="M50" s="8">
         <v>25126</v>
       </c>
       <c r="N50" s="8">
-        <v>646472</v>
+        <v>646507</v>
       </c>
     </row>
     <row r="51" ht="15" customHeight="1">
       <c r="A51" s="7" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B51" s="8">
         <v>4936796</v>
       </c>
       <c r="C51" s="8">
         <v>5367170</v>
       </c>
       <c r="D51" s="8">
         <v>4793040</v>
       </c>
       <c r="E51" s="8">
         <v>5467245</v>
       </c>
       <c r="F51" s="8">
         <v>5848903</v>
       </c>
       <c r="G51" s="8">
         <v>4373586</v>
       </c>
       <c r="H51" s="8">
         <v>4879387</v>
       </c>
       <c r="I51" s="8">
         <v>4655160</v>
       </c>
       <c r="J51" s="8">
         <v>4222709</v>
       </c>
       <c r="K51" s="8">
         <v>5999389</v>
       </c>
       <c r="L51" s="8">
         <v>4367198</v>
       </c>
       <c r="M51" s="8">
         <v>4518659</v>
       </c>
       <c r="N51" s="8">
         <v>59429244</v>
       </c>
     </row>
     <row r="52" ht="15" customHeight="1">
       <c r="A52" s="7" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B52" s="8">
         <v>609516</v>
       </c>
       <c r="C52" s="8">
         <v>630662</v>
       </c>
       <c r="D52" s="8">
         <v>775925</v>
       </c>
       <c r="E52" s="8">
         <v>574316</v>
       </c>
       <c r="F52" s="8">
-        <v>686494</v>
+        <v>686435</v>
       </c>
       <c r="G52" s="8">
         <v>608142</v>
       </c>
       <c r="H52" s="8">
         <v>805840</v>
       </c>
       <c r="I52" s="8">
         <v>707124</v>
       </c>
       <c r="J52" s="8">
         <v>716784</v>
       </c>
       <c r="K52" s="8">
-        <v>697458</v>
+        <v>697258</v>
       </c>
       <c r="L52" s="8">
         <v>761599</v>
       </c>
       <c r="M52" s="8">
         <v>515258</v>
       </c>
       <c r="N52" s="8">
-        <v>8089117</v>
+        <v>8088858</v>
       </c>
     </row>
     <row r="53" ht="15" customHeight="1">
       <c r="A53" s="7" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B53" s="8">
         <v>2669657</v>
       </c>
       <c r="C53" s="8">
         <v>2373221</v>
       </c>
       <c r="D53" s="8">
         <v>2584494</v>
       </c>
       <c r="E53" s="8">
         <v>2817387</v>
       </c>
       <c r="F53" s="8">
         <v>3026816</v>
       </c>
       <c r="G53" s="8">
         <v>3006732</v>
       </c>
       <c r="H53" s="8">
         <v>2365589</v>
       </c>
       <c r="I53" s="8">
         <v>3257321</v>
       </c>
       <c r="J53" s="8">
         <v>2130168</v>
       </c>
       <c r="K53" s="8">
         <v>3123027</v>
       </c>
       <c r="L53" s="8">
         <v>2665016</v>
       </c>
       <c r="M53" s="8">
         <v>2598498</v>
       </c>
       <c r="N53" s="8">
         <v>32617928</v>
       </c>
     </row>
     <row r="54" ht="15" customHeight="1">
       <c r="A54" s="7" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B54" s="8">
         <v>1239897</v>
       </c>
       <c r="C54" s="8">
-        <v>1055357</v>
+        <v>1055367</v>
       </c>
       <c r="D54" s="8">
-        <v>1089250</v>
+        <v>1089270</v>
       </c>
       <c r="E54" s="8">
-        <v>1011156</v>
+        <v>1011176</v>
       </c>
       <c r="F54" s="8">
-        <v>1101762</v>
+        <v>1101782</v>
       </c>
       <c r="G54" s="8">
-        <v>1203132</v>
+        <v>1203152</v>
       </c>
       <c r="H54" s="8">
-        <v>818017</v>
+        <v>818037</v>
       </c>
       <c r="I54" s="8">
-        <v>1053110</v>
+        <v>1053130</v>
       </c>
       <c r="J54" s="8">
-        <v>852153</v>
+        <v>852173</v>
       </c>
       <c r="K54" s="8">
-        <v>986350</v>
+        <v>986370</v>
       </c>
       <c r="L54" s="8">
-        <v>971772</v>
+        <v>971792</v>
       </c>
       <c r="M54" s="8">
         <v>883631</v>
       </c>
       <c r="N54" s="8">
-        <v>12265587</v>
+        <v>12265777</v>
       </c>
     </row>
     <row r="55" ht="15" customHeight="1">
       <c r="A55" s="7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B55" s="8">
         <v>1176736</v>
       </c>
       <c r="C55" s="8">
         <v>1382181</v>
       </c>
       <c r="D55" s="8">
         <v>1256627</v>
       </c>
       <c r="E55" s="8">
         <v>1393808</v>
       </c>
       <c r="F55" s="8">
         <v>1479951</v>
       </c>
       <c r="G55" s="8">
         <v>1315050</v>
       </c>
       <c r="H55" s="8">
         <v>1157543</v>
       </c>
       <c r="I55" s="8">
         <v>1431207</v>
       </c>
       <c r="J55" s="8">
         <v>919603</v>
       </c>
       <c r="K55" s="8">
         <v>1249286</v>
       </c>
       <c r="L55" s="8">
         <v>1198875</v>
       </c>
       <c r="M55" s="8">
         <v>878923</v>
       </c>
       <c r="N55" s="8">
         <v>14839791</v>
       </c>
     </row>
     <row r="56" ht="15" customHeight="1">
       <c r="A56" s="7" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B56" s="8">
         <v>1903183</v>
       </c>
       <c r="C56" s="8">
         <v>1602060</v>
       </c>
       <c r="D56" s="8">
         <v>1997241</v>
       </c>
       <c r="E56" s="8">
         <v>1736547</v>
       </c>
       <c r="F56" s="8">
         <v>1901223</v>
       </c>
       <c r="G56" s="8">
         <v>1943873</v>
       </c>
       <c r="H56" s="8">
         <v>1698600</v>
       </c>
       <c r="I56" s="8">
         <v>1851946</v>
       </c>
       <c r="J56" s="8">
         <v>1725620</v>
       </c>
       <c r="K56" s="8">
         <v>2096418</v>
       </c>
       <c r="L56" s="8">
         <v>1853656</v>
       </c>
       <c r="M56" s="8">
         <v>1546558</v>
       </c>
       <c r="N56" s="8">
         <v>21856925</v>
       </c>
     </row>
     <row r="57" ht="15" customHeight="1">
       <c r="A57" s="7" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B57" s="8">
         <v>375195</v>
       </c>
       <c r="C57" s="8">
         <v>334096</v>
       </c>
       <c r="D57" s="8">
         <v>359160</v>
       </c>
       <c r="E57" s="8">
         <v>337460</v>
       </c>
       <c r="F57" s="8">
         <v>350128</v>
       </c>
       <c r="G57" s="8">
         <v>363987</v>
       </c>
       <c r="H57" s="8">
         <v>328637</v>
       </c>
       <c r="I57" s="8">
         <v>374130</v>
       </c>
       <c r="J57" s="8">
         <v>311629</v>
       </c>
       <c r="K57" s="8">
         <v>407180</v>
       </c>
       <c r="L57" s="8">
         <v>384119</v>
       </c>
       <c r="M57" s="8">
         <v>304553</v>
       </c>
       <c r="N57" s="8">
         <v>4230272</v>
       </c>
     </row>
     <row r="58" ht="15" customHeight="1">
       <c r="A58" s="7" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B58" s="8">
         <v>1527988</v>
       </c>
       <c r="C58" s="8">
         <v>1267964</v>
       </c>
       <c r="D58" s="8">
         <v>1638081</v>
       </c>
       <c r="E58" s="8">
         <v>1399087</v>
       </c>
       <c r="F58" s="8">
         <v>1551096</v>
       </c>
       <c r="G58" s="8">
         <v>1579886</v>
       </c>
       <c r="H58" s="8">
         <v>1369963</v>
       </c>
       <c r="I58" s="8">
         <v>1477816</v>
       </c>
       <c r="J58" s="8">
         <v>1413992</v>
       </c>
       <c r="K58" s="8">
         <v>1689238</v>
       </c>
       <c r="L58" s="8">
         <v>1469537</v>
       </c>
       <c r="M58" s="8">
         <v>1242005</v>
       </c>
       <c r="N58" s="8">
         <v>17626652</v>
       </c>
     </row>
     <row r="59" ht="15" customHeight="1">
       <c r="A59" s="7" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B59" s="8">
         <v>4738782</v>
       </c>
       <c r="C59" s="8">
         <v>4644707</v>
       </c>
       <c r="D59" s="8">
         <v>4809434</v>
       </c>
       <c r="E59" s="8">
         <v>4373385</v>
       </c>
       <c r="F59" s="8">
         <v>5417808</v>
       </c>
       <c r="G59" s="8">
         <v>4649804</v>
       </c>
       <c r="H59" s="8">
         <v>3753395</v>
       </c>
       <c r="I59" s="8">
         <v>4632632</v>
       </c>
       <c r="J59" s="8">
         <v>4064725</v>
       </c>
       <c r="K59" s="8">
         <v>4772785</v>
       </c>
       <c r="L59" s="8">
         <v>4529674</v>
       </c>
       <c r="M59" s="8">
         <v>2702290</v>
       </c>
       <c r="N59" s="8">
         <v>53089422</v>
       </c>
     </row>
     <row r="60" ht="15" customHeight="1">
       <c r="A60" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B60" s="8">
         <v>961713</v>
       </c>
       <c r="C60" s="8">
         <v>1006468</v>
       </c>
       <c r="D60" s="8">
         <v>1255718</v>
       </c>
       <c r="E60" s="8">
         <v>755502</v>
       </c>
       <c r="F60" s="8">
         <v>1160580</v>
       </c>
       <c r="G60" s="8">
         <v>1008292</v>
       </c>
       <c r="H60" s="8">
         <v>734379</v>
       </c>
       <c r="I60" s="8">
         <v>1013566</v>
       </c>
       <c r="J60" s="8">
         <v>913924</v>
       </c>
       <c r="K60" s="8">
         <v>1040745</v>
       </c>
       <c r="L60" s="8">
         <v>1090876</v>
       </c>
       <c r="M60" s="8">
         <v>604148</v>
       </c>
       <c r="N60" s="8">
         <v>11545909</v>
       </c>
     </row>
     <row r="61" ht="15" customHeight="1">
       <c r="A61" s="7" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="B61" s="8">
         <v>1748971</v>
       </c>
       <c r="C61" s="8">
         <v>1626387</v>
       </c>
       <c r="D61" s="8">
         <v>1588556</v>
       </c>
       <c r="E61" s="8">
         <v>1762394</v>
       </c>
       <c r="F61" s="8">
         <v>2126296</v>
       </c>
       <c r="G61" s="8">
         <v>1820152</v>
       </c>
       <c r="H61" s="8">
         <v>1365313</v>
       </c>
       <c r="I61" s="8">
         <v>1493057</v>
       </c>
       <c r="J61" s="8">
         <v>1354312</v>
       </c>
       <c r="K61" s="8">
         <v>1604821</v>
       </c>
       <c r="L61" s="8">
         <v>1613806</v>
       </c>
       <c r="M61" s="8">
         <v>1015231</v>
       </c>
       <c r="N61" s="8">
         <v>19119296</v>
       </c>
     </row>
     <row r="62" ht="15" customHeight="1">
       <c r="A62" s="7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B62" s="8">
         <v>1076356</v>
       </c>
       <c r="C62" s="8">
         <v>1146946</v>
       </c>
       <c r="D62" s="8">
         <v>1025835</v>
       </c>
       <c r="E62" s="8">
         <v>975716</v>
       </c>
       <c r="F62" s="8">
         <v>1000432</v>
       </c>
       <c r="G62" s="8">
         <v>861378</v>
       </c>
       <c r="H62" s="8">
         <v>767748</v>
       </c>
       <c r="I62" s="8">
         <v>1097446</v>
       </c>
       <c r="J62" s="8">
         <v>892897</v>
       </c>
       <c r="K62" s="8">
         <v>1012793</v>
       </c>
       <c r="L62" s="8">
         <v>969054</v>
       </c>
       <c r="M62" s="8">
         <v>334786</v>
       </c>
       <c r="N62" s="8">
         <v>11161387</v>
       </c>
     </row>
     <row r="63" ht="15" customHeight="1">
       <c r="A63" s="7" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="B63" s="8">
         <v>951742</v>
       </c>
       <c r="C63" s="8">
         <v>864906</v>
       </c>
       <c r="D63" s="8">
         <v>939326</v>
       </c>
       <c r="E63" s="8">
         <v>879773</v>
       </c>
       <c r="F63" s="8">
         <v>1130499</v>
       </c>
       <c r="G63" s="8">
         <v>959982</v>
       </c>
       <c r="H63" s="8">
         <v>885955</v>
       </c>
       <c r="I63" s="8">
         <v>1028563</v>
       </c>
       <c r="J63" s="8">
         <v>903592</v>
       </c>
       <c r="K63" s="8">
         <v>1114426</v>
       </c>
       <c r="L63" s="8">
         <v>855938</v>
       </c>
       <c r="M63" s="8">
         <v>748125</v>
       </c>
       <c r="N63" s="8">
         <v>11262829</v>
       </c>
     </row>
     <row r="64" ht="15" customHeight="1">
       <c r="A64" s="7" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="E64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="H64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="I64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="J64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="K64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="L64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="M64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="N64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="65" ht="15" customHeight="1">
       <c r="A65" s="7" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B65" s="8">
         <v>770332337</v>
       </c>
       <c r="C65" s="8">
         <v>1044325310</v>
       </c>
       <c r="D65" s="8">
         <v>759020378</v>
       </c>
       <c r="E65" s="8">
         <v>741277988</v>
       </c>
       <c r="F65" s="8">
         <v>790137644</v>
       </c>
       <c r="G65" s="8">
         <v>685877590</v>
       </c>
       <c r="H65" s="8">
         <v>800158644</v>
       </c>
       <c r="I65" s="8">
         <v>877884328</v>
       </c>
       <c r="J65" s="8">
         <v>782068786</v>
       </c>
       <c r="K65" s="8">
         <v>745520070</v>
       </c>
       <c r="L65" s="8">
         <v>743088155</v>
       </c>
       <c r="M65" s="8">
         <v>727961444</v>
       </c>
       <c r="N65" s="8">
         <v>9467652675</v>
       </c>
     </row>
     <row r="66" ht="15" customHeight="1">
       <c r="A66" s="7" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="B66" s="8">
         <v>162736007</v>
       </c>
       <c r="C66" s="8">
         <v>141219123</v>
       </c>
       <c r="D66" s="8">
         <v>140470225</v>
       </c>
       <c r="E66" s="8">
         <v>128816595</v>
       </c>
       <c r="F66" s="8">
         <v>155634379</v>
       </c>
       <c r="G66" s="8">
         <v>100950952</v>
       </c>
       <c r="H66" s="8">
         <v>147066755</v>
       </c>
       <c r="I66" s="8">
         <v>164745246</v>
       </c>
       <c r="J66" s="8">
         <v>168979023</v>
       </c>
       <c r="K66" s="8">
         <v>140303498</v>
       </c>
       <c r="L66" s="8">
         <v>146189685</v>
       </c>
       <c r="M66" s="8">
         <v>138532424</v>
       </c>
       <c r="N66" s="8">
         <v>1735643913</v>
       </c>
     </row>
     <row r="67" ht="15" customHeight="1">
       <c r="A67" s="7" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="B67" s="8">
         <v>628264356</v>
       </c>
       <c r="C67" s="8">
         <v>545692770</v>
       </c>
       <c r="D67" s="8">
         <v>639014402</v>
       </c>
       <c r="E67" s="8">
         <v>635830583</v>
       </c>
       <c r="F67" s="8">
         <v>658224253</v>
       </c>
       <c r="G67" s="8">
         <v>619437356</v>
       </c>
       <c r="H67" s="8">
         <v>666375964</v>
       </c>
       <c r="I67" s="8">
         <v>705589587</v>
       </c>
       <c r="J67" s="8">
         <v>618856696</v>
       </c>
       <c r="K67" s="8">
         <v>610386608</v>
       </c>
       <c r="L67" s="8">
         <v>727526534</v>
       </c>
       <c r="M67" s="8">
         <v>594192721</v>
       </c>
       <c r="N67" s="8">
         <v>7649391830</v>
       </c>
     </row>
     <row r="68" ht="15" customHeight="1">
       <c r="A68" s="7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="C68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="F68" s="8">
         <v>1646751</v>
       </c>
       <c r="G68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="H68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="I68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="J68" s="8">
         <v>657288</v>
       </c>
       <c r="K68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
     </row>
     <row r="69" ht="15" customHeight="1">
       <c r="A69" s="7" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B69" s="8">
         <v>124587159</v>
       </c>
       <c r="C69" s="8">
         <v>121832994</v>
       </c>
       <c r="D69" s="8">
         <v>124909161</v>
       </c>
       <c r="E69" s="8">
         <v>113420587</v>
       </c>
       <c r="F69" s="8">
         <v>113306151</v>
       </c>
       <c r="G69" s="8">
         <v>83782347</v>
       </c>
       <c r="H69" s="8">
         <v>103831066</v>
       </c>
       <c r="I69" s="8">
         <v>129252589</v>
       </c>
       <c r="J69" s="8">
         <v>132794216</v>
       </c>
       <c r="K69" s="8">
         <v>147421804</v>
       </c>
       <c r="L69" s="8">
         <v>401983929</v>
       </c>
       <c r="M69" s="8">
         <v>153910030</v>
       </c>
       <c r="N69" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="70" ht="15" customHeight="1">
       <c r="A70" s="7" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="B70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="E70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="H70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="I70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="J70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="K70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="L70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="M70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="N70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="71" ht="15" customHeight="1">
       <c r="A71" s="7" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B71" s="8">
         <v>31347819</v>
       </c>
       <c r="C71" s="8">
         <v>30886599</v>
       </c>
       <c r="D71" s="8">
         <v>37040821</v>
       </c>
       <c r="E71" s="8">
         <v>25084199</v>
       </c>
       <c r="F71" s="8">
         <v>36344872</v>
       </c>
       <c r="G71" s="8">
         <v>32975129</v>
       </c>
       <c r="H71" s="8">
         <v>22041820</v>
       </c>
       <c r="I71" s="8">
         <v>39849769</v>
       </c>
       <c r="J71" s="8">
         <v>24514694</v>
       </c>
       <c r="K71" s="8">
         <v>24141826</v>
       </c>
       <c r="L71" s="8">
         <v>55588275</v>
       </c>
       <c r="M71" s="8">
         <v>24206867</v>
       </c>
       <c r="N71" s="8">
         <v>384022691</v>
       </c>
     </row>
     <row r="72" ht="15" customHeight="1">
       <c r="A72" s="7" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="B72" s="8">
         <v>13946031</v>
       </c>
       <c r="C72" s="8">
         <v>12660018</v>
       </c>
       <c r="D72" s="8">
         <v>14193739</v>
       </c>
       <c r="E72" s="8">
         <v>12524261</v>
       </c>
       <c r="F72" s="8">
         <v>13781431</v>
       </c>
       <c r="G72" s="8">
         <v>11563593</v>
       </c>
       <c r="H72" s="8">
         <v>11414305</v>
       </c>
       <c r="I72" s="8">
         <v>12350692</v>
       </c>
       <c r="J72" s="8">
         <v>13405475</v>
       </c>
       <c r="K72" s="8">
         <v>13830034</v>
       </c>
       <c r="L72" s="8">
         <v>15637654</v>
       </c>
       <c r="M72" s="8">
         <v>12273732</v>
       </c>
       <c r="N72" s="8">
         <v>157580967</v>
       </c>
     </row>
     <row r="73" ht="15" customHeight="1">
       <c r="A73" s="7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B73" s="8">
         <v>7613851</v>
       </c>
       <c r="C73" s="8">
         <v>9098535</v>
       </c>
       <c r="D73" s="8">
         <v>8357564</v>
       </c>
       <c r="E73" s="8">
         <v>7706906</v>
       </c>
       <c r="F73" s="8">
         <v>8879407</v>
       </c>
       <c r="G73" s="8">
         <v>10193025</v>
       </c>
       <c r="H73" s="8">
         <v>9266350</v>
       </c>
       <c r="I73" s="8">
         <v>9713019</v>
       </c>
       <c r="J73" s="8">
         <v>8372684</v>
       </c>
       <c r="K73" s="8">
         <v>7902497</v>
       </c>
       <c r="L73" s="8">
         <v>11365006</v>
       </c>
       <c r="M73" s="8">
         <v>7006318</v>
       </c>
       <c r="N73" s="8">
         <v>105475162</v>
       </c>
     </row>
     <row r="74" ht="15" customHeight="1">
       <c r="A74" s="7" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B74" s="8">
         <v>1337658</v>
       </c>
       <c r="C74" s="8">
         <v>1204285</v>
       </c>
       <c r="D74" s="8">
         <v>1417753</v>
       </c>
       <c r="E74" s="8">
         <v>1001471</v>
       </c>
       <c r="F74" s="8">
         <v>2037217</v>
       </c>
       <c r="G74" s="8">
         <v>1388391</v>
       </c>
       <c r="H74" s="8">
         <v>1523217</v>
       </c>
       <c r="I74" s="8">
         <v>1633524</v>
       </c>
       <c r="J74" s="8">
         <v>4197505</v>
       </c>
       <c r="K74" s="8">
         <v>1267651</v>
       </c>
       <c r="L74" s="8">
         <v>1213021</v>
       </c>
       <c r="M74" s="8">
         <v>1604039</v>
       </c>
       <c r="N74" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="75" ht="12" customHeight="1"/>
     <row r="76" ht="14" customHeight="1">
       <c r="A76" s="10" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="B76" s="10"/>
       <c r="C76" s="10"/>
       <c r="D76" s="10"/>
       <c r="E76" s="10"/>
       <c r="F76" s="10"/>
       <c r="G76" s="10"/>
       <c r="H76" s="10"/>
       <c r="I76" s="10"/>
       <c r="J76" s="10"/>
       <c r="K76" s="10"/>
       <c r="L76" s="10"/>
       <c r="M76" s="10"/>
       <c r="N76" s="10"/>
     </row>
     <row r="77" ht="14" customHeight="1">
       <c r="A77" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B77" s="11"/>
       <c r="C77" s="11"/>
       <c r="D77" s="11"/>
       <c r="E77" s="11"/>
       <c r="F77" s="11"/>
       <c r="G77" s="11"/>
       <c r="H77" s="11"/>
       <c r="I77" s="11"/>
       <c r="J77" s="11"/>
       <c r="K77" s="11"/>
       <c r="L77" s="11"/>
       <c r="M77" s="11"/>
       <c r="N77" s="11"/>
     </row>
     <row r="78" ht="14" customHeight="1">
       <c r="A78" s="12" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="B78" s="12"/>
       <c r="C78" s="12"/>
       <c r="D78" s="12"/>
       <c r="E78" s="12"/>
       <c r="F78" s="12"/>
       <c r="G78" s="12"/>
       <c r="H78" s="12"/>
       <c r="I78" s="12"/>
       <c r="J78" s="12"/>
       <c r="K78" s="12"/>
       <c r="L78" s="12"/>
       <c r="M78" s="12"/>
       <c r="N78" s="12"/>
     </row>
     <row r="79" ht="43" customHeight="1">
       <c r="A79" s="12" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="B79" s="12"/>
       <c r="C79" s="12"/>
       <c r="D79" s="12"/>
       <c r="E79" s="12"/>
       <c r="F79" s="12"/>
       <c r="G79" s="12"/>
       <c r="H79" s="12"/>
       <c r="I79" s="12"/>
       <c r="J79" s="12"/>
       <c r="K79" s="12"/>
       <c r="L79" s="12"/>
       <c r="M79" s="12"/>
       <c r="N79" s="12"/>
     </row>
     <row r="80" ht="14" customHeight="1">
       <c r="A80" s="12" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B80" s="12"/>
       <c r="C80" s="12"/>
       <c r="D80" s="12"/>
       <c r="E80" s="12"/>
       <c r="F80" s="12"/>
       <c r="G80" s="12"/>
       <c r="H80" s="12"/>
       <c r="I80" s="12"/>
       <c r="J80" s="12"/>
       <c r="K80" s="12"/>
       <c r="L80" s="12"/>
       <c r="M80" s="12"/>
       <c r="N80" s="12"/>
     </row>
     <row r="81" ht="12" customHeight="1">
       <c r="A81" s="13" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="B81" s="13"/>
       <c r="C81" s="13"/>
       <c r="D81" s="13"/>
       <c r="E81" s="13"/>
       <c r="F81" s="13"/>
       <c r="G81" s="13"/>
       <c r="H81" s="13"/>
       <c r="I81" s="13"/>
       <c r="J81" s="13"/>
       <c r="K81" s="13"/>
       <c r="L81" s="13"/>
       <c r="M81" s="13"/>
       <c r="N81" s="13"/>
     </row>
     <row r="82" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A76:N76"/>
@@ -40937,3155 +41785,3155 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="B9" s="8">
         <v>2015</v>
       </c>
       <c r="C9" s="8">
         <v>2039</v>
       </c>
       <c r="D9" s="8">
-        <v>2076</v>
+        <v>2077</v>
       </c>
       <c r="E9" s="8">
-        <v>2080</v>
+        <v>2081</v>
       </c>
       <c r="F9" s="8">
-        <v>2089</v>
+        <v>2090</v>
       </c>
       <c r="G9" s="8">
-        <v>2103</v>
+        <v>2104</v>
       </c>
       <c r="H9" s="8">
-        <v>2120</v>
+        <v>2121</v>
       </c>
       <c r="I9" s="8">
-        <v>2150</v>
+        <v>2152</v>
       </c>
       <c r="J9" s="8">
-        <v>2175</v>
+        <v>2177</v>
       </c>
       <c r="K9" s="8">
+        <v>2195</v>
+      </c>
+      <c r="L9" s="8">
         <v>2193</v>
       </c>
-      <c r="L9" s="8">
-[...1 lines deleted...]
-      </c>
       <c r="M9" s="8">
-        <v>2218</v>
+        <v>2220</v>
       </c>
       <c r="N9" s="8">
-        <v>2403</v>
+        <v>2405</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="B10" s="8">
         <v>1650862566</v>
       </c>
       <c r="C10" s="8">
         <v>1482082806</v>
       </c>
       <c r="D10" s="8">
         <v>1589553174</v>
       </c>
       <c r="E10" s="8">
         <v>1498918148</v>
       </c>
       <c r="F10" s="8">
         <v>1646017925</v>
       </c>
       <c r="G10" s="8">
         <v>1473879393</v>
       </c>
       <c r="H10" s="8">
         <v>1551757568</v>
       </c>
       <c r="I10" s="8">
         <v>1656073916</v>
       </c>
       <c r="J10" s="8">
         <v>1559027549</v>
       </c>
       <c r="K10" s="8">
         <v>1696165504</v>
       </c>
       <c r="L10" s="8">
         <v>1696921187</v>
       </c>
       <c r="M10" s="8">
         <v>1710611418</v>
       </c>
       <c r="N10" s="8">
         <v>19211871152</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B11" s="8">
         <v>15569570</v>
       </c>
       <c r="C11" s="8">
         <v>14094899</v>
       </c>
       <c r="D11" s="8">
         <v>17463904</v>
       </c>
       <c r="E11" s="8">
         <v>14076178</v>
       </c>
       <c r="F11" s="8">
         <v>16990865</v>
       </c>
       <c r="G11" s="8">
         <v>14312109</v>
       </c>
       <c r="H11" s="8">
         <v>11467892</v>
       </c>
       <c r="I11" s="8">
         <v>13952107</v>
       </c>
       <c r="J11" s="8">
         <v>10477572</v>
       </c>
       <c r="K11" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L11" s="8">
         <v>17178778</v>
       </c>
       <c r="M11" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N11" s="8">
         <v>176938627</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B12" s="8">
         <v>644945</v>
       </c>
       <c r="C12" s="8">
         <v>1010533</v>
       </c>
       <c r="D12" s="8">
         <v>1138754</v>
       </c>
       <c r="E12" s="8">
         <v>159308</v>
       </c>
       <c r="F12" s="8">
         <v>463223</v>
       </c>
       <c r="G12" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="H12" s="8">
         <v>165765</v>
       </c>
       <c r="I12" s="8">
         <v>1772313</v>
       </c>
       <c r="J12" s="8">
         <v>1955287</v>
       </c>
       <c r="K12" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L12" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M12" s="8">
         <v>268618</v>
       </c>
       <c r="N12" s="8">
         <v>11888481</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B13" s="8">
         <v>701610</v>
       </c>
       <c r="C13" s="8">
         <v>560401</v>
       </c>
       <c r="D13" s="8">
         <v>617974</v>
       </c>
       <c r="E13" s="8">
         <v>511548</v>
       </c>
       <c r="F13" s="8">
         <v>823110</v>
       </c>
       <c r="G13" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="H13" s="8">
         <v>708195</v>
       </c>
       <c r="I13" s="8">
         <v>779238</v>
       </c>
       <c r="J13" s="8">
         <v>611635</v>
       </c>
       <c r="K13" s="8">
         <v>600721</v>
       </c>
       <c r="L13" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M13" s="8">
         <v>607024</v>
       </c>
       <c r="N13" s="8">
         <v>8155929</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>1633946441</v>
       </c>
       <c r="C14" s="8">
         <v>1466416973</v>
       </c>
       <c r="D14" s="8">
         <v>1570332542</v>
       </c>
       <c r="E14" s="8">
         <v>1484171114</v>
       </c>
       <c r="F14" s="8">
         <v>1627740726</v>
       </c>
       <c r="G14" s="8">
         <v>1457889845</v>
       </c>
       <c r="H14" s="8">
         <v>1539415715</v>
       </c>
       <c r="I14" s="8">
         <v>1639570258</v>
       </c>
       <c r="J14" s="8">
         <v>1545983055</v>
       </c>
       <c r="K14" s="8">
         <v>1678954837</v>
       </c>
       <c r="L14" s="8">
         <v>1677930489</v>
       </c>
       <c r="M14" s="8">
         <v>1692536119</v>
       </c>
       <c r="N14" s="8">
         <v>19014888115</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B15" s="8">
         <v>24840388</v>
       </c>
       <c r="C15" s="8">
         <v>25031943</v>
       </c>
       <c r="D15" s="8">
         <v>28228674</v>
       </c>
       <c r="E15" s="8">
         <v>37479069</v>
       </c>
       <c r="F15" s="8">
         <v>32058220</v>
       </c>
       <c r="G15" s="8">
         <v>31488369</v>
       </c>
       <c r="H15" s="8">
         <v>25069218</v>
       </c>
       <c r="I15" s="8">
         <v>29346832</v>
       </c>
       <c r="J15" s="8">
         <v>29464872</v>
       </c>
       <c r="K15" s="8">
         <v>31257273</v>
       </c>
       <c r="L15" s="8">
         <v>38084711</v>
       </c>
       <c r="M15" s="8">
         <v>26318229</v>
       </c>
       <c r="N15" s="8">
         <v>358667799</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B16" s="8">
         <v>226259147</v>
       </c>
       <c r="C16" s="8">
         <v>274863664</v>
       </c>
       <c r="D16" s="8">
         <v>229148809</v>
       </c>
       <c r="E16" s="8">
         <v>153037055</v>
       </c>
       <c r="F16" s="8">
         <v>203199603</v>
       </c>
       <c r="G16" s="8">
         <v>197028280</v>
       </c>
       <c r="H16" s="8">
         <v>207980590</v>
       </c>
       <c r="I16" s="8">
         <v>159806791</v>
       </c>
       <c r="J16" s="8">
         <v>182908564</v>
       </c>
       <c r="K16" s="8">
         <v>162827011</v>
       </c>
       <c r="L16" s="8">
         <v>201094090</v>
       </c>
       <c r="M16" s="8">
         <v>264639036</v>
       </c>
       <c r="N16" s="8">
         <v>2462792640</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B17" s="8">
         <v>29093799</v>
       </c>
       <c r="C17" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D17" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E17" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="F17" s="8">
         <v>22996914</v>
       </c>
       <c r="G17" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="H17" s="8">
         <v>40400648</v>
       </c>
       <c r="I17" s="8">
         <v>42179437</v>
       </c>
       <c r="J17" s="8">
         <v>30531349</v>
       </c>
       <c r="K17" s="8">
         <v>31285370</v>
       </c>
       <c r="L17" s="8">
         <v>29119241</v>
       </c>
       <c r="M17" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N17" s="8">
         <v>361086792</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B18" s="8">
         <v>196635107</v>
       </c>
       <c r="C18" s="8">
         <v>223908704</v>
       </c>
       <c r="D18" s="8">
         <v>185814882</v>
       </c>
       <c r="E18" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="F18" s="8">
         <v>179970320</v>
       </c>
       <c r="G18" s="8">
         <v>136935057</v>
       </c>
       <c r="H18" s="8">
         <v>167368246</v>
       </c>
       <c r="I18" s="8">
         <v>117332521</v>
       </c>
       <c r="J18" s="8">
         <v>151718427</v>
       </c>
       <c r="K18" s="8">
         <v>131284258</v>
       </c>
       <c r="L18" s="8">
         <v>170571208</v>
       </c>
       <c r="M18" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N18" s="8">
         <v>2061999235</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B19" s="8">
         <v>530241</v>
       </c>
       <c r="C19" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D19" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E19" s="8">
         <v>432735</v>
       </c>
       <c r="F19" s="8">
         <v>232369</v>
       </c>
       <c r="G19" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="H19" s="8">
         <v>211696</v>
       </c>
       <c r="I19" s="8">
         <v>294833</v>
       </c>
       <c r="J19" s="8">
         <v>658788</v>
       </c>
       <c r="K19" s="8">
         <v>257383</v>
       </c>
       <c r="L19" s="8">
         <v>1403641</v>
       </c>
       <c r="M19" s="8">
         <v>552233</v>
       </c>
       <c r="N19" s="8">
         <v>39706613</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B20" s="8">
         <v>958636473</v>
       </c>
       <c r="C20" s="8">
         <v>937393169</v>
       </c>
       <c r="D20" s="8">
         <v>963791294</v>
       </c>
       <c r="E20" s="8">
         <v>970380594</v>
       </c>
       <c r="F20" s="8">
         <v>977302675</v>
       </c>
       <c r="G20" s="8">
         <v>1005428919</v>
       </c>
       <c r="H20" s="8">
         <v>985908719</v>
       </c>
       <c r="I20" s="8">
         <v>978364252</v>
       </c>
       <c r="J20" s="8">
         <v>956860099</v>
       </c>
       <c r="K20" s="8">
         <v>986662964</v>
       </c>
       <c r="L20" s="8">
         <v>1002312169</v>
       </c>
       <c r="M20" s="8">
         <v>1000916139</v>
       </c>
       <c r="N20" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B21" s="8">
         <v>683191507</v>
       </c>
       <c r="C21" s="8">
         <v>689514986</v>
       </c>
       <c r="D21" s="8">
         <v>695628101</v>
       </c>
       <c r="E21" s="8">
         <v>701857773</v>
       </c>
       <c r="F21" s="8">
         <v>710798140</v>
       </c>
       <c r="G21" s="8">
         <v>713055578</v>
       </c>
       <c r="H21" s="8">
         <v>715001619</v>
       </c>
       <c r="I21" s="8">
         <v>719408056</v>
       </c>
       <c r="J21" s="8">
         <v>719231517</v>
       </c>
       <c r="K21" s="8">
         <v>721624368</v>
       </c>
       <c r="L21" s="8">
         <v>728731532</v>
       </c>
       <c r="M21" s="8">
         <v>717512189</v>
       </c>
       <c r="N21" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B22" s="8">
         <v>39491422</v>
       </c>
       <c r="C22" s="8">
         <v>39102145</v>
       </c>
       <c r="D22" s="8">
         <v>38585605</v>
       </c>
       <c r="E22" s="8">
         <v>37766869</v>
       </c>
       <c r="F22" s="8">
         <v>37126772</v>
       </c>
       <c r="G22" s="8">
         <v>37537071</v>
       </c>
       <c r="H22" s="8">
         <v>36541287</v>
       </c>
       <c r="I22" s="8">
         <v>36609974</v>
       </c>
       <c r="J22" s="8">
         <v>39852231</v>
       </c>
       <c r="K22" s="8">
         <v>39110555</v>
       </c>
       <c r="L22" s="8">
         <v>38356476</v>
       </c>
       <c r="M22" s="8">
         <v>38147083</v>
       </c>
       <c r="N22" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B23" s="8">
         <v>4394133</v>
       </c>
       <c r="C23" s="8">
         <v>4328229</v>
       </c>
       <c r="D23" s="8">
         <v>4998763</v>
       </c>
       <c r="E23" s="8">
         <v>5515659</v>
       </c>
       <c r="F23" s="8">
         <v>5661244</v>
       </c>
       <c r="G23" s="8">
         <v>6171888</v>
       </c>
       <c r="H23" s="8">
         <v>7339983</v>
       </c>
       <c r="I23" s="8">
         <v>7358694</v>
       </c>
       <c r="J23" s="8">
         <v>7506423</v>
       </c>
       <c r="K23" s="8">
         <v>6721003</v>
       </c>
       <c r="L23" s="8">
         <v>5606617</v>
       </c>
       <c r="M23" s="8">
         <v>7346455</v>
       </c>
       <c r="N23" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B24" s="8">
         <v>231559411</v>
       </c>
       <c r="C24" s="8">
         <v>204447809</v>
       </c>
       <c r="D24" s="8">
         <v>224578826</v>
       </c>
       <c r="E24" s="8">
         <v>225240292</v>
       </c>
       <c r="F24" s="8">
         <v>223716519</v>
       </c>
       <c r="G24" s="8">
         <v>248664382</v>
       </c>
       <c r="H24" s="8">
         <v>227025830</v>
       </c>
       <c r="I24" s="8">
         <v>214987528</v>
       </c>
       <c r="J24" s="8">
         <v>190269928</v>
       </c>
       <c r="K24" s="8">
         <v>219207038</v>
       </c>
       <c r="L24" s="8">
         <v>229617544</v>
       </c>
       <c r="M24" s="8">
         <v>237910412</v>
       </c>
       <c r="N24" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B25" s="8">
-        <v>14386810129</v>
+        <v>14385395026</v>
       </c>
       <c r="C25" s="8">
-        <v>13388367876</v>
+        <v>13380127054</v>
       </c>
       <c r="D25" s="8">
-        <v>14549606904</v>
+        <v>14546381774</v>
       </c>
       <c r="E25" s="8">
-        <v>13325112639</v>
+        <v>13322612064</v>
       </c>
       <c r="F25" s="8">
-        <v>14516489432</v>
+        <v>14514971832</v>
       </c>
       <c r="G25" s="8">
-        <v>13416298856</v>
+        <v>13414192334</v>
       </c>
       <c r="H25" s="8">
-        <v>14117601808</v>
+        <v>14063445820</v>
       </c>
       <c r="I25" s="8">
-        <v>15010102579</v>
+        <v>15007617071</v>
       </c>
       <c r="J25" s="8">
-        <v>14376647570</v>
+        <v>14373556300</v>
       </c>
       <c r="K25" s="8">
-        <v>15165742828</v>
+        <v>15164302117</v>
       </c>
       <c r="L25" s="8">
-        <v>15597971173</v>
+        <v>15595885955</v>
       </c>
       <c r="M25" s="8">
-        <v>15843078039</v>
+        <v>15841782487</v>
       </c>
       <c r="N25" s="8">
-        <v>173693829833</v>
+        <v>173610269834</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B26" s="8">
         <v>14029478028</v>
       </c>
       <c r="C26" s="8">
         <v>13069359793</v>
       </c>
       <c r="D26" s="8">
         <v>14212680963</v>
       </c>
       <c r="E26" s="8">
         <v>13043891169</v>
       </c>
       <c r="F26" s="8">
         <v>14171352730</v>
       </c>
       <c r="G26" s="8">
         <v>13096919638</v>
       </c>
       <c r="H26" s="8">
         <v>13793137821</v>
       </c>
       <c r="I26" s="8">
         <v>14668884280</v>
       </c>
       <c r="J26" s="8">
         <v>14128263619</v>
       </c>
       <c r="K26" s="8">
         <v>14858440008</v>
       </c>
       <c r="L26" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M26" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N26" s="8">
         <v>169736520092</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B27" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="C27" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D27" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E27" s="8">
         <v>28481204</v>
       </c>
       <c r="F27" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="G27" s="9" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>55</v>
+      </c>
+      <c r="H27" s="8">
+        <v>23156136</v>
       </c>
       <c r="I27" s="8">
         <v>19898533</v>
       </c>
       <c r="J27" s="8">
         <v>20246179</v>
       </c>
       <c r="K27" s="8">
         <v>31289445</v>
       </c>
       <c r="L27" s="8">
         <v>31463178</v>
       </c>
       <c r="M27" s="8">
         <v>28951925</v>
       </c>
       <c r="N27" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B28" s="8">
-        <v>238447510</v>
+        <v>237032407</v>
       </c>
       <c r="C28" s="8">
-        <v>210403792</v>
+        <v>202162971</v>
       </c>
       <c r="D28" s="8">
-        <v>239181675</v>
+        <v>235956545</v>
       </c>
       <c r="E28" s="8">
-        <v>239935298</v>
+        <v>237434722</v>
       </c>
       <c r="F28" s="8">
-        <v>231571262</v>
+        <v>230053662</v>
       </c>
       <c r="G28" s="8">
-        <v>230792066</v>
-[...2 lines deleted...]
-        <v>239073520</v>
+        <v>228685544</v>
+      </c>
+      <c r="H28" s="9" t="s">
+        <v>55</v>
       </c>
       <c r="I28" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="J28" s="8">
-        <v>216001309</v>
+        <v>212910039</v>
       </c>
       <c r="K28" s="8">
-        <v>267331865</v>
+        <v>265891154</v>
       </c>
       <c r="L28" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M28" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N28" s="8">
-        <v>2849366880</v>
+        <v>2765806882</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="C29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E29" s="8">
         <v>12804969</v>
       </c>
       <c r="F29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="G29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="H29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="I29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="J29" s="8">
         <v>12136463</v>
       </c>
       <c r="K29" s="8">
         <v>8681511</v>
       </c>
       <c r="L29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="M29" s="8">
         <v>7298627</v>
       </c>
       <c r="N29" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B30" s="8">
         <v>31323624</v>
       </c>
       <c r="C30" s="8">
         <v>30061776</v>
       </c>
       <c r="D30" s="8">
         <v>36748822</v>
       </c>
       <c r="E30" s="8">
         <v>28372224</v>
       </c>
       <c r="F30" s="8">
         <v>32455117</v>
       </c>
       <c r="G30" s="8">
         <v>32747879</v>
       </c>
       <c r="H30" s="8">
         <v>29956295</v>
       </c>
       <c r="I30" s="8">
         <v>34315177</v>
       </c>
       <c r="J30" s="8">
         <v>32904569</v>
       </c>
       <c r="K30" s="8">
         <v>37424580</v>
       </c>
       <c r="L30" s="8">
         <v>34580729</v>
       </c>
       <c r="M30" s="8">
         <v>26741131</v>
       </c>
       <c r="N30" s="8">
         <v>387631923</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B31" s="8">
         <v>6871213</v>
       </c>
       <c r="C31" s="8">
         <v>6017396</v>
       </c>
       <c r="D31" s="8">
         <v>7750226</v>
       </c>
       <c r="E31" s="8">
         <v>5558705</v>
       </c>
       <c r="F31" s="8">
         <v>7091594</v>
       </c>
       <c r="G31" s="8">
         <v>6766645</v>
       </c>
       <c r="H31" s="8">
         <v>5915747</v>
       </c>
       <c r="I31" s="8">
         <v>6346058</v>
       </c>
       <c r="J31" s="8">
         <v>6371870</v>
       </c>
       <c r="K31" s="8">
         <v>7021328</v>
       </c>
       <c r="L31" s="8">
         <v>7453519</v>
       </c>
       <c r="M31" s="8">
         <v>6277064</v>
       </c>
       <c r="N31" s="8">
         <v>79441365</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B32" s="8">
         <v>1915317</v>
       </c>
       <c r="C32" s="8">
         <v>1797606</v>
       </c>
       <c r="D32" s="8">
         <v>1923468</v>
       </c>
       <c r="E32" s="8">
         <v>1503828</v>
       </c>
       <c r="F32" s="8">
         <v>1510262</v>
       </c>
       <c r="G32" s="8">
         <v>1722940</v>
       </c>
       <c r="H32" s="8">
         <v>1697677</v>
       </c>
       <c r="I32" s="8">
         <v>2095986</v>
       </c>
       <c r="J32" s="8">
         <v>1839023</v>
       </c>
       <c r="K32" s="8">
         <v>2051166</v>
       </c>
       <c r="L32" s="8">
         <v>2048143</v>
       </c>
       <c r="M32" s="8">
         <v>522438</v>
       </c>
       <c r="N32" s="8">
         <v>20627853</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B33" s="8">
         <v>3667557</v>
       </c>
       <c r="C33" s="8">
         <v>3984237</v>
       </c>
       <c r="D33" s="8">
         <v>3747858</v>
       </c>
       <c r="E33" s="8">
         <v>3451969</v>
       </c>
       <c r="F33" s="8">
         <v>4037634</v>
       </c>
       <c r="G33" s="8">
         <v>3684608</v>
       </c>
       <c r="H33" s="8">
         <v>2415225</v>
       </c>
       <c r="I33" s="8">
         <v>3540364</v>
       </c>
       <c r="J33" s="8">
         <v>3160907</v>
       </c>
       <c r="K33" s="8">
         <v>3849870</v>
       </c>
       <c r="L33" s="8">
         <v>3622258</v>
       </c>
       <c r="M33" s="8">
         <v>3382407</v>
       </c>
       <c r="N33" s="8">
         <v>42544894</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B34" s="8">
         <v>53018</v>
       </c>
       <c r="C34" s="8">
         <v>29691</v>
       </c>
       <c r="D34" s="8">
         <v>47353</v>
       </c>
       <c r="E34" s="8">
         <v>29675</v>
       </c>
       <c r="F34" s="8">
         <v>41798</v>
       </c>
       <c r="G34" s="8">
         <v>56398</v>
       </c>
       <c r="H34" s="8">
         <v>39470</v>
       </c>
       <c r="I34" s="8">
         <v>55997</v>
       </c>
       <c r="J34" s="8">
         <v>31500</v>
       </c>
       <c r="K34" s="8">
         <v>28948</v>
       </c>
       <c r="L34" s="8">
         <v>25819</v>
       </c>
       <c r="M34" s="8">
         <v>36414</v>
       </c>
       <c r="N34" s="8">
         <v>476080</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B35" s="8">
         <v>742370</v>
       </c>
       <c r="C35" s="8">
         <v>863745</v>
       </c>
       <c r="D35" s="8">
         <v>969149</v>
       </c>
       <c r="E35" s="8">
         <v>914955</v>
       </c>
       <c r="F35" s="8">
         <v>525719</v>
       </c>
       <c r="G35" s="8">
         <v>844118</v>
       </c>
       <c r="H35" s="8">
         <v>853608</v>
       </c>
       <c r="I35" s="8">
         <v>873130</v>
       </c>
       <c r="J35" s="8">
         <v>929902</v>
       </c>
       <c r="K35" s="8">
         <v>1071376</v>
       </c>
       <c r="L35" s="8">
         <v>970958</v>
       </c>
       <c r="M35" s="8">
         <v>743706</v>
       </c>
       <c r="N35" s="8">
         <v>10302735</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B36" s="8">
         <v>10184947</v>
       </c>
       <c r="C36" s="8">
         <v>9791309</v>
       </c>
       <c r="D36" s="8">
         <v>13037125</v>
       </c>
       <c r="E36" s="8">
         <v>9490909</v>
       </c>
       <c r="F36" s="8">
         <v>11024230</v>
       </c>
       <c r="G36" s="8">
         <v>10693146</v>
       </c>
       <c r="H36" s="8">
         <v>10305649</v>
       </c>
       <c r="I36" s="8">
         <v>12120029</v>
       </c>
       <c r="J36" s="8">
         <v>11841347</v>
       </c>
       <c r="K36" s="8">
         <v>12630899</v>
       </c>
       <c r="L36" s="8">
         <v>11166905</v>
       </c>
       <c r="M36" s="8">
         <v>8781713</v>
       </c>
       <c r="N36" s="8">
         <v>131068209</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B37" s="8">
         <v>5593504</v>
       </c>
       <c r="C37" s="8">
         <v>5255800</v>
       </c>
       <c r="D37" s="8">
         <v>6488093</v>
       </c>
       <c r="E37" s="8">
         <v>5111572</v>
       </c>
       <c r="F37" s="8">
         <v>5640852</v>
       </c>
       <c r="G37" s="8">
         <v>5958409</v>
       </c>
       <c r="H37" s="8">
         <v>6326422</v>
       </c>
       <c r="I37" s="8">
         <v>6430399</v>
       </c>
       <c r="J37" s="8">
         <v>6448153</v>
       </c>
       <c r="K37" s="8">
         <v>7913020</v>
       </c>
       <c r="L37" s="8">
         <v>6403014</v>
       </c>
       <c r="M37" s="8">
         <v>5048543</v>
       </c>
       <c r="N37" s="8">
         <v>72617779</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B38" s="8">
         <v>784386</v>
       </c>
       <c r="C38" s="8">
         <v>977792</v>
       </c>
       <c r="D38" s="8">
         <v>1307952</v>
       </c>
       <c r="E38" s="8">
         <v>1141732</v>
       </c>
       <c r="F38" s="8">
         <v>1012328</v>
       </c>
       <c r="G38" s="8">
         <v>1361665</v>
       </c>
       <c r="H38" s="8">
         <v>1107901</v>
       </c>
       <c r="I38" s="8">
         <v>1226409</v>
       </c>
       <c r="J38" s="8">
         <v>908626</v>
       </c>
       <c r="K38" s="8">
         <v>1290085</v>
       </c>
       <c r="L38" s="8">
         <v>1245750</v>
       </c>
       <c r="M38" s="8">
         <v>807625</v>
       </c>
       <c r="N38" s="8">
         <v>13172250</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B39" s="8">
         <v>1391245</v>
       </c>
       <c r="C39" s="8">
         <v>1227085</v>
       </c>
       <c r="D39" s="8">
         <v>1297714</v>
       </c>
       <c r="E39" s="8">
         <v>1051966</v>
       </c>
       <c r="F39" s="8">
         <v>1414920</v>
       </c>
       <c r="G39" s="8">
         <v>1559332</v>
       </c>
       <c r="H39" s="8">
         <v>1166051</v>
       </c>
       <c r="I39" s="8">
         <v>1336119</v>
       </c>
       <c r="J39" s="8">
         <v>1241439</v>
       </c>
       <c r="K39" s="8">
         <v>1423613</v>
       </c>
       <c r="L39" s="8">
         <v>1503342</v>
       </c>
       <c r="M39" s="8">
         <v>1026424</v>
       </c>
       <c r="N39" s="8">
         <v>15639250</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B40" s="8">
         <v>120068</v>
       </c>
       <c r="C40" s="8">
         <v>117115</v>
       </c>
       <c r="D40" s="8">
         <v>179885</v>
       </c>
       <c r="E40" s="8">
         <v>116915</v>
       </c>
       <c r="F40" s="8">
         <v>155781</v>
       </c>
       <c r="G40" s="8">
         <v>100617</v>
       </c>
       <c r="H40" s="8">
         <v>128544</v>
       </c>
       <c r="I40" s="8">
         <v>290687</v>
       </c>
       <c r="J40" s="8">
         <v>131801</v>
       </c>
       <c r="K40" s="8">
         <v>144275</v>
       </c>
       <c r="L40" s="8">
         <v>141021</v>
       </c>
       <c r="M40" s="8">
         <v>114799</v>
       </c>
       <c r="N40" s="8">
         <v>1741507</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B41" s="8">
         <v>145878</v>
       </c>
       <c r="C41" s="8">
         <v>48102</v>
       </c>
       <c r="D41" s="8">
         <v>70489</v>
       </c>
       <c r="E41" s="8">
         <v>62900</v>
       </c>
       <c r="F41" s="8">
         <v>80860</v>
       </c>
       <c r="G41" s="8">
         <v>42965</v>
       </c>
       <c r="H41" s="8">
         <v>48195</v>
       </c>
       <c r="I41" s="8">
         <v>4624272</v>
       </c>
       <c r="J41" s="8">
         <v>49116</v>
       </c>
       <c r="K41" s="8">
         <v>86347</v>
       </c>
       <c r="L41" s="8">
         <v>38883</v>
       </c>
       <c r="M41" s="8">
         <v>65346</v>
       </c>
       <c r="N41" s="8">
         <v>5363353</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B42" s="8">
         <v>3093094</v>
       </c>
       <c r="C42" s="8">
         <v>2741250</v>
       </c>
       <c r="D42" s="8">
         <v>3211791</v>
       </c>
       <c r="E42" s="8">
         <v>3026156</v>
       </c>
       <c r="F42" s="8">
         <v>3541968</v>
       </c>
       <c r="G42" s="8">
         <v>4122556</v>
       </c>
       <c r="H42" s="8">
         <v>3226876</v>
       </c>
       <c r="I42" s="8">
         <v>2521552</v>
       </c>
       <c r="J42" s="8">
         <v>4122555</v>
       </c>
       <c r="K42" s="8">
         <v>4844561</v>
       </c>
       <c r="L42" s="8">
         <v>3446856</v>
       </c>
       <c r="M42" s="8">
         <v>2363621</v>
       </c>
       <c r="N42" s="8">
         <v>40262837</v>
       </c>
     </row>
     <row r="43" ht="15" customHeight="1">
       <c r="A43" s="7" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B43" s="8">
         <v>2459029</v>
       </c>
       <c r="C43" s="8">
         <v>2218149</v>
       </c>
       <c r="D43" s="8">
         <v>2648145</v>
       </c>
       <c r="E43" s="8">
         <v>2074900</v>
       </c>
       <c r="F43" s="8">
         <v>2474802</v>
       </c>
       <c r="G43" s="8">
         <v>2959272</v>
       </c>
       <c r="H43" s="8">
         <v>2779675</v>
       </c>
       <c r="I43" s="8">
         <v>1158729</v>
       </c>
       <c r="J43" s="8">
         <v>3160396</v>
       </c>
       <c r="K43" s="8">
         <v>3260677</v>
       </c>
       <c r="L43" s="8">
         <v>2615354</v>
       </c>
       <c r="M43" s="8">
         <v>1577638</v>
       </c>
       <c r="N43" s="8">
         <v>29386766</v>
       </c>
     </row>
     <row r="44" ht="15" customHeight="1">
       <c r="A44" s="7" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B44" s="8">
         <v>634065</v>
       </c>
       <c r="C44" s="8">
         <v>523102</v>
       </c>
       <c r="D44" s="8">
         <v>563646</v>
       </c>
       <c r="E44" s="8">
         <v>951256</v>
       </c>
       <c r="F44" s="8">
         <v>1067166</v>
       </c>
       <c r="G44" s="8">
         <v>1163284</v>
       </c>
       <c r="H44" s="8">
         <v>447201</v>
       </c>
       <c r="I44" s="8">
         <v>1362822</v>
       </c>
       <c r="J44" s="8">
         <v>962159</v>
       </c>
       <c r="K44" s="8">
         <v>1583884</v>
       </c>
       <c r="L44" s="8">
         <v>831502</v>
       </c>
       <c r="M44" s="8">
         <v>785984</v>
       </c>
       <c r="N44" s="8">
         <v>10876071</v>
       </c>
     </row>
     <row r="45" ht="15" customHeight="1">
       <c r="A45" s="7" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B45" s="8">
         <v>58393187</v>
       </c>
       <c r="C45" s="8">
         <v>56087088</v>
       </c>
       <c r="D45" s="8">
         <v>65715687</v>
       </c>
       <c r="E45" s="8">
         <v>48181750</v>
       </c>
       <c r="F45" s="8">
         <v>63124223</v>
       </c>
       <c r="G45" s="8">
         <v>62763636</v>
       </c>
       <c r="H45" s="8">
         <v>60140801</v>
       </c>
       <c r="I45" s="8">
         <v>67357860</v>
       </c>
       <c r="J45" s="8">
         <v>59257849</v>
       </c>
       <c r="K45" s="8">
         <v>64774811</v>
       </c>
       <c r="L45" s="8">
         <v>61245071</v>
       </c>
       <c r="M45" s="8">
         <v>56145536</v>
       </c>
       <c r="N45" s="8">
         <v>723187499</v>
       </c>
     </row>
     <row r="46" ht="15" customHeight="1">
       <c r="A46" s="7" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B46" s="8">
         <v>37508962</v>
       </c>
       <c r="C46" s="8">
         <v>35329249</v>
       </c>
       <c r="D46" s="8">
         <v>42838543</v>
       </c>
       <c r="E46" s="8">
         <v>29287227</v>
       </c>
       <c r="F46" s="8">
         <v>41151653</v>
       </c>
       <c r="G46" s="8">
         <v>40995173</v>
       </c>
       <c r="H46" s="8">
         <v>40265461</v>
       </c>
       <c r="I46" s="8">
         <v>41500462</v>
       </c>
       <c r="J46" s="8">
         <v>36011132</v>
       </c>
       <c r="K46" s="8">
         <v>39816148</v>
       </c>
       <c r="L46" s="8">
         <v>39120343</v>
       </c>
       <c r="M46" s="8">
         <v>37928456</v>
       </c>
       <c r="N46" s="8">
         <v>461752809</v>
       </c>
     </row>
     <row r="47" ht="15" customHeight="1">
       <c r="A47" s="7" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B47" s="8">
         <v>1917015</v>
       </c>
       <c r="C47" s="8">
         <v>2115353</v>
       </c>
       <c r="D47" s="8">
         <v>2231513</v>
       </c>
       <c r="E47" s="8">
         <v>1739295</v>
       </c>
       <c r="F47" s="8">
         <v>2126482</v>
       </c>
       <c r="G47" s="8">
         <v>1604120</v>
       </c>
       <c r="H47" s="8">
         <v>1872046</v>
       </c>
       <c r="I47" s="8">
         <v>2118203</v>
       </c>
       <c r="J47" s="8">
         <v>1805827</v>
       </c>
       <c r="K47" s="8">
         <v>2457153</v>
       </c>
       <c r="L47" s="8">
         <v>2116211</v>
       </c>
       <c r="M47" s="8">
         <v>1774620</v>
       </c>
       <c r="N47" s="8">
         <v>23877838</v>
       </c>
     </row>
     <row r="48" ht="15" customHeight="1">
       <c r="A48" s="7" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B48" s="8">
         <v>8347563</v>
       </c>
       <c r="C48" s="8">
         <v>7323389</v>
       </c>
       <c r="D48" s="8">
         <v>8846811</v>
       </c>
       <c r="E48" s="8">
         <v>7081107</v>
       </c>
       <c r="F48" s="8">
         <v>8680761</v>
       </c>
       <c r="G48" s="8">
         <v>8352144</v>
       </c>
       <c r="H48" s="8">
         <v>8007952</v>
       </c>
       <c r="I48" s="8">
         <v>8916379</v>
       </c>
       <c r="J48" s="8">
         <v>8906877</v>
       </c>
       <c r="K48" s="8">
         <v>8795233</v>
       </c>
       <c r="L48" s="8">
         <v>8791087</v>
       </c>
       <c r="M48" s="8">
         <v>7004531</v>
       </c>
       <c r="N48" s="8">
         <v>99053834</v>
       </c>
     </row>
     <row r="49" ht="15" customHeight="1">
       <c r="A49" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B49" s="8">
         <v>1396410</v>
       </c>
       <c r="C49" s="8">
         <v>1297790</v>
       </c>
       <c r="D49" s="8">
         <v>937311</v>
       </c>
       <c r="E49" s="8">
         <v>1079933</v>
       </c>
       <c r="F49" s="8">
         <v>958432</v>
       </c>
       <c r="G49" s="8">
         <v>1068143</v>
       </c>
       <c r="H49" s="8">
         <v>761863</v>
       </c>
       <c r="I49" s="8">
         <v>1514535</v>
       </c>
       <c r="J49" s="8">
         <v>1132623</v>
       </c>
       <c r="K49" s="8">
         <v>1059710</v>
       </c>
       <c r="L49" s="8">
         <v>1320373</v>
       </c>
       <c r="M49" s="8">
         <v>707029</v>
       </c>
       <c r="N49" s="8">
         <v>13234151</v>
       </c>
     </row>
     <row r="50" ht="15" customHeight="1">
       <c r="A50" s="7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B50" s="8">
         <v>48996</v>
       </c>
       <c r="C50" s="8">
         <v>37082</v>
       </c>
       <c r="D50" s="8">
         <v>31777</v>
       </c>
       <c r="E50" s="8">
         <v>48212</v>
       </c>
       <c r="F50" s="8">
         <v>60875</v>
       </c>
       <c r="G50" s="8">
         <v>126467</v>
       </c>
       <c r="H50" s="8">
         <v>37840</v>
       </c>
       <c r="I50" s="8">
         <v>78831</v>
       </c>
       <c r="J50" s="8">
         <v>54126</v>
       </c>
       <c r="K50" s="8">
         <v>44607</v>
       </c>
       <c r="L50" s="8">
         <v>31203</v>
       </c>
       <c r="M50" s="8">
         <v>33618</v>
       </c>
       <c r="N50" s="8">
         <v>633634</v>
       </c>
     </row>
     <row r="51" ht="15" customHeight="1">
       <c r="A51" s="7" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B51" s="8">
         <v>3726582</v>
       </c>
       <c r="C51" s="8">
         <v>4467710</v>
       </c>
       <c r="D51" s="8">
         <v>4671316</v>
       </c>
       <c r="E51" s="8">
         <v>3791626</v>
       </c>
       <c r="F51" s="8">
         <v>4419174</v>
       </c>
       <c r="G51" s="8">
         <v>4319939</v>
       </c>
       <c r="H51" s="8">
         <v>3718649</v>
       </c>
       <c r="I51" s="8">
         <v>4325811</v>
       </c>
       <c r="J51" s="8">
         <v>3970443</v>
       </c>
       <c r="K51" s="8">
         <v>4735772</v>
       </c>
       <c r="L51" s="8">
         <v>4050955</v>
       </c>
       <c r="M51" s="8">
         <v>3623210</v>
       </c>
       <c r="N51" s="8">
         <v>49821189</v>
       </c>
     </row>
     <row r="52" ht="15" customHeight="1">
       <c r="A52" s="7" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B52" s="8">
         <v>559602</v>
       </c>
       <c r="C52" s="8">
         <v>649734</v>
       </c>
       <c r="D52" s="8">
         <v>700840</v>
       </c>
       <c r="E52" s="8">
         <v>482694</v>
       </c>
       <c r="F52" s="8">
         <v>390786</v>
       </c>
       <c r="G52" s="8">
         <v>677236</v>
       </c>
       <c r="H52" s="8">
         <v>716713</v>
       </c>
       <c r="I52" s="8">
         <v>722733</v>
       </c>
       <c r="J52" s="8">
         <v>748405</v>
       </c>
       <c r="K52" s="8">
         <v>590778</v>
       </c>
       <c r="L52" s="8">
         <v>425761</v>
       </c>
       <c r="M52" s="8">
         <v>484552</v>
       </c>
       <c r="N52" s="8">
         <v>7149833</v>
       </c>
     </row>
     <row r="53" ht="15" customHeight="1">
       <c r="A53" s="7" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B53" s="8">
         <v>2461160</v>
       </c>
       <c r="C53" s="8">
         <v>2578018</v>
       </c>
       <c r="D53" s="8">
         <v>2840573</v>
       </c>
       <c r="E53" s="8">
         <v>2498398</v>
       </c>
       <c r="F53" s="8">
         <v>2957331</v>
       </c>
       <c r="G53" s="8">
         <v>3020609</v>
       </c>
       <c r="H53" s="8">
         <v>2452613</v>
       </c>
       <c r="I53" s="8">
         <v>5460198</v>
       </c>
       <c r="J53" s="8">
         <v>4392597</v>
       </c>
       <c r="K53" s="8">
         <v>4857340</v>
       </c>
       <c r="L53" s="8">
         <v>2780416</v>
       </c>
       <c r="M53" s="8">
         <v>2621003</v>
       </c>
       <c r="N53" s="8">
         <v>38920256</v>
       </c>
     </row>
     <row r="54" ht="15" customHeight="1">
       <c r="A54" s="7" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B54" s="8">
         <v>1118575</v>
       </c>
       <c r="C54" s="8">
         <v>1085046</v>
       </c>
       <c r="D54" s="8">
         <v>1171775</v>
       </c>
       <c r="E54" s="8">
         <v>1059118</v>
       </c>
       <c r="F54" s="8">
         <v>1133745</v>
       </c>
       <c r="G54" s="8">
         <v>1103977</v>
       </c>
       <c r="H54" s="8">
         <v>988937</v>
       </c>
       <c r="I54" s="8">
         <v>1294570</v>
       </c>
       <c r="J54" s="8">
         <v>1028447</v>
       </c>
       <c r="K54" s="8">
         <v>1121227</v>
       </c>
       <c r="L54" s="8">
         <v>1003238</v>
       </c>
       <c r="M54" s="8">
         <v>808846</v>
       </c>
       <c r="N54" s="8">
         <v>12917501</v>
       </c>
     </row>
     <row r="55" ht="15" customHeight="1">
       <c r="A55" s="7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B55" s="8">
         <v>1308321</v>
       </c>
       <c r="C55" s="8">
         <v>1203717</v>
       </c>
       <c r="D55" s="8">
         <v>1445228</v>
       </c>
       <c r="E55" s="8">
         <v>1114139</v>
       </c>
       <c r="F55" s="8">
         <v>1244985</v>
       </c>
       <c r="G55" s="8">
         <v>1495829</v>
       </c>
       <c r="H55" s="8">
         <v>1318727</v>
       </c>
       <c r="I55" s="8">
         <v>1426137</v>
       </c>
       <c r="J55" s="8">
         <v>1207373</v>
       </c>
       <c r="K55" s="8">
         <v>1296844</v>
       </c>
       <c r="L55" s="8">
         <v>1605483</v>
       </c>
       <c r="M55" s="8">
         <v>1159672</v>
       </c>
       <c r="N55" s="8">
         <v>15826456</v>
       </c>
     </row>
     <row r="56" ht="15" customHeight="1">
       <c r="A56" s="7" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B56" s="8">
         <v>1679155</v>
       </c>
       <c r="C56" s="8">
         <v>1586446</v>
       </c>
       <c r="D56" s="8">
         <v>1937818</v>
       </c>
       <c r="E56" s="8">
         <v>1545953</v>
       </c>
       <c r="F56" s="8">
         <v>1687233</v>
       </c>
       <c r="G56" s="8">
         <v>1765800</v>
       </c>
       <c r="H56" s="8">
         <v>1730932</v>
       </c>
       <c r="I56" s="8">
         <v>2009156</v>
       </c>
       <c r="J56" s="8">
         <v>1877635</v>
       </c>
       <c r="K56" s="8">
         <v>2159550</v>
       </c>
       <c r="L56" s="8">
         <v>1830494</v>
       </c>
       <c r="M56" s="8">
         <v>1525615</v>
       </c>
       <c r="N56" s="8">
         <v>21335788</v>
       </c>
     </row>
     <row r="57" ht="15" customHeight="1">
       <c r="A57" s="7" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B57" s="8">
         <v>381041</v>
       </c>
       <c r="C57" s="8">
         <v>322866</v>
       </c>
       <c r="D57" s="8">
         <v>395605</v>
       </c>
       <c r="E57" s="8">
         <v>306685</v>
       </c>
       <c r="F57" s="8">
         <v>334444</v>
       </c>
       <c r="G57" s="8">
         <v>345625</v>
       </c>
       <c r="H57" s="8">
         <v>312587</v>
       </c>
       <c r="I57" s="8">
         <v>384105</v>
       </c>
       <c r="J57" s="8">
         <v>332728</v>
       </c>
       <c r="K57" s="8">
         <v>381780</v>
       </c>
       <c r="L57" s="8">
         <v>386937</v>
       </c>
       <c r="M57" s="8">
         <v>313434</v>
       </c>
       <c r="N57" s="8">
         <v>4197839</v>
       </c>
     </row>
     <row r="58" ht="15" customHeight="1">
       <c r="A58" s="7" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B58" s="8">
         <v>1298113</v>
       </c>
       <c r="C58" s="8">
         <v>1263580</v>
       </c>
       <c r="D58" s="8">
         <v>1542214</v>
       </c>
       <c r="E58" s="8">
         <v>1239268</v>
       </c>
       <c r="F58" s="8">
         <v>1352789</v>
       </c>
       <c r="G58" s="8">
         <v>1420174</v>
       </c>
       <c r="H58" s="8">
         <v>1418344</v>
       </c>
       <c r="I58" s="8">
         <v>1625051</v>
       </c>
       <c r="J58" s="8">
         <v>1544908</v>
       </c>
       <c r="K58" s="8">
         <v>1777770</v>
       </c>
       <c r="L58" s="8">
         <v>1443557</v>
       </c>
       <c r="M58" s="8">
         <v>1212181</v>
       </c>
       <c r="N58" s="8">
         <v>17137949</v>
       </c>
     </row>
     <row r="59" ht="15" customHeight="1">
       <c r="A59" s="7" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B59" s="8">
         <v>4908375</v>
       </c>
       <c r="C59" s="8">
         <v>4930517</v>
       </c>
       <c r="D59" s="8">
         <v>5845153</v>
       </c>
       <c r="E59" s="8">
         <v>3840943</v>
       </c>
       <c r="F59" s="8">
         <v>5739587</v>
       </c>
       <c r="G59" s="8">
         <v>6064101</v>
       </c>
       <c r="H59" s="8">
         <v>4058040</v>
       </c>
       <c r="I59" s="8">
         <v>5151262</v>
       </c>
       <c r="J59" s="8">
         <v>4773487</v>
       </c>
       <c r="K59" s="8">
         <v>6301883</v>
       </c>
       <c r="L59" s="8">
         <v>5219885</v>
       </c>
       <c r="M59" s="8">
         <v>3415502</v>
       </c>
       <c r="N59" s="8">
         <v>60248736</v>
       </c>
     </row>
     <row r="60" ht="15" customHeight="1">
       <c r="A60" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B60" s="8">
         <v>1243303</v>
       </c>
       <c r="C60" s="8">
         <v>1039904</v>
       </c>
       <c r="D60" s="8">
         <v>1300208</v>
       </c>
       <c r="E60" s="8">
         <v>767916</v>
       </c>
       <c r="F60" s="8">
         <v>1109807</v>
       </c>
       <c r="G60" s="8">
         <v>1278912</v>
       </c>
       <c r="H60" s="8">
         <v>1004030</v>
       </c>
       <c r="I60" s="8">
         <v>1162484</v>
       </c>
       <c r="J60" s="8">
         <v>1052906</v>
       </c>
       <c r="K60" s="8">
         <v>1548933</v>
       </c>
       <c r="L60" s="8">
         <v>1175362</v>
       </c>
       <c r="M60" s="8">
         <v>804738</v>
       </c>
       <c r="N60" s="8">
         <v>13488501</v>
       </c>
     </row>
     <row r="61" ht="15" customHeight="1">
       <c r="A61" s="7" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="B61" s="8">
         <v>1549296</v>
       </c>
       <c r="C61" s="8">
         <v>1796897</v>
       </c>
       <c r="D61" s="8">
         <v>1998040</v>
       </c>
       <c r="E61" s="8">
         <v>1241203</v>
       </c>
       <c r="F61" s="8">
         <v>2199098</v>
       </c>
       <c r="G61" s="8">
         <v>2136226</v>
       </c>
       <c r="H61" s="8">
         <v>1038129</v>
       </c>
       <c r="I61" s="8">
         <v>1670931</v>
       </c>
       <c r="J61" s="8">
         <v>1437053</v>
       </c>
       <c r="K61" s="8">
         <v>1838260</v>
       </c>
       <c r="L61" s="8">
         <v>1517244</v>
       </c>
       <c r="M61" s="8">
         <v>1009917</v>
       </c>
       <c r="N61" s="8">
         <v>19432292</v>
       </c>
     </row>
     <row r="62" ht="15" customHeight="1">
       <c r="A62" s="7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B62" s="8">
         <v>1078430</v>
       </c>
       <c r="C62" s="8">
         <v>991163</v>
       </c>
       <c r="D62" s="8">
         <v>1248398</v>
       </c>
       <c r="E62" s="8">
         <v>835613</v>
       </c>
       <c r="F62" s="8">
         <v>1231644</v>
       </c>
       <c r="G62" s="8">
         <v>1352021</v>
       </c>
       <c r="H62" s="8">
         <v>963873</v>
       </c>
       <c r="I62" s="8">
         <v>1158824</v>
       </c>
       <c r="J62" s="8">
         <v>1015910</v>
       </c>
       <c r="K62" s="8">
         <v>1162657</v>
       </c>
       <c r="L62" s="8">
         <v>1233574</v>
       </c>
       <c r="M62" s="8">
         <v>810613</v>
       </c>
       <c r="N62" s="8">
         <v>13082721</v>
       </c>
     </row>
     <row r="63" ht="15" customHeight="1">
       <c r="A63" s="7" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="B63" s="8">
         <v>1037346</v>
       </c>
       <c r="C63" s="8">
         <v>1102554</v>
       </c>
       <c r="D63" s="8">
         <v>1298507</v>
       </c>
       <c r="E63" s="8">
         <v>996212</v>
       </c>
       <c r="F63" s="8">
         <v>1199038</v>
       </c>
       <c r="G63" s="8">
         <v>1296942</v>
       </c>
       <c r="H63" s="8">
         <v>1052009</v>
       </c>
       <c r="I63" s="8">
         <v>1159024</v>
       </c>
       <c r="J63" s="8">
         <v>1267617</v>
       </c>
       <c r="K63" s="8">
         <v>1752034</v>
       </c>
       <c r="L63" s="8">
         <v>1293705</v>
       </c>
       <c r="M63" s="8">
         <v>790233</v>
       </c>
       <c r="N63" s="8">
         <v>14245221</v>
       </c>
     </row>
     <row r="64" ht="15" customHeight="1">
       <c r="A64" s="7" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="E64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="H64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="I64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="J64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="K64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="L64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="M64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="N64" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="65" ht="15" customHeight="1">
       <c r="A65" s="7" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B65" s="8">
         <v>748652425</v>
       </c>
       <c r="C65" s="8">
         <v>669667732</v>
       </c>
       <c r="D65" s="8">
         <v>735043680</v>
       </c>
       <c r="E65" s="8">
         <v>692315763</v>
       </c>
       <c r="F65" s="8">
         <v>731057060</v>
       </c>
       <c r="G65" s="8">
         <v>725574152</v>
       </c>
       <c r="H65" s="8">
         <v>722415577</v>
       </c>
       <c r="I65" s="8">
         <v>825601586</v>
       </c>
       <c r="J65" s="8">
         <v>742075542</v>
       </c>
       <c r="K65" s="8">
         <v>756477758</v>
       </c>
       <c r="L65" s="8">
         <v>774356189</v>
       </c>
       <c r="M65" s="8">
         <v>741977711</v>
       </c>
       <c r="N65" s="8">
         <v>8865215176</v>
       </c>
     </row>
     <row r="66" ht="15" customHeight="1">
       <c r="A66" s="7" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="B66" s="8">
         <v>146403910</v>
       </c>
       <c r="C66" s="8">
         <v>149271339</v>
       </c>
       <c r="D66" s="8">
         <v>130841179</v>
       </c>
       <c r="E66" s="8">
         <v>138227032</v>
       </c>
       <c r="F66" s="8">
         <v>160967894</v>
       </c>
       <c r="G66" s="8">
         <v>146129038</v>
       </c>
       <c r="H66" s="8">
         <v>168988811</v>
       </c>
       <c r="I66" s="8">
         <v>152122015</v>
       </c>
       <c r="J66" s="8">
         <v>125992569</v>
       </c>
       <c r="K66" s="8">
         <v>125165923</v>
       </c>
       <c r="L66" s="8">
         <v>131291700</v>
       </c>
       <c r="M66" s="8">
         <v>156182650</v>
       </c>
       <c r="N66" s="8">
         <v>1731584062</v>
       </c>
     </row>
     <row r="67" ht="15" customHeight="1">
       <c r="A67" s="7" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="B67" s="8">
         <v>593263888</v>
       </c>
       <c r="C67" s="8">
         <v>535616100</v>
       </c>
       <c r="D67" s="8">
         <v>622782546</v>
       </c>
       <c r="E67" s="8">
         <v>557398156</v>
       </c>
       <c r="F67" s="8">
         <v>600627155</v>
       </c>
       <c r="G67" s="8">
         <v>593871438</v>
       </c>
       <c r="H67" s="8">
         <v>583219452</v>
       </c>
       <c r="I67" s="8">
         <v>668051405</v>
       </c>
       <c r="J67" s="8">
         <v>617272910</v>
       </c>
       <c r="K67" s="8">
         <v>650481202</v>
       </c>
       <c r="L67" s="8">
         <v>662121769</v>
       </c>
       <c r="M67" s="8">
         <v>631150837</v>
       </c>
       <c r="N67" s="8">
         <v>7315856860</v>
       </c>
     </row>
     <row r="68" ht="15" customHeight="1">
       <c r="A68" s="7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B68" s="8">
         <v>117558</v>
       </c>
       <c r="C68" s="8">
         <v>102187</v>
       </c>
       <c r="D68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="F68" s="8">
         <v>187882</v>
       </c>
       <c r="G68" s="8">
         <v>252885</v>
       </c>
       <c r="H68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="I68" s="8">
         <v>162241</v>
       </c>
       <c r="J68" s="8">
         <v>14063928</v>
       </c>
       <c r="K68" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L68" s="8">
         <v>134552</v>
       </c>
       <c r="M68" s="8">
         <v>116499</v>
       </c>
       <c r="N68" s="8">
         <v>27244098</v>
       </c>
     </row>
     <row r="69" ht="15" customHeight="1">
       <c r="A69" s="7" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B69" s="8">
         <v>121465490</v>
       </c>
       <c r="C69" s="8">
         <v>122342714</v>
       </c>
       <c r="D69" s="8">
         <v>121214140</v>
       </c>
       <c r="E69" s="8">
         <v>127374401</v>
       </c>
       <c r="F69" s="8">
         <v>114520064</v>
       </c>
       <c r="G69" s="8">
         <v>109882685</v>
       </c>
       <c r="H69" s="8">
         <v>105585015</v>
       </c>
       <c r="I69" s="8">
         <v>133377096</v>
       </c>
       <c r="J69" s="8">
         <v>136123277</v>
       </c>
       <c r="K69" s="8">
         <v>138034705</v>
       </c>
       <c r="L69" s="8">
         <v>151925573</v>
       </c>
       <c r="M69" s="8">
         <v>132268664</v>
       </c>
       <c r="N69" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="70" ht="15" customHeight="1">
       <c r="A70" s="7" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="B70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="E70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="H70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="I70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="J70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="K70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="L70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="M70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="N70" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="71" ht="15" customHeight="1">
       <c r="A71" s="7" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B71" s="8">
         <v>19814698</v>
       </c>
       <c r="C71" s="8">
         <v>27125433</v>
       </c>
       <c r="D71" s="8">
         <v>37462979</v>
       </c>
       <c r="E71" s="8">
         <v>22427020</v>
       </c>
       <c r="F71" s="8">
         <v>32120762</v>
       </c>
       <c r="G71" s="8">
         <v>25325370</v>
       </c>
       <c r="H71" s="8">
         <v>44877357</v>
       </c>
       <c r="I71" s="8">
         <v>37943849</v>
       </c>
       <c r="J71" s="8">
         <v>22814734</v>
       </c>
       <c r="K71" s="8">
         <v>34106078</v>
       </c>
       <c r="L71" s="8">
         <v>36805004</v>
       </c>
       <c r="M71" s="8">
         <v>27449654</v>
       </c>
       <c r="N71" s="8">
         <v>368272936</v>
       </c>
     </row>
     <row r="72" ht="15" customHeight="1">
       <c r="A72" s="7" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="B72" s="8">
         <v>13103313</v>
       </c>
       <c r="C72" s="8">
         <v>16735371</v>
       </c>
       <c r="D72" s="8">
         <v>23456931</v>
       </c>
       <c r="E72" s="8">
         <v>13502307</v>
       </c>
       <c r="F72" s="8">
         <v>14310990</v>
       </c>
       <c r="G72" s="8">
         <v>13171741</v>
       </c>
       <c r="H72" s="8">
         <v>11914681</v>
       </c>
       <c r="I72" s="8">
         <v>16130387</v>
       </c>
       <c r="J72" s="8">
         <v>13297683</v>
       </c>
       <c r="K72" s="8">
         <v>11946848</v>
       </c>
       <c r="L72" s="8">
         <v>13626439</v>
       </c>
       <c r="M72" s="8">
         <v>13108316</v>
       </c>
       <c r="N72" s="8">
         <v>174305007</v>
       </c>
     </row>
     <row r="73" ht="15" customHeight="1">
       <c r="A73" s="7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B73" s="8">
         <v>7162628</v>
       </c>
       <c r="C73" s="8">
         <v>7371195</v>
       </c>
       <c r="D73" s="8">
         <v>7754422</v>
       </c>
       <c r="E73" s="8">
         <v>8091765</v>
       </c>
       <c r="F73" s="8">
         <v>8483682</v>
       </c>
       <c r="G73" s="8">
         <v>8058204</v>
       </c>
       <c r="H73" s="8">
         <v>21579321</v>
       </c>
       <c r="I73" s="8">
         <v>9127687</v>
       </c>
       <c r="J73" s="8">
         <v>8648675</v>
       </c>
       <c r="K73" s="8">
         <v>7922935</v>
       </c>
       <c r="L73" s="8">
         <v>8694300</v>
       </c>
       <c r="M73" s="8">
         <v>7709201</v>
       </c>
       <c r="N73" s="8">
         <v>110604014</v>
       </c>
     </row>
     <row r="74" ht="15" customHeight="1">
       <c r="A74" s="7" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B74" s="8">
         <v>1890610</v>
       </c>
       <c r="C74" s="8">
         <v>2564829</v>
       </c>
       <c r="D74" s="8">
         <v>6015349</v>
       </c>
       <c r="E74" s="8">
         <v>1304024</v>
       </c>
       <c r="F74" s="8">
         <v>1247239</v>
       </c>
       <c r="G74" s="8">
         <v>1574573</v>
       </c>
       <c r="H74" s="8">
         <v>2122429</v>
       </c>
       <c r="I74" s="8">
         <v>1656744</v>
       </c>
       <c r="J74" s="8">
         <v>1410690</v>
       </c>
       <c r="K74" s="8">
         <v>1891901</v>
       </c>
       <c r="L74" s="8">
         <v>1887202</v>
       </c>
       <c r="M74" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="N74" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="75" ht="15" customHeight="1">
       <c r="A75" s="7" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="B75" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C75" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D75" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="E75" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F75" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G75" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="H75" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="I75" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="J75" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="K75" s="9" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="L75" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="M75" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="N75" s="8" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="76" ht="12" customHeight="1"/>
     <row r="77" ht="14" customHeight="1">
       <c r="A77" s="10" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="B77" s="10"/>
       <c r="C77" s="10"/>
       <c r="D77" s="10"/>
       <c r="E77" s="10"/>
       <c r="F77" s="10"/>
       <c r="G77" s="10"/>
       <c r="H77" s="10"/>
       <c r="I77" s="10"/>
       <c r="J77" s="10"/>
       <c r="K77" s="10"/>
       <c r="L77" s="10"/>
       <c r="M77" s="10"/>
       <c r="N77" s="10"/>
     </row>
     <row r="78" ht="14" customHeight="1">
       <c r="A78" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B78" s="11"/>
       <c r="C78" s="11"/>
       <c r="D78" s="11"/>
       <c r="E78" s="11"/>
       <c r="F78" s="11"/>
       <c r="G78" s="11"/>
       <c r="H78" s="11"/>
       <c r="I78" s="11"/>
       <c r="J78" s="11"/>
       <c r="K78" s="11"/>
       <c r="L78" s="11"/>
       <c r="M78" s="11"/>
       <c r="N78" s="11"/>
     </row>
     <row r="79" ht="14" customHeight="1">
       <c r="A79" s="12" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="B79" s="12"/>
       <c r="C79" s="12"/>
       <c r="D79" s="12"/>
       <c r="E79" s="12"/>
       <c r="F79" s="12"/>
       <c r="G79" s="12"/>
       <c r="H79" s="12"/>
       <c r="I79" s="12"/>
       <c r="J79" s="12"/>
       <c r="K79" s="12"/>
       <c r="L79" s="12"/>
       <c r="M79" s="12"/>
       <c r="N79" s="12"/>
     </row>
     <row r="80" ht="43" customHeight="1">
       <c r="A80" s="12" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="B80" s="12"/>
       <c r="C80" s="12"/>
       <c r="D80" s="12"/>
       <c r="E80" s="12"/>
       <c r="F80" s="12"/>
       <c r="G80" s="12"/>
       <c r="H80" s="12"/>
       <c r="I80" s="12"/>
       <c r="J80" s="12"/>
       <c r="K80" s="12"/>
       <c r="L80" s="12"/>
       <c r="M80" s="12"/>
       <c r="N80" s="12"/>
     </row>
     <row r="81" ht="14" customHeight="1">
       <c r="A81" s="12" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B81" s="12"/>
       <c r="C81" s="12"/>
       <c r="D81" s="12"/>
       <c r="E81" s="12"/>
       <c r="F81" s="12"/>
       <c r="G81" s="12"/>
       <c r="H81" s="12"/>
       <c r="I81" s="12"/>
       <c r="J81" s="12"/>
       <c r="K81" s="12"/>
       <c r="L81" s="12"/>
       <c r="M81" s="12"/>
       <c r="N81" s="12"/>
     </row>
     <row r="82" ht="12" customHeight="1">
       <c r="A82" s="13" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="B82" s="13"/>
       <c r="C82" s="13"/>
       <c r="D82" s="13"/>
       <c r="E82" s="13"/>
       <c r="F82" s="13"/>
       <c r="G82" s="13"/>
       <c r="H82" s="13"/>
       <c r="I82" s="13"/>
       <c r="J82" s="13"/>
       <c r="K82" s="13"/>
       <c r="L82" s="13"/>
       <c r="M82" s="13"/>
       <c r="N82" s="13"/>
     </row>
     <row r="83" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A77:N77"/>
@@ -44313,63 +45161,63 @@
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <dir xmlns="02617c3e-573d-4b6e-8178-608e9b4df8d5" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7F68C6E7-B1D6-4084-A90E-73A6C5818E72}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E78C2760-0787-4028-91EB-31EDE1E28E2C}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8B5AD7D4-6AE0-4C48-A580-5F4899EC5E32}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{37119217-345C-4AE2-BF89-6C084ECF56C2}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E1A5F1F4-F7A3-4AC4-8B1C-833D3D288C1E}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{510935CF-95D3-4A7B-8FF1-5E5FBEAA4324}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08ED98AC-06B8-44F3-9DE4-594F3CBDEDE9}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3F31B394-F128-4711-8972-81566D463268}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>