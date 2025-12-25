--- v0 (2025-10-12)
+++ v1 (2025-12-25)
@@ -46,94 +46,102 @@
   <workbookPr showInkAnnotation="0" autoCompressPictures="0"/>
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="1" r:id="rId1"/>
     <sheet name="2024" sheetId="2" r:id="rId2"/>
     <sheet name="2023" sheetId="3" r:id="rId3"/>
     <sheet name="2022" sheetId="4" r:id="rId4"/>
     <sheet name="2021" sheetId="5" r:id="rId5"/>
     <sheet name="2020" sheetId="6" r:id="rId6"/>
     <sheet name="2019" sheetId="7" r:id="rId7"/>
     <sheet name="2018" sheetId="8" r:id="rId8"/>
     <sheet name="2017" sheetId="9" r:id="rId9"/>
     <sheet name="2016" sheetId="10" r:id="rId10"/>
     <sheet name="2015" sheetId="11" r:id="rId11"/>
     <sheet name="2014" sheetId="12" r:id="rId12"/>
     <sheet name="2013" sheetId="13" r:id="rId13"/>
     <sheet name="2012" sheetId="14" r:id="rId14"/>
   </sheets>
   <calcPr calcId="0" concurrentCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="480" uniqueCount="227">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="482" uniqueCount="229">
   <si>
     <t>U.S. DEPARTMENT OF THE TREASURY</t>
   </si>
   <si>
     <t>ALCOHOL AND TOBACCO TAX AND TRADE BUREAU</t>
   </si>
   <si>
     <t>2025 MONTHLY NATIONAL STATISTICAL REPORT - Beer</t>
   </si>
   <si>
     <t> </t>
   </si>
   <si>
-    <t>Report Date: 18-SEP-2025</t>
+    <t>Report Date: 05-DEC-2025</t>
   </si>
   <si>
     <t>Report Symbol: TTB-S-5130-2025</t>
   </si>
   <si>
     <t>Units: Beer Barrels (1 Barrel = 31 US Gallons)</t>
   </si>
   <si>
     <t xml:space="preserve">January 
  2025</t>
   </si>
   <si>
     <t xml:space="preserve">February 
  2025</t>
   </si>
   <si>
     <t xml:space="preserve">March 
  2025</t>
   </si>
   <si>
     <t xml:space="preserve">April 
  2025</t>
   </si>
   <si>
     <t xml:space="preserve">May 
  2025</t>
   </si>
   <si>
     <t xml:space="preserve">June 
+ 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">July 
+ 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">August 
  2025</t>
   </si>
   <si>
     <r>
       <t>Number of Industry Members</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9.5"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t>c</t>
     </r>
   </si>
   <si>
     <t>Production</t>
   </si>
   <si>
     <r>
       <t>Taxable Removals</t>
     </r>
     <r>
       <rPr>
@@ -1401,64 +1409,66 @@
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr filterMode="0" enableFormatConditionsCalculation="0">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G21"/>
+  <dimension ref="A1:I21"/>
   <sheetViews>
     <sheetView zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0">
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12" customHeight="1" x14ac:dyDescent="0"/>
   <cols>
     <col min="1" max="1" width="43.57" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="15.71" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="15.71" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
@@ -1470,260 +1480,310 @@
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>7</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>9</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>10</v>
       </c>
       <c r="F8" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G8" s="6" t="s">
         <v>12</v>
       </c>
+      <c r="H8" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="I8" s="6" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B9" s="8">
-        <v>669</v>
+        <v>673</v>
       </c>
       <c r="C9" s="8">
-        <v>655</v>
+        <v>659</v>
       </c>
       <c r="D9" s="8">
-        <v>6162</v>
+        <v>6278</v>
       </c>
       <c r="E9" s="8">
-        <v>651</v>
+        <v>664</v>
       </c>
       <c r="F9" s="8">
-        <v>632</v>
+        <v>642</v>
       </c>
       <c r="G9" s="8">
-        <v>5776</v>
+        <v>5992</v>
+      </c>
+      <c r="H9" s="8">
+        <v>640</v>
+      </c>
+      <c r="I9" s="8">
+        <v>618</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B10" s="8">
-        <v>11593914</v>
+        <v>11598798</v>
       </c>
       <c r="C10" s="8">
-        <v>11401229</v>
+        <v>11406711</v>
       </c>
       <c r="D10" s="8">
-        <v>13497468</v>
+        <v>13512213</v>
       </c>
       <c r="E10" s="8">
-        <v>13154281</v>
+        <v>13164387</v>
       </c>
       <c r="F10" s="8">
-        <v>13903438</v>
+        <v>13910720</v>
       </c>
       <c r="G10" s="8">
-        <v>14772838</v>
+        <v>14816127</v>
+      </c>
+      <c r="H10" s="8">
+        <v>12884825</v>
+      </c>
+      <c r="I10" s="8">
+        <v>11630173</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B11" s="8">
-        <v>10572389</v>
+        <v>10576386</v>
       </c>
       <c r="C11" s="8">
-        <v>10133518</v>
+        <v>10136820</v>
       </c>
       <c r="D11" s="8">
-        <v>12341425</v>
+        <v>12353662</v>
       </c>
       <c r="E11" s="8">
-        <v>12046514</v>
+        <v>12053375</v>
       </c>
       <c r="F11" s="8">
-        <v>12885517</v>
+        <v>12894542</v>
       </c>
       <c r="G11" s="8">
-        <v>14065563</v>
+        <v>14107473</v>
+      </c>
+      <c r="H11" s="8">
+        <v>12311739</v>
+      </c>
+      <c r="I11" s="8">
+        <v>11260955</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B12" s="8">
         <v>175492</v>
       </c>
       <c r="C12" s="8">
         <v>165331</v>
       </c>
       <c r="D12" s="8">
         <v>166856</v>
       </c>
       <c r="E12" s="8">
         <v>203074</v>
       </c>
       <c r="F12" s="8">
         <v>193986</v>
       </c>
       <c r="G12" s="8">
         <v>183983</v>
       </c>
+      <c r="H12" s="8">
+        <v>204817</v>
+      </c>
+      <c r="I12" s="8">
+        <v>205352</v>
+      </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B13" s="8">
-        <v>9191968</v>
+        <v>9201255</v>
       </c>
       <c r="C13" s="8">
-        <v>9648995</v>
+        <v>9659478</v>
       </c>
       <c r="D13" s="8">
-        <v>10464506</v>
+        <v>10482731</v>
       </c>
       <c r="E13" s="8">
-        <v>10047658</v>
+        <v>10060226</v>
       </c>
       <c r="F13" s="8">
-        <v>10364907</v>
+        <v>10374953</v>
       </c>
       <c r="G13" s="8">
-        <v>10872699</v>
+        <v>10898116</v>
+      </c>
+      <c r="H13" s="8">
+        <v>9885454</v>
+      </c>
+      <c r="I13" s="8">
+        <v>9353367</v>
       </c>
     </row>
     <row r="14" ht="12" customHeight="1"/>
     <row r="15" ht="14" customHeight="1">
       <c r="A15" s="9" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B15" s="9"/>
       <c r="C15" s="9"/>
       <c r="D15" s="9"/>
       <c r="E15" s="9"/>
       <c r="F15" s="9"/>
       <c r="G15" s="9"/>
+      <c r="H15" s="9"/>
+      <c r="I15" s="9"/>
     </row>
     <row r="16" ht="14" customHeight="1">
       <c r="A16" s="10" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B16" s="10"/>
       <c r="C16" s="10"/>
       <c r="D16" s="10"/>
       <c r="E16" s="10"/>
       <c r="F16" s="10"/>
       <c r="G16" s="10"/>
+      <c r="H16" s="10"/>
+      <c r="I16" s="10"/>
     </row>
     <row r="17" ht="43" customHeight="1">
       <c r="A17" s="10" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B17" s="10"/>
       <c r="C17" s="10"/>
       <c r="D17" s="10"/>
       <c r="E17" s="10"/>
       <c r="F17" s="10"/>
       <c r="G17" s="10"/>
+      <c r="H17" s="10"/>
+      <c r="I17" s="10"/>
     </row>
     <row r="18" ht="43" customHeight="1">
       <c r="A18" s="10" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B18" s="10"/>
       <c r="C18" s="10"/>
       <c r="D18" s="10"/>
       <c r="E18" s="10"/>
       <c r="F18" s="10"/>
       <c r="G18" s="10"/>
+      <c r="H18" s="10"/>
+      <c r="I18" s="10"/>
     </row>
     <row r="19" ht="14" customHeight="1">
       <c r="A19" s="10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B19" s="10"/>
       <c r="C19" s="10"/>
       <c r="D19" s="10"/>
       <c r="E19" s="10"/>
       <c r="F19" s="10"/>
       <c r="G19" s="10"/>
+      <c r="H19" s="10"/>
+      <c r="I19" s="10"/>
     </row>
     <row r="20" ht="14" customHeight="1">
       <c r="A20" s="10" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B20" s="10"/>
       <c r="C20" s="10"/>
       <c r="D20" s="10"/>
       <c r="E20" s="10"/>
       <c r="F20" s="10"/>
       <c r="G20" s="10"/>
+      <c r="H20" s="10"/>
+      <c r="I20" s="10"/>
     </row>
     <row r="21" ht="12" customHeight="1">
       <c r="A21" s="11" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B21" s="11"/>
       <c r="C21" s="11"/>
       <c r="D21" s="11"/>
       <c r="E21" s="11"/>
       <c r="F21" s="11"/>
       <c r="G21" s="11"/>
+      <c r="H21" s="11"/>
+      <c r="I21" s="11"/>
     </row>
     <row r="22" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="13">
-    <mergeCell ref="A1:G1"/>
-[...11 lines deleted...]
-    <mergeCell ref="A21:G21"/>
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A2:I2"/>
+    <mergeCell ref="A3:I3"/>
+    <mergeCell ref="A4:I4"/>
+    <mergeCell ref="A5:I5"/>
+    <mergeCell ref="A6:I6"/>
+    <mergeCell ref="A15:I15"/>
+    <mergeCell ref="A16:I16"/>
+    <mergeCell ref="A17:I17"/>
+    <mergeCell ref="A18:I18"/>
+    <mergeCell ref="A19:I19"/>
+    <mergeCell ref="A20:I20"/>
+    <mergeCell ref="A21:I21"/>
   </mergeCells>
   <printOptions headings="0" horizontalCentered="0" verticalCentered="0" gridLines="0"/>
   <pageMargins left="0.05" right="0.05" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup paperSize="1" fitToWidth="1" fitToHeight="1" scale="100" orientation="landscape" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter>
     <oddHeader/>
     <oddFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr filterMode="0" enableFormatConditionsCalculation="0">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:N24"/>
   <sheetViews>
     <sheetView zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0">
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12" customHeight="1" x14ac:dyDescent="0"/>
   <cols>
     <col min="1" max="1" width="43.57" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="15.71" bestFit="1" customWidth="1"/>
@@ -1731,577 +1791,577 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B9" s="8">
         <v>635</v>
       </c>
       <c r="C9" s="8">
         <v>654</v>
       </c>
       <c r="D9" s="8">
         <v>4385</v>
       </c>
       <c r="E9" s="8">
         <v>655</v>
       </c>
       <c r="F9" s="8">
         <v>659</v>
       </c>
       <c r="G9" s="8">
         <v>4525</v>
       </c>
       <c r="H9" s="8">
         <v>663</v>
       </c>
       <c r="I9" s="8">
         <v>675</v>
       </c>
       <c r="J9" s="8">
         <v>4677</v>
       </c>
       <c r="K9" s="8">
         <v>666</v>
       </c>
       <c r="L9" s="8">
         <v>658</v>
       </c>
       <c r="M9" s="8">
         <v>4885</v>
       </c>
       <c r="N9" s="8">
         <v>5335</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B10" s="8">
         <v>14544184</v>
       </c>
       <c r="C10" s="8">
         <v>14493903</v>
       </c>
       <c r="D10" s="8">
         <v>17229663</v>
       </c>
       <c r="E10" s="8">
         <v>16504433</v>
       </c>
       <c r="F10" s="8">
         <v>16990795</v>
       </c>
       <c r="G10" s="8">
         <v>18036154</v>
       </c>
       <c r="H10" s="8">
         <v>16993344</v>
       </c>
       <c r="I10" s="8">
         <v>17013486</v>
       </c>
       <c r="J10" s="8">
         <v>15998877</v>
       </c>
       <c r="K10" s="8">
         <v>14514652</v>
       </c>
       <c r="L10" s="8">
         <v>13744364</v>
       </c>
       <c r="M10" s="8">
         <v>14592604</v>
       </c>
       <c r="N10" s="8">
         <v>190656458</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B11" s="8">
         <v>12732577</v>
       </c>
       <c r="C11" s="8">
         <v>12988905</v>
       </c>
       <c r="D11" s="8">
         <v>15469652</v>
       </c>
       <c r="E11" s="8">
         <v>14792519</v>
       </c>
       <c r="F11" s="8">
         <v>15737293</v>
       </c>
       <c r="G11" s="8">
         <v>16892439</v>
       </c>
       <c r="H11" s="8">
         <v>15164986</v>
       </c>
       <c r="I11" s="8">
         <v>16298408</v>
       </c>
       <c r="J11" s="8">
         <v>15271878</v>
       </c>
       <c r="K11" s="8">
         <v>13054225</v>
       </c>
       <c r="L11" s="8">
         <v>12482657</v>
       </c>
       <c r="M11" s="8">
         <v>13719574</v>
       </c>
       <c r="N11" s="8">
         <v>174605112</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B12" s="8">
         <v>11519141</v>
       </c>
       <c r="C12" s="8">
         <v>11738214</v>
       </c>
       <c r="D12" s="8">
         <v>13315864</v>
       </c>
       <c r="E12" s="8">
         <v>13364642</v>
       </c>
       <c r="F12" s="8">
         <v>14309465</v>
       </c>
       <c r="G12" s="8">
         <v>14670483</v>
       </c>
       <c r="H12" s="8">
         <v>13841165</v>
       </c>
       <c r="I12" s="8">
         <v>14859247</v>
       </c>
       <c r="J12" s="8">
         <v>13127389</v>
       </c>
       <c r="K12" s="8">
         <v>11744818</v>
       </c>
       <c r="L12" s="8">
         <v>11238157</v>
       </c>
       <c r="M12" s="8">
         <v>11752954</v>
       </c>
       <c r="N12" s="8">
         <v>155481538</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B13" s="8">
         <v>1208246</v>
       </c>
       <c r="C13" s="8">
         <v>1244616</v>
       </c>
       <c r="D13" s="8">
         <v>1734755</v>
       </c>
       <c r="E13" s="8">
         <v>1421490</v>
       </c>
       <c r="F13" s="8">
         <v>1421988</v>
       </c>
       <c r="G13" s="8">
         <v>1703233</v>
       </c>
       <c r="H13" s="8">
         <v>1318087</v>
       </c>
       <c r="I13" s="8">
         <v>1433561</v>
       </c>
       <c r="J13" s="8">
         <v>1583690</v>
       </c>
       <c r="K13" s="8">
         <v>1304552</v>
       </c>
       <c r="L13" s="8">
         <v>1239849</v>
       </c>
       <c r="M13" s="8">
         <v>1436983</v>
       </c>
       <c r="N13" s="8">
         <v>17051050</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B14" s="8">
         <v>5190</v>
       </c>
       <c r="C14" s="8">
         <v>6075</v>
       </c>
       <c r="D14" s="8">
         <v>419033</v>
       </c>
       <c r="E14" s="8">
         <v>6386</v>
       </c>
       <c r="F14" s="8">
         <v>5841</v>
       </c>
       <c r="G14" s="8">
         <v>518723</v>
       </c>
       <c r="H14" s="8">
         <v>5735</v>
       </c>
       <c r="I14" s="8">
         <v>5599</v>
       </c>
       <c r="J14" s="8">
         <v>560799</v>
       </c>
       <c r="K14" s="8">
         <v>4856</v>
       </c>
       <c r="L14" s="8">
         <v>4650</v>
       </c>
       <c r="M14" s="8">
         <v>529636</v>
       </c>
       <c r="N14" s="8">
         <v>2072524</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B15" s="8">
         <v>363062</v>
       </c>
       <c r="C15" s="8">
         <v>450059</v>
       </c>
       <c r="D15" s="8">
         <v>515430</v>
       </c>
       <c r="E15" s="8">
         <v>655550</v>
       </c>
       <c r="F15" s="8">
         <v>549015</v>
       </c>
       <c r="G15" s="8">
         <v>547102</v>
       </c>
       <c r="H15" s="8">
         <v>532639</v>
       </c>
       <c r="I15" s="8">
         <v>553084</v>
       </c>
       <c r="J15" s="8">
         <v>565960</v>
       </c>
       <c r="K15" s="8">
         <v>683583</v>
       </c>
       <c r="L15" s="8">
         <v>674398</v>
       </c>
       <c r="M15" s="8">
         <v>431045</v>
       </c>
       <c r="N15" s="8">
         <v>6520927</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B16" s="8">
         <v>10345112</v>
       </c>
       <c r="C16" s="8">
         <v>10661508</v>
       </c>
       <c r="D16" s="8">
         <v>11367302</v>
       </c>
       <c r="E16" s="8">
         <v>11408703</v>
       </c>
       <c r="F16" s="8">
         <v>11344892</v>
       </c>
       <c r="G16" s="8">
         <v>11501599</v>
       </c>
       <c r="H16" s="8">
         <v>11530292</v>
       </c>
       <c r="I16" s="8">
         <v>10845301</v>
       </c>
       <c r="J16" s="8">
         <v>10487003</v>
       </c>
       <c r="K16" s="8">
         <v>10108826</v>
       </c>
       <c r="L16" s="8">
         <v>9971018</v>
       </c>
       <c r="M16" s="8">
         <v>10021326</v>
       </c>
       <c r="N16" s="8">
         <v>129592884</v>
       </c>
     </row>
     <row r="17" ht="12" customHeight="1"/>
     <row r="18" ht="14" customHeight="1">
       <c r="A18" s="9" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B18" s="9"/>
       <c r="C18" s="9"/>
       <c r="D18" s="9"/>
       <c r="E18" s="9"/>
       <c r="F18" s="9"/>
       <c r="G18" s="9"/>
       <c r="H18" s="9"/>
       <c r="I18" s="9"/>
       <c r="J18" s="9"/>
       <c r="K18" s="9"/>
       <c r="L18" s="9"/>
       <c r="M18" s="9"/>
       <c r="N18" s="9"/>
     </row>
     <row r="19" ht="14" customHeight="1">
       <c r="A19" s="10" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B19" s="10"/>
       <c r="C19" s="10"/>
       <c r="D19" s="10"/>
       <c r="E19" s="10"/>
       <c r="F19" s="10"/>
       <c r="G19" s="10"/>
       <c r="H19" s="10"/>
       <c r="I19" s="10"/>
       <c r="J19" s="10"/>
       <c r="K19" s="10"/>
       <c r="L19" s="10"/>
       <c r="M19" s="10"/>
       <c r="N19" s="10"/>
     </row>
     <row r="20" ht="43" customHeight="1">
       <c r="A20" s="10" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B20" s="10"/>
       <c r="C20" s="10"/>
       <c r="D20" s="10"/>
       <c r="E20" s="10"/>
       <c r="F20" s="10"/>
       <c r="G20" s="10"/>
       <c r="H20" s="10"/>
       <c r="I20" s="10"/>
       <c r="J20" s="10"/>
       <c r="K20" s="10"/>
       <c r="L20" s="10"/>
       <c r="M20" s="10"/>
       <c r="N20" s="10"/>
     </row>
     <row r="21" ht="58" customHeight="1">
       <c r="A21" s="10" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B21" s="10"/>
       <c r="C21" s="10"/>
       <c r="D21" s="10"/>
       <c r="E21" s="10"/>
       <c r="F21" s="10"/>
       <c r="G21" s="10"/>
       <c r="H21" s="10"/>
       <c r="I21" s="10"/>
       <c r="J21" s="10"/>
       <c r="K21" s="10"/>
       <c r="L21" s="10"/>
       <c r="M21" s="10"/>
       <c r="N21" s="10"/>
     </row>
     <row r="22" ht="14" customHeight="1">
       <c r="A22" s="10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B22" s="10"/>
       <c r="C22" s="10"/>
       <c r="D22" s="10"/>
       <c r="E22" s="10"/>
       <c r="F22" s="10"/>
       <c r="G22" s="10"/>
       <c r="H22" s="10"/>
       <c r="I22" s="10"/>
       <c r="J22" s="10"/>
       <c r="K22" s="10"/>
       <c r="L22" s="10"/>
       <c r="M22" s="10"/>
       <c r="N22" s="10"/>
     </row>
     <row r="23" ht="14" customHeight="1">
       <c r="A23" s="10" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B23" s="10"/>
       <c r="C23" s="10"/>
       <c r="D23" s="10"/>
       <c r="E23" s="10"/>
       <c r="F23" s="10"/>
       <c r="G23" s="10"/>
       <c r="H23" s="10"/>
       <c r="I23" s="10"/>
       <c r="J23" s="10"/>
       <c r="K23" s="10"/>
       <c r="L23" s="10"/>
       <c r="M23" s="10"/>
       <c r="N23" s="10"/>
     </row>
     <row r="24" ht="12" customHeight="1">
       <c r="A24" s="11" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B24" s="11"/>
       <c r="C24" s="11"/>
       <c r="D24" s="11"/>
       <c r="E24" s="11"/>
       <c r="F24" s="11"/>
       <c r="G24" s="11"/>
       <c r="H24" s="11"/>
       <c r="I24" s="11"/>
       <c r="J24" s="11"/>
       <c r="K24" s="11"/>
       <c r="L24" s="11"/>
       <c r="M24" s="11"/>
       <c r="N24" s="11"/>
     </row>
     <row r="25" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A18:N18"/>
@@ -2340,577 +2400,577 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B9" s="8">
         <v>634</v>
       </c>
       <c r="C9" s="8">
         <v>619</v>
       </c>
       <c r="D9" s="8">
         <v>3803</v>
       </c>
       <c r="E9" s="8">
         <v>629</v>
       </c>
       <c r="F9" s="8">
         <v>632</v>
       </c>
       <c r="G9" s="8">
         <v>3915</v>
       </c>
       <c r="H9" s="8">
         <v>638</v>
       </c>
       <c r="I9" s="8">
         <v>651</v>
       </c>
       <c r="J9" s="8">
         <v>4005</v>
       </c>
       <c r="K9" s="8">
         <v>646</v>
       </c>
       <c r="L9" s="8">
         <v>638</v>
       </c>
       <c r="M9" s="8">
         <v>4203</v>
       </c>
       <c r="N9" s="8">
         <v>4594</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B10" s="8">
         <v>14609862</v>
       </c>
       <c r="C10" s="8">
         <v>14359692</v>
       </c>
       <c r="D10" s="8">
         <v>16763815</v>
       </c>
       <c r="E10" s="8">
         <v>16436773</v>
       </c>
       <c r="F10" s="8">
         <v>17405509</v>
       </c>
       <c r="G10" s="8">
         <v>18260094</v>
       </c>
       <c r="H10" s="8">
         <v>17151177</v>
       </c>
       <c r="I10" s="8">
         <v>16834688</v>
       </c>
       <c r="J10" s="8">
         <v>16615866</v>
       </c>
       <c r="K10" s="8">
         <v>15469409</v>
       </c>
       <c r="L10" s="8">
         <v>14014762</v>
       </c>
       <c r="M10" s="8">
         <v>14714889</v>
       </c>
       <c r="N10" s="8">
         <v>192636536</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B11" s="8">
         <v>12976202</v>
       </c>
       <c r="C11" s="8">
         <v>12483554</v>
       </c>
       <c r="D11" s="8">
         <v>15403554</v>
       </c>
       <c r="E11" s="8">
         <v>15052429</v>
       </c>
       <c r="F11" s="8">
         <v>15650468</v>
       </c>
       <c r="G11" s="8">
         <v>16952369</v>
       </c>
       <c r="H11" s="8">
         <v>15941694</v>
       </c>
       <c r="I11" s="8">
         <v>15692623</v>
       </c>
       <c r="J11" s="8">
         <v>15728332</v>
       </c>
       <c r="K11" s="8">
         <v>14140483</v>
       </c>
       <c r="L11" s="8">
         <v>12969459</v>
       </c>
       <c r="M11" s="8">
         <v>14173608</v>
       </c>
       <c r="N11" s="8">
         <v>177164772</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B12" s="8">
         <v>11687100</v>
       </c>
       <c r="C12" s="8">
         <v>11208830</v>
       </c>
       <c r="D12" s="8">
         <v>13355454</v>
       </c>
       <c r="E12" s="8">
         <v>13564980</v>
       </c>
       <c r="F12" s="8">
         <v>14228434</v>
       </c>
       <c r="G12" s="8">
         <v>14858637</v>
       </c>
       <c r="H12" s="8">
         <v>14478400</v>
       </c>
       <c r="I12" s="8">
         <v>14266830</v>
       </c>
       <c r="J12" s="8">
         <v>13648777</v>
       </c>
       <c r="K12" s="8">
         <v>12769627</v>
       </c>
       <c r="L12" s="8">
         <v>11706411</v>
       </c>
       <c r="M12" s="8">
         <v>12187958</v>
       </c>
       <c r="N12" s="8">
         <v>157961438</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B13" s="8">
         <v>1281938</v>
       </c>
       <c r="C13" s="8">
         <v>1268260</v>
       </c>
       <c r="D13" s="8">
         <v>1794025</v>
       </c>
       <c r="E13" s="8">
         <v>1479918</v>
       </c>
       <c r="F13" s="8">
         <v>1415053</v>
       </c>
       <c r="G13" s="8">
         <v>1777487</v>
       </c>
       <c r="H13" s="8">
         <v>1456847</v>
       </c>
       <c r="I13" s="8">
         <v>1418119</v>
       </c>
       <c r="J13" s="8">
         <v>1726618</v>
       </c>
       <c r="K13" s="8">
         <v>1364207</v>
       </c>
       <c r="L13" s="8">
         <v>1257797</v>
       </c>
       <c r="M13" s="8">
         <v>1630172</v>
       </c>
       <c r="N13" s="8">
         <v>17870441</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B14" s="8">
         <v>7163</v>
       </c>
       <c r="C14" s="8">
         <v>6463</v>
       </c>
       <c r="D14" s="8">
         <v>254075</v>
       </c>
       <c r="E14" s="8">
         <v>7531</v>
       </c>
       <c r="F14" s="8">
         <v>6980</v>
       </c>
       <c r="G14" s="8">
         <v>316246</v>
       </c>
       <c r="H14" s="8">
         <v>6447</v>
       </c>
       <c r="I14" s="8">
         <v>7673</v>
       </c>
       <c r="J14" s="8">
         <v>352937</v>
       </c>
       <c r="K14" s="8">
         <v>6649</v>
       </c>
       <c r="L14" s="8">
         <v>5251</v>
       </c>
       <c r="M14" s="8">
         <v>355478</v>
       </c>
       <c r="N14" s="8">
         <v>1332892</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B15" s="8">
         <v>354982</v>
       </c>
       <c r="C15" s="8">
         <v>357932</v>
       </c>
       <c r="D15" s="8">
         <v>559678</v>
       </c>
       <c r="E15" s="8">
         <v>492883</v>
       </c>
       <c r="F15" s="8">
         <v>553763</v>
       </c>
       <c r="G15" s="8">
         <v>559704</v>
       </c>
       <c r="H15" s="8">
         <v>568307</v>
       </c>
       <c r="I15" s="8">
         <v>605842</v>
       </c>
       <c r="J15" s="8">
         <v>592538</v>
       </c>
       <c r="K15" s="8">
         <v>587983</v>
       </c>
       <c r="L15" s="8">
         <v>555534</v>
       </c>
       <c r="M15" s="8">
         <v>441012</v>
       </c>
       <c r="N15" s="8">
         <v>6230157</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B16" s="8">
         <v>9990991</v>
       </c>
       <c r="C16" s="8">
         <v>10770422</v>
       </c>
       <c r="D16" s="8">
         <v>11026008</v>
       </c>
       <c r="E16" s="8">
         <v>10885568</v>
       </c>
       <c r="F16" s="8">
         <v>11312279</v>
       </c>
       <c r="G16" s="8">
         <v>11441173</v>
       </c>
       <c r="H16" s="8">
         <v>11010751</v>
       </c>
       <c r="I16" s="8">
         <v>10730550</v>
       </c>
       <c r="J16" s="8">
         <v>10577923</v>
       </c>
       <c r="K16" s="8">
         <v>10420923</v>
       </c>
       <c r="L16" s="8">
         <v>10480777</v>
       </c>
       <c r="M16" s="8">
         <v>10193574</v>
       </c>
       <c r="N16" s="8">
         <v>128840940</v>
       </c>
     </row>
     <row r="17" ht="12" customHeight="1"/>
     <row r="18" ht="14" customHeight="1">
       <c r="A18" s="9" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B18" s="9"/>
       <c r="C18" s="9"/>
       <c r="D18" s="9"/>
       <c r="E18" s="9"/>
       <c r="F18" s="9"/>
       <c r="G18" s="9"/>
       <c r="H18" s="9"/>
       <c r="I18" s="9"/>
       <c r="J18" s="9"/>
       <c r="K18" s="9"/>
       <c r="L18" s="9"/>
       <c r="M18" s="9"/>
       <c r="N18" s="9"/>
     </row>
     <row r="19" ht="14" customHeight="1">
       <c r="A19" s="10" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B19" s="10"/>
       <c r="C19" s="10"/>
       <c r="D19" s="10"/>
       <c r="E19" s="10"/>
       <c r="F19" s="10"/>
       <c r="G19" s="10"/>
       <c r="H19" s="10"/>
       <c r="I19" s="10"/>
       <c r="J19" s="10"/>
       <c r="K19" s="10"/>
       <c r="L19" s="10"/>
       <c r="M19" s="10"/>
       <c r="N19" s="10"/>
     </row>
     <row r="20" ht="43" customHeight="1">
       <c r="A20" s="10" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B20" s="10"/>
       <c r="C20" s="10"/>
       <c r="D20" s="10"/>
       <c r="E20" s="10"/>
       <c r="F20" s="10"/>
       <c r="G20" s="10"/>
       <c r="H20" s="10"/>
       <c r="I20" s="10"/>
       <c r="J20" s="10"/>
       <c r="K20" s="10"/>
       <c r="L20" s="10"/>
       <c r="M20" s="10"/>
       <c r="N20" s="10"/>
     </row>
     <row r="21" ht="58" customHeight="1">
       <c r="A21" s="10" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B21" s="10"/>
       <c r="C21" s="10"/>
       <c r="D21" s="10"/>
       <c r="E21" s="10"/>
       <c r="F21" s="10"/>
       <c r="G21" s="10"/>
       <c r="H21" s="10"/>
       <c r="I21" s="10"/>
       <c r="J21" s="10"/>
       <c r="K21" s="10"/>
       <c r="L21" s="10"/>
       <c r="M21" s="10"/>
       <c r="N21" s="10"/>
     </row>
     <row r="22" ht="14" customHeight="1">
       <c r="A22" s="10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B22" s="10"/>
       <c r="C22" s="10"/>
       <c r="D22" s="10"/>
       <c r="E22" s="10"/>
       <c r="F22" s="10"/>
       <c r="G22" s="10"/>
       <c r="H22" s="10"/>
       <c r="I22" s="10"/>
       <c r="J22" s="10"/>
       <c r="K22" s="10"/>
       <c r="L22" s="10"/>
       <c r="M22" s="10"/>
       <c r="N22" s="10"/>
     </row>
     <row r="23" ht="14" customHeight="1">
       <c r="A23" s="10" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B23" s="10"/>
       <c r="C23" s="10"/>
       <c r="D23" s="10"/>
       <c r="E23" s="10"/>
       <c r="F23" s="10"/>
       <c r="G23" s="10"/>
       <c r="H23" s="10"/>
       <c r="I23" s="10"/>
       <c r="J23" s="10"/>
       <c r="K23" s="10"/>
       <c r="L23" s="10"/>
       <c r="M23" s="10"/>
       <c r="N23" s="10"/>
     </row>
     <row r="24" ht="12" customHeight="1">
       <c r="A24" s="11" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B24" s="11"/>
       <c r="C24" s="11"/>
       <c r="D24" s="11"/>
       <c r="E24" s="11"/>
       <c r="F24" s="11"/>
       <c r="G24" s="11"/>
       <c r="H24" s="11"/>
       <c r="I24" s="11"/>
       <c r="J24" s="11"/>
       <c r="K24" s="11"/>
       <c r="L24" s="11"/>
       <c r="M24" s="11"/>
       <c r="N24" s="11"/>
     </row>
     <row r="25" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A18:N18"/>
@@ -2949,577 +3009,577 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B9" s="8">
         <v>609</v>
       </c>
       <c r="C9" s="8">
         <v>610</v>
       </c>
       <c r="D9" s="8">
         <v>3249</v>
       </c>
       <c r="E9" s="8">
         <v>607</v>
       </c>
       <c r="F9" s="8">
         <v>606</v>
       </c>
       <c r="G9" s="8">
         <v>3331</v>
       </c>
       <c r="H9" s="8">
         <v>617</v>
       </c>
       <c r="I9" s="8">
         <v>611</v>
       </c>
       <c r="J9" s="8">
         <v>3457</v>
       </c>
       <c r="K9" s="8">
         <v>623</v>
       </c>
       <c r="L9" s="8">
         <v>617</v>
       </c>
       <c r="M9" s="8">
         <v>3602</v>
       </c>
       <c r="N9" s="8">
         <v>3904</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B10" s="8">
         <v>15382498</v>
       </c>
       <c r="C10" s="8">
         <v>14458404</v>
       </c>
       <c r="D10" s="8">
         <v>16360344</v>
       </c>
       <c r="E10" s="8">
         <v>16486367</v>
       </c>
       <c r="F10" s="8">
         <v>17710016</v>
       </c>
       <c r="G10" s="8">
         <v>18205630</v>
       </c>
       <c r="H10" s="8">
         <v>17675101</v>
       </c>
       <c r="I10" s="8">
         <v>16370370</v>
       </c>
       <c r="J10" s="8">
         <v>16663864</v>
       </c>
       <c r="K10" s="8">
         <v>15492902</v>
       </c>
       <c r="L10" s="8">
         <v>13568782</v>
       </c>
       <c r="M10" s="8">
         <v>14505242</v>
       </c>
       <c r="N10" s="8">
         <v>192879520</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B11" s="8">
         <v>13766125</v>
       </c>
       <c r="C11" s="8">
         <v>13404906</v>
       </c>
       <c r="D11" s="8">
         <v>14789323</v>
       </c>
       <c r="E11" s="8">
         <v>14933327</v>
       </c>
       <c r="F11" s="8">
         <v>16029687</v>
       </c>
       <c r="G11" s="8">
         <v>16692180</v>
       </c>
       <c r="H11" s="8">
         <v>16338993</v>
       </c>
       <c r="I11" s="8">
         <v>15438523</v>
       </c>
       <c r="J11" s="8">
         <v>15234759</v>
       </c>
       <c r="K11" s="8">
         <v>14335609</v>
       </c>
       <c r="L11" s="8">
         <v>12568520</v>
       </c>
       <c r="M11" s="8">
         <v>13916201</v>
       </c>
       <c r="N11" s="8">
         <v>177448153</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B12" s="8">
         <v>12407578</v>
       </c>
       <c r="C12" s="8">
         <v>12145082</v>
       </c>
       <c r="D12" s="8">
         <v>12972141</v>
       </c>
       <c r="E12" s="8">
         <v>13395900</v>
       </c>
       <c r="F12" s="8">
         <v>14530109</v>
       </c>
       <c r="G12" s="8">
         <v>14754663</v>
       </c>
       <c r="H12" s="8">
         <v>14782230</v>
       </c>
       <c r="I12" s="8">
         <v>13988008</v>
       </c>
       <c r="J12" s="8">
         <v>13279108</v>
       </c>
       <c r="K12" s="8">
         <v>12888200</v>
       </c>
       <c r="L12" s="8">
         <v>11369901</v>
       </c>
       <c r="M12" s="8">
         <v>12037385</v>
       </c>
       <c r="N12" s="8">
         <v>158550307</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B13" s="8">
         <v>1350601</v>
       </c>
       <c r="C13" s="8">
         <v>1251918</v>
       </c>
       <c r="D13" s="8">
         <v>1691970</v>
       </c>
       <c r="E13" s="8">
         <v>1529872</v>
       </c>
       <c r="F13" s="8">
         <v>1491212</v>
       </c>
       <c r="G13" s="8">
         <v>1790792</v>
       </c>
       <c r="H13" s="8">
         <v>1547711</v>
       </c>
       <c r="I13" s="8">
         <v>1441631</v>
       </c>
       <c r="J13" s="8">
         <v>1797691</v>
       </c>
       <c r="K13" s="8">
         <v>1438509</v>
       </c>
       <c r="L13" s="8">
         <v>1191549</v>
       </c>
       <c r="M13" s="8">
         <v>1658815</v>
       </c>
       <c r="N13" s="8">
         <v>18182270</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B14" s="8">
         <v>7946</v>
       </c>
       <c r="C14" s="8">
         <v>7905</v>
       </c>
       <c r="D14" s="8">
         <v>125212</v>
       </c>
       <c r="E14" s="8">
         <v>7554</v>
       </c>
       <c r="F14" s="8">
         <v>8366</v>
       </c>
       <c r="G14" s="8">
         <v>146725</v>
       </c>
       <c r="H14" s="8">
         <v>9052</v>
       </c>
       <c r="I14" s="8">
         <v>8884</v>
       </c>
       <c r="J14" s="8">
         <v>157960</v>
       </c>
       <c r="K14" s="8">
         <v>8900</v>
       </c>
       <c r="L14" s="8">
         <v>7070</v>
       </c>
       <c r="M14" s="8">
         <v>220000</v>
       </c>
       <c r="N14" s="8">
         <v>715575</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B15" s="8">
         <v>350035</v>
       </c>
       <c r="C15" s="8">
         <v>403060</v>
       </c>
       <c r="D15" s="8">
         <v>496335</v>
       </c>
       <c r="E15" s="8">
         <v>517595</v>
       </c>
       <c r="F15" s="8">
         <v>534112</v>
       </c>
       <c r="G15" s="8">
         <v>534012</v>
       </c>
       <c r="H15" s="8">
         <v>502051</v>
       </c>
       <c r="I15" s="8">
         <v>394331</v>
       </c>
       <c r="J15" s="8">
         <v>412472</v>
       </c>
       <c r="K15" s="8">
         <v>472806</v>
       </c>
       <c r="L15" s="8">
         <v>434236</v>
       </c>
       <c r="M15" s="8">
         <v>458216</v>
       </c>
       <c r="N15" s="8">
         <v>5509262</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B16" s="8">
         <v>10458012</v>
       </c>
       <c r="C16" s="8">
         <v>10550554</v>
       </c>
       <c r="D16" s="8">
         <v>10971757</v>
       </c>
       <c r="E16" s="8">
         <v>10974043</v>
       </c>
       <c r="F16" s="8">
         <v>11315576</v>
       </c>
       <c r="G16" s="8">
         <v>11530338</v>
       </c>
       <c r="H16" s="8">
         <v>11262703</v>
       </c>
       <c r="I16" s="8">
         <v>11000078</v>
       </c>
       <c r="J16" s="8">
         <v>10777462</v>
       </c>
       <c r="K16" s="8">
         <v>10822375</v>
       </c>
       <c r="L16" s="8">
         <v>10067059</v>
       </c>
       <c r="M16" s="8">
         <v>9695983</v>
       </c>
       <c r="N16" s="8">
         <v>129425941</v>
       </c>
     </row>
     <row r="17" ht="12" customHeight="1"/>
     <row r="18" ht="14" customHeight="1">
       <c r="A18" s="9" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B18" s="9"/>
       <c r="C18" s="9"/>
       <c r="D18" s="9"/>
       <c r="E18" s="9"/>
       <c r="F18" s="9"/>
       <c r="G18" s="9"/>
       <c r="H18" s="9"/>
       <c r="I18" s="9"/>
       <c r="J18" s="9"/>
       <c r="K18" s="9"/>
       <c r="L18" s="9"/>
       <c r="M18" s="9"/>
       <c r="N18" s="9"/>
     </row>
     <row r="19" ht="14" customHeight="1">
       <c r="A19" s="10" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B19" s="10"/>
       <c r="C19" s="10"/>
       <c r="D19" s="10"/>
       <c r="E19" s="10"/>
       <c r="F19" s="10"/>
       <c r="G19" s="10"/>
       <c r="H19" s="10"/>
       <c r="I19" s="10"/>
       <c r="J19" s="10"/>
       <c r="K19" s="10"/>
       <c r="L19" s="10"/>
       <c r="M19" s="10"/>
       <c r="N19" s="10"/>
     </row>
     <row r="20" ht="43" customHeight="1">
       <c r="A20" s="10" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B20" s="10"/>
       <c r="C20" s="10"/>
       <c r="D20" s="10"/>
       <c r="E20" s="10"/>
       <c r="F20" s="10"/>
       <c r="G20" s="10"/>
       <c r="H20" s="10"/>
       <c r="I20" s="10"/>
       <c r="J20" s="10"/>
       <c r="K20" s="10"/>
       <c r="L20" s="10"/>
       <c r="M20" s="10"/>
       <c r="N20" s="10"/>
     </row>
     <row r="21" ht="29" customHeight="1">
       <c r="A21" s="10" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B21" s="10"/>
       <c r="C21" s="10"/>
       <c r="D21" s="10"/>
       <c r="E21" s="10"/>
       <c r="F21" s="10"/>
       <c r="G21" s="10"/>
       <c r="H21" s="10"/>
       <c r="I21" s="10"/>
       <c r="J21" s="10"/>
       <c r="K21" s="10"/>
       <c r="L21" s="10"/>
       <c r="M21" s="10"/>
       <c r="N21" s="10"/>
     </row>
     <row r="22" ht="14" customHeight="1">
       <c r="A22" s="10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B22" s="10"/>
       <c r="C22" s="10"/>
       <c r="D22" s="10"/>
       <c r="E22" s="10"/>
       <c r="F22" s="10"/>
       <c r="G22" s="10"/>
       <c r="H22" s="10"/>
       <c r="I22" s="10"/>
       <c r="J22" s="10"/>
       <c r="K22" s="10"/>
       <c r="L22" s="10"/>
       <c r="M22" s="10"/>
       <c r="N22" s="10"/>
     </row>
     <row r="23" ht="14" customHeight="1">
       <c r="A23" s="10" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B23" s="10"/>
       <c r="C23" s="10"/>
       <c r="D23" s="10"/>
       <c r="E23" s="10"/>
       <c r="F23" s="10"/>
       <c r="G23" s="10"/>
       <c r="H23" s="10"/>
       <c r="I23" s="10"/>
       <c r="J23" s="10"/>
       <c r="K23" s="10"/>
       <c r="L23" s="10"/>
       <c r="M23" s="10"/>
       <c r="N23" s="10"/>
     </row>
     <row r="24" ht="12" customHeight="1">
       <c r="A24" s="11" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B24" s="11"/>
       <c r="C24" s="11"/>
       <c r="D24" s="11"/>
       <c r="E24" s="11"/>
       <c r="F24" s="11"/>
       <c r="G24" s="11"/>
       <c r="H24" s="11"/>
       <c r="I24" s="11"/>
       <c r="J24" s="11"/>
       <c r="K24" s="11"/>
       <c r="L24" s="11"/>
       <c r="M24" s="11"/>
       <c r="N24" s="11"/>
     </row>
     <row r="25" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A18:N18"/>
@@ -3558,577 +3618,577 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B9" s="8">
         <v>555</v>
       </c>
       <c r="C9" s="8">
         <v>564</v>
       </c>
       <c r="D9" s="8">
         <v>2699</v>
       </c>
       <c r="E9" s="8">
         <v>569</v>
       </c>
       <c r="F9" s="8">
         <v>570</v>
       </c>
       <c r="G9" s="8">
         <v>2788</v>
       </c>
       <c r="H9" s="8">
         <v>575</v>
       </c>
       <c r="I9" s="8">
         <v>579</v>
       </c>
       <c r="J9" s="8">
         <v>2858</v>
       </c>
       <c r="K9" s="8">
         <v>585</v>
       </c>
       <c r="L9" s="8">
         <v>590</v>
       </c>
       <c r="M9" s="8">
         <v>3037</v>
       </c>
       <c r="N9" s="8">
         <v>3286</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B10" s="8">
         <v>15049142</v>
       </c>
       <c r="C10" s="8">
         <v>14612869</v>
       </c>
       <c r="D10" s="8">
         <v>16326143</v>
       </c>
       <c r="E10" s="8">
         <v>16280979</v>
       </c>
       <c r="F10" s="8">
         <v>17563301</v>
       </c>
       <c r="G10" s="8">
         <v>17930892</v>
       </c>
       <c r="H10" s="8">
         <v>17364239</v>
       </c>
       <c r="I10" s="8">
         <v>17253631</v>
       </c>
       <c r="J10" s="8">
         <v>16045575</v>
       </c>
       <c r="K10" s="8">
         <v>15521566</v>
       </c>
       <c r="L10" s="8">
         <v>13948891</v>
       </c>
       <c r="M10" s="8">
         <v>14233164</v>
       </c>
       <c r="N10" s="8">
         <v>192130392</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B11" s="8">
         <v>13724425</v>
       </c>
       <c r="C11" s="8">
         <v>12947224</v>
       </c>
       <c r="D11" s="8">
         <v>14797109</v>
       </c>
       <c r="E11" s="8">
         <v>15068715</v>
       </c>
       <c r="F11" s="8">
         <v>16334632</v>
       </c>
       <c r="G11" s="8">
         <v>16682205</v>
       </c>
       <c r="H11" s="8">
         <v>16149205</v>
       </c>
       <c r="I11" s="8">
         <v>16158163</v>
       </c>
       <c r="J11" s="8">
         <v>15328502</v>
       </c>
       <c r="K11" s="8">
         <v>14289516</v>
       </c>
       <c r="L11" s="8">
         <v>13372131</v>
       </c>
       <c r="M11" s="8">
         <v>13239649</v>
       </c>
       <c r="N11" s="8">
         <v>178091476</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B12" s="8">
         <v>12298730</v>
       </c>
       <c r="C12" s="8">
         <v>11663352</v>
       </c>
       <c r="D12" s="8">
         <v>13025769</v>
       </c>
       <c r="E12" s="8">
         <v>13574802</v>
       </c>
       <c r="F12" s="8">
         <v>14784253</v>
       </c>
       <c r="G12" s="8">
         <v>14817769</v>
       </c>
       <c r="H12" s="8">
         <v>14640404</v>
       </c>
       <c r="I12" s="8">
         <v>14645261</v>
       </c>
       <c r="J12" s="8">
         <v>13492205</v>
       </c>
       <c r="K12" s="8">
         <v>12822790</v>
       </c>
       <c r="L12" s="8">
         <v>12089879</v>
       </c>
       <c r="M12" s="8">
         <v>11557617</v>
       </c>
       <c r="N12" s="8">
         <v>159412830</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B13" s="8">
         <v>1418259</v>
       </c>
       <c r="C13" s="8">
         <v>1276725</v>
       </c>
       <c r="D13" s="8">
         <v>1653118</v>
       </c>
       <c r="E13" s="8">
         <v>1484782</v>
       </c>
       <c r="F13" s="8">
         <v>1542402</v>
       </c>
       <c r="G13" s="8">
         <v>1732723</v>
       </c>
       <c r="H13" s="8">
         <v>1499864</v>
       </c>
       <c r="I13" s="8">
         <v>1504622</v>
       </c>
       <c r="J13" s="8">
         <v>1698963</v>
       </c>
       <c r="K13" s="8">
         <v>1458174</v>
       </c>
       <c r="L13" s="8">
         <v>1274792</v>
       </c>
       <c r="M13" s="8">
         <v>1553026</v>
       </c>
       <c r="N13" s="8">
         <v>18097451</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B14" s="8">
         <v>7435</v>
       </c>
       <c r="C14" s="8">
         <v>7148</v>
       </c>
       <c r="D14" s="8">
         <v>118221</v>
       </c>
       <c r="E14" s="8">
         <v>9131</v>
       </c>
       <c r="F14" s="8">
         <v>7978</v>
       </c>
       <c r="G14" s="8">
         <v>131713</v>
       </c>
       <c r="H14" s="8">
         <v>8936</v>
       </c>
       <c r="I14" s="8">
         <v>8280</v>
       </c>
       <c r="J14" s="8">
         <v>137334</v>
       </c>
       <c r="K14" s="8">
         <v>8552</v>
       </c>
       <c r="L14" s="8">
         <v>7459</v>
       </c>
       <c r="M14" s="8">
         <v>129006</v>
       </c>
       <c r="N14" s="8">
         <v>581195</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B15" s="8">
         <v>350926</v>
       </c>
       <c r="C15" s="8">
         <v>364296</v>
       </c>
       <c r="D15" s="8">
         <v>388571</v>
       </c>
       <c r="E15" s="8">
         <v>419205</v>
       </c>
       <c r="F15" s="8">
         <v>485344</v>
       </c>
       <c r="G15" s="8">
         <v>418672</v>
       </c>
       <c r="H15" s="8">
         <v>522140</v>
       </c>
       <c r="I15" s="8">
         <v>463918</v>
       </c>
       <c r="J15" s="8">
         <v>495583</v>
       </c>
       <c r="K15" s="8">
         <v>554970</v>
       </c>
       <c r="L15" s="8">
         <v>453470</v>
       </c>
       <c r="M15" s="8">
         <v>396704</v>
       </c>
       <c r="N15" s="8">
         <v>5313800</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B16" s="8">
         <v>9924407</v>
       </c>
       <c r="C16" s="8">
         <v>10544801</v>
       </c>
       <c r="D16" s="8">
         <v>11045713</v>
       </c>
       <c r="E16" s="8">
         <v>10990044</v>
       </c>
       <c r="F16" s="8">
         <v>11018488</v>
       </c>
       <c r="G16" s="8">
         <v>11216526</v>
       </c>
       <c r="H16" s="8">
         <v>10950425</v>
       </c>
       <c r="I16" s="8">
         <v>10858584</v>
       </c>
       <c r="J16" s="8">
         <v>10533014</v>
       </c>
       <c r="K16" s="8">
         <v>10356043</v>
       </c>
       <c r="L16" s="8">
         <v>9839959</v>
       </c>
       <c r="M16" s="8">
         <v>10032056</v>
       </c>
       <c r="N16" s="8">
         <v>127310061</v>
       </c>
     </row>
     <row r="17" ht="12" customHeight="1"/>
     <row r="18" ht="14" customHeight="1">
       <c r="A18" s="9" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B18" s="9"/>
       <c r="C18" s="9"/>
       <c r="D18" s="9"/>
       <c r="E18" s="9"/>
       <c r="F18" s="9"/>
       <c r="G18" s="9"/>
       <c r="H18" s="9"/>
       <c r="I18" s="9"/>
       <c r="J18" s="9"/>
       <c r="K18" s="9"/>
       <c r="L18" s="9"/>
       <c r="M18" s="9"/>
       <c r="N18" s="9"/>
     </row>
     <row r="19" ht="14" customHeight="1">
       <c r="A19" s="10" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B19" s="10"/>
       <c r="C19" s="10"/>
       <c r="D19" s="10"/>
       <c r="E19" s="10"/>
       <c r="F19" s="10"/>
       <c r="G19" s="10"/>
       <c r="H19" s="10"/>
       <c r="I19" s="10"/>
       <c r="J19" s="10"/>
       <c r="K19" s="10"/>
       <c r="L19" s="10"/>
       <c r="M19" s="10"/>
       <c r="N19" s="10"/>
     </row>
     <row r="20" ht="43" customHeight="1">
       <c r="A20" s="10" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B20" s="10"/>
       <c r="C20" s="10"/>
       <c r="D20" s="10"/>
       <c r="E20" s="10"/>
       <c r="F20" s="10"/>
       <c r="G20" s="10"/>
       <c r="H20" s="10"/>
       <c r="I20" s="10"/>
       <c r="J20" s="10"/>
       <c r="K20" s="10"/>
       <c r="L20" s="10"/>
       <c r="M20" s="10"/>
       <c r="N20" s="10"/>
     </row>
     <row r="21" ht="29" customHeight="1">
       <c r="A21" s="10" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B21" s="10"/>
       <c r="C21" s="10"/>
       <c r="D21" s="10"/>
       <c r="E21" s="10"/>
       <c r="F21" s="10"/>
       <c r="G21" s="10"/>
       <c r="H21" s="10"/>
       <c r="I21" s="10"/>
       <c r="J21" s="10"/>
       <c r="K21" s="10"/>
       <c r="L21" s="10"/>
       <c r="M21" s="10"/>
       <c r="N21" s="10"/>
     </row>
     <row r="22" ht="14" customHeight="1">
       <c r="A22" s="10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B22" s="10"/>
       <c r="C22" s="10"/>
       <c r="D22" s="10"/>
       <c r="E22" s="10"/>
       <c r="F22" s="10"/>
       <c r="G22" s="10"/>
       <c r="H22" s="10"/>
       <c r="I22" s="10"/>
       <c r="J22" s="10"/>
       <c r="K22" s="10"/>
       <c r="L22" s="10"/>
       <c r="M22" s="10"/>
       <c r="N22" s="10"/>
     </row>
     <row r="23" ht="14" customHeight="1">
       <c r="A23" s="10" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B23" s="10"/>
       <c r="C23" s="10"/>
       <c r="D23" s="10"/>
       <c r="E23" s="10"/>
       <c r="F23" s="10"/>
       <c r="G23" s="10"/>
       <c r="H23" s="10"/>
       <c r="I23" s="10"/>
       <c r="J23" s="10"/>
       <c r="K23" s="10"/>
       <c r="L23" s="10"/>
       <c r="M23" s="10"/>
       <c r="N23" s="10"/>
     </row>
     <row r="24" ht="12" customHeight="1">
       <c r="A24" s="11" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B24" s="11"/>
       <c r="C24" s="11"/>
       <c r="D24" s="11"/>
       <c r="E24" s="11"/>
       <c r="F24" s="11"/>
       <c r="G24" s="11"/>
       <c r="H24" s="11"/>
       <c r="I24" s="11"/>
       <c r="J24" s="11"/>
       <c r="K24" s="11"/>
       <c r="L24" s="11"/>
       <c r="M24" s="11"/>
       <c r="N24" s="11"/>
     </row>
     <row r="25" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A18:N18"/>
@@ -4167,577 +4227,577 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B9" s="8">
         <v>518</v>
       </c>
       <c r="C9" s="8">
         <v>499</v>
       </c>
       <c r="D9" s="8">
         <v>2260</v>
       </c>
       <c r="E9" s="8">
         <v>514</v>
       </c>
       <c r="F9" s="8">
         <v>520</v>
       </c>
       <c r="G9" s="8">
         <v>2339</v>
       </c>
       <c r="H9" s="8">
         <v>523</v>
       </c>
       <c r="I9" s="8">
         <v>540</v>
       </c>
       <c r="J9" s="8">
         <v>2482</v>
       </c>
       <c r="K9" s="8">
         <v>542</v>
       </c>
       <c r="L9" s="8">
         <v>540</v>
       </c>
       <c r="M9" s="8">
         <v>2576</v>
       </c>
       <c r="N9" s="8">
         <v>2782</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B10" s="8">
         <v>15213274</v>
       </c>
       <c r="C10" s="8">
         <v>15078300</v>
       </c>
       <c r="D10" s="8">
         <v>17278351</v>
       </c>
       <c r="E10" s="8">
         <v>16709639</v>
       </c>
       <c r="F10" s="8">
         <v>18077414</v>
       </c>
       <c r="G10" s="8">
         <v>18450246</v>
       </c>
       <c r="H10" s="8">
         <v>17966874</v>
       </c>
       <c r="I10" s="8">
         <v>17338445</v>
       </c>
       <c r="J10" s="8">
         <v>15951915</v>
       </c>
       <c r="K10" s="8">
         <v>15217587</v>
       </c>
       <c r="L10" s="8">
         <v>14484586</v>
       </c>
       <c r="M10" s="8">
         <v>14407647</v>
       </c>
       <c r="N10" s="8">
         <v>196174279</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B11" s="8">
         <v>13343901</v>
       </c>
       <c r="C11" s="8">
         <v>13751876</v>
       </c>
       <c r="D11" s="8">
         <v>15665589</v>
       </c>
       <c r="E11" s="8">
         <v>14907723</v>
       </c>
       <c r="F11" s="8">
         <v>16931565</v>
       </c>
       <c r="G11" s="8">
         <v>17042980</v>
       </c>
       <c r="H11" s="8">
         <v>16465906</v>
       </c>
       <c r="I11" s="8">
         <v>16555438</v>
       </c>
       <c r="J11" s="8">
         <v>14846709</v>
       </c>
       <c r="K11" s="8">
         <v>14317893</v>
       </c>
       <c r="L11" s="8">
         <v>13437922</v>
       </c>
       <c r="M11" s="8">
         <v>13135563</v>
       </c>
       <c r="N11" s="8">
         <v>180403067</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B12" s="8">
         <v>11977514</v>
       </c>
       <c r="C12" s="8">
         <v>12357668</v>
       </c>
       <c r="D12" s="8">
         <v>13809800</v>
       </c>
       <c r="E12" s="8">
         <v>13483245</v>
       </c>
       <c r="F12" s="8">
         <v>15349337</v>
       </c>
       <c r="G12" s="8">
         <v>15215669</v>
       </c>
       <c r="H12" s="8">
         <v>14952838</v>
       </c>
       <c r="I12" s="8">
         <v>14974409</v>
       </c>
       <c r="J12" s="8">
         <v>13089685</v>
       </c>
       <c r="K12" s="8">
         <v>12839928</v>
       </c>
       <c r="L12" s="8">
         <v>12094635</v>
       </c>
       <c r="M12" s="8">
         <v>11548353</v>
       </c>
       <c r="N12" s="8">
         <v>161693079</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B13" s="8">
         <v>1358706</v>
       </c>
       <c r="C13" s="8">
         <v>1385975</v>
       </c>
       <c r="D13" s="8">
         <v>1739425</v>
       </c>
       <c r="E13" s="8">
         <v>1416708</v>
       </c>
       <c r="F13" s="8">
         <v>1574314</v>
       </c>
       <c r="G13" s="8">
         <v>1705197</v>
       </c>
       <c r="H13" s="8">
         <v>1505102</v>
       </c>
       <c r="I13" s="8">
         <v>1572195</v>
       </c>
       <c r="J13" s="8">
         <v>1632639</v>
       </c>
       <c r="K13" s="8">
         <v>1469210</v>
       </c>
       <c r="L13" s="8">
         <v>1335349</v>
       </c>
       <c r="M13" s="8">
         <v>1463453</v>
       </c>
       <c r="N13" s="8">
         <v>18158274</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B14" s="8">
         <v>7681</v>
       </c>
       <c r="C14" s="8">
         <v>8233</v>
       </c>
       <c r="D14" s="8">
         <v>116365</v>
       </c>
       <c r="E14" s="8">
         <v>7770</v>
       </c>
       <c r="F14" s="8">
         <v>7914</v>
       </c>
       <c r="G14" s="8">
         <v>122114</v>
       </c>
       <c r="H14" s="8">
         <v>7966</v>
       </c>
       <c r="I14" s="8">
         <v>8835</v>
       </c>
       <c r="J14" s="8">
         <v>124385</v>
       </c>
       <c r="K14" s="8">
         <v>8756</v>
       </c>
       <c r="L14" s="8">
         <v>7938</v>
       </c>
       <c r="M14" s="8">
         <v>123757</v>
       </c>
       <c r="N14" s="8">
         <v>551714</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B15" s="8">
         <v>321550</v>
       </c>
       <c r="C15" s="8">
         <v>357749</v>
       </c>
       <c r="D15" s="8">
         <v>416336</v>
       </c>
       <c r="E15" s="8">
         <v>411897</v>
       </c>
       <c r="F15" s="8">
         <v>461904</v>
       </c>
       <c r="G15" s="8">
         <v>432271</v>
       </c>
       <c r="H15" s="8">
         <v>435348</v>
       </c>
       <c r="I15" s="8">
         <v>411964</v>
       </c>
       <c r="J15" s="8">
         <v>429753</v>
       </c>
       <c r="K15" s="8">
         <v>483565</v>
       </c>
       <c r="L15" s="8">
         <v>441852</v>
       </c>
       <c r="M15" s="8">
         <v>427230</v>
       </c>
       <c r="N15" s="8">
         <v>5031420</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B16" s="8">
         <v>9923386</v>
       </c>
       <c r="C16" s="8">
         <v>10176231</v>
       </c>
       <c r="D16" s="8">
         <v>10516631</v>
       </c>
       <c r="E16" s="8">
         <v>10962695</v>
       </c>
       <c r="F16" s="8">
         <v>10800501</v>
       </c>
       <c r="G16" s="8">
         <v>12148242</v>
       </c>
       <c r="H16" s="8">
         <v>10996024</v>
       </c>
       <c r="I16" s="8">
         <v>10547991</v>
       </c>
       <c r="J16" s="8">
         <v>10625890</v>
       </c>
       <c r="K16" s="8">
         <v>10107892</v>
       </c>
       <c r="L16" s="8">
         <v>10020974</v>
       </c>
       <c r="M16" s="8">
         <v>9879191</v>
       </c>
       <c r="N16" s="8">
         <v>126705648</v>
       </c>
     </row>
     <row r="17" ht="12" customHeight="1"/>
     <row r="18" ht="14" customHeight="1">
       <c r="A18" s="9" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B18" s="9"/>
       <c r="C18" s="9"/>
       <c r="D18" s="9"/>
       <c r="E18" s="9"/>
       <c r="F18" s="9"/>
       <c r="G18" s="9"/>
       <c r="H18" s="9"/>
       <c r="I18" s="9"/>
       <c r="J18" s="9"/>
       <c r="K18" s="9"/>
       <c r="L18" s="9"/>
       <c r="M18" s="9"/>
       <c r="N18" s="9"/>
     </row>
     <row r="19" ht="14" customHeight="1">
       <c r="A19" s="10" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B19" s="10"/>
       <c r="C19" s="10"/>
       <c r="D19" s="10"/>
       <c r="E19" s="10"/>
       <c r="F19" s="10"/>
       <c r="G19" s="10"/>
       <c r="H19" s="10"/>
       <c r="I19" s="10"/>
       <c r="J19" s="10"/>
       <c r="K19" s="10"/>
       <c r="L19" s="10"/>
       <c r="M19" s="10"/>
       <c r="N19" s="10"/>
     </row>
     <row r="20" ht="43" customHeight="1">
       <c r="A20" s="10" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B20" s="10"/>
       <c r="C20" s="10"/>
       <c r="D20" s="10"/>
       <c r="E20" s="10"/>
       <c r="F20" s="10"/>
       <c r="G20" s="10"/>
       <c r="H20" s="10"/>
       <c r="I20" s="10"/>
       <c r="J20" s="10"/>
       <c r="K20" s="10"/>
       <c r="L20" s="10"/>
       <c r="M20" s="10"/>
       <c r="N20" s="10"/>
     </row>
     <row r="21" ht="29" customHeight="1">
       <c r="A21" s="10" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B21" s="10"/>
       <c r="C21" s="10"/>
       <c r="D21" s="10"/>
       <c r="E21" s="10"/>
       <c r="F21" s="10"/>
       <c r="G21" s="10"/>
       <c r="H21" s="10"/>
       <c r="I21" s="10"/>
       <c r="J21" s="10"/>
       <c r="K21" s="10"/>
       <c r="L21" s="10"/>
       <c r="M21" s="10"/>
       <c r="N21" s="10"/>
     </row>
     <row r="22" ht="14" customHeight="1">
       <c r="A22" s="10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B22" s="10"/>
       <c r="C22" s="10"/>
       <c r="D22" s="10"/>
       <c r="E22" s="10"/>
       <c r="F22" s="10"/>
       <c r="G22" s="10"/>
       <c r="H22" s="10"/>
       <c r="I22" s="10"/>
       <c r="J22" s="10"/>
       <c r="K22" s="10"/>
       <c r="L22" s="10"/>
       <c r="M22" s="10"/>
       <c r="N22" s="10"/>
     </row>
     <row r="23" ht="14" customHeight="1">
       <c r="A23" s="10" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B23" s="10"/>
       <c r="C23" s="10"/>
       <c r="D23" s="10"/>
       <c r="E23" s="10"/>
       <c r="F23" s="10"/>
       <c r="G23" s="10"/>
       <c r="H23" s="10"/>
       <c r="I23" s="10"/>
       <c r="J23" s="10"/>
       <c r="K23" s="10"/>
       <c r="L23" s="10"/>
       <c r="M23" s="10"/>
       <c r="N23" s="10"/>
     </row>
     <row r="24" ht="12" customHeight="1">
       <c r="A24" s="11" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B24" s="11"/>
       <c r="C24" s="11"/>
       <c r="D24" s="11"/>
       <c r="E24" s="11"/>
       <c r="F24" s="11"/>
       <c r="G24" s="11"/>
       <c r="H24" s="11"/>
       <c r="I24" s="11"/>
       <c r="J24" s="11"/>
       <c r="K24" s="11"/>
       <c r="L24" s="11"/>
       <c r="M24" s="11"/>
       <c r="N24" s="11"/>
     </row>
     <row r="25" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A18:N18"/>
@@ -4776,577 +4836,577 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B9" s="8">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="C9" s="8">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D9" s="8">
-        <v>7026</v>
+        <v>7051</v>
       </c>
       <c r="E9" s="8">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="F9" s="8">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="G9" s="8">
-        <v>6901</v>
+        <v>6938</v>
       </c>
       <c r="H9" s="8">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="I9" s="8">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="J9" s="8">
-        <v>6765</v>
+        <v>6812</v>
       </c>
       <c r="K9" s="8">
-        <v>686</v>
+        <v>690</v>
       </c>
       <c r="L9" s="8">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="M9" s="8">
-        <v>6671</v>
+        <v>6729</v>
       </c>
       <c r="N9" s="8">
-        <v>7723</v>
+        <v>7754</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B10" s="8">
         <v>13013283</v>
       </c>
       <c r="C10" s="8">
         <v>12734764</v>
       </c>
       <c r="D10" s="8">
-        <v>14128714</v>
+        <v>14132251</v>
       </c>
       <c r="E10" s="8">
         <v>13606150</v>
       </c>
       <c r="F10" s="8">
         <v>14490392</v>
       </c>
       <c r="G10" s="8">
-        <v>15603642</v>
+        <v>15607932</v>
       </c>
       <c r="H10" s="8">
-        <v>13646716</v>
+        <v>13654356</v>
       </c>
       <c r="I10" s="8">
-        <v>13577772</v>
+        <v>13588135</v>
       </c>
       <c r="J10" s="8">
-        <v>12645818</v>
+        <v>12659196</v>
       </c>
       <c r="K10" s="8">
-        <v>11793174</v>
+        <v>11801924</v>
       </c>
       <c r="L10" s="8">
-        <v>10776304</v>
+        <v>10776315</v>
       </c>
       <c r="M10" s="8">
-        <v>11982054</v>
+        <v>11987485</v>
       </c>
       <c r="N10" s="8">
-        <v>157998783</v>
+        <v>158052185</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B11" s="8">
         <v>11571405</v>
       </c>
       <c r="C11" s="8">
         <v>12125150</v>
       </c>
       <c r="D11" s="8">
-        <v>12482300</v>
+        <v>12487417</v>
       </c>
       <c r="E11" s="8">
         <v>12482666</v>
       </c>
       <c r="F11" s="8">
         <v>13554864</v>
       </c>
       <c r="G11" s="8">
-        <v>14369312</v>
+        <v>14374224</v>
       </c>
       <c r="H11" s="8">
-        <v>12730253</v>
+        <v>12738023</v>
       </c>
       <c r="I11" s="8">
-        <v>13023779</v>
+        <v>13030811</v>
       </c>
       <c r="J11" s="8">
-        <v>12083625</v>
+        <v>12094871</v>
       </c>
       <c r="K11" s="8">
-        <v>11434193</v>
+        <v>11442533</v>
       </c>
       <c r="L11" s="8">
         <v>10371854</v>
       </c>
       <c r="M11" s="8">
-        <v>11451107</v>
+        <v>11457068</v>
       </c>
       <c r="N11" s="8">
-        <v>147680509</v>
+        <v>147730886</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B12" s="8">
         <v>10714800</v>
       </c>
       <c r="C12" s="8">
         <v>11235330</v>
       </c>
       <c r="D12" s="8">
-        <v>10444124</v>
+        <v>10444683</v>
       </c>
       <c r="E12" s="8">
         <v>11484650</v>
       </c>
       <c r="F12" s="8">
         <v>12503575</v>
       </c>
       <c r="G12" s="8">
-        <v>12208618</v>
+        <v>12209193</v>
       </c>
       <c r="H12" s="8">
-        <v>11832380</v>
+        <v>11839102</v>
       </c>
       <c r="I12" s="8">
-        <v>12147342</v>
+        <v>12153519</v>
       </c>
       <c r="J12" s="8">
-        <v>10137956</v>
+        <v>10144505</v>
       </c>
       <c r="K12" s="8">
-        <v>10538689</v>
+        <v>10546218</v>
       </c>
       <c r="L12" s="8">
         <v>9581683</v>
       </c>
       <c r="M12" s="8">
-        <v>9604264</v>
+        <v>9604830</v>
       </c>
       <c r="N12" s="8">
-        <v>132433409</v>
+        <v>132462089</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B13" s="8">
         <v>843192</v>
       </c>
       <c r="C13" s="8">
         <v>876984</v>
       </c>
       <c r="D13" s="8">
-        <v>1049749</v>
+        <v>1050263</v>
       </c>
       <c r="E13" s="8">
         <v>982983</v>
       </c>
       <c r="F13" s="8">
         <v>1036187</v>
       </c>
       <c r="G13" s="8">
-        <v>1005513</v>
+        <v>1006114</v>
       </c>
       <c r="H13" s="8">
-        <v>881531</v>
+        <v>882561</v>
       </c>
       <c r="I13" s="8">
-        <v>868080</v>
+        <v>868887</v>
       </c>
       <c r="J13" s="8">
-        <v>879586</v>
+        <v>880876</v>
       </c>
       <c r="K13" s="8">
-        <v>878206</v>
+        <v>879017</v>
       </c>
       <c r="L13" s="8">
         <v>775316</v>
       </c>
       <c r="M13" s="8">
-        <v>904398</v>
+        <v>904890</v>
       </c>
       <c r="N13" s="8">
-        <v>10981725</v>
+        <v>10987270</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B14" s="8">
         <v>13413</v>
       </c>
       <c r="C14" s="8">
         <v>12836</v>
       </c>
       <c r="D14" s="8">
-        <v>988428</v>
+        <v>992471</v>
       </c>
       <c r="E14" s="8">
         <v>15033</v>
       </c>
       <c r="F14" s="8">
         <v>15103</v>
       </c>
       <c r="G14" s="8">
-        <v>1155181</v>
+        <v>1158917</v>
       </c>
       <c r="H14" s="8">
-        <v>16342</v>
+        <v>16360</v>
       </c>
       <c r="I14" s="8">
-        <v>8357</v>
+        <v>8404</v>
       </c>
       <c r="J14" s="8">
-        <v>1066083</v>
+        <v>1069490</v>
       </c>
       <c r="K14" s="8">
         <v>17298</v>
       </c>
       <c r="L14" s="8">
         <v>14855</v>
       </c>
       <c r="M14" s="8">
-        <v>942446</v>
+        <v>947347</v>
       </c>
       <c r="N14" s="8">
-        <v>4265375</v>
+        <v>4281527</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B15" s="8">
         <v>187782</v>
       </c>
       <c r="C15" s="8">
         <v>208640</v>
       </c>
       <c r="D15" s="8">
-        <v>225731</v>
+        <v>225989</v>
       </c>
       <c r="E15" s="8">
         <v>206513</v>
       </c>
       <c r="F15" s="8">
         <v>240002</v>
       </c>
       <c r="G15" s="8">
-        <v>240730</v>
+        <v>240937</v>
       </c>
       <c r="H15" s="8">
         <v>226212</v>
       </c>
       <c r="I15" s="8">
         <v>226129</v>
       </c>
       <c r="J15" s="8">
         <v>212747</v>
       </c>
       <c r="K15" s="8">
         <v>213749</v>
       </c>
       <c r="L15" s="8">
         <v>221858</v>
       </c>
       <c r="M15" s="8">
         <v>186240</v>
       </c>
       <c r="N15" s="8">
-        <v>2596332</v>
+        <v>2596797</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B16" s="8">
         <v>10191305</v>
       </c>
       <c r="C16" s="8">
         <v>9842128</v>
       </c>
       <c r="D16" s="8">
-        <v>11390653</v>
+        <v>11392108</v>
       </c>
       <c r="E16" s="8">
         <v>10823935</v>
       </c>
       <c r="F16" s="8">
         <v>10527474</v>
       </c>
       <c r="G16" s="8">
-        <v>11925417</v>
+        <v>11927014</v>
       </c>
       <c r="H16" s="8">
-        <v>11038010</v>
+        <v>11044561</v>
       </c>
       <c r="I16" s="8">
-        <v>10518397</v>
+        <v>10526745</v>
       </c>
       <c r="J16" s="8">
-        <v>10983940</v>
+        <v>10995141</v>
       </c>
       <c r="K16" s="8">
-        <v>9707950</v>
+        <v>9716050</v>
       </c>
       <c r="L16" s="8">
-        <v>9514957</v>
+        <v>9514968</v>
       </c>
       <c r="M16" s="8">
-        <v>9762766</v>
+        <v>9768179</v>
       </c>
       <c r="N16" s="8">
-        <v>126226930</v>
+        <v>126269607</v>
       </c>
     </row>
     <row r="17" ht="12" customHeight="1"/>
     <row r="18" ht="14" customHeight="1">
       <c r="A18" s="9" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B18" s="9"/>
       <c r="C18" s="9"/>
       <c r="D18" s="9"/>
       <c r="E18" s="9"/>
       <c r="F18" s="9"/>
       <c r="G18" s="9"/>
       <c r="H18" s="9"/>
       <c r="I18" s="9"/>
       <c r="J18" s="9"/>
       <c r="K18" s="9"/>
       <c r="L18" s="9"/>
       <c r="M18" s="9"/>
       <c r="N18" s="9"/>
     </row>
     <row r="19" ht="14" customHeight="1">
       <c r="A19" s="10" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B19" s="10"/>
       <c r="C19" s="10"/>
       <c r="D19" s="10"/>
       <c r="E19" s="10"/>
       <c r="F19" s="10"/>
       <c r="G19" s="10"/>
       <c r="H19" s="10"/>
       <c r="I19" s="10"/>
       <c r="J19" s="10"/>
       <c r="K19" s="10"/>
       <c r="L19" s="10"/>
       <c r="M19" s="10"/>
       <c r="N19" s="10"/>
     </row>
     <row r="20" ht="43" customHeight="1">
       <c r="A20" s="10" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B20" s="10"/>
       <c r="C20" s="10"/>
       <c r="D20" s="10"/>
       <c r="E20" s="10"/>
       <c r="F20" s="10"/>
       <c r="G20" s="10"/>
       <c r="H20" s="10"/>
       <c r="I20" s="10"/>
       <c r="J20" s="10"/>
       <c r="K20" s="10"/>
       <c r="L20" s="10"/>
       <c r="M20" s="10"/>
       <c r="N20" s="10"/>
     </row>
     <row r="21" ht="58" customHeight="1">
       <c r="A21" s="10" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B21" s="10"/>
       <c r="C21" s="10"/>
       <c r="D21" s="10"/>
       <c r="E21" s="10"/>
       <c r="F21" s="10"/>
       <c r="G21" s="10"/>
       <c r="H21" s="10"/>
       <c r="I21" s="10"/>
       <c r="J21" s="10"/>
       <c r="K21" s="10"/>
       <c r="L21" s="10"/>
       <c r="M21" s="10"/>
       <c r="N21" s="10"/>
     </row>
     <row r="22" ht="14" customHeight="1">
       <c r="A22" s="10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B22" s="10"/>
       <c r="C22" s="10"/>
       <c r="D22" s="10"/>
       <c r="E22" s="10"/>
       <c r="F22" s="10"/>
       <c r="G22" s="10"/>
       <c r="H22" s="10"/>
       <c r="I22" s="10"/>
       <c r="J22" s="10"/>
       <c r="K22" s="10"/>
       <c r="L22" s="10"/>
       <c r="M22" s="10"/>
       <c r="N22" s="10"/>
     </row>
     <row r="23" ht="14" customHeight="1">
       <c r="A23" s="10" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B23" s="10"/>
       <c r="C23" s="10"/>
       <c r="D23" s="10"/>
       <c r="E23" s="10"/>
       <c r="F23" s="10"/>
       <c r="G23" s="10"/>
       <c r="H23" s="10"/>
       <c r="I23" s="10"/>
       <c r="J23" s="10"/>
       <c r="K23" s="10"/>
       <c r="L23" s="10"/>
       <c r="M23" s="10"/>
       <c r="N23" s="10"/>
     </row>
     <row r="24" ht="12" customHeight="1">
       <c r="A24" s="11" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B24" s="11"/>
       <c r="C24" s="11"/>
       <c r="D24" s="11"/>
       <c r="E24" s="11"/>
       <c r="F24" s="11"/>
       <c r="G24" s="11"/>
       <c r="H24" s="11"/>
       <c r="I24" s="11"/>
       <c r="J24" s="11"/>
       <c r="K24" s="11"/>
       <c r="L24" s="11"/>
       <c r="M24" s="11"/>
       <c r="N24" s="11"/>
     </row>
     <row r="25" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A18:N18"/>
@@ -5385,577 +5445,577 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B9" s="8">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="C9" s="8">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="D9" s="8">
-        <v>7283</v>
+        <v>7301</v>
       </c>
       <c r="E9" s="8">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="F9" s="8">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="G9" s="8">
-        <v>7268</v>
+        <v>7286</v>
       </c>
       <c r="H9" s="8">
+        <v>727</v>
+      </c>
+      <c r="I9" s="8">
+        <v>728</v>
+      </c>
+      <c r="J9" s="8">
+        <v>7232</v>
+      </c>
+      <c r="K9" s="8">
+        <v>732</v>
+      </c>
+      <c r="L9" s="8">
         <v>726</v>
       </c>
-      <c r="I9" s="8">
-[...10 lines deleted...]
-      </c>
       <c r="M9" s="8">
-        <v>7181</v>
+        <v>7202</v>
       </c>
       <c r="N9" s="8">
-        <v>8102</v>
+        <v>8120</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B10" s="8">
-        <v>13165238</v>
+        <v>13166975</v>
       </c>
       <c r="C10" s="8">
-        <v>12148734</v>
+        <v>12150166</v>
       </c>
       <c r="D10" s="8">
-        <v>16068666</v>
+        <v>16071790</v>
       </c>
       <c r="E10" s="8">
-        <v>13952483</v>
+        <v>13953353</v>
       </c>
       <c r="F10" s="8">
-        <v>13928377</v>
+        <v>13929361</v>
       </c>
       <c r="G10" s="8">
-        <v>16364239</v>
+        <v>16366569</v>
       </c>
       <c r="H10" s="8">
         <v>14732790</v>
       </c>
       <c r="I10" s="8">
         <v>14617498</v>
       </c>
       <c r="J10" s="8">
-        <v>14201389</v>
+        <v>14203971</v>
       </c>
       <c r="K10" s="8">
         <v>12075602</v>
       </c>
       <c r="L10" s="8">
         <v>11736123</v>
       </c>
       <c r="M10" s="8">
-        <v>12449014</v>
+        <v>12451703</v>
       </c>
       <c r="N10" s="8">
-        <v>165440154</v>
+        <v>165455903</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B11" s="8">
-        <v>11246325</v>
+        <v>11247444</v>
       </c>
       <c r="C11" s="8">
-        <v>11070494</v>
+        <v>11071836</v>
       </c>
       <c r="D11" s="8">
-        <v>14789242</v>
+        <v>14793317</v>
       </c>
       <c r="E11" s="8">
-        <v>12887988</v>
+        <v>12889212</v>
       </c>
       <c r="F11" s="8">
-        <v>12801437</v>
+        <v>12802556</v>
       </c>
       <c r="G11" s="8">
-        <v>15246922</v>
+        <v>15252109</v>
       </c>
       <c r="H11" s="8">
         <v>13300791</v>
       </c>
       <c r="I11" s="8">
         <v>14123955</v>
       </c>
       <c r="J11" s="8">
-        <v>13155695</v>
+        <v>13160862</v>
       </c>
       <c r="K11" s="8">
         <v>11295435</v>
       </c>
       <c r="L11" s="8">
         <v>10812047</v>
       </c>
       <c r="M11" s="8">
-        <v>11755932</v>
+        <v>11761097</v>
       </c>
       <c r="N11" s="8">
-        <v>152486262</v>
+        <v>152510663</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B12" s="8">
-        <v>10402543</v>
+        <v>10403088</v>
       </c>
       <c r="C12" s="8">
-        <v>10191299</v>
+        <v>10191847</v>
       </c>
       <c r="D12" s="8">
-        <v>12464761</v>
+        <v>12466041</v>
       </c>
       <c r="E12" s="8">
-        <v>11921553</v>
+        <v>11922131</v>
       </c>
       <c r="F12" s="8">
-        <v>11856822</v>
+        <v>11857307</v>
       </c>
       <c r="G12" s="8">
-        <v>12828407</v>
+        <v>12829644</v>
       </c>
       <c r="H12" s="8">
         <v>12402689</v>
       </c>
       <c r="I12" s="8">
         <v>13145829</v>
       </c>
       <c r="J12" s="8">
-        <v>10929666</v>
+        <v>10930220</v>
       </c>
       <c r="K12" s="8">
         <v>10427886</v>
       </c>
       <c r="L12" s="8">
         <v>9964729</v>
       </c>
       <c r="M12" s="8">
-        <v>9767451</v>
+        <v>9768059</v>
       </c>
       <c r="N12" s="8">
-        <v>136303634</v>
+        <v>136309470</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B13" s="8">
-        <v>832401</v>
+        <v>832975</v>
       </c>
       <c r="C13" s="8">
-        <v>867842</v>
+        <v>868637</v>
       </c>
       <c r="D13" s="8">
-        <v>1223889</v>
+        <v>1225313</v>
       </c>
       <c r="E13" s="8">
-        <v>950654</v>
+        <v>951301</v>
       </c>
       <c r="F13" s="8">
-        <v>924022</v>
+        <v>924657</v>
       </c>
       <c r="G13" s="8">
-        <v>1123140</v>
+        <v>1124264</v>
       </c>
       <c r="H13" s="8">
         <v>876037</v>
       </c>
       <c r="I13" s="8">
         <v>960984</v>
       </c>
       <c r="J13" s="8">
-        <v>990695</v>
+        <v>991215</v>
       </c>
       <c r="K13" s="8">
         <v>852016</v>
       </c>
       <c r="L13" s="8">
         <v>830939</v>
       </c>
       <c r="M13" s="8">
-        <v>933751</v>
+        <v>934309</v>
       </c>
       <c r="N13" s="8">
-        <v>11366369</v>
+        <v>11372645</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B14" s="8">
         <v>11381</v>
       </c>
       <c r="C14" s="8">
         <v>11353</v>
       </c>
       <c r="D14" s="8">
-        <v>1100591</v>
+        <v>1101963</v>
       </c>
       <c r="E14" s="8">
         <v>15781</v>
       </c>
       <c r="F14" s="8">
         <v>20592</v>
       </c>
       <c r="G14" s="8">
-        <v>1295376</v>
+        <v>1298201</v>
       </c>
       <c r="H14" s="8">
         <v>22066</v>
       </c>
       <c r="I14" s="8">
         <v>17143</v>
       </c>
       <c r="J14" s="8">
-        <v>1235334</v>
+        <v>1239427</v>
       </c>
       <c r="K14" s="8">
         <v>15533</v>
       </c>
       <c r="L14" s="8">
         <v>16379</v>
       </c>
       <c r="M14" s="8">
-        <v>1054731</v>
+        <v>1058729</v>
       </c>
       <c r="N14" s="8">
-        <v>4816259</v>
+        <v>4828548</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B15" s="8">
         <v>208613</v>
       </c>
       <c r="C15" s="8">
         <v>180283</v>
       </c>
       <c r="D15" s="8">
         <v>237801</v>
       </c>
       <c r="E15" s="8">
         <v>201863</v>
       </c>
       <c r="F15" s="8">
         <v>236699</v>
       </c>
       <c r="G15" s="8">
         <v>270078</v>
       </c>
       <c r="H15" s="8">
         <v>220454</v>
       </c>
       <c r="I15" s="8">
         <v>274422</v>
       </c>
       <c r="J15" s="8">
-        <v>239969</v>
+        <v>239991</v>
       </c>
       <c r="K15" s="8">
         <v>243516</v>
       </c>
       <c r="L15" s="8">
         <v>233567</v>
       </c>
       <c r="M15" s="8">
         <v>226275</v>
       </c>
       <c r="N15" s="8">
-        <v>2773540</v>
+        <v>2773562</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B16" s="8">
-        <v>10530260</v>
+        <v>10531660</v>
       </c>
       <c r="C16" s="8">
-        <v>10768752</v>
+        <v>10770242</v>
       </c>
       <c r="D16" s="8">
-        <v>11645857</v>
+        <v>11648503</v>
       </c>
       <c r="E16" s="8">
-        <v>10935804</v>
+        <v>10937179</v>
       </c>
       <c r="F16" s="8">
-        <v>10700131</v>
+        <v>10701370</v>
       </c>
       <c r="G16" s="8">
-        <v>11621076</v>
+        <v>11623090</v>
       </c>
       <c r="H16" s="8">
         <v>10908245</v>
       </c>
       <c r="I16" s="8">
         <v>10293654</v>
       </c>
       <c r="J16" s="8">
-        <v>11109317</v>
+        <v>11110217</v>
       </c>
       <c r="K16" s="8">
         <v>10059710</v>
       </c>
       <c r="L16" s="8">
         <v>10036061</v>
       </c>
       <c r="M16" s="8">
-        <v>10708183</v>
+        <v>10709803</v>
       </c>
       <c r="N16" s="8">
-        <v>129317049</v>
+        <v>129329734</v>
       </c>
     </row>
     <row r="17" ht="12" customHeight="1"/>
     <row r="18" ht="14" customHeight="1">
       <c r="A18" s="9" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B18" s="9"/>
       <c r="C18" s="9"/>
       <c r="D18" s="9"/>
       <c r="E18" s="9"/>
       <c r="F18" s="9"/>
       <c r="G18" s="9"/>
       <c r="H18" s="9"/>
       <c r="I18" s="9"/>
       <c r="J18" s="9"/>
       <c r="K18" s="9"/>
       <c r="L18" s="9"/>
       <c r="M18" s="9"/>
       <c r="N18" s="9"/>
     </row>
     <row r="19" ht="14" customHeight="1">
       <c r="A19" s="10" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B19" s="10"/>
       <c r="C19" s="10"/>
       <c r="D19" s="10"/>
       <c r="E19" s="10"/>
       <c r="F19" s="10"/>
       <c r="G19" s="10"/>
       <c r="H19" s="10"/>
       <c r="I19" s="10"/>
       <c r="J19" s="10"/>
       <c r="K19" s="10"/>
       <c r="L19" s="10"/>
       <c r="M19" s="10"/>
       <c r="N19" s="10"/>
     </row>
     <row r="20" ht="43" customHeight="1">
       <c r="A20" s="10" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B20" s="10"/>
       <c r="C20" s="10"/>
       <c r="D20" s="10"/>
       <c r="E20" s="10"/>
       <c r="F20" s="10"/>
       <c r="G20" s="10"/>
       <c r="H20" s="10"/>
       <c r="I20" s="10"/>
       <c r="J20" s="10"/>
       <c r="K20" s="10"/>
       <c r="L20" s="10"/>
       <c r="M20" s="10"/>
       <c r="N20" s="10"/>
     </row>
     <row r="21" ht="58" customHeight="1">
       <c r="A21" s="10" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B21" s="10"/>
       <c r="C21" s="10"/>
       <c r="D21" s="10"/>
       <c r="E21" s="10"/>
       <c r="F21" s="10"/>
       <c r="G21" s="10"/>
       <c r="H21" s="10"/>
       <c r="I21" s="10"/>
       <c r="J21" s="10"/>
       <c r="K21" s="10"/>
       <c r="L21" s="10"/>
       <c r="M21" s="10"/>
       <c r="N21" s="10"/>
     </row>
     <row r="22" ht="14" customHeight="1">
       <c r="A22" s="10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B22" s="10"/>
       <c r="C22" s="10"/>
       <c r="D22" s="10"/>
       <c r="E22" s="10"/>
       <c r="F22" s="10"/>
       <c r="G22" s="10"/>
       <c r="H22" s="10"/>
       <c r="I22" s="10"/>
       <c r="J22" s="10"/>
       <c r="K22" s="10"/>
       <c r="L22" s="10"/>
       <c r="M22" s="10"/>
       <c r="N22" s="10"/>
     </row>
     <row r="23" ht="14" customHeight="1">
       <c r="A23" s="10" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B23" s="10"/>
       <c r="C23" s="10"/>
       <c r="D23" s="10"/>
       <c r="E23" s="10"/>
       <c r="F23" s="10"/>
       <c r="G23" s="10"/>
       <c r="H23" s="10"/>
       <c r="I23" s="10"/>
       <c r="J23" s="10"/>
       <c r="K23" s="10"/>
       <c r="L23" s="10"/>
       <c r="M23" s="10"/>
       <c r="N23" s="10"/>
     </row>
     <row r="24" ht="12" customHeight="1">
       <c r="A24" s="11" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B24" s="11"/>
       <c r="C24" s="11"/>
       <c r="D24" s="11"/>
       <c r="E24" s="11"/>
       <c r="F24" s="11"/>
       <c r="G24" s="11"/>
       <c r="H24" s="11"/>
       <c r="I24" s="11"/>
       <c r="J24" s="11"/>
       <c r="K24" s="11"/>
       <c r="L24" s="11"/>
       <c r="M24" s="11"/>
       <c r="N24" s="11"/>
     </row>
     <row r="25" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A18:N18"/>
@@ -5994,577 +6054,577 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B9" s="8">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="C9" s="8">
+        <v>750</v>
+      </c>
+      <c r="D9" s="8">
+        <v>7351</v>
+      </c>
+      <c r="E9" s="8">
         <v>749</v>
       </c>
-      <c r="D9" s="8">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="8">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="G9" s="8">
-        <v>7362</v>
+        <v>7368</v>
       </c>
       <c r="H9" s="8">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="I9" s="8">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="J9" s="8">
-        <v>7375</v>
+        <v>7384</v>
       </c>
       <c r="K9" s="8">
+        <v>753</v>
+      </c>
+      <c r="L9" s="8">
         <v>752</v>
       </c>
-      <c r="L9" s="8">
-[...1 lines deleted...]
-      </c>
       <c r="M9" s="8">
-        <v>7378</v>
+        <v>7395</v>
       </c>
       <c r="N9" s="8">
-        <v>8178</v>
+        <v>8194</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B10" s="8">
         <v>12862738</v>
       </c>
       <c r="C10" s="8">
         <v>11834512</v>
       </c>
       <c r="D10" s="8">
-        <v>16633503</v>
+        <v>16633470</v>
       </c>
       <c r="E10" s="8">
         <v>15289055</v>
       </c>
       <c r="F10" s="8">
         <v>15697563</v>
       </c>
       <c r="G10" s="8">
-        <v>17653737</v>
+        <v>17653518</v>
       </c>
       <c r="H10" s="8">
         <v>15402399</v>
       </c>
       <c r="I10" s="8">
         <v>15479542</v>
       </c>
       <c r="J10" s="8">
-        <v>15698174</v>
+        <v>15699115</v>
       </c>
       <c r="K10" s="8">
         <v>13679232</v>
       </c>
       <c r="L10" s="8">
         <v>12235765</v>
       </c>
       <c r="M10" s="8">
-        <v>12341843</v>
+        <v>12343452</v>
       </c>
       <c r="N10" s="8">
-        <v>174808063</v>
+        <v>174810362</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B11" s="8">
         <v>11634171</v>
       </c>
       <c r="C11" s="8">
         <v>10896902</v>
       </c>
       <c r="D11" s="8">
-        <v>15474375</v>
+        <v>15478092</v>
       </c>
       <c r="E11" s="8">
         <v>13621292</v>
       </c>
       <c r="F11" s="8">
         <v>14502879</v>
       </c>
       <c r="G11" s="8">
-        <v>16459462</v>
+        <v>16462434</v>
       </c>
       <c r="H11" s="8">
         <v>14016330</v>
       </c>
       <c r="I11" s="8">
         <v>15021831</v>
       </c>
       <c r="J11" s="8">
-        <v>14554930</v>
+        <v>14558346</v>
       </c>
       <c r="K11" s="8">
         <v>12762747</v>
       </c>
       <c r="L11" s="8">
         <v>11790876</v>
       </c>
       <c r="M11" s="8">
-        <v>12102926</v>
+        <v>12106534</v>
       </c>
       <c r="N11" s="8">
-        <v>162838720</v>
+        <v>162852435</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B12" s="8">
         <v>10856094</v>
       </c>
       <c r="C12" s="8">
         <v>10148971</v>
       </c>
       <c r="D12" s="8">
         <v>13076494</v>
       </c>
       <c r="E12" s="8">
         <v>12534483</v>
       </c>
       <c r="F12" s="8">
         <v>13457650</v>
       </c>
       <c r="G12" s="8">
         <v>13915854</v>
       </c>
       <c r="H12" s="8">
         <v>13043653</v>
       </c>
       <c r="I12" s="8">
         <v>14023133</v>
       </c>
       <c r="J12" s="8">
-        <v>12152020</v>
+        <v>12152664</v>
       </c>
       <c r="K12" s="8">
         <v>11852232</v>
       </c>
       <c r="L12" s="8">
         <v>10874512</v>
       </c>
       <c r="M12" s="8">
-        <v>9970943</v>
+        <v>9971564</v>
       </c>
       <c r="N12" s="8">
-        <v>145906039</v>
+        <v>145907303</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B13" s="8">
         <v>775996</v>
       </c>
       <c r="C13" s="8">
         <v>745567</v>
       </c>
       <c r="D13" s="8">
         <v>1268956</v>
       </c>
       <c r="E13" s="8">
         <v>1084082</v>
       </c>
       <c r="F13" s="8">
         <v>1042374</v>
       </c>
       <c r="G13" s="8">
         <v>1189095</v>
       </c>
       <c r="H13" s="8">
         <v>933848</v>
       </c>
       <c r="I13" s="8">
         <v>973517</v>
       </c>
       <c r="J13" s="8">
-        <v>1058689</v>
+        <v>1059295</v>
       </c>
       <c r="K13" s="8">
         <v>895275</v>
       </c>
       <c r="L13" s="8">
         <v>896554</v>
       </c>
       <c r="M13" s="8">
-        <v>1011908</v>
+        <v>1012443</v>
       </c>
       <c r="N13" s="8">
-        <v>11875861</v>
+        <v>11877001</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B14" s="8">
         <v>2081</v>
       </c>
       <c r="C14" s="8">
         <v>2364</v>
       </c>
       <c r="D14" s="8">
-        <v>1128924</v>
+        <v>1132642</v>
       </c>
       <c r="E14" s="8">
         <v>2726</v>
       </c>
       <c r="F14" s="8">
         <v>2855</v>
       </c>
       <c r="G14" s="8">
-        <v>1354514</v>
+        <v>1357486</v>
       </c>
       <c r="H14" s="8">
         <v>38830</v>
       </c>
       <c r="I14" s="8">
         <v>25181</v>
       </c>
       <c r="J14" s="8">
-        <v>1344221</v>
+        <v>1346388</v>
       </c>
       <c r="K14" s="8">
         <v>15240</v>
       </c>
       <c r="L14" s="8">
         <v>19811</v>
       </c>
       <c r="M14" s="8">
-        <v>1120075</v>
+        <v>1122528</v>
       </c>
       <c r="N14" s="8">
-        <v>5056821</v>
+        <v>5068131</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B15" s="8">
         <v>249293</v>
       </c>
       <c r="C15" s="8">
         <v>296866</v>
       </c>
       <c r="D15" s="8">
         <v>352777</v>
       </c>
       <c r="E15" s="8">
         <v>287840</v>
       </c>
       <c r="F15" s="8">
         <v>348347</v>
       </c>
       <c r="G15" s="8">
         <v>386403</v>
       </c>
       <c r="H15" s="8">
         <v>338842</v>
       </c>
       <c r="I15" s="8">
         <v>338196</v>
       </c>
       <c r="J15" s="8">
         <v>248163</v>
       </c>
       <c r="K15" s="8">
         <v>261891</v>
       </c>
       <c r="L15" s="8">
         <v>244271</v>
       </c>
       <c r="M15" s="8">
         <v>276727</v>
       </c>
       <c r="N15" s="8">
         <v>3629616</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B16" s="8">
         <v>10575744</v>
       </c>
       <c r="C16" s="8">
         <v>10684276</v>
       </c>
       <c r="D16" s="8">
-        <v>11445719</v>
+        <v>11446003</v>
       </c>
       <c r="E16" s="8">
         <v>11284812</v>
       </c>
       <c r="F16" s="8">
         <v>11424568</v>
       </c>
       <c r="G16" s="8">
-        <v>12165099</v>
+        <v>12165181</v>
       </c>
       <c r="H16" s="8">
         <v>11627797</v>
       </c>
       <c r="I16" s="8">
         <v>11090263</v>
       </c>
       <c r="J16" s="8">
-        <v>11867751</v>
+        <v>11868177</v>
       </c>
       <c r="K16" s="8">
         <v>10808083</v>
       </c>
       <c r="L16" s="8">
         <v>10289901</v>
       </c>
       <c r="M16" s="8">
-        <v>10463481</v>
+        <v>10464113</v>
       </c>
       <c r="N16" s="8">
-        <v>133727495</v>
+        <v>133728919</v>
       </c>
     </row>
     <row r="17" ht="12" customHeight="1"/>
     <row r="18" ht="14" customHeight="1">
       <c r="A18" s="9" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B18" s="9"/>
       <c r="C18" s="9"/>
       <c r="D18" s="9"/>
       <c r="E18" s="9"/>
       <c r="F18" s="9"/>
       <c r="G18" s="9"/>
       <c r="H18" s="9"/>
       <c r="I18" s="9"/>
       <c r="J18" s="9"/>
       <c r="K18" s="9"/>
       <c r="L18" s="9"/>
       <c r="M18" s="9"/>
       <c r="N18" s="9"/>
     </row>
     <row r="19" ht="14" customHeight="1">
       <c r="A19" s="10" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B19" s="10"/>
       <c r="C19" s="10"/>
       <c r="D19" s="10"/>
       <c r="E19" s="10"/>
       <c r="F19" s="10"/>
       <c r="G19" s="10"/>
       <c r="H19" s="10"/>
       <c r="I19" s="10"/>
       <c r="J19" s="10"/>
       <c r="K19" s="10"/>
       <c r="L19" s="10"/>
       <c r="M19" s="10"/>
       <c r="N19" s="10"/>
     </row>
     <row r="20" ht="43" customHeight="1">
       <c r="A20" s="10" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B20" s="10"/>
       <c r="C20" s="10"/>
       <c r="D20" s="10"/>
       <c r="E20" s="10"/>
       <c r="F20" s="10"/>
       <c r="G20" s="10"/>
       <c r="H20" s="10"/>
       <c r="I20" s="10"/>
       <c r="J20" s="10"/>
       <c r="K20" s="10"/>
       <c r="L20" s="10"/>
       <c r="M20" s="10"/>
       <c r="N20" s="10"/>
     </row>
     <row r="21" ht="58" customHeight="1">
       <c r="A21" s="10" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B21" s="10"/>
       <c r="C21" s="10"/>
       <c r="D21" s="10"/>
       <c r="E21" s="10"/>
       <c r="F21" s="10"/>
       <c r="G21" s="10"/>
       <c r="H21" s="10"/>
       <c r="I21" s="10"/>
       <c r="J21" s="10"/>
       <c r="K21" s="10"/>
       <c r="L21" s="10"/>
       <c r="M21" s="10"/>
       <c r="N21" s="10"/>
     </row>
     <row r="22" ht="14" customHeight="1">
       <c r="A22" s="10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B22" s="10"/>
       <c r="C22" s="10"/>
       <c r="D22" s="10"/>
       <c r="E22" s="10"/>
       <c r="F22" s="10"/>
       <c r="G22" s="10"/>
       <c r="H22" s="10"/>
       <c r="I22" s="10"/>
       <c r="J22" s="10"/>
       <c r="K22" s="10"/>
       <c r="L22" s="10"/>
       <c r="M22" s="10"/>
       <c r="N22" s="10"/>
     </row>
     <row r="23" ht="14" customHeight="1">
       <c r="A23" s="10" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B23" s="10"/>
       <c r="C23" s="10"/>
       <c r="D23" s="10"/>
       <c r="E23" s="10"/>
       <c r="F23" s="10"/>
       <c r="G23" s="10"/>
       <c r="H23" s="10"/>
       <c r="I23" s="10"/>
       <c r="J23" s="10"/>
       <c r="K23" s="10"/>
       <c r="L23" s="10"/>
       <c r="M23" s="10"/>
       <c r="N23" s="10"/>
     </row>
     <row r="24" ht="12" customHeight="1">
       <c r="A24" s="11" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B24" s="11"/>
       <c r="C24" s="11"/>
       <c r="D24" s="11"/>
       <c r="E24" s="11"/>
       <c r="F24" s="11"/>
       <c r="G24" s="11"/>
       <c r="H24" s="11"/>
       <c r="I24" s="11"/>
       <c r="J24" s="11"/>
       <c r="K24" s="11"/>
       <c r="L24" s="11"/>
       <c r="M24" s="11"/>
       <c r="N24" s="11"/>
     </row>
     <row r="25" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A18:N18"/>
@@ -6603,577 +6663,577 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B9" s="8">
         <v>758</v>
       </c>
       <c r="C9" s="8">
         <v>762</v>
       </c>
       <c r="D9" s="8">
         <v>7021</v>
       </c>
       <c r="E9" s="8">
         <v>764</v>
       </c>
       <c r="F9" s="8">
         <v>759</v>
       </c>
       <c r="G9" s="8">
         <v>7039</v>
       </c>
       <c r="H9" s="8">
         <v>754</v>
       </c>
       <c r="I9" s="8">
         <v>753</v>
       </c>
       <c r="J9" s="8">
         <v>7094</v>
       </c>
       <c r="K9" s="8">
         <v>753</v>
       </c>
       <c r="L9" s="8">
         <v>747</v>
       </c>
       <c r="M9" s="8">
         <v>7217</v>
       </c>
       <c r="N9" s="8">
         <v>7886</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B10" s="8">
         <v>14728459</v>
       </c>
       <c r="C10" s="8">
         <v>13303127</v>
       </c>
       <c r="D10" s="8">
         <v>15938790</v>
       </c>
       <c r="E10" s="8">
         <v>15840672</v>
       </c>
       <c r="F10" s="8">
         <v>16307488</v>
       </c>
       <c r="G10" s="8">
         <v>17850212</v>
       </c>
       <c r="H10" s="8">
         <v>15603656</v>
       </c>
       <c r="I10" s="8">
         <v>14831629</v>
       </c>
       <c r="J10" s="8">
         <v>15279246</v>
       </c>
       <c r="K10" s="8">
         <v>14274671</v>
       </c>
       <c r="L10" s="8">
         <v>13160339</v>
       </c>
       <c r="M10" s="8">
         <v>14743671</v>
       </c>
       <c r="N10" s="8">
         <v>181861958</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B11" s="8">
         <v>13167839</v>
       </c>
       <c r="C11" s="8">
         <v>11821028</v>
       </c>
       <c r="D11" s="8">
         <v>15111583</v>
       </c>
       <c r="E11" s="8">
         <v>14604878</v>
       </c>
       <c r="F11" s="8">
         <v>15003399</v>
       </c>
       <c r="G11" s="8">
         <v>16727533</v>
       </c>
       <c r="H11" s="8">
         <v>14537075</v>
       </c>
       <c r="I11" s="8">
         <v>14320504</v>
       </c>
       <c r="J11" s="8">
         <v>14669232</v>
       </c>
       <c r="K11" s="8">
         <v>13654654</v>
       </c>
       <c r="L11" s="8">
         <v>12532538</v>
       </c>
       <c r="M11" s="8">
         <v>13981197</v>
       </c>
       <c r="N11" s="8">
         <v>170131461</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B12" s="8">
         <v>12696595</v>
       </c>
       <c r="C12" s="8">
         <v>11162961</v>
       </c>
       <c r="D12" s="8">
         <v>13118465</v>
       </c>
       <c r="E12" s="8">
         <v>13511645</v>
       </c>
       <c r="F12" s="8">
         <v>14137158</v>
       </c>
       <c r="G12" s="8">
         <v>14338956</v>
       </c>
       <c r="H12" s="8">
         <v>13555785</v>
       </c>
       <c r="I12" s="8">
         <v>13329898</v>
       </c>
       <c r="J12" s="8">
         <v>12314223</v>
       </c>
       <c r="K12" s="8">
         <v>12747056</v>
       </c>
       <c r="L12" s="8">
         <v>11671714</v>
       </c>
       <c r="M12" s="8">
         <v>11877161</v>
       </c>
       <c r="N12" s="8">
         <v>154461617</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B13" s="8">
         <v>469870</v>
       </c>
       <c r="C13" s="8">
         <v>656567</v>
       </c>
       <c r="D13" s="8">
         <v>1044549</v>
       </c>
       <c r="E13" s="8">
         <v>1091303</v>
       </c>
       <c r="F13" s="8">
         <v>864305</v>
       </c>
       <c r="G13" s="8">
         <v>1128892</v>
       </c>
       <c r="H13" s="8">
         <v>978854</v>
       </c>
       <c r="I13" s="8">
         <v>988382</v>
       </c>
       <c r="J13" s="8">
         <v>1052529</v>
       </c>
       <c r="K13" s="8">
         <v>905211</v>
       </c>
       <c r="L13" s="8">
         <v>858911</v>
       </c>
       <c r="M13" s="8">
         <v>1010895</v>
       </c>
       <c r="N13" s="8">
         <v>11050269</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B14" s="8">
         <v>1374</v>
       </c>
       <c r="C14" s="8">
         <v>1501</v>
       </c>
       <c r="D14" s="8">
         <v>948569</v>
       </c>
       <c r="E14" s="8">
         <v>1929</v>
       </c>
       <c r="F14" s="8">
         <v>1936</v>
       </c>
       <c r="G14" s="8">
         <v>1259685</v>
       </c>
       <c r="H14" s="8">
         <v>2436</v>
       </c>
       <c r="I14" s="8">
         <v>2224</v>
       </c>
       <c r="J14" s="8">
         <v>1302481</v>
       </c>
       <c r="K14" s="8">
         <v>2386</v>
       </c>
       <c r="L14" s="8">
         <v>1914</v>
       </c>
       <c r="M14" s="8">
         <v>1093141</v>
       </c>
       <c r="N14" s="8">
         <v>4619575</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B15" s="8">
         <v>324212</v>
       </c>
       <c r="C15" s="8">
         <v>346007</v>
       </c>
       <c r="D15" s="8">
         <v>384625</v>
       </c>
       <c r="E15" s="8">
         <v>339731</v>
       </c>
       <c r="F15" s="8">
         <v>319238</v>
       </c>
       <c r="G15" s="8">
         <v>307069</v>
       </c>
       <c r="H15" s="8">
         <v>367556</v>
       </c>
       <c r="I15" s="8">
         <v>358083</v>
       </c>
       <c r="J15" s="8">
         <v>348588</v>
       </c>
       <c r="K15" s="8">
         <v>396752</v>
       </c>
       <c r="L15" s="8">
         <v>359473</v>
       </c>
       <c r="M15" s="8">
         <v>320310</v>
       </c>
       <c r="N15" s="8">
         <v>4171646</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B16" s="8">
         <v>11449224</v>
       </c>
       <c r="C16" s="8">
         <v>11742246</v>
       </c>
       <c r="D16" s="8">
         <v>12259086</v>
       </c>
       <c r="E16" s="8">
         <v>11911605</v>
       </c>
       <c r="F16" s="8">
         <v>12291492</v>
       </c>
       <c r="G16" s="8">
         <v>13078378</v>
       </c>
       <c r="H16" s="8">
         <v>12347992</v>
       </c>
       <c r="I16" s="8">
         <v>11866315</v>
       </c>
       <c r="J16" s="8">
         <v>12171558</v>
       </c>
       <c r="K16" s="8">
         <v>10873494</v>
       </c>
       <c r="L16" s="8">
         <v>10680961</v>
       </c>
       <c r="M16" s="8">
         <v>11065225</v>
       </c>
       <c r="N16" s="8">
         <v>141737577</v>
       </c>
     </row>
     <row r="17" ht="12" customHeight="1"/>
     <row r="18" ht="14" customHeight="1">
       <c r="A18" s="9" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B18" s="9"/>
       <c r="C18" s="9"/>
       <c r="D18" s="9"/>
       <c r="E18" s="9"/>
       <c r="F18" s="9"/>
       <c r="G18" s="9"/>
       <c r="H18" s="9"/>
       <c r="I18" s="9"/>
       <c r="J18" s="9"/>
       <c r="K18" s="9"/>
       <c r="L18" s="9"/>
       <c r="M18" s="9"/>
       <c r="N18" s="9"/>
     </row>
     <row r="19" ht="14" customHeight="1">
       <c r="A19" s="10" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B19" s="10"/>
       <c r="C19" s="10"/>
       <c r="D19" s="10"/>
       <c r="E19" s="10"/>
       <c r="F19" s="10"/>
       <c r="G19" s="10"/>
       <c r="H19" s="10"/>
       <c r="I19" s="10"/>
       <c r="J19" s="10"/>
       <c r="K19" s="10"/>
       <c r="L19" s="10"/>
       <c r="M19" s="10"/>
       <c r="N19" s="10"/>
     </row>
     <row r="20" ht="43" customHeight="1">
       <c r="A20" s="10" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B20" s="10"/>
       <c r="C20" s="10"/>
       <c r="D20" s="10"/>
       <c r="E20" s="10"/>
       <c r="F20" s="10"/>
       <c r="G20" s="10"/>
       <c r="H20" s="10"/>
       <c r="I20" s="10"/>
       <c r="J20" s="10"/>
       <c r="K20" s="10"/>
       <c r="L20" s="10"/>
       <c r="M20" s="10"/>
       <c r="N20" s="10"/>
     </row>
     <row r="21" ht="58" customHeight="1">
       <c r="A21" s="10" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B21" s="10"/>
       <c r="C21" s="10"/>
       <c r="D21" s="10"/>
       <c r="E21" s="10"/>
       <c r="F21" s="10"/>
       <c r="G21" s="10"/>
       <c r="H21" s="10"/>
       <c r="I21" s="10"/>
       <c r="J21" s="10"/>
       <c r="K21" s="10"/>
       <c r="L21" s="10"/>
       <c r="M21" s="10"/>
       <c r="N21" s="10"/>
     </row>
     <row r="22" ht="14" customHeight="1">
       <c r="A22" s="10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B22" s="10"/>
       <c r="C22" s="10"/>
       <c r="D22" s="10"/>
       <c r="E22" s="10"/>
       <c r="F22" s="10"/>
       <c r="G22" s="10"/>
       <c r="H22" s="10"/>
       <c r="I22" s="10"/>
       <c r="J22" s="10"/>
       <c r="K22" s="10"/>
       <c r="L22" s="10"/>
       <c r="M22" s="10"/>
       <c r="N22" s="10"/>
     </row>
     <row r="23" ht="14" customHeight="1">
       <c r="A23" s="10" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B23" s="10"/>
       <c r="C23" s="10"/>
       <c r="D23" s="10"/>
       <c r="E23" s="10"/>
       <c r="F23" s="10"/>
       <c r="G23" s="10"/>
       <c r="H23" s="10"/>
       <c r="I23" s="10"/>
       <c r="J23" s="10"/>
       <c r="K23" s="10"/>
       <c r="L23" s="10"/>
       <c r="M23" s="10"/>
       <c r="N23" s="10"/>
     </row>
     <row r="24" ht="12" customHeight="1">
       <c r="A24" s="11" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B24" s="11"/>
       <c r="C24" s="11"/>
       <c r="D24" s="11"/>
       <c r="E24" s="11"/>
       <c r="F24" s="11"/>
       <c r="G24" s="11"/>
       <c r="H24" s="11"/>
       <c r="I24" s="11"/>
       <c r="J24" s="11"/>
       <c r="K24" s="11"/>
       <c r="L24" s="11"/>
       <c r="M24" s="11"/>
       <c r="N24" s="11"/>
     </row>
     <row r="25" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A18:N18"/>
@@ -7212,577 +7272,577 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B9" s="8">
         <v>779</v>
       </c>
       <c r="C9" s="8">
         <v>773</v>
       </c>
       <c r="D9" s="8">
         <v>6717</v>
       </c>
       <c r="E9" s="8">
         <v>756</v>
       </c>
       <c r="F9" s="8">
         <v>756</v>
       </c>
       <c r="G9" s="8">
         <v>6810</v>
       </c>
       <c r="H9" s="8">
         <v>767</v>
       </c>
       <c r="I9" s="8">
         <v>763</v>
       </c>
       <c r="J9" s="8">
         <v>6871</v>
       </c>
       <c r="K9" s="8">
         <v>775</v>
       </c>
       <c r="L9" s="8">
         <v>775</v>
       </c>
       <c r="M9" s="8">
         <v>6924</v>
       </c>
       <c r="N9" s="8">
         <v>7604</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B10" s="8">
         <v>13896191</v>
       </c>
       <c r="C10" s="8">
         <v>13026424</v>
       </c>
       <c r="D10" s="8">
         <v>15674106</v>
       </c>
       <c r="E10" s="8">
         <v>13944164</v>
       </c>
       <c r="F10" s="8">
         <v>14994553</v>
       </c>
       <c r="G10" s="8">
         <v>17444996</v>
       </c>
       <c r="H10" s="8">
         <v>16534810</v>
       </c>
       <c r="I10" s="8">
         <v>15825689</v>
       </c>
       <c r="J10" s="8">
         <v>16719142</v>
       </c>
       <c r="K10" s="8">
         <v>14858754</v>
       </c>
       <c r="L10" s="8">
         <v>13415617</v>
       </c>
       <c r="M10" s="8">
         <v>15507884</v>
       </c>
       <c r="N10" s="8">
         <v>181842329</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B11" s="8">
         <v>12477484</v>
       </c>
       <c r="C11" s="8">
         <v>11401834</v>
       </c>
       <c r="D11" s="8">
         <v>14777343</v>
       </c>
       <c r="E11" s="8">
         <v>13504343</v>
       </c>
       <c r="F11" s="8">
         <v>13872828</v>
       </c>
       <c r="G11" s="8">
         <v>16470818</v>
       </c>
       <c r="H11" s="8">
         <v>15486699</v>
       </c>
       <c r="I11" s="8">
         <v>15096647</v>
       </c>
       <c r="J11" s="8">
         <v>15869398</v>
       </c>
       <c r="K11" s="8">
         <v>14079805</v>
       </c>
       <c r="L11" s="8">
         <v>12709964</v>
       </c>
       <c r="M11" s="8">
         <v>14692842</v>
       </c>
       <c r="N11" s="8">
         <v>170440004</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B12" s="8">
         <v>11387291</v>
       </c>
       <c r="C12" s="8">
         <v>10357765</v>
       </c>
       <c r="D12" s="8">
         <v>13172507</v>
       </c>
       <c r="E12" s="8">
         <v>13485157</v>
       </c>
       <c r="F12" s="8">
         <v>13762295</v>
       </c>
       <c r="G12" s="8">
         <v>14902922</v>
       </c>
       <c r="H12" s="8">
         <v>14795236</v>
       </c>
       <c r="I12" s="8">
         <v>14587286</v>
       </c>
       <c r="J12" s="8">
         <v>13985147</v>
       </c>
       <c r="K12" s="8">
         <v>13305501</v>
       </c>
       <c r="L12" s="8">
         <v>12154866</v>
       </c>
       <c r="M12" s="8">
         <v>13285877</v>
       </c>
       <c r="N12" s="8">
         <v>159181851</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B13" s="8">
         <v>1087904</v>
       </c>
       <c r="C13" s="8">
         <v>1042130</v>
       </c>
       <c r="D13" s="8">
         <v>759386</v>
       </c>
       <c r="E13" s="8">
         <v>18091</v>
       </c>
       <c r="F13" s="8">
         <v>109354</v>
       </c>
       <c r="G13" s="8">
         <v>764866</v>
       </c>
       <c r="H13" s="8">
         <v>689282</v>
       </c>
       <c r="I13" s="8">
         <v>507405</v>
       </c>
       <c r="J13" s="8">
         <v>822390</v>
       </c>
       <c r="K13" s="8">
         <v>772096</v>
       </c>
       <c r="L13" s="8">
         <v>553298</v>
       </c>
       <c r="M13" s="8">
         <v>463701</v>
       </c>
       <c r="N13" s="8">
         <v>7589903</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B14" s="8">
         <v>2289</v>
       </c>
       <c r="C14" s="8">
         <v>1939</v>
       </c>
       <c r="D14" s="8">
         <v>845451</v>
       </c>
       <c r="E14" s="8">
         <v>1095</v>
       </c>
       <c r="F14" s="8">
         <v>1180</v>
       </c>
       <c r="G14" s="8">
         <v>803030</v>
       </c>
       <c r="H14" s="8">
         <v>2181</v>
       </c>
       <c r="I14" s="8">
         <v>1955</v>
       </c>
       <c r="J14" s="8">
         <v>1061861</v>
       </c>
       <c r="K14" s="8">
         <v>2208</v>
       </c>
       <c r="L14" s="8">
         <v>1799</v>
       </c>
       <c r="M14" s="8">
         <v>943263</v>
       </c>
       <c r="N14" s="8">
         <v>3668250</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B15" s="8">
         <v>352109</v>
       </c>
       <c r="C15" s="8">
         <v>307870</v>
       </c>
       <c r="D15" s="8">
         <v>326000</v>
       </c>
       <c r="E15" s="8">
         <v>232332</v>
       </c>
       <c r="F15" s="8">
         <v>201753</v>
       </c>
       <c r="G15" s="8">
         <v>286301</v>
       </c>
       <c r="H15" s="8">
         <v>338142</v>
       </c>
       <c r="I15" s="8">
         <v>388065</v>
       </c>
       <c r="J15" s="8">
         <v>358355</v>
       </c>
       <c r="K15" s="8">
         <v>340890</v>
       </c>
       <c r="L15" s="8">
         <v>401373</v>
       </c>
       <c r="M15" s="8">
         <v>350103</v>
       </c>
       <c r="N15" s="8">
         <v>3883293</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B16" s="8">
         <v>9622399</v>
       </c>
       <c r="C16" s="8">
         <v>10489318</v>
       </c>
       <c r="D16" s="8">
         <v>11102357</v>
       </c>
       <c r="E16" s="8">
         <v>10181643</v>
       </c>
       <c r="F16" s="8">
         <v>10595785</v>
       </c>
       <c r="G16" s="8">
         <v>11300199</v>
       </c>
       <c r="H16" s="8">
         <v>10894710</v>
       </c>
       <c r="I16" s="8">
         <v>10646633</v>
       </c>
       <c r="J16" s="8">
         <v>11212652</v>
       </c>
       <c r="K16" s="8">
         <v>10616472</v>
       </c>
       <c r="L16" s="8">
         <v>10524914</v>
       </c>
       <c r="M16" s="8">
         <v>11891023</v>
       </c>
       <c r="N16" s="8">
         <v>129078103</v>
       </c>
     </row>
     <row r="17" ht="12" customHeight="1"/>
     <row r="18" ht="14" customHeight="1">
       <c r="A18" s="9" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B18" s="9"/>
       <c r="C18" s="9"/>
       <c r="D18" s="9"/>
       <c r="E18" s="9"/>
       <c r="F18" s="9"/>
       <c r="G18" s="9"/>
       <c r="H18" s="9"/>
       <c r="I18" s="9"/>
       <c r="J18" s="9"/>
       <c r="K18" s="9"/>
       <c r="L18" s="9"/>
       <c r="M18" s="9"/>
       <c r="N18" s="9"/>
     </row>
     <row r="19" ht="14" customHeight="1">
       <c r="A19" s="10" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B19" s="10"/>
       <c r="C19" s="10"/>
       <c r="D19" s="10"/>
       <c r="E19" s="10"/>
       <c r="F19" s="10"/>
       <c r="G19" s="10"/>
       <c r="H19" s="10"/>
       <c r="I19" s="10"/>
       <c r="J19" s="10"/>
       <c r="K19" s="10"/>
       <c r="L19" s="10"/>
       <c r="M19" s="10"/>
       <c r="N19" s="10"/>
     </row>
     <row r="20" ht="43" customHeight="1">
       <c r="A20" s="10" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B20" s="10"/>
       <c r="C20" s="10"/>
       <c r="D20" s="10"/>
       <c r="E20" s="10"/>
       <c r="F20" s="10"/>
       <c r="G20" s="10"/>
       <c r="H20" s="10"/>
       <c r="I20" s="10"/>
       <c r="J20" s="10"/>
       <c r="K20" s="10"/>
       <c r="L20" s="10"/>
       <c r="M20" s="10"/>
       <c r="N20" s="10"/>
     </row>
     <row r="21" ht="58" customHeight="1">
       <c r="A21" s="10" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B21" s="10"/>
       <c r="C21" s="10"/>
       <c r="D21" s="10"/>
       <c r="E21" s="10"/>
       <c r="F21" s="10"/>
       <c r="G21" s="10"/>
       <c r="H21" s="10"/>
       <c r="I21" s="10"/>
       <c r="J21" s="10"/>
       <c r="K21" s="10"/>
       <c r="L21" s="10"/>
       <c r="M21" s="10"/>
       <c r="N21" s="10"/>
     </row>
     <row r="22" ht="14" customHeight="1">
       <c r="A22" s="10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B22" s="10"/>
       <c r="C22" s="10"/>
       <c r="D22" s="10"/>
       <c r="E22" s="10"/>
       <c r="F22" s="10"/>
       <c r="G22" s="10"/>
       <c r="H22" s="10"/>
       <c r="I22" s="10"/>
       <c r="J22" s="10"/>
       <c r="K22" s="10"/>
       <c r="L22" s="10"/>
       <c r="M22" s="10"/>
       <c r="N22" s="10"/>
     </row>
     <row r="23" ht="14" customHeight="1">
       <c r="A23" s="10" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B23" s="10"/>
       <c r="C23" s="10"/>
       <c r="D23" s="10"/>
       <c r="E23" s="10"/>
       <c r="F23" s="10"/>
       <c r="G23" s="10"/>
       <c r="H23" s="10"/>
       <c r="I23" s="10"/>
       <c r="J23" s="10"/>
       <c r="K23" s="10"/>
       <c r="L23" s="10"/>
       <c r="M23" s="10"/>
       <c r="N23" s="10"/>
     </row>
     <row r="24" ht="12" customHeight="1">
       <c r="A24" s="11" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B24" s="11"/>
       <c r="C24" s="11"/>
       <c r="D24" s="11"/>
       <c r="E24" s="11"/>
       <c r="F24" s="11"/>
       <c r="G24" s="11"/>
       <c r="H24" s="11"/>
       <c r="I24" s="11"/>
       <c r="J24" s="11"/>
       <c r="K24" s="11"/>
       <c r="L24" s="11"/>
       <c r="M24" s="11"/>
       <c r="N24" s="11"/>
     </row>
     <row r="25" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A18:N18"/>
@@ -7821,577 +7881,577 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B9" s="8">
         <v>759</v>
       </c>
       <c r="C9" s="8">
         <v>757</v>
       </c>
       <c r="D9" s="8">
         <v>6285</v>
       </c>
       <c r="E9" s="8">
         <v>767</v>
       </c>
       <c r="F9" s="8">
         <v>756</v>
       </c>
       <c r="G9" s="8">
         <v>6415</v>
       </c>
       <c r="H9" s="8">
         <v>760</v>
       </c>
       <c r="I9" s="8">
         <v>758</v>
       </c>
       <c r="J9" s="8">
         <v>6506</v>
       </c>
       <c r="K9" s="8">
         <v>760</v>
       </c>
       <c r="L9" s="8">
         <v>765</v>
       </c>
       <c r="M9" s="8">
         <v>6673</v>
       </c>
       <c r="N9" s="8">
         <v>7334</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B10" s="8">
         <v>13895825</v>
       </c>
       <c r="C10" s="8">
         <v>13108594</v>
       </c>
       <c r="D10" s="8">
         <v>16142261</v>
       </c>
       <c r="E10" s="8">
         <v>15578876</v>
       </c>
       <c r="F10" s="8">
         <v>15976008</v>
       </c>
       <c r="G10" s="8">
         <v>17166333</v>
       </c>
       <c r="H10" s="8">
         <v>15793261</v>
       </c>
       <c r="I10" s="8">
         <v>15437866</v>
       </c>
       <c r="J10" s="8">
         <v>15637821</v>
       </c>
       <c r="K10" s="8">
         <v>14410419</v>
       </c>
       <c r="L10" s="8">
         <v>12705535</v>
       </c>
       <c r="M10" s="8">
         <v>14569031</v>
       </c>
       <c r="N10" s="8">
         <v>180421831</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B11" s="8">
         <v>12449054</v>
       </c>
       <c r="C11" s="8">
         <v>11466028</v>
       </c>
       <c r="D11" s="8">
         <v>14586378</v>
       </c>
       <c r="E11" s="8">
         <v>14253787</v>
       </c>
       <c r="F11" s="8">
         <v>15243440</v>
       </c>
       <c r="G11" s="8">
         <v>15983971</v>
       </c>
       <c r="H11" s="8">
         <v>14917091</v>
       </c>
       <c r="I11" s="8">
         <v>14391154</v>
       </c>
       <c r="J11" s="8">
         <v>14947234</v>
       </c>
       <c r="K11" s="8">
         <v>13228508</v>
       </c>
       <c r="L11" s="8">
         <v>12453326</v>
       </c>
       <c r="M11" s="8">
         <v>13969898</v>
       </c>
       <c r="N11" s="8">
         <v>167889868</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B12" s="8">
         <v>11232677</v>
       </c>
       <c r="C12" s="8">
         <v>10387413</v>
       </c>
       <c r="D12" s="8">
         <v>12321964</v>
       </c>
       <c r="E12" s="8">
         <v>12950037</v>
       </c>
       <c r="F12" s="8">
         <v>13923613</v>
       </c>
       <c r="G12" s="8">
         <v>13582464</v>
       </c>
       <c r="H12" s="8">
         <v>13663990</v>
       </c>
       <c r="I12" s="8">
         <v>13184865</v>
       </c>
       <c r="J12" s="8">
         <v>12592757</v>
       </c>
       <c r="K12" s="8">
         <v>12006921</v>
       </c>
       <c r="L12" s="8">
         <v>11395414</v>
       </c>
       <c r="M12" s="8">
         <v>11737943</v>
       </c>
       <c r="N12" s="8">
         <v>148980057</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B13" s="8">
         <v>1211542</v>
       </c>
       <c r="C13" s="8">
         <v>1074729</v>
       </c>
       <c r="D13" s="8">
         <v>1433466</v>
       </c>
       <c r="E13" s="8">
         <v>1299511</v>
       </c>
       <c r="F13" s="8">
         <v>1315637</v>
       </c>
       <c r="G13" s="8">
         <v>1388326</v>
       </c>
       <c r="H13" s="8">
         <v>1249030</v>
       </c>
       <c r="I13" s="8">
         <v>1202619</v>
       </c>
       <c r="J13" s="8">
         <v>1338354</v>
       </c>
       <c r="K13" s="8">
         <v>1218424</v>
       </c>
       <c r="L13" s="8">
         <v>1055046</v>
       </c>
       <c r="M13" s="8">
         <v>1292829</v>
       </c>
       <c r="N13" s="8">
         <v>15079514</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B14" s="8">
         <v>4835</v>
       </c>
       <c r="C14" s="8">
         <v>3886</v>
       </c>
       <c r="D14" s="8">
         <v>830947</v>
       </c>
       <c r="E14" s="8">
         <v>4239</v>
       </c>
       <c r="F14" s="8">
         <v>4191</v>
       </c>
       <c r="G14" s="8">
         <v>1013181</v>
       </c>
       <c r="H14" s="8">
         <v>4070</v>
       </c>
       <c r="I14" s="8">
         <v>3670</v>
       </c>
       <c r="J14" s="8">
         <v>1016124</v>
       </c>
       <c r="K14" s="8">
         <v>3163</v>
       </c>
       <c r="L14" s="8">
         <v>2866</v>
       </c>
       <c r="M14" s="8">
         <v>939126</v>
       </c>
       <c r="N14" s="8">
         <v>3830298</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B15" s="8">
         <v>416320</v>
       </c>
       <c r="C15" s="8">
         <v>443451</v>
       </c>
       <c r="D15" s="8">
         <v>420444</v>
       </c>
       <c r="E15" s="8">
         <v>452677</v>
       </c>
       <c r="F15" s="8">
         <v>355381</v>
       </c>
       <c r="G15" s="8">
         <v>417279</v>
       </c>
       <c r="H15" s="8">
         <v>484278</v>
       </c>
       <c r="I15" s="8">
         <v>478333</v>
       </c>
       <c r="J15" s="8">
         <v>434937</v>
       </c>
       <c r="K15" s="8">
         <v>520064</v>
       </c>
       <c r="L15" s="8">
         <v>326437</v>
       </c>
       <c r="M15" s="8">
         <v>361071</v>
       </c>
       <c r="N15" s="8">
         <v>5110672</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B16" s="8">
         <v>9864559</v>
       </c>
       <c r="C16" s="8">
         <v>10622732</v>
       </c>
       <c r="D16" s="8">
         <v>11599062</v>
       </c>
       <c r="E16" s="8">
         <v>11105311</v>
       </c>
       <c r="F16" s="8">
         <v>10961300</v>
       </c>
       <c r="G16" s="8">
         <v>11582420</v>
       </c>
       <c r="H16" s="8">
         <v>10733289</v>
       </c>
       <c r="I16" s="8">
         <v>10594921</v>
       </c>
       <c r="J16" s="8">
         <v>10719786</v>
       </c>
       <c r="K16" s="8">
         <v>10039523</v>
       </c>
       <c r="L16" s="8">
         <v>9619003</v>
       </c>
       <c r="M16" s="8">
         <v>9852776</v>
       </c>
       <c r="N16" s="8">
         <v>127294681</v>
       </c>
     </row>
     <row r="17" ht="12" customHeight="1"/>
     <row r="18" ht="14" customHeight="1">
       <c r="A18" s="9" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B18" s="9"/>
       <c r="C18" s="9"/>
       <c r="D18" s="9"/>
       <c r="E18" s="9"/>
       <c r="F18" s="9"/>
       <c r="G18" s="9"/>
       <c r="H18" s="9"/>
       <c r="I18" s="9"/>
       <c r="J18" s="9"/>
       <c r="K18" s="9"/>
       <c r="L18" s="9"/>
       <c r="M18" s="9"/>
       <c r="N18" s="9"/>
     </row>
     <row r="19" ht="14" customHeight="1">
       <c r="A19" s="10" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B19" s="10"/>
       <c r="C19" s="10"/>
       <c r="D19" s="10"/>
       <c r="E19" s="10"/>
       <c r="F19" s="10"/>
       <c r="G19" s="10"/>
       <c r="H19" s="10"/>
       <c r="I19" s="10"/>
       <c r="J19" s="10"/>
       <c r="K19" s="10"/>
       <c r="L19" s="10"/>
       <c r="M19" s="10"/>
       <c r="N19" s="10"/>
     </row>
     <row r="20" ht="43" customHeight="1">
       <c r="A20" s="10" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B20" s="10"/>
       <c r="C20" s="10"/>
       <c r="D20" s="10"/>
       <c r="E20" s="10"/>
       <c r="F20" s="10"/>
       <c r="G20" s="10"/>
       <c r="H20" s="10"/>
       <c r="I20" s="10"/>
       <c r="J20" s="10"/>
       <c r="K20" s="10"/>
       <c r="L20" s="10"/>
       <c r="M20" s="10"/>
       <c r="N20" s="10"/>
     </row>
     <row r="21" ht="58" customHeight="1">
       <c r="A21" s="10" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B21" s="10"/>
       <c r="C21" s="10"/>
       <c r="D21" s="10"/>
       <c r="E21" s="10"/>
       <c r="F21" s="10"/>
       <c r="G21" s="10"/>
       <c r="H21" s="10"/>
       <c r="I21" s="10"/>
       <c r="J21" s="10"/>
       <c r="K21" s="10"/>
       <c r="L21" s="10"/>
       <c r="M21" s="10"/>
       <c r="N21" s="10"/>
     </row>
     <row r="22" ht="14" customHeight="1">
       <c r="A22" s="10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B22" s="10"/>
       <c r="C22" s="10"/>
       <c r="D22" s="10"/>
       <c r="E22" s="10"/>
       <c r="F22" s="10"/>
       <c r="G22" s="10"/>
       <c r="H22" s="10"/>
       <c r="I22" s="10"/>
       <c r="J22" s="10"/>
       <c r="K22" s="10"/>
       <c r="L22" s="10"/>
       <c r="M22" s="10"/>
       <c r="N22" s="10"/>
     </row>
     <row r="23" ht="14" customHeight="1">
       <c r="A23" s="10" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B23" s="10"/>
       <c r="C23" s="10"/>
       <c r="D23" s="10"/>
       <c r="E23" s="10"/>
       <c r="F23" s="10"/>
       <c r="G23" s="10"/>
       <c r="H23" s="10"/>
       <c r="I23" s="10"/>
       <c r="J23" s="10"/>
       <c r="K23" s="10"/>
       <c r="L23" s="10"/>
       <c r="M23" s="10"/>
       <c r="N23" s="10"/>
     </row>
     <row r="24" ht="12" customHeight="1">
       <c r="A24" s="11" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B24" s="11"/>
       <c r="C24" s="11"/>
       <c r="D24" s="11"/>
       <c r="E24" s="11"/>
       <c r="F24" s="11"/>
       <c r="G24" s="11"/>
       <c r="H24" s="11"/>
       <c r="I24" s="11"/>
       <c r="J24" s="11"/>
       <c r="K24" s="11"/>
       <c r="L24" s="11"/>
       <c r="M24" s="11"/>
       <c r="N24" s="11"/>
     </row>
     <row r="25" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A18:N18"/>
@@ -8430,577 +8490,577 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B9" s="8">
         <v>735</v>
       </c>
       <c r="C9" s="8">
         <v>738</v>
       </c>
       <c r="D9" s="8">
         <v>5890</v>
       </c>
       <c r="E9" s="8">
         <v>759</v>
       </c>
       <c r="F9" s="8">
         <v>742</v>
       </c>
       <c r="G9" s="8">
         <v>5955</v>
       </c>
       <c r="H9" s="8">
         <v>747</v>
       </c>
       <c r="I9" s="8">
         <v>754</v>
       </c>
       <c r="J9" s="8">
         <v>6070</v>
       </c>
       <c r="K9" s="8">
         <v>754</v>
       </c>
       <c r="L9" s="8">
         <v>744</v>
       </c>
       <c r="M9" s="8">
         <v>6222</v>
       </c>
       <c r="N9" s="8">
         <v>6856</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B10" s="8">
         <v>13917107</v>
       </c>
       <c r="C10" s="8">
         <v>13484580</v>
       </c>
       <c r="D10" s="8">
         <v>16295808</v>
       </c>
       <c r="E10" s="8">
         <v>15692038</v>
       </c>
       <c r="F10" s="8">
         <v>16846360</v>
       </c>
       <c r="G10" s="8">
         <v>17999454</v>
       </c>
       <c r="H10" s="8">
         <v>16584447</v>
       </c>
       <c r="I10" s="8">
         <v>16967085</v>
       </c>
       <c r="J10" s="8">
         <v>15536290</v>
       </c>
       <c r="K10" s="8">
         <v>14086455</v>
       </c>
       <c r="L10" s="8">
         <v>12776166</v>
       </c>
       <c r="M10" s="8">
         <v>13607499</v>
       </c>
       <c r="N10" s="8">
         <v>183793289</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B11" s="8">
         <v>12153362</v>
       </c>
       <c r="C11" s="8">
         <v>11287273</v>
       </c>
       <c r="D11" s="8">
         <v>14758738</v>
       </c>
       <c r="E11" s="8">
         <v>14151324</v>
       </c>
       <c r="F11" s="8">
         <v>15356426</v>
       </c>
       <c r="G11" s="8">
         <v>16599848</v>
       </c>
       <c r="H11" s="8">
         <v>15224815</v>
       </c>
       <c r="I11" s="8">
         <v>15320493</v>
       </c>
       <c r="J11" s="8">
         <v>14299725</v>
       </c>
       <c r="K11" s="8">
         <v>13496311</v>
       </c>
       <c r="L11" s="8">
         <v>11875012</v>
       </c>
       <c r="M11" s="8">
         <v>13177585</v>
       </c>
       <c r="N11" s="8">
         <v>167700910</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B12" s="8">
         <v>10900299</v>
       </c>
       <c r="C12" s="8">
         <v>10160129</v>
       </c>
       <c r="D12" s="8">
         <v>12448425</v>
       </c>
       <c r="E12" s="8">
         <v>12836184</v>
       </c>
       <c r="F12" s="8">
         <v>13942207</v>
       </c>
       <c r="G12" s="8">
         <v>14208569</v>
       </c>
       <c r="H12" s="8">
         <v>13961777</v>
       </c>
       <c r="I12" s="8">
         <v>13947420</v>
       </c>
       <c r="J12" s="8">
         <v>12030659</v>
       </c>
       <c r="K12" s="8">
         <v>12219333</v>
       </c>
       <c r="L12" s="8">
         <v>10764965</v>
       </c>
       <c r="M12" s="8">
         <v>11029272</v>
       </c>
       <c r="N12" s="8">
         <v>148449238</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B13" s="8">
         <v>1247696</v>
       </c>
       <c r="C13" s="8">
         <v>1122562</v>
       </c>
       <c r="D13" s="8">
         <v>1577228</v>
       </c>
       <c r="E13" s="8">
         <v>1310298</v>
       </c>
       <c r="F13" s="8">
         <v>1408475</v>
       </c>
       <c r="G13" s="8">
         <v>1531565</v>
       </c>
       <c r="H13" s="8">
         <v>1256460</v>
       </c>
       <c r="I13" s="8">
         <v>1366452</v>
       </c>
       <c r="J13" s="8">
         <v>1392313</v>
       </c>
       <c r="K13" s="8">
         <v>1270960</v>
       </c>
       <c r="L13" s="8">
         <v>1104761</v>
       </c>
       <c r="M13" s="8">
         <v>1284834</v>
       </c>
       <c r="N13" s="8">
         <v>15873605</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B14" s="8">
         <v>5366</v>
       </c>
       <c r="C14" s="8">
         <v>4582</v>
       </c>
       <c r="D14" s="8">
         <v>733084</v>
       </c>
       <c r="E14" s="8">
         <v>4842</v>
       </c>
       <c r="F14" s="8">
         <v>5744</v>
       </c>
       <c r="G14" s="8">
         <v>859715</v>
       </c>
       <c r="H14" s="8">
         <v>6579</v>
       </c>
       <c r="I14" s="8">
         <v>6621</v>
       </c>
       <c r="J14" s="8">
         <v>876752</v>
       </c>
       <c r="K14" s="8">
         <v>6018</v>
       </c>
       <c r="L14" s="8">
         <v>5286</v>
       </c>
       <c r="M14" s="8">
         <v>863479</v>
       </c>
       <c r="N14" s="8">
         <v>3378067</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B15" s="8">
         <v>574421</v>
       </c>
       <c r="C15" s="8">
         <v>571965</v>
       </c>
       <c r="D15" s="8">
         <v>608575</v>
       </c>
       <c r="E15" s="8">
         <v>590020</v>
       </c>
       <c r="F15" s="8">
         <v>657605</v>
       </c>
       <c r="G15" s="8">
         <v>694318</v>
       </c>
       <c r="H15" s="8">
         <v>756562</v>
       </c>
       <c r="I15" s="8">
         <v>718559</v>
       </c>
       <c r="J15" s="8">
         <v>463733</v>
       </c>
       <c r="K15" s="8">
         <v>513431</v>
       </c>
       <c r="L15" s="8">
         <v>415105</v>
       </c>
       <c r="M15" s="8">
         <v>359681</v>
       </c>
       <c r="N15" s="8">
         <v>6923976</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B16" s="8">
         <v>9740831</v>
       </c>
       <c r="C16" s="8">
         <v>10935725</v>
       </c>
       <c r="D16" s="8">
         <v>11637727</v>
       </c>
       <c r="E16" s="8">
         <v>11421772</v>
       </c>
       <c r="F16" s="8">
         <v>11546842</v>
       </c>
       <c r="G16" s="8">
         <v>11904569</v>
       </c>
       <c r="H16" s="8">
         <v>11250548</v>
       </c>
       <c r="I16" s="8">
         <v>10610916</v>
       </c>
       <c r="J16" s="8">
         <v>11152320</v>
       </c>
       <c r="K16" s="8">
         <v>9987237</v>
       </c>
       <c r="L16" s="8">
         <v>10054515</v>
       </c>
       <c r="M16" s="8">
         <v>10063469</v>
       </c>
       <c r="N16" s="8">
         <v>130306471</v>
       </c>
     </row>
     <row r="17" ht="12" customHeight="1"/>
     <row r="18" ht="14" customHeight="1">
       <c r="A18" s="9" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B18" s="9"/>
       <c r="C18" s="9"/>
       <c r="D18" s="9"/>
       <c r="E18" s="9"/>
       <c r="F18" s="9"/>
       <c r="G18" s="9"/>
       <c r="H18" s="9"/>
       <c r="I18" s="9"/>
       <c r="J18" s="9"/>
       <c r="K18" s="9"/>
       <c r="L18" s="9"/>
       <c r="M18" s="9"/>
       <c r="N18" s="9"/>
     </row>
     <row r="19" ht="14" customHeight="1">
       <c r="A19" s="10" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B19" s="10"/>
       <c r="C19" s="10"/>
       <c r="D19" s="10"/>
       <c r="E19" s="10"/>
       <c r="F19" s="10"/>
       <c r="G19" s="10"/>
       <c r="H19" s="10"/>
       <c r="I19" s="10"/>
       <c r="J19" s="10"/>
       <c r="K19" s="10"/>
       <c r="L19" s="10"/>
       <c r="M19" s="10"/>
       <c r="N19" s="10"/>
     </row>
     <row r="20" ht="43" customHeight="1">
       <c r="A20" s="10" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B20" s="10"/>
       <c r="C20" s="10"/>
       <c r="D20" s="10"/>
       <c r="E20" s="10"/>
       <c r="F20" s="10"/>
       <c r="G20" s="10"/>
       <c r="H20" s="10"/>
       <c r="I20" s="10"/>
       <c r="J20" s="10"/>
       <c r="K20" s="10"/>
       <c r="L20" s="10"/>
       <c r="M20" s="10"/>
       <c r="N20" s="10"/>
     </row>
     <row r="21" ht="58" customHeight="1">
       <c r="A21" s="10" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B21" s="10"/>
       <c r="C21" s="10"/>
       <c r="D21" s="10"/>
       <c r="E21" s="10"/>
       <c r="F21" s="10"/>
       <c r="G21" s="10"/>
       <c r="H21" s="10"/>
       <c r="I21" s="10"/>
       <c r="J21" s="10"/>
       <c r="K21" s="10"/>
       <c r="L21" s="10"/>
       <c r="M21" s="10"/>
       <c r="N21" s="10"/>
     </row>
     <row r="22" ht="14" customHeight="1">
       <c r="A22" s="10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B22" s="10"/>
       <c r="C22" s="10"/>
       <c r="D22" s="10"/>
       <c r="E22" s="10"/>
       <c r="F22" s="10"/>
       <c r="G22" s="10"/>
       <c r="H22" s="10"/>
       <c r="I22" s="10"/>
       <c r="J22" s="10"/>
       <c r="K22" s="10"/>
       <c r="L22" s="10"/>
       <c r="M22" s="10"/>
       <c r="N22" s="10"/>
     </row>
     <row r="23" ht="14" customHeight="1">
       <c r="A23" s="10" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B23" s="10"/>
       <c r="C23" s="10"/>
       <c r="D23" s="10"/>
       <c r="E23" s="10"/>
       <c r="F23" s="10"/>
       <c r="G23" s="10"/>
       <c r="H23" s="10"/>
       <c r="I23" s="10"/>
       <c r="J23" s="10"/>
       <c r="K23" s="10"/>
       <c r="L23" s="10"/>
       <c r="M23" s="10"/>
       <c r="N23" s="10"/>
     </row>
     <row r="24" ht="12" customHeight="1">
       <c r="A24" s="11" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B24" s="11"/>
       <c r="C24" s="11"/>
       <c r="D24" s="11"/>
       <c r="E24" s="11"/>
       <c r="F24" s="11"/>
       <c r="G24" s="11"/>
       <c r="H24" s="11"/>
       <c r="I24" s="11"/>
       <c r="J24" s="11"/>
       <c r="K24" s="11"/>
       <c r="L24" s="11"/>
       <c r="M24" s="11"/>
       <c r="N24" s="11"/>
     </row>
     <row r="25" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A18:N18"/>
@@ -9039,577 +9099,577 @@
     <col min="4" max="4" width="15.71" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.71" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.71" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.71" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.71" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.71" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.71" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.71" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.71" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.71" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" s="5" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
     </row>
     <row r="7" ht="12" customHeight="1"/>
     <row r="8" ht="29" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B9" s="8">
         <v>691</v>
       </c>
       <c r="C9" s="8">
         <v>688</v>
       </c>
       <c r="D9" s="8">
         <v>5128</v>
       </c>
       <c r="E9" s="8">
         <v>708</v>
       </c>
       <c r="F9" s="8">
         <v>707</v>
       </c>
       <c r="G9" s="8">
         <v>5332</v>
       </c>
       <c r="H9" s="8">
         <v>717</v>
       </c>
       <c r="I9" s="8">
         <v>708</v>
       </c>
       <c r="J9" s="8">
         <v>5470</v>
       </c>
       <c r="K9" s="8">
         <v>716</v>
       </c>
       <c r="L9" s="8">
         <v>718</v>
       </c>
       <c r="M9" s="8">
         <v>5636</v>
       </c>
       <c r="N9" s="8">
         <v>6169</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B10" s="8">
         <v>14559262</v>
       </c>
       <c r="C10" s="8">
         <v>13455629</v>
       </c>
       <c r="D10" s="8">
         <v>16969822</v>
       </c>
       <c r="E10" s="8">
         <v>15879025</v>
       </c>
       <c r="F10" s="8">
         <v>17465472</v>
       </c>
       <c r="G10" s="8">
         <v>18347273</v>
       </c>
       <c r="H10" s="8">
         <v>16209451</v>
       </c>
       <c r="I10" s="8">
         <v>16435044</v>
       </c>
       <c r="J10" s="8">
         <v>15684180</v>
       </c>
       <c r="K10" s="8">
         <v>14807684</v>
       </c>
       <c r="L10" s="8">
         <v>13529576</v>
       </c>
       <c r="M10" s="8">
         <v>13236847</v>
       </c>
       <c r="N10" s="8">
         <v>186579265</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B11" s="8">
         <v>12924805</v>
       </c>
       <c r="C11" s="8">
         <v>11631439</v>
       </c>
       <c r="D11" s="8">
         <v>15124619</v>
       </c>
       <c r="E11" s="8">
         <v>14089326</v>
       </c>
       <c r="F11" s="8">
         <v>16341787</v>
       </c>
       <c r="G11" s="8">
         <v>17090082</v>
       </c>
       <c r="H11" s="8">
         <v>14477240</v>
       </c>
       <c r="I11" s="8">
         <v>15394106</v>
       </c>
       <c r="J11" s="8">
         <v>14601386</v>
       </c>
       <c r="K11" s="8">
         <v>14013286</v>
       </c>
       <c r="L11" s="8">
         <v>12696135</v>
       </c>
       <c r="M11" s="8">
         <v>12729739</v>
       </c>
       <c r="N11" s="8">
         <v>171113949</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B12" s="8">
         <v>11701654</v>
       </c>
       <c r="C12" s="8">
         <v>10466598</v>
       </c>
       <c r="D12" s="8">
         <v>12832554</v>
       </c>
       <c r="E12" s="8">
         <v>12743329</v>
       </c>
       <c r="F12" s="8">
         <v>14919571</v>
       </c>
       <c r="G12" s="8">
         <v>14758805</v>
       </c>
       <c r="H12" s="8">
         <v>13193424</v>
       </c>
       <c r="I12" s="8">
         <v>13998567</v>
       </c>
       <c r="J12" s="8">
         <v>12399218</v>
       </c>
       <c r="K12" s="8">
         <v>12517518</v>
       </c>
       <c r="L12" s="8">
         <v>11461290</v>
       </c>
       <c r="M12" s="8">
         <v>10763680</v>
       </c>
       <c r="N12" s="8">
         <v>151756209</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B13" s="8">
         <v>1218647</v>
       </c>
       <c r="C13" s="8">
         <v>1160397</v>
       </c>
       <c r="D13" s="8">
         <v>1729830</v>
       </c>
       <c r="E13" s="8">
         <v>1341067</v>
       </c>
       <c r="F13" s="8">
         <v>1416925</v>
       </c>
       <c r="G13" s="8">
         <v>1634555</v>
       </c>
       <c r="H13" s="8">
         <v>1278211</v>
       </c>
       <c r="I13" s="8">
         <v>1389615</v>
       </c>
       <c r="J13" s="8">
         <v>1458994</v>
       </c>
       <c r="K13" s="8">
         <v>1490620</v>
       </c>
       <c r="L13" s="8">
         <v>1230269</v>
       </c>
       <c r="M13" s="8">
         <v>1277285</v>
       </c>
       <c r="N13" s="8">
         <v>16626415</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B14" s="8">
         <v>4504</v>
       </c>
       <c r="C14" s="8">
         <v>4445</v>
       </c>
       <c r="D14" s="8">
         <v>562234</v>
       </c>
       <c r="E14" s="8">
         <v>4930</v>
       </c>
       <c r="F14" s="8">
         <v>5291</v>
       </c>
       <c r="G14" s="8">
         <v>696721</v>
       </c>
       <c r="H14" s="8">
         <v>5604</v>
       </c>
       <c r="I14" s="8">
         <v>5923</v>
       </c>
       <c r="J14" s="8">
         <v>743174</v>
       </c>
       <c r="K14" s="8">
         <v>5148</v>
       </c>
       <c r="L14" s="8">
         <v>4576</v>
       </c>
       <c r="M14" s="8">
         <v>688774</v>
       </c>
       <c r="N14" s="8">
         <v>2731324</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B15" s="8">
         <v>540032</v>
       </c>
       <c r="C15" s="8">
         <v>591124</v>
       </c>
       <c r="D15" s="8">
         <v>593504</v>
       </c>
       <c r="E15" s="8">
         <v>580250</v>
       </c>
       <c r="F15" s="8">
         <v>541773</v>
       </c>
       <c r="G15" s="8">
         <v>540981</v>
       </c>
       <c r="H15" s="8">
         <v>724033</v>
       </c>
       <c r="I15" s="8">
         <v>671773</v>
       </c>
       <c r="J15" s="8">
         <v>563262</v>
       </c>
       <c r="K15" s="8">
         <v>647966</v>
       </c>
       <c r="L15" s="8">
         <v>457593</v>
       </c>
       <c r="M15" s="8">
         <v>378659</v>
       </c>
       <c r="N15" s="8">
         <v>6830951</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B16" s="8">
         <v>9942621</v>
       </c>
       <c r="C16" s="8">
         <v>10373851</v>
       </c>
       <c r="D16" s="8">
         <v>11240983</v>
       </c>
       <c r="E16" s="8">
         <v>11346214</v>
       </c>
       <c r="F16" s="8">
         <v>11060338</v>
       </c>
       <c r="G16" s="8">
         <v>11293556</v>
       </c>
       <c r="H16" s="8">
         <v>11101395</v>
       </c>
       <c r="I16" s="8">
         <v>10615052</v>
       </c>
       <c r="J16" s="8">
         <v>10841308</v>
       </c>
       <c r="K16" s="8">
         <v>9969193</v>
       </c>
       <c r="L16" s="8">
         <v>9743168</v>
       </c>
       <c r="M16" s="8">
         <v>9725303</v>
       </c>
       <c r="N16" s="8">
         <v>127252983</v>
       </c>
     </row>
     <row r="17" ht="12" customHeight="1"/>
     <row r="18" ht="14" customHeight="1">
       <c r="A18" s="9" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B18" s="9"/>
       <c r="C18" s="9"/>
       <c r="D18" s="9"/>
       <c r="E18" s="9"/>
       <c r="F18" s="9"/>
       <c r="G18" s="9"/>
       <c r="H18" s="9"/>
       <c r="I18" s="9"/>
       <c r="J18" s="9"/>
       <c r="K18" s="9"/>
       <c r="L18" s="9"/>
       <c r="M18" s="9"/>
       <c r="N18" s="9"/>
     </row>
     <row r="19" ht="14" customHeight="1">
       <c r="A19" s="10" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B19" s="10"/>
       <c r="C19" s="10"/>
       <c r="D19" s="10"/>
       <c r="E19" s="10"/>
       <c r="F19" s="10"/>
       <c r="G19" s="10"/>
       <c r="H19" s="10"/>
       <c r="I19" s="10"/>
       <c r="J19" s="10"/>
       <c r="K19" s="10"/>
       <c r="L19" s="10"/>
       <c r="M19" s="10"/>
       <c r="N19" s="10"/>
     </row>
     <row r="20" ht="43" customHeight="1">
       <c r="A20" s="10" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B20" s="10"/>
       <c r="C20" s="10"/>
       <c r="D20" s="10"/>
       <c r="E20" s="10"/>
       <c r="F20" s="10"/>
       <c r="G20" s="10"/>
       <c r="H20" s="10"/>
       <c r="I20" s="10"/>
       <c r="J20" s="10"/>
       <c r="K20" s="10"/>
       <c r="L20" s="10"/>
       <c r="M20" s="10"/>
       <c r="N20" s="10"/>
     </row>
     <row r="21" ht="58" customHeight="1">
       <c r="A21" s="10" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B21" s="10"/>
       <c r="C21" s="10"/>
       <c r="D21" s="10"/>
       <c r="E21" s="10"/>
       <c r="F21" s="10"/>
       <c r="G21" s="10"/>
       <c r="H21" s="10"/>
       <c r="I21" s="10"/>
       <c r="J21" s="10"/>
       <c r="K21" s="10"/>
       <c r="L21" s="10"/>
       <c r="M21" s="10"/>
       <c r="N21" s="10"/>
     </row>
     <row r="22" ht="14" customHeight="1">
       <c r="A22" s="10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B22" s="10"/>
       <c r="C22" s="10"/>
       <c r="D22" s="10"/>
       <c r="E22" s="10"/>
       <c r="F22" s="10"/>
       <c r="G22" s="10"/>
       <c r="H22" s="10"/>
       <c r="I22" s="10"/>
       <c r="J22" s="10"/>
       <c r="K22" s="10"/>
       <c r="L22" s="10"/>
       <c r="M22" s="10"/>
       <c r="N22" s="10"/>
     </row>
     <row r="23" ht="14" customHeight="1">
       <c r="A23" s="10" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B23" s="10"/>
       <c r="C23" s="10"/>
       <c r="D23" s="10"/>
       <c r="E23" s="10"/>
       <c r="F23" s="10"/>
       <c r="G23" s="10"/>
       <c r="H23" s="10"/>
       <c r="I23" s="10"/>
       <c r="J23" s="10"/>
       <c r="K23" s="10"/>
       <c r="L23" s="10"/>
       <c r="M23" s="10"/>
       <c r="N23" s="10"/>
     </row>
     <row r="24" ht="12" customHeight="1">
       <c r="A24" s="11" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B24" s="11"/>
       <c r="C24" s="11"/>
       <c r="D24" s="11"/>
       <c r="E24" s="11"/>
       <c r="F24" s="11"/>
       <c r="G24" s="11"/>
       <c r="H24" s="11"/>
       <c r="I24" s="11"/>
       <c r="J24" s="11"/>
       <c r="K24" s="11"/>
       <c r="L24" s="11"/>
       <c r="M24" s="11"/>
       <c r="N24" s="11"/>
     </row>
     <row r="25" ht="12" customHeight="1"/>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A18:N18"/>
@@ -9838,63 +9898,63 @@
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <dir xmlns="02617c3e-573d-4b6e-8178-608e9b4df8d5" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C8B2475C-9F75-4E1D-918F-7F1011D7BBEB}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ADACB565-10B4-443E-8D74-C9B1035D82DE}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D1549D03-4E89-4D58-9E65-36CA48B72420}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{187D5A50-8652-4803-8AC6-0906227428B3}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ABC16F99-F6D7-47DF-935D-7F50136FD5B1}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19A77FFD-D21F-4E9A-88C1-FE6B589ABF62}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A9C6FDE0-ED26-4BAA-883A-FEFF139CA2A1}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED888DCF-3AA2-4B87-9686-4BB817F8C7F7}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>