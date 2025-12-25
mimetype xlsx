--- v0 (2025-10-12)
+++ v1 (2025-12-25)
@@ -1450,63 +1450,63 @@
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <dir xmlns="02617c3e-573d-4b6e-8178-608e9b4df8d5" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F68F35E2-067B-4C8F-9467-7B5F3F8F602F}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8DFE75E6-E7B8-4E24-BA6F-8A95A76A9369}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E04D92C-59C8-483E-90E4-679B810D0BD9}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C2AF55FE-80C7-43BE-B2D1-B3C08157C2EF}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{147B9AF3-8854-4DD7-9DE7-09AE0E9E3486}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{72A08DFA-C4EF-43E8-9180-3A990A2837CA}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11A94D58-E4AE-432E-B993-9199B32E260E}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BDC02CB0-09E8-4E56-80E1-96768BB1764D}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>2025 and Later</vt:lpstr>
       <vt:lpstr>Years Prior to 2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>TTB</Company>
   <LinksUpToDate>false</LinksUpToDate>